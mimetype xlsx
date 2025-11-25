--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,107 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
     <t>01F933-763229-M-60010-7</t>
   </si>
   <si>
     <t>01F933-763229-M-60010-8</t>
   </si>
   <si>
     <t>VSP1R1721</t>
   </si>
   <si>
     <t>GG0636SK-30008627-003-20009-NS</t>
   </si>
   <si>
+    <t>MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
+    <t>GG0024S-30000971-009-20356-NS</t>
+  </si>
+  <si>
+    <t>PSRBA0323-BLACK-OS</t>
+  </si>
+  <si>
+    <t>VSPEN5721</t>
+  </si>
+  <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>BB0346S-30014948-004-60032-NS</t>
+  </si>
+  <si>
+    <t>BV1125S-30011527-001-00011-NS</t>
+  </si>
+  <si>
     <t>VSPEN5821</t>
   </si>
   <si>
-    <t>MB0132O-30009113-001-00018-NS</t>
+    <t>SL301LOULO-30007818-003-00285-NS</t>
   </si>
   <si>
     <t>GG1331S-30013890-006-20355-NS</t>
   </si>
   <si>
     <t>GG1215S-30013473-001-20356-NS</t>
   </si>
   <si>
     <t>SFMR01324-RSGLD-OS</t>
   </si>
   <si>
     <t>GG1634S-30014927-005-10303-NS</t>
   </si>
   <si>
     <t>MQ0372O-30013584-003-20360-NS</t>
   </si>
   <si>
     <t>PWPWA0324-BLACK-OS</t>
   </si>
   <si>
     <t>xxx</t>
   </si>
   <si>
-    <t>GG0024S-30000971-009-20356-NS</t>
-[...2 lines deleted...]
-    <t>VSPEN5721</t>
+    <t>SL309-30008020-012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -415,51 +433,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -486,51 +504,51 @@
         <v>6</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3">
@@ -596,50 +614,116 @@
         <v>16</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" t="s">
+        <v>3</v>
+      </c>
+      <c r="B17" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" t="s">
+        <v>3</v>
+      </c>
+      <c r="B18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>3</v>
+      </c>
+      <c r="B19" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
+        <v>3</v>
+      </c>
+      <c r="B20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
+        <v>3</v>
+      </c>
+      <c r="B21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>