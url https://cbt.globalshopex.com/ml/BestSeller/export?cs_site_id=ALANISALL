--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -12,125 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
     <t>01F933-763229-M-60010-7</t>
   </si>
   <si>
     <t>01F933-763229-M-60010-8</t>
   </si>
   <si>
+    <t>MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
     <t>VSP1R1721</t>
   </si>
   <si>
     <t>GG0636SK-30008627-003-20009-NS</t>
   </si>
   <si>
-    <t>MB0132O-30009113-001-00018-NS</t>
+    <t>VSPEN5821</t>
+  </si>
+  <si>
+    <t>SL301LOULO-30007818-003-00285-NS</t>
+  </si>
+  <si>
+    <t>GG0271S-30002360-001</t>
+  </si>
+  <si>
+    <t>GG1331S-30013890-006-20355-NS</t>
+  </si>
+  <si>
+    <t>GG1215S-30013473-001-20356-NS</t>
+  </si>
+  <si>
+    <t>PWUFA0525-TTE-OS</t>
+  </si>
+  <si>
+    <t>SFMR01324-RSGLD-OS</t>
+  </si>
+  <si>
+    <t>GG1634S-30014927-005-10303-NS</t>
+  </si>
+  <si>
+    <t>VSPOS4521</t>
+  </si>
+  <si>
+    <t>MQ0372O-30013584-003-20360-NS</t>
+  </si>
+  <si>
+    <t>PWPWA0324-BLACK-OS</t>
+  </si>
+  <si>
+    <t>GG0748S-30008888-003-20357-NS</t>
+  </si>
+  <si>
+    <t>xxx</t>
+  </si>
+  <si>
+    <t>SL309-30008020-012</t>
+  </si>
+  <si>
+    <t>VESQ00222</t>
   </si>
   <si>
     <t>GG0024S-30000971-009-20356-NS</t>
   </si>
   <si>
     <t>PSRBA0323-BLACK-OS</t>
   </si>
   <si>
+    <t>MB0176S-30011374-002-20356-NS</t>
+  </si>
+  <si>
     <t>VSPEN5721</t>
   </si>
   <si>
     <t>VSPOY8421</t>
   </si>
   <si>
+    <t>GG1539S-30014815-004-80008-NS</t>
+  </si>
+  <si>
     <t>BB0346S-30014948-004-60032-NS</t>
   </si>
   <si>
+    <t>PSGBA0223-BLACK-OS</t>
+  </si>
+  <si>
     <t>BV1125S-30011527-001-00011-NS</t>
-  </si>
-[...28 lines deleted...]
-    <t>SL309-30008020-012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -433,51 +457,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C22"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -555,175 +579,274 @@
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
-      <c r="B11" t="s">
-        <v>13</v>
+      <c r="B11">
+        <v>886676812990</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
       <c r="B19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
+        <v>3</v>
+      </c>
+      <c r="B23" t="s">
         <v>24</v>
       </c>
-      <c r="C22">
+      <c r="C23">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
+        <v>3</v>
+      </c>
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" t="s">
+        <v>3</v>
+      </c>
+      <c r="B26" t="s">
+        <v>27</v>
+      </c>
+      <c r="C26">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" t="s">
+        <v>3</v>
+      </c>
+      <c r="B27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" t="s">
+        <v>3</v>
+      </c>
+      <c r="B28" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" t="s">
+        <v>3</v>
+      </c>
+      <c r="B29" t="s">
+        <v>30</v>
+      </c>
+      <c r="C29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B30" t="s">
+        <v>31</v>
+      </c>
+      <c r="C30">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>