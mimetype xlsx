--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -427,645 +427,645 @@
         <v>3</v>
       </c>
       <c r="B3">
         <v>125</v>
       </c>
       <c r="C3">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
         <v>214</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6">
-        <v>230</v>
+        <v>139</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7">
-        <v>177</v>
+        <v>235</v>
       </c>
       <c r="C7">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9">
-        <v>235</v>
+        <v>145</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10">
-        <v>183</v>
+        <v>241</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11">
-        <v>145</v>
+        <v>242</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12">
-        <v>241</v>
+        <v>119</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13">
-        <v>242</v>
+        <v>133</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16">
-        <v>247</v>
+        <v>135</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17">
-        <v>171</v>
+        <v>233</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18">
-        <v>72</v>
+        <v>157</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
       <c r="B19">
-        <v>226</v>
+        <v>112</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23">
-        <v>228</v>
+        <v>181</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25">
-        <v>174</v>
+        <v>236</v>
       </c>
       <c r="C25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26">
-        <v>110</v>
+        <v>162</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
       <c r="B29">
-        <v>111</v>
+        <v>237</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
       <c r="B30">
-        <v>135</v>
+        <v>50</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
       <c r="B31">
-        <v>233</v>
+        <v>164</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
       <c r="B32">
-        <v>157</v>
+        <v>115</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="C33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
       <c r="B35">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
       <c r="B36">
-        <v>181</v>
+        <v>116</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
       <c r="B37">
-        <v>113</v>
+        <v>213</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
       <c r="B38">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>3</v>
       </c>
       <c r="B39">
-        <v>236</v>
+        <v>55</v>
       </c>
       <c r="C39">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>3</v>
       </c>
       <c r="B40">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
       <c r="B41">
-        <v>114</v>
+        <v>148</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
       <c r="B42">
-        <v>144</v>
+        <v>57</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>3</v>
       </c>
       <c r="B43">
-        <v>237</v>
+        <v>169</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>3</v>
       </c>
       <c r="B44">
-        <v>164</v>
+        <v>121</v>
       </c>
       <c r="C44">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>3</v>
       </c>
       <c r="B45">
-        <v>50</v>
+        <v>223</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>3</v>
       </c>
       <c r="B46">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C46">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>3</v>
       </c>
       <c r="B47">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>3</v>
       </c>
       <c r="B48">
-        <v>166</v>
+        <v>72</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>3</v>
       </c>
       <c r="B49">
-        <v>53</v>
+        <v>171</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>3</v>
       </c>
       <c r="B50">
-        <v>116</v>
+        <v>226</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>3</v>
       </c>
       <c r="B51">
-        <v>213</v>
+        <v>153</v>
       </c>
       <c r="C51">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>3</v>
       </c>
       <c r="B52">
-        <v>146</v>
+        <v>76</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
       <c r="B53">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
       <c r="B54">
-        <v>55</v>
+        <v>228</v>
       </c>
       <c r="C54">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>3</v>
       </c>
       <c r="B55">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>3</v>
       </c>
       <c r="B56">
-        <v>169</v>
+        <v>110</v>
       </c>
       <c r="C56">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>3</v>
       </c>
       <c r="B57">
-        <v>57</v>
+        <v>174</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>3</v>
       </c>
       <c r="B58">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C58">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>3</v>
       </c>
       <c r="B59">
-        <v>223</v>
+        <v>156</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>