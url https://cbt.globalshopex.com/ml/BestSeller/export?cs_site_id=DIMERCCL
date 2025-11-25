--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -32,57 +32,57 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>DIMERCCL</t>
   </si>
   <si>
     <t>B08L5SVZ5F</t>
   </si>
   <si>
     <t>B07ZD27M2W</t>
   </si>
   <si>
+    <t>B07ZKN251H</t>
+  </si>
+  <si>
     <t>49XH42</t>
   </si>
   <si>
     <t>10J345</t>
-  </si>
-[...1 lines deleted...]
-    <t>B07ZKN251H</t>
   </si>
   <si>
     <t>447M51</t>
   </si>
   <si>
     <t>1FZ27</t>
   </si>
   <si>
     <t>1FZ29</t>
   </si>
   <si>
     <t>B08JQ2X5XX</t>
   </si>
   <si>
     <t>2GKT3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>