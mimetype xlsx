--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -35,68 +35,101 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>DINERSPE</t>
   </si>
   <si>
     <t>SL318-30008269-002</t>
   </si>
   <si>
     <t>B0B2Z5JHN4</t>
   </si>
   <si>
     <t>B08VWV133V</t>
   </si>
   <si>
+    <t>B07856X3XV</t>
+  </si>
+  <si>
+    <t>B09BBG4BMX</t>
+  </si>
+  <si>
+    <t>B07CZFQZQM</t>
+  </si>
+  <si>
+    <t>VSP647621</t>
+  </si>
+  <si>
+    <t>B09GM2J5BV</t>
+  </si>
+  <si>
+    <t>B09SS729N8</t>
+  </si>
+  <si>
+    <t>PU0171S-30002749-001</t>
+  </si>
+  <si>
+    <t>GG0595S-30008116-007</t>
+  </si>
+  <si>
+    <t>B09D3NQ3HS</t>
+  </si>
+  <si>
+    <t>B077ZCVNXV</t>
+  </si>
+  <si>
+    <t>PU0196S-30006180-001</t>
+  </si>
+  <si>
     <t>VECO01822</t>
   </si>
   <si>
+    <t>B09F6L7B6Z</t>
+  </si>
+  <si>
     <t>B09S3X6WB7</t>
   </si>
   <si>
-    <t>B09F6L7B6Z</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPLN0919</t>
   </si>
   <si>
+    <t>B096FGLS1W</t>
+  </si>
+  <si>
     <t>B09S3WHV9K</t>
   </si>
   <si>
-    <t>B096FGLS1W</t>
-[...1 lines deleted...]
-  <si>
     <t>B0BKQVL2MZ</t>
   </si>
   <si>
     <t>BB0070S-30008288-006</t>
   </si>
   <si>
     <t>B0000644AF</t>
   </si>
   <si>
     <t>B0BTN1ZXNY</t>
   </si>
   <si>
     <t>VSPEV1221</t>
   </si>
   <si>
     <t>B003Y6WOIS</t>
   </si>
   <si>
     <t>VSP1F2421</t>
   </si>
   <si>
     <t>B09BBFP1ZC</t>
   </si>
   <si>
     <t>SFFN00521</t>
@@ -105,83 +138,50 @@
     <t>B071KF94Q2</t>
   </si>
   <si>
     <t>B09BBN7SZM</t>
   </si>
   <si>
     <t>49Z234</t>
   </si>
   <si>
     <t>VSPEV1721</t>
   </si>
   <si>
     <t>B07QZ32KQ7</t>
   </si>
   <si>
     <t>SFUI00421</t>
   </si>
   <si>
     <t>B09BBD5PKM</t>
   </si>
   <si>
     <t>B00JEZ20GO</t>
   </si>
   <si>
     <t>VSPEN3921</t>
-  </si>
-[...31 lines deleted...]
-    <t>PU0196S-30006180-001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>