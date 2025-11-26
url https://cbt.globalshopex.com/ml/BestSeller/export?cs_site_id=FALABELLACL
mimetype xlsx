--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,221 +12,248 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
+    <t>B06XWKHLSP</t>
+  </si>
+  <si>
+    <t>VSPCD2P21</t>
+  </si>
+  <si>
     <t>VSPHF3321</t>
   </si>
   <si>
-    <t>B06XWKHLSP</t>
-[...2 lines deleted...]
-    <t>VSPCD2P21</t>
+    <t>VSPEV1921</t>
+  </si>
+  <si>
+    <t>B06XWHY2S4</t>
+  </si>
+  <si>
+    <t>B06XWGDZYK</t>
+  </si>
+  <si>
+    <t>B06XW5XCVZ</t>
+  </si>
+  <si>
+    <t>B0D94ZJYSV</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
   </si>
   <si>
     <t>VSPOS6121</t>
   </si>
   <si>
     <t>VSP217121</t>
   </si>
   <si>
-    <t>VSPEV1921</t>
-[...8 lines deleted...]
-    <t>B0D94ZJYSV</t>
+    <t>VSPOY8821</t>
+  </si>
+  <si>
+    <t>VSPLM3021</t>
+  </si>
+  <si>
+    <t>VSP216621</t>
+  </si>
+  <si>
+    <t>VSPCD2K21</t>
+  </si>
+  <si>
+    <t>B075TF61VH</t>
+  </si>
+  <si>
+    <t>VSP1F3121</t>
+  </si>
+  <si>
+    <t>VEZ700221</t>
+  </si>
+  <si>
+    <t>VSPLM4421</t>
+  </si>
+  <si>
+    <t>B0CS2VBC9F</t>
+  </si>
+  <si>
+    <t>VSPZQ1221</t>
+  </si>
+  <si>
+    <t>B0BW4WD34Y</t>
+  </si>
+  <si>
+    <t>B0CBNKV9ZS</t>
   </si>
   <si>
     <t>VE8103821</t>
   </si>
   <si>
-    <t>B06XWGDZYK</t>
-[...26 lines deleted...]
-    <t>VSPZQ1221</t>
+    <t>B0BS5DNRT8</t>
+  </si>
+  <si>
+    <t>VSP1F2921</t>
+  </si>
+  <si>
+    <t>VSP1R1421</t>
+  </si>
+  <si>
+    <t>VSP1O1521</t>
+  </si>
+  <si>
+    <t>VSP1F2421</t>
+  </si>
+  <si>
+    <t>B097NMKFD3</t>
+  </si>
+  <si>
+    <t>B0B5FJNR1T</t>
+  </si>
+  <si>
+    <t>VSPVO2221</t>
+  </si>
+  <si>
+    <t>VSPHH2121</t>
+  </si>
+  <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
+    <t>VSPCD2N21</t>
+  </si>
+  <si>
+    <t>VSPBH1C21</t>
+  </si>
+  <si>
+    <t>VSPOY9321</t>
+  </si>
+  <si>
+    <t>VSPZY0721</t>
+  </si>
+  <si>
+    <t>PWDAA0621</t>
+  </si>
+  <si>
+    <t>B0D84D889C</t>
+  </si>
+  <si>
+    <t>VSPBH9021</t>
+  </si>
+  <si>
+    <t>B0BS5DKD95</t>
+  </si>
+  <si>
+    <t>B0CJZYSNLG</t>
+  </si>
+  <si>
+    <t>VSPQ15021</t>
+  </si>
+  <si>
+    <t>VSPHF3421</t>
   </si>
   <si>
     <t>VSPOQ9221</t>
   </si>
   <si>
     <t>B08BGCC9T9</t>
   </si>
   <si>
     <t>VSP1R1921</t>
   </si>
   <si>
     <t>VSPLD1121</t>
   </si>
   <si>
     <t>VSP1R2421</t>
   </si>
   <si>
+    <t>VSP171121</t>
+  </si>
+  <si>
     <t>VSPOY7421</t>
   </si>
   <si>
     <t>VSP215721</t>
   </si>
   <si>
     <t>VSP470521</t>
   </si>
   <si>
+    <t>VSPHI6621</t>
+  </si>
+  <si>
     <t>AM0331SK-30011454-004</t>
   </si>
   <si>
     <t>VSP1F3021</t>
   </si>
   <si>
     <t>B0BS54NZTS</t>
   </si>
   <si>
     <t>VSPCD2L21</t>
   </si>
   <si>
-    <t>B0BS5DNRT8</t>
+    <t>VSPOY7821</t>
   </si>
   <si>
     <t>VSPZZ0621</t>
   </si>
   <si>
     <t>VSP470221</t>
-  </si>
-[...52 lines deleted...]
-    <t>VSPHF3421</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -529,199 +556,199 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C54"/>
+  <dimension ref="A1:C63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:3">
@@ -776,95 +803,95 @@
         <v>22</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21" t="s">
         <v>23</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>29</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28" t="s">
         <v>30</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3">
@@ -1128,50 +1155,149 @@
         <v>54</v>
       </c>
       <c r="C52">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
       <c r="B53" t="s">
         <v>55</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
       <c r="B54" t="s">
         <v>56</v>
       </c>
       <c r="C54">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" t="s">
+        <v>3</v>
+      </c>
+      <c r="B55" t="s">
+        <v>57</v>
+      </c>
+      <c r="C55">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" t="s">
+        <v>3</v>
+      </c>
+      <c r="B56" t="s">
+        <v>58</v>
+      </c>
+      <c r="C56">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>3</v>
+      </c>
+      <c r="B57" t="s">
+        <v>59</v>
+      </c>
+      <c r="C57">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>3</v>
+      </c>
+      <c r="B58" t="s">
+        <v>60</v>
+      </c>
+      <c r="C58">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>3</v>
+      </c>
+      <c r="B59" t="s">
+        <v>61</v>
+      </c>
+      <c r="C59">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>3</v>
+      </c>
+      <c r="B60" t="s">
+        <v>62</v>
+      </c>
+      <c r="C60">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>3</v>
+      </c>
+      <c r="B61" t="s">
+        <v>63</v>
+      </c>
+      <c r="C61">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>3</v>
+      </c>
+      <c r="B62" t="s">
+        <v>64</v>
+      </c>
+      <c r="C62">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>3</v>
+      </c>
+      <c r="B63" t="s">
+        <v>65</v>
+      </c>
+      <c r="C63">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>