--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -12,248 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
+    <t>B06XWHY2S4</t>
+  </si>
+  <si>
     <t>B06XWKHLSP</t>
   </si>
   <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
     <t>VSPCD2P21</t>
   </si>
   <si>
     <t>VSPHF3321</t>
   </si>
   <si>
     <t>VSPEV1921</t>
   </si>
   <si>
-    <t>B06XWHY2S4</t>
+    <t>B0BW4WD34Y</t>
+  </si>
+  <si>
+    <t>B0CBNKV9ZS</t>
   </si>
   <si>
     <t>B06XWGDZYK</t>
   </si>
   <si>
     <t>B06XW5XCVZ</t>
   </si>
   <si>
     <t>B0D94ZJYSV</t>
   </si>
   <si>
-    <t>VSPOY8121</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOS6121</t>
   </si>
   <si>
     <t>VSP217121</t>
   </si>
   <si>
     <t>VSPOY8821</t>
   </si>
   <si>
     <t>VSPLM3021</t>
   </si>
   <si>
+    <t>B075TF61VH</t>
+  </si>
+  <si>
+    <t>VSP1F3121</t>
+  </si>
+  <si>
+    <t>VEZ700221</t>
+  </si>
+  <si>
+    <t>VSPLM4421</t>
+  </si>
+  <si>
+    <t>B0CS2VBC9F</t>
+  </si>
+  <si>
+    <t>VSPZQ1221</t>
+  </si>
+  <si>
+    <t>VE8103821</t>
+  </si>
+  <si>
+    <t>B0BS5DNRT8</t>
+  </si>
+  <si>
     <t>VSP216621</t>
   </si>
   <si>
     <t>VSPCD2K21</t>
   </si>
   <si>
-    <t>B075TF61VH</t>
-[...26 lines deleted...]
-    <t>B0BS5DNRT8</t>
+    <t>B0B5FJNR1T</t>
+  </si>
+  <si>
+    <t>SFYN01122</t>
+  </si>
+  <si>
+    <t>VSPVO2221</t>
+  </si>
+  <si>
+    <t>VSPHH2121</t>
+  </si>
+  <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
+    <t>VSPCD2N21</t>
+  </si>
+  <si>
+    <t>VSPBH1C21</t>
+  </si>
+  <si>
+    <t>B09XP3T559</t>
+  </si>
+  <si>
+    <t>VSPZY0721</t>
+  </si>
+  <si>
+    <t>VSPOY9321</t>
+  </si>
+  <si>
+    <t>PWDAA0621</t>
+  </si>
+  <si>
+    <t>VSP1R1621</t>
+  </si>
+  <si>
+    <t>B0D84D889C</t>
+  </si>
+  <si>
+    <t>VSPBH9021</t>
+  </si>
+  <si>
+    <t>B0BS5DKD95</t>
+  </si>
+  <si>
+    <t>B0CJZYSNLG</t>
+  </si>
+  <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>VSPHF3421</t>
+  </si>
+  <si>
+    <t>VSPQ15021</t>
+  </si>
+  <si>
+    <t>VSPOQ9221</t>
+  </si>
+  <si>
+    <t>BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>VSP1R1921</t>
+  </si>
+  <si>
+    <t>B08BGCC9T9</t>
+  </si>
+  <si>
+    <t>VSPOY8221</t>
+  </si>
+  <si>
+    <t>VSP1R2421</t>
+  </si>
+  <si>
+    <t>VSPLD1121</t>
+  </si>
+  <si>
+    <t>VSP171121</t>
+  </si>
+  <si>
+    <t>VSPOY7421</t>
+  </si>
+  <si>
+    <t>VSP215721</t>
+  </si>
+  <si>
+    <t>VSPOQ8021</t>
+  </si>
+  <si>
+    <t>VSP470521</t>
+  </si>
+  <si>
+    <t>AM0331SK-30011454-004</t>
+  </si>
+  <si>
+    <t>VSPHI6621</t>
+  </si>
+  <si>
+    <t>VSP1F3021</t>
+  </si>
+  <si>
+    <t>GG0028S-30000975-001</t>
+  </si>
+  <si>
+    <t>VSPCD2L21</t>
+  </si>
+  <si>
+    <t>B0BS54NZTS</t>
+  </si>
+  <si>
+    <t>VSPOY7821</t>
+  </si>
+  <si>
+    <t>VSPZZ0621</t>
+  </si>
+  <si>
+    <t>VSP470221</t>
+  </si>
+  <si>
+    <t>VSP1R1421</t>
   </si>
   <si>
     <t>VSP1F2921</t>
   </si>
   <si>
-    <t>VSP1R1421</t>
+    <t>VSPOY7721</t>
   </si>
   <si>
     <t>VSP1O1521</t>
   </si>
   <si>
     <t>VSP1F2421</t>
   </si>
   <si>
+    <t>B06XRT8BJ7</t>
+  </si>
+  <si>
     <t>B097NMKFD3</t>
-  </si>
-[...94 lines deleted...]
-    <t>VSP470221</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -556,232 +586,232 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C63"/>
+  <dimension ref="A1:C73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:3">
@@ -1254,50 +1284,160 @@
         <v>63</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>3</v>
       </c>
       <c r="B62" t="s">
         <v>64</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>3</v>
       </c>
       <c r="B63" t="s">
         <v>65</v>
       </c>
       <c r="C63">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>3</v>
+      </c>
+      <c r="B64" t="s">
+        <v>66</v>
+      </c>
+      <c r="C64">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>3</v>
+      </c>
+      <c r="B65" t="s">
+        <v>67</v>
+      </c>
+      <c r="C65">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>3</v>
+      </c>
+      <c r="B66" t="s">
+        <v>68</v>
+      </c>
+      <c r="C66">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>3</v>
+      </c>
+      <c r="B67" t="s">
+        <v>69</v>
+      </c>
+      <c r="C67">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>3</v>
+      </c>
+      <c r="B68" t="s">
+        <v>70</v>
+      </c>
+      <c r="C68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>3</v>
+      </c>
+      <c r="B69" t="s">
+        <v>71</v>
+      </c>
+      <c r="C69">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>3</v>
+      </c>
+      <c r="B70" t="s">
+        <v>72</v>
+      </c>
+      <c r="C70">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>3</v>
+      </c>
+      <c r="B71" t="s">
+        <v>73</v>
+      </c>
+      <c r="C71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>3</v>
+      </c>
+      <c r="B72" t="s">
+        <v>74</v>
+      </c>
+      <c r="C72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>3</v>
+      </c>
+      <c r="B73" t="s">
+        <v>75</v>
+      </c>
+      <c r="C73">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>