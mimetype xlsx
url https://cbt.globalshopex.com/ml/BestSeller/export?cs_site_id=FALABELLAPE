--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,161 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
     <t>VSPOS5621</t>
   </si>
   <si>
+    <t>B08GYG5SL6</t>
+  </si>
+  <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>VSPOQ1K21</t>
+  </si>
+  <si>
     <t>VSPOY7821</t>
   </si>
   <si>
-    <t>B08GYG5SL6</t>
+    <t>VSP1S3421</t>
   </si>
   <si>
     <t>VSPOY7621</t>
   </si>
   <si>
+    <t>BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>VSPOY8821</t>
+  </si>
+  <si>
+    <t>VSPOY7421</t>
+  </si>
+  <si>
+    <t>VE2E00521</t>
+  </si>
+  <si>
+    <t>VSPEN5521</t>
+  </si>
+  <si>
     <t>VSPLM2521</t>
   </si>
   <si>
-    <t>VSPOY8421</t>
-[...8 lines deleted...]
-    <t>VSPEN5521</t>
+    <t>GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>VSPOQ9221</t>
+  </si>
+  <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
+    <t>VSPOY9921</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
+    <t>VSPEN5921</t>
+  </si>
+  <si>
+    <t>VSP1R1321</t>
+  </si>
+  <si>
+    <t>VSPBH8321</t>
+  </si>
+  <si>
+    <t>VSP263321</t>
+  </si>
+  <si>
+    <t>VSPOQ1R21</t>
+  </si>
+  <si>
+    <t>VSPHF2221</t>
+  </si>
+  <si>
+    <t>VSPOQ1D21</t>
+  </si>
+  <si>
+    <t>VSPOQ1H21</t>
+  </si>
+  <si>
+    <t>VSPLD1321</t>
+  </si>
+  <si>
+    <t>VSPOQ1N21</t>
+  </si>
+  <si>
+    <t>B0BW4WD34Y</t>
+  </si>
+  <si>
+    <t>VSPLD1121</t>
+  </si>
+  <si>
+    <t>VSPOQ1G21</t>
   </si>
   <si>
     <t>VSPCD2B21</t>
   </si>
   <si>
     <t>VSPQ15021</t>
   </si>
   <si>
+    <t>VSP1F2821</t>
+  </si>
+  <si>
     <t>GG0473O-30006450-003</t>
   </si>
   <si>
     <t>VSP1R1521</t>
   </si>
   <si>
     <t>VSPHK0820</t>
   </si>
   <si>
+    <t>VSPOQ2G21</t>
+  </si>
+  <si>
     <t>VSPLP0419</t>
   </si>
   <si>
-    <t>GG0470O-30006525-003</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPCD1A21</t>
   </si>
   <si>
-    <t>BB0024SA-30007767-001</t>
-[...44 lines deleted...]
-    <t>VSPLD1121</t>
+    <t>VSPOQ8021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -469,221 +493,221 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3">
@@ -848,50 +872,138 @@
         <v>34</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
         <v>35</v>
       </c>
       <c r="C33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>3</v>
+      </c>
+      <c r="B35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C35">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" t="s">
+        <v>3</v>
+      </c>
+      <c r="B36" t="s">
+        <v>38</v>
+      </c>
+      <c r="C36">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" t="s">
+        <v>3</v>
+      </c>
+      <c r="B37" t="s">
+        <v>39</v>
+      </c>
+      <c r="C37">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" t="s">
+        <v>3</v>
+      </c>
+      <c r="B38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" t="s">
+        <v>3</v>
+      </c>
+      <c r="B39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" t="s">
+        <v>3</v>
+      </c>
+      <c r="B40" t="s">
+        <v>42</v>
+      </c>
+      <c r="C40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" t="s">
+        <v>3</v>
+      </c>
+      <c r="B41" t="s">
+        <v>43</v>
+      </c>
+      <c r="C41">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" t="s">
+        <v>3</v>
+      </c>
+      <c r="B42" t="s">
+        <v>44</v>
+      </c>
+      <c r="C42">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>