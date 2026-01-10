--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -26,63 +26,63 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>IMELICBTCL</t>
   </si>
   <si>
+    <t>PE0021OA-30000703-003</t>
+  </si>
+  <si>
+    <t>VSPLP1621</t>
+  </si>
+  <si>
+    <t>VSPLI2121</t>
+  </si>
+  <si>
+    <t>PWGAA0521</t>
+  </si>
+  <si>
     <t>VE8102219</t>
-  </si>
-[...10 lines deleted...]
-    <t>PWGAA0521</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>