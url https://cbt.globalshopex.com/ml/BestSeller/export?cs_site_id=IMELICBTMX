--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -373,176 +373,198 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
-        <v>6577898</v>
+        <v>6578164</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>6587539</v>
+        <v>6577898</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
-        <v>6578164</v>
+        <v>6587539</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
-      <c r="B5" t="s">
-        <v>4</v>
+      <c r="B5">
+        <v>6568805</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
-      <c r="B6">
-        <v>6560700</v>
+      <c r="B6" t="s">
+        <v>4</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7">
-        <v>6557685</v>
+        <v>6560700</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>3</v>
       </c>
       <c r="B8">
-        <v>6577860</v>
+        <v>6557685</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9">
-        <v>6430277</v>
+        <v>6577860</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10">
-        <v>6577910</v>
+        <v>6563069</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11">
-        <v>6568805</v>
+        <v>6561806</v>
       </c>
       <c r="C11">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12">
+        <v>6430277</v>
+      </c>
+      <c r="C12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13">
+        <v>6577910</v>
+      </c>
+      <c r="C13">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>