--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -397,87 +397,87 @@
   </sheetPr>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
-        <v>6578164</v>
+        <v>6577898</v>
       </c>
       <c r="C2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>6577898</v>
+        <v>6587539</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
-        <v>6587539</v>
+        <v>6577910</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5">
-        <v>6568805</v>
+        <v>6578164</v>
       </c>
       <c r="C5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7">
         <v>6560700</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3">
@@ -518,51 +518,51 @@
         <v>3</v>
       </c>
       <c r="B11">
         <v>6561806</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12">
         <v>6430277</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13">
-        <v>6577910</v>
+        <v>6568805</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>