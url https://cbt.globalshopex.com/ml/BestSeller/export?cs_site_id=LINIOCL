--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -26,2388 +26,2388 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="786">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LINIOCL</t>
   </si>
   <si>
+    <t>VSPOY6921</t>
+  </si>
+  <si>
     <t>VSPBH3321</t>
   </si>
   <si>
-    <t>VSPOY6921</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPBH3018</t>
   </si>
   <si>
     <t>VSPOY7221</t>
   </si>
   <si>
     <t>VSP1S2521</t>
   </si>
   <si>
     <t>VSP171021</t>
   </si>
   <si>
     <t>VSPZZ0521</t>
   </si>
   <si>
     <t>VSPLP1621</t>
   </si>
   <si>
+    <t>VSPOY9121</t>
+  </si>
+  <si>
     <t>VSP1F2421</t>
   </si>
   <si>
-    <t>VSPOY9121</t>
+    <t>B076FSLQVR</t>
   </si>
   <si>
     <t>VSPEV2021</t>
   </si>
   <si>
-    <t>B076FSLQVR</t>
-[...1 lines deleted...]
-  <si>
     <t>VSP1H0721</t>
   </si>
   <si>
     <t>VSPZS0421</t>
   </si>
   <si>
+    <t>VSPZZ1521</t>
+  </si>
+  <si>
+    <t>VSPOY9021</t>
+  </si>
+  <si>
     <t>VSP1M1321</t>
   </si>
   <si>
-    <t>VSPZZ1521</t>
-[...4 lines deleted...]
-  <si>
     <t>VSPZS0621</t>
   </si>
   <si>
     <t>VSPCD1C21</t>
   </si>
   <si>
     <t>VSP1M1521</t>
   </si>
   <si>
+    <t>VSPLM3021</t>
+  </si>
+  <si>
     <t>VSPBH8621</t>
   </si>
   <si>
-    <t>VSPLM3021</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOY6821</t>
   </si>
   <si>
+    <t>VSPOS6621</t>
+  </si>
+  <si>
+    <t>B07ZT3CYBD</t>
+  </si>
+  <si>
+    <t>VSPEW0819</t>
+  </si>
+  <si>
+    <t>VSPOY2118</t>
+  </si>
+  <si>
+    <t>VSPZS0321</t>
+  </si>
+  <si>
+    <t>VSPZS0521</t>
+  </si>
+  <si>
+    <t>VSP1F2621</t>
+  </si>
+  <si>
+    <t>VSPOS6121</t>
+  </si>
+  <si>
+    <t>VSPCG2521</t>
+  </si>
+  <si>
+    <t>B07ZGMGTCJ</t>
+  </si>
+  <si>
+    <t>VSPZS0221</t>
+  </si>
+  <si>
+    <t>VSPQ16521</t>
+  </si>
+  <si>
     <t>VSPOQ9521</t>
   </si>
   <si>
-    <t>VSPOS6621</t>
-[...32 lines deleted...]
-    <t>VSPQ16521</t>
+    <t>VSPBH1C21</t>
+  </si>
+  <si>
+    <t>VSPBH1L21</t>
+  </si>
+  <si>
+    <t>VSPHH3021</t>
+  </si>
+  <si>
+    <t>VSP217021</t>
+  </si>
+  <si>
+    <t>VSPOS5921</t>
+  </si>
+  <si>
+    <t>VSPBH8421</t>
+  </si>
+  <si>
+    <t>VSPBH3421</t>
+  </si>
+  <si>
+    <t>B00L1G7K50</t>
+  </si>
+  <si>
+    <t>VSPLM4421</t>
+  </si>
+  <si>
+    <t>VSPHJ1021</t>
   </si>
   <si>
     <t>VSP1R1421</t>
   </si>
   <si>
-    <t>VSP217021</t>
-[...26 lines deleted...]
-    <t>VSPHJ1021</t>
+    <t>VSP1S2221</t>
+  </si>
+  <si>
+    <t>DIORCLUBS-MTBKBLUE</t>
+  </si>
+  <si>
+    <t>VSP716421</t>
+  </si>
+  <si>
+    <t>GG1149S-056-97</t>
+  </si>
+  <si>
+    <t>VSPQ14521</t>
+  </si>
+  <si>
+    <t>VSP647621</t>
+  </si>
+  <si>
+    <t>VSPBH8921</t>
+  </si>
+  <si>
+    <t>SOQ050015</t>
+  </si>
+  <si>
+    <t>B088TBS2BY</t>
+  </si>
+  <si>
+    <t>VE8103821</t>
+  </si>
+  <si>
+    <t>VSPLI2721</t>
+  </si>
+  <si>
+    <t>VSPEW0619</t>
+  </si>
+  <si>
+    <t>VSPLN1321</t>
+  </si>
+  <si>
+    <t>VSPQ14821</t>
+  </si>
+  <si>
+    <t>VSP170721</t>
+  </si>
+  <si>
+    <t>VSPBH1F21</t>
+  </si>
+  <si>
+    <t>VSPOS5821</t>
+  </si>
+  <si>
+    <t>VSPLD1021</t>
+  </si>
+  <si>
+    <t>B00L1G7NCU</t>
+  </si>
+  <si>
+    <t>B085PM3PTZ</t>
+  </si>
+  <si>
+    <t>VSP491319</t>
+  </si>
+  <si>
+    <t>VSPCA4721</t>
+  </si>
+  <si>
+    <t>VSPEN2321</t>
+  </si>
+  <si>
+    <t>B076QB44ML</t>
   </si>
   <si>
     <t>VSPLD1321</t>
   </si>
   <si>
     <t>B07T9P89N5</t>
   </si>
   <si>
+    <t>VE5A01721</t>
+  </si>
+  <si>
     <t>VSPHI5021</t>
   </si>
   <si>
+    <t>GG0158S-30001728-004</t>
+  </si>
+  <si>
     <t>B085C37C4W</t>
   </si>
   <si>
-    <t>GG0158S-30001728-004</t>
-[...74 lines deleted...]
-    <t>B076QB44ML</t>
+    <t>B07WG1NF38</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_CK19539S-020</t>
   </si>
   <si>
     <t>VSPHJ1821</t>
   </si>
   <si>
+    <t>VSPBH9121</t>
+  </si>
+  <si>
+    <t>PWAAA1321</t>
+  </si>
+  <si>
+    <t>B00UMVVUOC</t>
+  </si>
+  <si>
+    <t>GG0008S-30000955-003</t>
+  </si>
+  <si>
+    <t>VSPCA4421</t>
+  </si>
+  <si>
+    <t>B0CS2VBC9F</t>
+  </si>
+  <si>
+    <t>B07SJLF2XN</t>
+  </si>
+  <si>
+    <t>VSP1M1421</t>
+  </si>
+  <si>
+    <t>VSPZY0721</t>
+  </si>
+  <si>
+    <t>VSPBH7721</t>
+  </si>
+  <si>
+    <t>B0817CJHK3</t>
+  </si>
+  <si>
+    <t>VSPZT1521</t>
+  </si>
+  <si>
+    <t>VSPZZ0121</t>
+  </si>
+  <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>GG0283S-30002381-004</t>
+  </si>
+  <si>
+    <t>VSP216721</t>
+  </si>
+  <si>
+    <t>VSPBH7921</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
+    <t>VSP1H0521</t>
+  </si>
+  <si>
+    <t>VSP1S2121</t>
+  </si>
+  <si>
+    <t>VSPOQ1L21</t>
+  </si>
+  <si>
+    <t>VSPHH2521</t>
+  </si>
+  <si>
+    <t>B07PPTDGTP</t>
+  </si>
+  <si>
+    <t>VSPCD1G21</t>
+  </si>
+  <si>
+    <t>VSPGN2619</t>
+  </si>
+  <si>
+    <t>VSPOS4521</t>
+  </si>
+  <si>
+    <t>B003AM87Q4</t>
+  </si>
+  <si>
+    <t>B07QCCM8YY</t>
+  </si>
+  <si>
+    <t>VSPQ15221</t>
+  </si>
+  <si>
+    <t>B07VNBRSNK</t>
+  </si>
+  <si>
+    <t>VSP716221</t>
+  </si>
+  <si>
+    <t>GG0368S-30006035-002</t>
+  </si>
+  <si>
+    <t>VSPVP1121</t>
+  </si>
+  <si>
+    <t>VSPOY7521</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5573694</t>
+  </si>
+  <si>
+    <t>VSPOY9921</t>
+  </si>
+  <si>
+    <t>VSPOY8321</t>
+  </si>
+  <si>
+    <t>VSP212617</t>
+  </si>
+  <si>
+    <t>VSPVU1621</t>
+  </si>
+  <si>
+    <t>VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>VSPLP1721</t>
+  </si>
+  <si>
     <t>PWAAA0721</t>
   </si>
   <si>
     <t>B00Y8YOEU6</t>
   </si>
   <si>
     <t>VSPLO0319</t>
   </si>
   <si>
-    <t>B07WG1NF38</t>
-[...125 lines deleted...]
-    <t>VSP212617</t>
+    <t>VSPGN2219</t>
+  </si>
+  <si>
+    <t>VSPOY6521</t>
+  </si>
+  <si>
+    <t>VSPLP0619</t>
+  </si>
+  <si>
+    <t>VSPOJ2421</t>
+  </si>
+  <si>
+    <t>VSPHI4921</t>
+  </si>
+  <si>
+    <t>PWHAA1121</t>
+  </si>
+  <si>
+    <t>B07XNTB5WH</t>
+  </si>
+  <si>
+    <t>VSPEW0719</t>
+  </si>
+  <si>
+    <t>VSPHF3321</t>
+  </si>
+  <si>
+    <t>B07QVY2VT8</t>
+  </si>
+  <si>
+    <t>VSPHJ0420</t>
+  </si>
+  <si>
+    <t>DIORNEBULA-PALLADIUM</t>
+  </si>
+  <si>
+    <t>VSPHI3121</t>
+  </si>
+  <si>
+    <t>607747228X</t>
+  </si>
+  <si>
+    <t>GG0023S-30000970-003</t>
+  </si>
+  <si>
+    <t>PWAAA0521</t>
+  </si>
+  <si>
+    <t>VSPLK1019</t>
+  </si>
+  <si>
+    <t>VSP647221</t>
+  </si>
+  <si>
+    <t>VSPCG2321</t>
+  </si>
+  <si>
+    <t>GG0061S-30001034-012</t>
+  </si>
+  <si>
+    <t>VSPHI4521</t>
+  </si>
+  <si>
+    <t>B010RHVD5G</t>
+  </si>
+  <si>
+    <t>VSP1L1021</t>
+  </si>
+  <si>
+    <t>VSPHI5521</t>
+  </si>
+  <si>
+    <t>VSPCD2P21</t>
+  </si>
+  <si>
+    <t>VSP1R0219</t>
+  </si>
+  <si>
+    <t>VE2E00521</t>
+  </si>
+  <si>
+    <t>VSPLM2521</t>
+  </si>
+  <si>
+    <t>B07J2ZP5VK</t>
+  </si>
+  <si>
+    <t>VSPOY8821</t>
+  </si>
+  <si>
+    <t>B01AZAL5OE</t>
+  </si>
+  <si>
+    <t>AM0236O-30008071-004</t>
+  </si>
+  <si>
+    <t>VSP391120</t>
+  </si>
+  <si>
+    <t>VSPEV1921</t>
+  </si>
+  <si>
+    <t>VSP764121</t>
+  </si>
+  <si>
+    <t>VSP970121</t>
+  </si>
+  <si>
+    <t>VSPVT1921</t>
+  </si>
+  <si>
+    <t>VSPOY5821</t>
+  </si>
+  <si>
+    <t>VSP170221</t>
+  </si>
+  <si>
+    <t>B01256V578</t>
+  </si>
+  <si>
+    <t>VSPVT0820</t>
+  </si>
+  <si>
+    <t>VSPVP1021</t>
+  </si>
+  <si>
+    <t>VSPOS4921</t>
+  </si>
+  <si>
+    <t>MB0026S-30006704-004</t>
+  </si>
+  <si>
+    <t>VSPLI1219</t>
+  </si>
+  <si>
+    <t>GG0264O-30002357-004</t>
+  </si>
+  <si>
+    <t>B0831MBWQ2</t>
+  </si>
+  <si>
+    <t>VSPCG3221</t>
+  </si>
+  <si>
+    <t>VSPOY9421</t>
+  </si>
+  <si>
+    <t>VSP1O1521</t>
+  </si>
+  <si>
+    <t>B07ZHNXG2L</t>
+  </si>
+  <si>
+    <t>VSP491519</t>
+  </si>
+  <si>
+    <t>VSPLO0119</t>
+  </si>
+  <si>
+    <t>NT042DEL02</t>
+  </si>
+  <si>
+    <t>B07X7D3BC9</t>
+  </si>
+  <si>
+    <t>VSPVS0620</t>
+  </si>
+  <si>
+    <t>B07G8XY6WJ</t>
+  </si>
+  <si>
+    <t>VSP1F3121</t>
+  </si>
+  <si>
+    <t>VSPVT1221</t>
+  </si>
+  <si>
+    <t>B07T65BKN6</t>
+  </si>
+  <si>
+    <t>B07SK1SF81</t>
+  </si>
+  <si>
+    <t>B07VDL1H3F</t>
+  </si>
+  <si>
+    <t>VSPOY8521</t>
+  </si>
+  <si>
+    <t>B08DKNG5XS</t>
+  </si>
+  <si>
+    <t>VSPHM1121</t>
+  </si>
+  <si>
+    <t>VSPHI5421</t>
+  </si>
+  <si>
+    <t>VSP171121</t>
+  </si>
+  <si>
+    <t>VSPQ14921</t>
+  </si>
+  <si>
+    <t>VEV801021</t>
+  </si>
+  <si>
+    <t>B07VB2VGJH</t>
+  </si>
+  <si>
+    <t>GG0061S-30001034-022</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_CK20521S-410</t>
+  </si>
+  <si>
+    <t>B014KXMDXO</t>
+  </si>
+  <si>
+    <t>VSP170321</t>
+  </si>
+  <si>
+    <t>B07YCWDZG1</t>
+  </si>
+  <si>
+    <t>VSPZZ1721</t>
+  </si>
+  <si>
+    <t>VSPOS5521</t>
+  </si>
+  <si>
+    <t>B0817C6K9W</t>
+  </si>
+  <si>
+    <t>VSPKN0321</t>
+  </si>
+  <si>
+    <t>VSPLO0819</t>
+  </si>
+  <si>
+    <t>VSPLI3021</t>
+  </si>
+  <si>
+    <t>VSPLH1319</t>
+  </si>
+  <si>
+    <t>VSPBH8521</t>
+  </si>
+  <si>
+    <t>B082MGWLD7</t>
+  </si>
+  <si>
+    <t>B07TYKPLBL</t>
+  </si>
+  <si>
+    <t>VSPZQ1221</t>
+  </si>
+  <si>
+    <t>VSPEV0319</t>
+  </si>
+  <si>
+    <t>VSPKN0121</t>
+  </si>
+  <si>
+    <t>VSPLM2921</t>
+  </si>
+  <si>
+    <t>PWAAA0221</t>
+  </si>
+  <si>
+    <t>VSPOQ1F21</t>
   </si>
   <si>
     <t>703c46cb779c42de_CK20524S-410</t>
   </si>
   <si>
     <t>B089Y2W7CQ</t>
   </si>
   <si>
     <t>VSPOQ2218</t>
   </si>
   <si>
+    <t>703c46cb779c42de_5521449</t>
+  </si>
+  <si>
+    <t>VSPOY7621</t>
+  </si>
+  <si>
+    <t>VSP1R1321</t>
+  </si>
+  <si>
     <t>B088GMSXD6</t>
   </si>
   <si>
-    <t>703c46cb779c42de_5521449</t>
-[...5 lines deleted...]
-    <t>VSP1R1321</t>
+    <t>VSPBH7121</t>
+  </si>
+  <si>
+    <t>B07ZNKV7HM</t>
+  </si>
+  <si>
+    <t>B07P7FY2GH</t>
+  </si>
+  <si>
+    <t>B07X61LQ9Q</t>
+  </si>
+  <si>
+    <t>VSPLD1921</t>
+  </si>
+  <si>
+    <t>VSPOY7721</t>
   </si>
   <si>
     <t>VSPOQ9421</t>
   </si>
   <si>
     <t>B07Y54BQZC</t>
   </si>
   <si>
-    <t>B07ZNKV7HM</t>
-[...11 lines deleted...]
-    <t>VSPOY7721</t>
+    <t>B06XWHY2S4</t>
+  </si>
+  <si>
+    <t>PWCAA0621</t>
   </si>
   <si>
     <t>VSPLI2421</t>
   </si>
   <si>
-    <t>PWCAA0621</t>
-[...7 lines deleted...]
-  <si>
     <t>VSPLN1421</t>
   </si>
   <si>
+    <t>VSP216621</t>
+  </si>
+  <si>
+    <t>VSPCD2L21</t>
+  </si>
+  <si>
+    <t>DIORCLUBS-MTBLUEPK</t>
+  </si>
+  <si>
+    <t>VSPVT1621</t>
+  </si>
+  <si>
+    <t>B07VYHLYWR</t>
+  </si>
+  <si>
     <t>GG0467S-30006413-002</t>
   </si>
   <si>
-    <t>DIORCLUBS-MTBLUEPK</t>
-[...284 lines deleted...]
-    <t>VSPOQ1F21</t>
+    <t>VSPOQ8721</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5423173</t>
+  </si>
+  <si>
+    <t>VSPCD1A21</t>
+  </si>
+  <si>
+    <t>B08HDK1TK6</t>
+  </si>
+  <si>
+    <t>VSPOY2318</t>
+  </si>
+  <si>
+    <t>GG0515S-30007781-005</t>
+  </si>
+  <si>
+    <t>B07CSPLGV9</t>
+  </si>
+  <si>
+    <t>B0D94ZJYSV</t>
+  </si>
+  <si>
+    <t>B07Y2ZZCJD</t>
+  </si>
+  <si>
+    <t>B002766V3K</t>
+  </si>
+  <si>
+    <t>GG0257S-30002347-005</t>
+  </si>
+  <si>
+    <t>VSPLN2521</t>
+  </si>
+  <si>
+    <t>B07JNDVKK8</t>
+  </si>
+  <si>
+    <t>B07V9MJGRN</t>
+  </si>
+  <si>
+    <t>B0814XV9X6</t>
+  </si>
+  <si>
+    <t>VSPOQ2C21</t>
+  </si>
+  <si>
+    <t>SFHY00521</t>
+  </si>
+  <si>
+    <t>0353409375</t>
+  </si>
+  <si>
+    <t>VSPOS5421</t>
+  </si>
+  <si>
+    <t>B07GCYF2T8</t>
+  </si>
+  <si>
+    <t>VSP1L1321</t>
+  </si>
+  <si>
+    <t>B004P1IMFA</t>
+  </si>
+  <si>
+    <t>VSPOY7921</t>
+  </si>
+  <si>
+    <t>VSPBH8221</t>
+  </si>
+  <si>
+    <t>B07YS3L6J8</t>
+  </si>
+  <si>
+    <t>GG1149S-30012724-006-70374-NS</t>
+  </si>
+  <si>
+    <t>B081Q82Z63</t>
+  </si>
+  <si>
+    <t>B07VCYB37P</t>
+  </si>
+  <si>
+    <t>VSPLD1821</t>
+  </si>
+  <si>
+    <t>VSP1P0321</t>
+  </si>
+  <si>
+    <t>B07K21HSQX</t>
+  </si>
+  <si>
+    <t>B07ZJ3KWBR</t>
+  </si>
+  <si>
+    <t>B07R9QJS9L</t>
+  </si>
+  <si>
+    <t>VSPOS4421</t>
+  </si>
+  <si>
+    <t>B07VGRJDFY</t>
+  </si>
+  <si>
+    <t>B07QLRFCG1</t>
+  </si>
+  <si>
+    <t>B07ZKPG8ZS</t>
+  </si>
+  <si>
+    <t>RB4171F-6340F7-54</t>
+  </si>
+  <si>
+    <t>GG0473O-30006450-003</t>
+  </si>
+  <si>
+    <t>B082TWSSTM</t>
+  </si>
+  <si>
+    <t>B07DB8QN28</t>
+  </si>
+  <si>
+    <t>B073V41W5X</t>
+  </si>
+  <si>
+    <t>B084N1BM9L</t>
+  </si>
+  <si>
+    <t>B01NAKRP84</t>
+  </si>
+  <si>
+    <t>VSPQ15021</t>
+  </si>
+  <si>
+    <t>B0831JH12X</t>
+  </si>
+  <si>
+    <t>B0871V9NTP</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5551796</t>
+  </si>
+  <si>
+    <t>PWGAA0121</t>
+  </si>
+  <si>
+    <t>B07GJ637SG</t>
+  </si>
+  <si>
+    <t>B07L6RXH2M</t>
+  </si>
+  <si>
+    <t>0765387565</t>
+  </si>
+  <si>
+    <t>VSPBH1H21</t>
+  </si>
+  <si>
+    <t>VSP1R2721</t>
+  </si>
+  <si>
+    <t>B00CTA2RYQ</t>
+  </si>
+  <si>
+    <t>GG0436S-30006458-005</t>
+  </si>
+  <si>
+    <t>MWY101221</t>
+  </si>
+  <si>
+    <t>B07CQ9FK8K</t>
+  </si>
+  <si>
+    <t>B07GLKF5F1</t>
+  </si>
+  <si>
+    <t>GG0259O-30002351-002</t>
+  </si>
+  <si>
+    <t>B06XW5XCVZ</t>
+  </si>
+  <si>
+    <t>B01N2NH3UF</t>
+  </si>
+  <si>
+    <t>B072KD87TW</t>
+  </si>
+  <si>
+    <t>SFUC00521</t>
+  </si>
+  <si>
+    <t>VSP332821</t>
+  </si>
+  <si>
+    <t>B071G1RLYC</t>
+  </si>
+  <si>
+    <t>B08BRMQFGR</t>
+  </si>
+  <si>
+    <t>B089LPLW7G</t>
+  </si>
+  <si>
+    <t>VSPQ15321</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_TEAGAN-0LHF-HA</t>
+  </si>
+  <si>
+    <t>109463221X</t>
+  </si>
+  <si>
+    <t>B07NNZ9ZSW</t>
+  </si>
+  <si>
+    <t>B07ZSZB55M</t>
+  </si>
+  <si>
+    <t>B07G7X2ZJ3</t>
+  </si>
+  <si>
+    <t>VSPQ16621</t>
+  </si>
+  <si>
+    <t>VEZ300621</t>
+  </si>
+  <si>
+    <t>B082324FRG</t>
+  </si>
+  <si>
+    <t>B07X9VG6ZJ</t>
+  </si>
+  <si>
+    <t>VSPOQ8321</t>
+  </si>
+  <si>
+    <t>VSPZT0321</t>
+  </si>
+  <si>
+    <t>VSPOS4821</t>
+  </si>
+  <si>
+    <t>B07XTZRCNV</t>
+  </si>
+  <si>
+    <t>B07LFS84SC</t>
+  </si>
+  <si>
+    <t>B08G4TG83F</t>
+  </si>
+  <si>
+    <t>GG0511SA-30007792-006</t>
+  </si>
+  <si>
+    <t>VSP170821</t>
+  </si>
+  <si>
+    <t>B085HXFGK4</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5501076</t>
+  </si>
+  <si>
+    <t>B088D5JLPG</t>
+  </si>
+  <si>
+    <t>B08FJ5GQJY</t>
+  </si>
+  <si>
+    <t>VSPCA4321</t>
+  </si>
+  <si>
+    <t>B01H6XZU1M</t>
+  </si>
+  <si>
+    <t>B0831S658S</t>
+  </si>
+  <si>
+    <t>B07DW7W2L6</t>
+  </si>
+  <si>
+    <t>B07K84X662</t>
+  </si>
+  <si>
+    <t>VSPEN2121</t>
+  </si>
+  <si>
+    <t>VSPOQ2F21</t>
+  </si>
+  <si>
+    <t>B07X7TJPKF</t>
+  </si>
+  <si>
+    <t>B07CVLLC8F</t>
+  </si>
+  <si>
+    <t>B07NRB5G3Q</t>
+  </si>
+  <si>
+    <t>VSPCG2621</t>
+  </si>
+  <si>
+    <t>140022036X</t>
+  </si>
+  <si>
+    <t>B07W12WJC3</t>
+  </si>
+  <si>
+    <t>VSPLN1721</t>
+  </si>
+  <si>
+    <t>B07XRZNWMC</t>
+  </si>
+  <si>
+    <t>B07X11TCNS</t>
+  </si>
+  <si>
+    <t>PWDAA0821</t>
+  </si>
+  <si>
+    <t>PWFAA0221</t>
+  </si>
+  <si>
+    <t>B07SCPRHSF</t>
+  </si>
+  <si>
+    <t>BB0107S-30008985-003</t>
+  </si>
+  <si>
+    <t>B07XDPC6GT</t>
+  </si>
+  <si>
+    <t>VSPEW1521</t>
+  </si>
+  <si>
+    <t>B07CHHG5XN</t>
+  </si>
+  <si>
+    <t>B07DB2NQ3N</t>
+  </si>
+  <si>
+    <t>B079S6GZCJ</t>
+  </si>
+  <si>
+    <t>VSPCA3421</t>
+  </si>
+  <si>
+    <t>VSPLM2821</t>
+  </si>
+  <si>
+    <t>B07HHQ3K43</t>
+  </si>
+  <si>
+    <t>B085PQCF7Y</t>
+  </si>
+  <si>
+    <t>B085GKF8H8</t>
+  </si>
+  <si>
+    <t>VSPHH2121</t>
+  </si>
+  <si>
+    <t>B07DJ5ZQH2</t>
+  </si>
+  <si>
+    <t>B07BR6V4L6</t>
+  </si>
+  <si>
+    <t>SFPE00119</t>
+  </si>
+  <si>
+    <t>B07ZKJV17F</t>
+  </si>
+  <si>
+    <t>B075WXBGP6</t>
+  </si>
+  <si>
+    <t>B085MQPQ5Q</t>
+  </si>
+  <si>
+    <t>VEZ700321</t>
+  </si>
+  <si>
+    <t>B07N5WT5SY</t>
+  </si>
+  <si>
+    <t>B07ZXFYKWK</t>
+  </si>
+  <si>
+    <t>VSPLD1721</t>
+  </si>
+  <si>
+    <t>0060887184</t>
+  </si>
+  <si>
+    <t>VSP1S3321</t>
+  </si>
+  <si>
+    <t>B07RRYCNM4</t>
+  </si>
+  <si>
+    <t>B07Z5X89KM</t>
+  </si>
+  <si>
+    <t>BB0026SA-30007769-005</t>
+  </si>
+  <si>
+    <t>VSPQ15521</t>
+  </si>
+  <si>
+    <t>B01H1NV1RE</t>
+  </si>
+  <si>
+    <t>VSP1R2821</t>
+  </si>
+  <si>
+    <t>B082YVFMDP</t>
+  </si>
+  <si>
+    <t>VSPOS5721</t>
+  </si>
+  <si>
+    <t>B07TNB2K4Z</t>
+  </si>
+  <si>
+    <t>B07DCXBP7Q</t>
+  </si>
+  <si>
+    <t>VSPLI0819</t>
+  </si>
+  <si>
+    <t>VE5A01821</t>
+  </si>
+  <si>
+    <t>B07SK72PMR</t>
+  </si>
+  <si>
+    <t>B0CK11PFN1</t>
+  </si>
+  <si>
+    <t>B07G1YX53W</t>
+  </si>
+  <si>
+    <t>B07H2RR55Q</t>
+  </si>
+  <si>
+    <t>VEV600721</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_H70535061</t>
+  </si>
+  <si>
+    <t>B07NQ4Y85H</t>
+  </si>
+  <si>
+    <t>B07VDB67TC</t>
+  </si>
+  <si>
+    <t>VSPLN2621</t>
+  </si>
+  <si>
+    <t>B01MUDILLZ</t>
+  </si>
+  <si>
+    <t>B078J94B1D</t>
+  </si>
+  <si>
+    <t>PWBAA0121</t>
+  </si>
+  <si>
+    <t>B07V4TMTP8</t>
+  </si>
+  <si>
+    <t>B07WTVZ5XX</t>
+  </si>
+  <si>
+    <t>B075X352V6</t>
+  </si>
+  <si>
+    <t>GG0437SA-30006514-003</t>
+  </si>
+  <si>
+    <t>B07H5T9J4L</t>
+  </si>
+  <si>
+    <t>VSPBH8321</t>
+  </si>
+  <si>
+    <t>VSP1R2921</t>
+  </si>
+  <si>
+    <t>B088PRZX5N</t>
+  </si>
+  <si>
+    <t>NT047DEL92</t>
+  </si>
+  <si>
+    <t>VSP215121</t>
+  </si>
+  <si>
+    <t>VSPZK0521</t>
+  </si>
+  <si>
+    <t>VSP216321</t>
+  </si>
+  <si>
+    <t>B07VCX2K5J</t>
+  </si>
+  <si>
+    <t>B01G9CS7OS</t>
+  </si>
+  <si>
+    <t>B076K8LKRM</t>
+  </si>
+  <si>
+    <t>GG0537S-30007778-001</t>
+  </si>
+  <si>
+    <t>VSPCA3321</t>
+  </si>
+  <si>
+    <t>B0838FKVBJ</t>
+  </si>
+  <si>
+    <t>B01M0475ZK</t>
+  </si>
+  <si>
+    <t>B074GXM5W4</t>
+  </si>
+  <si>
+    <t>B07HYC1XV4</t>
+  </si>
+  <si>
+    <t>BB0024S-30007740-002</t>
+  </si>
+  <si>
+    <t>VSPZU0721</t>
+  </si>
+  <si>
+    <t>VSPLN2221</t>
+  </si>
+  <si>
+    <t>B072R788JD</t>
+  </si>
+  <si>
+    <t>B00E9649E4</t>
+  </si>
+  <si>
+    <t>VSP1M1721</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5551797</t>
+  </si>
+  <si>
+    <t>B07DCH9JGK</t>
+  </si>
+  <si>
+    <t>B0832V7XYR</t>
+  </si>
+  <si>
+    <t>BB0025S-30007742-002</t>
+  </si>
+  <si>
+    <t>B0792Q2H8G</t>
+  </si>
+  <si>
+    <t>B07RNVWS9L</t>
+  </si>
+  <si>
+    <t>B00ZKPBHXY</t>
+  </si>
+  <si>
+    <t>GG0820S-30009534-001</t>
+  </si>
+  <si>
+    <t>72YA4B9E-ZS280-899</t>
+  </si>
+  <si>
+    <t>B009TNOF9G</t>
+  </si>
+  <si>
+    <t>VSP970721</t>
+  </si>
+  <si>
+    <t>B07RCJCHZF</t>
+  </si>
+  <si>
+    <t>B089NGTJ9R</t>
+  </si>
+  <si>
+    <t>VSPHJ1221</t>
+  </si>
+  <si>
+    <t>PWAAA0921</t>
+  </si>
+  <si>
+    <t>B00J3ED2KO</t>
+  </si>
+  <si>
+    <t>B0753GRNQZ</t>
+  </si>
+  <si>
+    <t>B07TX5TGBK</t>
+  </si>
+  <si>
+    <t>GG0582S-30008087-004</t>
+  </si>
+  <si>
+    <t>GG0468S-30006410-005</t>
+  </si>
+  <si>
+    <t>B0006OH4WC</t>
+  </si>
+  <si>
+    <t>B07XXTM46B</t>
+  </si>
+  <si>
+    <t>B074RCV4HQ</t>
+  </si>
+  <si>
+    <t>VSPCI5221</t>
+  </si>
+  <si>
+    <t>VSP1L1621</t>
+  </si>
+  <si>
+    <t>VSP870718</t>
+  </si>
+  <si>
+    <t>VSP1R1721</t>
+  </si>
+  <si>
+    <t>B07Z3HMC8M</t>
+  </si>
+  <si>
+    <t>B07GPDWT9Q</t>
+  </si>
+  <si>
+    <t>GG0468S-30006410-001</t>
+  </si>
+  <si>
+    <t>VSP716521</t>
+  </si>
+  <si>
+    <t>B07X1LHJ8H</t>
+  </si>
+  <si>
+    <t>B0CBNKV9ZS</t>
+  </si>
+  <si>
+    <t>167627894X</t>
+  </si>
+  <si>
+    <t>B07V2JPYBS</t>
+  </si>
+  <si>
+    <t>VSP646921</t>
+  </si>
+  <si>
+    <t>B07RRMG88V</t>
+  </si>
+  <si>
+    <t>NT047DEL98</t>
+  </si>
+  <si>
+    <t>VSPLM2421</t>
+  </si>
+  <si>
+    <t>B07S91QHW3</t>
+  </si>
+  <si>
+    <t>VSP1H0121</t>
+  </si>
+  <si>
+    <t>B00CNNPPV6</t>
+  </si>
+  <si>
+    <t>B08BJT81DX</t>
+  </si>
+  <si>
+    <t>B07TMPS26Q</t>
+  </si>
+  <si>
+    <t>VSPLP0419</t>
+  </si>
+  <si>
+    <t>B07XWP6Q7X</t>
+  </si>
+  <si>
+    <t>B08156Y2PR</t>
+  </si>
+  <si>
+    <t>B07WD644ZZ</t>
+  </si>
+  <si>
+    <t>VSP1R2221</t>
+  </si>
+  <si>
+    <t>73VA4BX3-ZS413-899</t>
+  </si>
+  <si>
+    <t>B07F18LZH3</t>
+  </si>
+  <si>
+    <t>B0895D965Z</t>
+  </si>
+  <si>
+    <t>B01AWH05KK</t>
+  </si>
+  <si>
+    <t>VSPOS5321</t>
+  </si>
+  <si>
+    <t>VSPOQ2H21</t>
+  </si>
+  <si>
+    <t>VSPBH8021</t>
+  </si>
+  <si>
+    <t>B07Y9N2RQM</t>
+  </si>
+  <si>
+    <t>B0836KBL79</t>
+  </si>
+  <si>
+    <t>MB0012O-30006763-004</t>
+  </si>
+  <si>
+    <t>MWY101721</t>
+  </si>
+  <si>
+    <t>B0892DKTS1</t>
+  </si>
+  <si>
+    <t>48104dac7c4eed51_Z-DNDDE</t>
+  </si>
+  <si>
+    <t>B07M5YRTDP</t>
+  </si>
+  <si>
+    <t>VSPEV1821</t>
+  </si>
+  <si>
+    <t>B08CBBFLCG</t>
+  </si>
+  <si>
+    <t>B07RX4S2NH</t>
+  </si>
+  <si>
+    <t>MB0104S-30008466-004</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_VE2241-125687-0</t>
+  </si>
+  <si>
+    <t>B07ZTFHJCV</t>
+  </si>
+  <si>
+    <t>VSPCD2H21</t>
+  </si>
+  <si>
+    <t>B07J34ZVRT</t>
+  </si>
+  <si>
+    <t>B07SMRLJ9R</t>
+  </si>
+  <si>
+    <t>VSP331718</t>
+  </si>
+  <si>
+    <t>B01LYVF137</t>
+  </si>
+  <si>
+    <t>B00B9Z24J0</t>
+  </si>
+  <si>
+    <t>B07HRCFRQM</t>
+  </si>
+  <si>
+    <t>B07BHPX25P</t>
+  </si>
+  <si>
+    <t>GG0113S-30001560-009</t>
+  </si>
+  <si>
+    <t>5ca8384cb4775616_GCGG0077SK00156</t>
+  </si>
+  <si>
+    <t>B07581CXYK</t>
+  </si>
+  <si>
+    <t>B07K8F2HMB</t>
+  </si>
+  <si>
+    <t>VSPCG2421</t>
+  </si>
+  <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
+    <t>0789923734</t>
+  </si>
+  <si>
+    <t>B00UYL7LIY</t>
+  </si>
+  <si>
+    <t>B083DD37W7</t>
+  </si>
+  <si>
+    <t>B07W158WQS</t>
+  </si>
+  <si>
+    <t>SLM15-30001927-005</t>
+  </si>
+  <si>
+    <t>VSPOQ2B21</t>
+  </si>
+  <si>
+    <t>B08B5SKLZC</t>
+  </si>
+  <si>
+    <t>B07PV9NG2N</t>
+  </si>
+  <si>
+    <t>B01GX9A94S</t>
+  </si>
+  <si>
+    <t>B08CKV2KD2</t>
+  </si>
+  <si>
+    <t>B088RB2QG9</t>
+  </si>
+  <si>
+    <t>VE3E00821</t>
+  </si>
+  <si>
+    <t>VSPVV1021</t>
+  </si>
+  <si>
+    <t>VSPVO2721</t>
+  </si>
+  <si>
+    <t>B08BW3TQ2B</t>
+  </si>
+  <si>
+    <t>VSPQ16421</t>
+  </si>
+  <si>
+    <t>VSPHK0820</t>
+  </si>
+  <si>
+    <t>B07PFPGX9H</t>
+  </si>
+  <si>
+    <t>B07QVQ1RS1</t>
+  </si>
+  <si>
+    <t>B07DB81ZPH</t>
+  </si>
+  <si>
+    <t>VSPOQ2P21</t>
+  </si>
+  <si>
+    <t>B07C49N3TC</t>
+  </si>
+  <si>
+    <t>B07WNRP3JC</t>
+  </si>
+  <si>
+    <t>B0798L8V31</t>
+  </si>
+  <si>
+    <t>B08BND8NQB</t>
+  </si>
+  <si>
+    <t>B087BC4N74</t>
+  </si>
+  <si>
+    <t>VSP393321</t>
+  </si>
+  <si>
+    <t>VSPCD2E21</t>
+  </si>
+  <si>
+    <t>B07DP9LZWF</t>
+  </si>
+  <si>
+    <t>B08G4SKZGB</t>
+  </si>
+  <si>
+    <t>GG0098O-30001518-001</t>
+  </si>
+  <si>
+    <t>B08BK7H3J5</t>
+  </si>
+  <si>
+    <t>V12010015</t>
+  </si>
+  <si>
+    <t>VSPOQ9021</t>
+  </si>
+  <si>
+    <t>VSP1S3721</t>
+  </si>
+  <si>
+    <t>B07NLR4TZC</t>
+  </si>
+  <si>
+    <t>VSPZZ1121</t>
+  </si>
+  <si>
+    <t>VBQ040017</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_GL0430</t>
+  </si>
+  <si>
+    <t>B07NVDXD6G</t>
+  </si>
+  <si>
+    <t>VSPLP1921</t>
+  </si>
+  <si>
+    <t>GG0586SA-30008136-002</t>
+  </si>
+  <si>
+    <t>B001TM0SYG</t>
+  </si>
+  <si>
+    <t>VSP716321</t>
+  </si>
+  <si>
+    <t>GG0437SA-30006514-001</t>
+  </si>
+  <si>
+    <t>153083922X</t>
+  </si>
+  <si>
+    <t>B07V1WKRBB</t>
+  </si>
+  <si>
+    <t>B095RSWM66</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_PR62VS-1BC0B566</t>
+  </si>
+  <si>
+    <t>B0817CGKHR</t>
+  </si>
+  <si>
+    <t>153715401X</t>
+  </si>
+  <si>
+    <t>B07X14BRQ6</t>
+  </si>
+  <si>
+    <t>B07YF435Q5</t>
+  </si>
+  <si>
+    <t>B07KQWMN2R</t>
+  </si>
+  <si>
+    <t>VSPBH1K21</t>
+  </si>
+  <si>
+    <t>VSPOQ1Y21</t>
+  </si>
+  <si>
+    <t>VSPCD2K21</t>
+  </si>
+  <si>
+    <t>B00ITX1K4K</t>
+  </si>
+  <si>
+    <t>0735211299</t>
+  </si>
+  <si>
+    <t>GG0467S-30006413-006</t>
+  </si>
+  <si>
+    <t>VSPHI3221</t>
+  </si>
+  <si>
+    <t>B0725P9D3Q</t>
+  </si>
+  <si>
+    <t>VSPHI0820</t>
+  </si>
+  <si>
+    <t>B08FYLBHJF</t>
+  </si>
+  <si>
+    <t>SFUB00321</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_MB0053O-30007978-002</t>
+  </si>
+  <si>
+    <t>SF1Y01321</t>
+  </si>
+  <si>
+    <t>B07MGY7SZ2</t>
+  </si>
+  <si>
+    <t>VSPZT1821</t>
+  </si>
+  <si>
+    <t>B084VJX286</t>
+  </si>
+  <si>
+    <t>B079HQTYGR</t>
+  </si>
+  <si>
+    <t>VSPLN2021</t>
+  </si>
+  <si>
+    <t>PWHAA1221</t>
+  </si>
+  <si>
+    <t>B0894TGNDW</t>
+  </si>
+  <si>
+    <t>VSPOQ8221</t>
+  </si>
+  <si>
+    <t>B07KCQYK1M</t>
+  </si>
+  <si>
+    <t>0062457713</t>
+  </si>
+  <si>
+    <t>VSP1L1721</t>
+  </si>
+  <si>
+    <t>VSPOY7821</t>
+  </si>
+  <si>
+    <t>B07Z8B814B</t>
+  </si>
+  <si>
+    <t>B07VJ2JM6R</t>
+  </si>
+  <si>
+    <t>PWMAA0222</t>
+  </si>
+  <si>
+    <t>B00CU2CMOI</t>
+  </si>
+  <si>
+    <t>B07Y9DTCC8</t>
+  </si>
+  <si>
+    <t>VSP1L1221</t>
+  </si>
+  <si>
+    <t>VEZ300821</t>
+  </si>
+  <si>
+    <t>B086H4L964</t>
+  </si>
+  <si>
+    <t>V11030015</t>
+  </si>
+  <si>
+    <t>S66080016</t>
+  </si>
+  <si>
+    <t>B07QQHPGV7</t>
+  </si>
+  <si>
+    <t>B07PVFQXTV</t>
+  </si>
+  <si>
+    <t>VSPEW1421</t>
+  </si>
+  <si>
+    <t>73VA4BC4-ZS409-899</t>
+  </si>
+  <si>
+    <t>B08D8726MN</t>
+  </si>
+  <si>
+    <t>B07YCVQ1KP</t>
+  </si>
+  <si>
+    <t>0316537578</t>
+  </si>
+  <si>
+    <t>VSP170521</t>
+  </si>
+  <si>
+    <t>B07DDT35FB</t>
+  </si>
+  <si>
+    <t>B006ZN4SP4</t>
+  </si>
+  <si>
+    <t>RB3538-9074W0</t>
+  </si>
+  <si>
+    <t>VSP647321</t>
+  </si>
+  <si>
+    <t>GG0803S-30009505-001</t>
+  </si>
+  <si>
+    <t>B07NC776MZ</t>
+  </si>
+  <si>
+    <t>B07V1D7S1S</t>
+  </si>
+  <si>
+    <t>B00MWB3NFO</t>
+  </si>
+  <si>
+    <t>VSPOQ1S21</t>
+  </si>
+  <si>
+    <t>B011AZ299S</t>
+  </si>
+  <si>
+    <t>B086KXG77K</t>
+  </si>
+  <si>
+    <t>B07YZ6GKDP</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_H70305993</t>
+  </si>
+  <si>
+    <t>VSPOS6321</t>
+  </si>
+  <si>
+    <t>B07J4QMBC5</t>
+  </si>
+  <si>
+    <t>B0813XZ1G5</t>
+  </si>
+  <si>
+    <t>VSP263321</t>
+  </si>
+  <si>
+    <t>171995206X</t>
+  </si>
+  <si>
+    <t>VSPOY1A21</t>
+  </si>
+  <si>
+    <t>B07MR11RMC</t>
+  </si>
+  <si>
+    <t>B07YZB9L4V</t>
+  </si>
+  <si>
+    <t>GG0257S-30002347-006</t>
+  </si>
+  <si>
+    <t>VSP646121</t>
+  </si>
+  <si>
+    <t>B07PWJFQRR</t>
+  </si>
+  <si>
+    <t>SF1Y01121</t>
+  </si>
+  <si>
+    <t>6cc0175821a18053_Z-6EQGR</t>
+  </si>
+  <si>
+    <t>B08FDQRKJL</t>
+  </si>
+  <si>
+    <t>B07H2YYKSJ</t>
+  </si>
+  <si>
+    <t>VSPVV1121</t>
+  </si>
+  <si>
+    <t>B01DM7AEF8</t>
+  </si>
+  <si>
+    <t>B0CJZYSNLG</t>
+  </si>
+  <si>
+    <t>B08G1RNYKW</t>
+  </si>
+  <si>
+    <t>B07XRGG3VJ</t>
+  </si>
+  <si>
+    <t>SFHY00821</t>
+  </si>
+  <si>
+    <t>VSPOJ2821</t>
+  </si>
+  <si>
+    <t>SFYB00921</t>
+  </si>
+  <si>
+    <t>B07PBW23XJ</t>
+  </si>
+  <si>
+    <t>B07QQB7552</t>
+  </si>
+  <si>
+    <t>VSPOS6421</t>
+  </si>
+  <si>
+    <t>VSP1F3221</t>
+  </si>
+  <si>
+    <t>B014LQSGWM</t>
+  </si>
+  <si>
+    <t>B07KK8QXJ2</t>
+  </si>
+  <si>
+    <t>VSPBH1R21</t>
+  </si>
+  <si>
+    <t>VSP1S2721</t>
+  </si>
+  <si>
+    <t>VSP1M0221</t>
+  </si>
+  <si>
+    <t>B08D2ZC4T1</t>
+  </si>
+  <si>
+    <t>VSP332621</t>
+  </si>
+  <si>
+    <t>GG0468S-30006410-003</t>
+  </si>
+  <si>
+    <t>B083SQSDVQ</t>
+  </si>
+  <si>
+    <t>B084SC59D7</t>
+  </si>
+  <si>
+    <t>B07RQ5PS3N</t>
+  </si>
+  <si>
+    <t>VSPZU0621</t>
+  </si>
+  <si>
+    <t>B07T46XCFN</t>
+  </si>
+  <si>
+    <t>RB3016-W0365-51</t>
+  </si>
+  <si>
+    <t>PWFAA0521</t>
+  </si>
+  <si>
+    <t>B071DMMW4J</t>
+  </si>
+  <si>
+    <t>B083T9WK2C</t>
+  </si>
+  <si>
+    <t>B07TL9SX1S</t>
+  </si>
+  <si>
+    <t>B07RJTFRFK</t>
+  </si>
+  <si>
+    <t>VSP492521</t>
+  </si>
+  <si>
+    <t>VSPHF0620</t>
+  </si>
+  <si>
+    <t>B07YKQGDHD</t>
+  </si>
+  <si>
+    <t>VSP216821</t>
+  </si>
+  <si>
+    <t>B083Y348FM</t>
+  </si>
+  <si>
+    <t>B07W7D1ZL3</t>
+  </si>
+  <si>
+    <t>BB0025S-30007742-003</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_VO2606S-260513-55</t>
+  </si>
+  <si>
+    <t>VSPOS5121</t>
+  </si>
+  <si>
+    <t>B084QDFX3P</t>
+  </si>
+  <si>
+    <t>B00J2WA0TI</t>
+  </si>
+  <si>
+    <t>VSPVV1521</t>
+  </si>
+  <si>
+    <t>B07SY7YVVN</t>
+  </si>
+  <si>
+    <t>B07H1SCHCH</t>
+  </si>
+  <si>
+    <t>GG0356S-30002943-007</t>
+  </si>
+  <si>
+    <t>VSPQ15621</t>
+  </si>
+  <si>
+    <t>VSPCA2419</t>
+  </si>
+  <si>
+    <t>B07MPTLC7S</t>
+  </si>
+  <si>
+    <t>VSP764421</t>
+  </si>
+  <si>
+    <t>B07TWYHCZH</t>
+  </si>
+  <si>
+    <t>B07TYKS8SF</t>
+  </si>
+  <si>
+    <t>VSP765021</t>
+  </si>
+  <si>
+    <t>PWAAA0821</t>
+  </si>
+  <si>
+    <t>73VA4BCB-ZS409-899</t>
+  </si>
+  <si>
+    <t>B08B8WVFBR</t>
+  </si>
+  <si>
+    <t>VSP470221</t>
+  </si>
+  <si>
+    <t>B07ZKM81F9</t>
+  </si>
+  <si>
+    <t>B005JZV6JK</t>
+  </si>
+  <si>
+    <t>GG0279SA-30002398-001</t>
+  </si>
+  <si>
+    <t>B07DW28LZF</t>
+  </si>
+  <si>
+    <t>B08B8XRXF5</t>
   </si>
   <si>
     <t>B00X3O70B2</t>
   </si>
   <si>
     <t>VSPLN1921</t>
   </si>
   <si>
     <t>VSPOY2218</t>
   </si>
   <si>
     <t>B083ZNV6MK</t>
   </si>
   <si>
-    <t>B0D94ZJYSV</t>
-[...1 lines deleted...]
-  <si>
     <t>VE2P00722</t>
   </si>
   <si>
-    <t>B07TWYHCZH</t>
-[...35 lines deleted...]
-    <t>VSPCD1A21</t>
+    <t>VSP765121</t>
+  </si>
+  <si>
+    <t>VSPHK0920</t>
+  </si>
+  <si>
+    <t>VSPCG2721</t>
+  </si>
+  <si>
+    <t>B082R3T3BQ</t>
+  </si>
+  <si>
+    <t>VSP470821</t>
+  </si>
+  <si>
+    <t>B08D3WSXW6</t>
+  </si>
+  <si>
+    <t>VE2R00322</t>
+  </si>
+  <si>
+    <t>72YA4B26-ZS277-899</t>
+  </si>
+  <si>
+    <t>B086PZNF14</t>
+  </si>
+  <si>
+    <t>B088Z264C8</t>
+  </si>
+  <si>
+    <t>B08FHY3Z96</t>
+  </si>
+  <si>
+    <t>0439398851</t>
   </si>
   <si>
     <t>B089FYB3C7</t>
   </si>
   <si>
-    <t>GG1149S-30012724-006-70374-NS</t>
-[...1 lines deleted...]
-  <si>
     <t>RB3548N-91314C</t>
   </si>
   <si>
     <t>GG0705S-30008516-004</t>
   </si>
   <si>
     <t>B01F24RHF4</t>
   </si>
   <si>
-    <t>VSP765121</t>
-[...32 lines deleted...]
-    <t>0439398851</t>
+    <t>72YA4B9E-ZS281-G89</t>
+  </si>
+  <si>
+    <t>B07H2QPNM8</t>
+  </si>
+  <si>
+    <t>VSPLD1621</t>
+  </si>
+  <si>
+    <t>PWCAA1121</t>
+  </si>
+  <si>
+    <t>VSPOQ1G21</t>
+  </si>
+  <si>
+    <t>VSPOQ2D21</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5534940</t>
+  </si>
+  <si>
+    <t>VSPOQ2018</t>
+  </si>
+  <si>
+    <t>B07K1BVHSG</t>
+  </si>
+  <si>
+    <t>B003YHB8DO</t>
   </si>
   <si>
     <t>B01N33LIXR</t>
   </si>
   <si>
+    <t>VSPOY1B21</t>
+  </si>
+  <si>
     <t>B07H3SR4CF</t>
   </si>
   <si>
-    <t>VSPQ15021</t>
-[...1 lines deleted...]
-  <si>
     <t>SL174-30001575-002</t>
   </si>
   <si>
-    <t>PWGAA0121</t>
-[...23 lines deleted...]
-    <t>B003YHB8DO</t>
+    <t>VSPQ14421</t>
+  </si>
+  <si>
+    <t>PWEAA0221</t>
+  </si>
+  <si>
+    <t>B08HJGQBWY</t>
+  </si>
+  <si>
+    <t>B08CBSYN7D</t>
+  </si>
+  <si>
+    <t>VSPCA3521</t>
+  </si>
+  <si>
+    <t>VSP764721</t>
+  </si>
+  <si>
+    <t>B07LC26753</t>
+  </si>
+  <si>
+    <t>VSP1O1021</t>
+  </si>
+  <si>
+    <t>B07P5LDM2S</t>
   </si>
   <si>
     <t>B071LTCWBC</t>
   </si>
   <si>
     <t>VSPLM3121</t>
   </si>
   <si>
     <t>VSPOQ2K21</t>
   </si>
   <si>
+    <t>VSPOY9721</t>
+  </si>
+  <si>
     <t>B01M7Z9Z1N</t>
   </si>
   <si>
     <t>B07SY7XTK9</t>
   </si>
   <si>
-    <t>B06XW5XCVZ</t>
-[...26 lines deleted...]
-    <t>B07P5LDM2S</t>
+    <t>VSPLM4221</t>
+  </si>
+  <si>
+    <t>VSPOY8721</t>
+  </si>
+  <si>
+    <t>VSPEW1221</t>
+  </si>
+  <si>
+    <t>B07JBXZJ73</t>
+  </si>
+  <si>
+    <t>VSPZX0721</t>
+  </si>
+  <si>
+    <t>B01065S79E</t>
+  </si>
+  <si>
+    <t>73YA4BC1-ZS415-899</t>
+  </si>
+  <si>
+    <t>B07MYX74SN</t>
+  </si>
+  <si>
+    <t>B07XNPVHMY</t>
+  </si>
+  <si>
+    <t>B081VJX8YF</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_CK20314S-235</t>
+  </si>
+  <si>
+    <t>B07VJRZ62R</t>
+  </si>
+  <si>
+    <t>VSPBH1E21</t>
   </si>
   <si>
     <t>B07S7DRXNT</t>
   </si>
   <si>
     <t>B01A4AQFXG</t>
   </si>
   <si>
     <t>RB4360-123373</t>
   </si>
   <si>
     <t>VSP647021</t>
   </si>
   <si>
     <t>GG0468S-30006410-002</t>
   </si>
   <si>
     <t>B0792G331G</t>
   </si>
   <si>
-    <t>VSPLM4221</t>
-[...32 lines deleted...]
-    <t>B07VJRZ62R</t>
+    <t>B07171L4FT</t>
+  </si>
+  <si>
+    <t>S76110017</t>
+  </si>
+  <si>
+    <t>B0861FN3BK</t>
+  </si>
+  <si>
+    <t>VSPOQ6420</t>
+  </si>
+  <si>
+    <t>B08CZGTF1B</t>
+  </si>
+  <si>
+    <t>B086MR9D9Y</t>
+  </si>
+  <si>
+    <t>SL228-30002652-001</t>
+  </si>
+  <si>
+    <t>VSPZZ0421</t>
+  </si>
+  <si>
+    <t>B07F6K6FFD</t>
+  </si>
+  <si>
+    <t>0062315005</t>
+  </si>
+  <si>
+    <t>VSPLP1221</t>
   </si>
   <si>
     <t>VSPOQ2G21</t>
   </si>
   <si>
+    <t>VSP1S3221</t>
+  </si>
+  <si>
     <t>B082W8BYQX</t>
   </si>
   <si>
     <t>B08216YFWS</t>
   </si>
   <si>
     <t>VSPLP1321</t>
   </si>
   <si>
     <t>B07YNYT53R</t>
-  </si>
-[...1357 lines deleted...]
-    <t>B00J2WA0TI</t>
   </si>
   <si>
     <t>B01CG8UQPM</t>
   </si>
   <si>
     <t>B06XGBL1HL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -4147,712 +4147,712 @@
       <c r="A128" t="s">
         <v>3</v>
       </c>
       <c r="B128" t="s">
         <v>130</v>
       </c>
       <c r="C128">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
       <c r="B129" t="s">
         <v>131</v>
       </c>
       <c r="C129">
         <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
-      <c r="B130" t="s">
-        <v>132</v>
+      <c r="B130">
+        <v>1419735047</v>
       </c>
       <c r="C130">
         <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
       <c r="B132" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C132">
         <v>2</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
       <c r="B133" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C133">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C134">
         <v>2</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
       <c r="B135" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
       <c r="B136" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C136">
         <v>2</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
-      <c r="B137" t="s">
-        <v>139</v>
+      <c r="B137">
+        <v>1950922324</v>
       </c>
       <c r="C137">
         <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>3</v>
       </c>
       <c r="B138" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C138">
         <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>3</v>
       </c>
       <c r="B139" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C139">
         <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>3</v>
       </c>
       <c r="B140" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C140">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>3</v>
       </c>
       <c r="B141" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C141">
         <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>3</v>
       </c>
       <c r="B142" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C142">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>3</v>
       </c>
       <c r="B143" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>3</v>
       </c>
       <c r="B144" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C144">
         <v>2</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>3</v>
       </c>
       <c r="B145" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C145">
         <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>3</v>
       </c>
       <c r="B146" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C146">
         <v>2</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>3</v>
       </c>
       <c r="B147" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C147">
         <v>2</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>3</v>
       </c>
       <c r="B148" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C148">
         <v>2</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>3</v>
       </c>
       <c r="B149" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C149">
         <v>2</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>3</v>
       </c>
-      <c r="B150">
-        <v>1419735047</v>
+      <c r="B150" t="s">
+        <v>150</v>
       </c>
       <c r="C150">
         <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>3</v>
       </c>
       <c r="B151" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C151">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>3</v>
       </c>
       <c r="B152" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C152">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>3</v>
       </c>
       <c r="B153" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C153">
         <v>2</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>3</v>
       </c>
       <c r="B154" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C154">
         <v>2</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>3</v>
       </c>
       <c r="B155" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C155">
         <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>3</v>
       </c>
       <c r="B156" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C156">
         <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>3</v>
       </c>
       <c r="B157" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C157">
         <v>2</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>3</v>
       </c>
-      <c r="B158">
-        <v>1950922324</v>
+      <c r="B158" t="s">
+        <v>158</v>
       </c>
       <c r="C158">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>3</v>
       </c>
       <c r="B159" t="s">
         <v>159</v>
       </c>
       <c r="C159">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>3</v>
       </c>
       <c r="B160" t="s">
         <v>160</v>
       </c>
       <c r="C160">
         <v>2</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>3</v>
       </c>
-      <c r="B161" t="s">
-        <v>161</v>
+      <c r="B161">
+        <v>1691193631</v>
       </c>
       <c r="C161">
         <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>3</v>
       </c>
       <c r="B162" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C162">
         <v>2</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>3</v>
       </c>
       <c r="B163" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C163">
         <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>3</v>
       </c>
       <c r="B164" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C164">
         <v>2</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>3</v>
       </c>
       <c r="B165" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C165">
         <v>2</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>3</v>
       </c>
       <c r="B166" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C166">
         <v>2</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>3</v>
       </c>
       <c r="B167" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C167">
         <v>2</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>3</v>
       </c>
       <c r="B168" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C168">
         <v>2</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>3</v>
       </c>
       <c r="B169" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C169">
         <v>2</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>3</v>
       </c>
       <c r="B170" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C170">
         <v>2</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>3</v>
       </c>
       <c r="B171" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C171">
         <v>2</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>3</v>
       </c>
       <c r="B172" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C172">
         <v>2</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>3</v>
       </c>
       <c r="B173" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C173">
         <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>3</v>
       </c>
       <c r="B174" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C174">
         <v>2</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>3</v>
       </c>
       <c r="B175" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C175">
         <v>2</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>3</v>
       </c>
       <c r="B176" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C176">
         <v>2</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>3</v>
       </c>
       <c r="B177" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C177">
         <v>2</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>3</v>
       </c>
       <c r="B178" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C178">
         <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>3</v>
       </c>
       <c r="B179" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C179">
         <v>2</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>3</v>
       </c>
       <c r="B180" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C180">
         <v>2</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>3</v>
       </c>
       <c r="B181" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C181">
         <v>2</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>3</v>
       </c>
       <c r="B182" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C182">
         <v>2</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>3</v>
       </c>
       <c r="B183" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C183">
         <v>2</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>3</v>
       </c>
       <c r="B184" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C184">
         <v>2</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>3</v>
       </c>
       <c r="B185" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C185">
         <v>2</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>3</v>
       </c>
       <c r="B186" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C186">
         <v>2</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>3</v>
       </c>
       <c r="B187" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C187">
         <v>2</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>3</v>
       </c>
       <c r="B188" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C188">
         <v>2</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>3</v>
       </c>
       <c r="B189" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C189">
         <v>2</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>3</v>
       </c>
-      <c r="B190">
-        <v>1691193631</v>
+      <c r="B190" t="s">
+        <v>189</v>
       </c>
       <c r="C190">
         <v>2</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>3</v>
       </c>
       <c r="B191" t="s">
         <v>190</v>
       </c>
       <c r="C191">
         <v>2</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>3</v>
       </c>
       <c r="B192" t="s">
         <v>191</v>
       </c>
       <c r="C192">
         <v>2</v>
@@ -5060,305 +5060,305 @@
       <c r="A211" t="s">
         <v>3</v>
       </c>
       <c r="B211" t="s">
         <v>210</v>
       </c>
       <c r="C211">
         <v>2</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>3</v>
       </c>
       <c r="B212" t="s">
         <v>211</v>
       </c>
       <c r="C212">
         <v>2</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>3</v>
       </c>
-      <c r="B213" t="s">
-        <v>212</v>
+      <c r="B213">
+        <v>6073175582</v>
       </c>
       <c r="C213">
         <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>3</v>
       </c>
       <c r="B214" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C214">
         <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>3</v>
       </c>
       <c r="B215" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C215">
         <v>2</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>3</v>
       </c>
       <c r="B216" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C216">
         <v>2</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>3</v>
       </c>
       <c r="B217" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C217">
         <v>2</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>3</v>
       </c>
       <c r="B218" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C218">
         <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>3</v>
       </c>
       <c r="B219" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C219">
         <v>2</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>3</v>
       </c>
       <c r="B220" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C220">
         <v>2</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>3</v>
       </c>
       <c r="B221" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C221">
         <v>2</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>3</v>
       </c>
       <c r="B222" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C222">
         <v>2</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>3</v>
       </c>
       <c r="B223" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C223">
         <v>2</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>3</v>
       </c>
       <c r="B224" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C224">
         <v>2</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>3</v>
       </c>
       <c r="B225" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C225">
         <v>2</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>3</v>
       </c>
       <c r="B226" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C226">
         <v>2</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>3</v>
       </c>
       <c r="B227" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C227">
         <v>2</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>3</v>
       </c>
       <c r="B228" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C228">
         <v>2</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>3</v>
       </c>
       <c r="B229" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C229">
         <v>2</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>3</v>
       </c>
       <c r="B230" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C230">
         <v>2</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>3</v>
       </c>
       <c r="B231" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C231">
         <v>2</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>3</v>
       </c>
       <c r="B232" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C232">
         <v>2</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>3</v>
       </c>
       <c r="B233" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C233">
         <v>2</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>3</v>
       </c>
       <c r="B234" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C234">
         <v>2</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>3</v>
       </c>
       <c r="B235" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C235">
         <v>2</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
         <v>3</v>
       </c>
-      <c r="B236">
-        <v>6073175582</v>
+      <c r="B236" t="s">
+        <v>234</v>
       </c>
       <c r="C236">
         <v>2</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>3</v>
       </c>
       <c r="B237" t="s">
         <v>235</v>
       </c>
       <c r="C237">
         <v>2</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>3</v>
       </c>
       <c r="B238" t="s">
         <v>236</v>
       </c>
       <c r="C238">
         <v>2</v>
@@ -5445,85 +5445,85 @@
       <c r="A246" t="s">
         <v>3</v>
       </c>
       <c r="B246" t="s">
         <v>244</v>
       </c>
       <c r="C246">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>3</v>
       </c>
       <c r="B247" t="s">
         <v>245</v>
       </c>
       <c r="C247">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>3</v>
       </c>
-      <c r="B248" t="s">
-        <v>246</v>
+      <c r="B248">
+        <v>1950922073</v>
       </c>
       <c r="C248">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>3</v>
       </c>
-      <c r="B249">
-        <v>1542942640</v>
+      <c r="B249" t="s">
+        <v>246</v>
       </c>
       <c r="C249">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>3</v>
       </c>
-      <c r="B250">
-        <v>1539300110</v>
+      <c r="B250" t="s">
+        <v>247</v>
       </c>
       <c r="C250">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>3</v>
       </c>
-      <c r="B251" t="s">
-        <v>247</v>
+      <c r="B251">
+        <v>1540838854</v>
       </c>
       <c r="C251">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>3</v>
       </c>
       <c r="B252" t="s">
         <v>248</v>
       </c>
       <c r="C252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>3</v>
       </c>
       <c r="B253" t="s">
         <v>249</v>
       </c>
       <c r="C253">
         <v>1</v>
@@ -5698,5629 +5698,5629 @@
       <c r="A269" t="s">
         <v>3</v>
       </c>
       <c r="B269" t="s">
         <v>265</v>
       </c>
       <c r="C269">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>3</v>
       </c>
       <c r="B270" t="s">
         <v>266</v>
       </c>
       <c r="C270">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>3</v>
       </c>
-      <c r="B271">
-        <v>1096699141</v>
+      <c r="B271" t="s">
+        <v>267</v>
       </c>
       <c r="C271">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
         <v>3</v>
       </c>
       <c r="B272" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C272">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>3</v>
       </c>
-      <c r="B273">
-        <v>1530869056</v>
+      <c r="B273" t="s">
+        <v>269</v>
       </c>
       <c r="C273">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>3</v>
       </c>
       <c r="B274" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C274">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>3</v>
       </c>
       <c r="B275" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C275">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>3</v>
       </c>
       <c r="B276" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C276">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
         <v>3</v>
       </c>
       <c r="B277" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
         <v>3</v>
       </c>
-      <c r="B278">
-        <v>1535379189</v>
+      <c r="B278" t="s">
+        <v>274</v>
       </c>
       <c r="C278">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
         <v>3</v>
       </c>
       <c r="B279" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C279">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>3</v>
       </c>
       <c r="B280" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C280">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>3</v>
       </c>
       <c r="B281" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C281">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>3</v>
       </c>
       <c r="B282" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C282">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>3</v>
       </c>
       <c r="B283" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C283">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>3</v>
       </c>
       <c r="B284" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C284">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>3</v>
       </c>
       <c r="B285" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C285">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>3</v>
       </c>
       <c r="B286" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C286">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>3</v>
       </c>
       <c r="B287" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C287">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>3</v>
       </c>
-      <c r="B288">
-        <v>1515299112</v>
+      <c r="B288" t="s">
+        <v>284</v>
       </c>
       <c r="C288">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>3</v>
       </c>
       <c r="B289" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="C289">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>3</v>
       </c>
       <c r="B290" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C290">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>3</v>
       </c>
       <c r="B291" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C291">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>3</v>
       </c>
       <c r="B292" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C292">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>3</v>
       </c>
       <c r="B293" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C293">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>3</v>
       </c>
       <c r="B294" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C294">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>3</v>
       </c>
       <c r="B295" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C295">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
         <v>3</v>
       </c>
       <c r="B296" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C296">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
         <v>3</v>
       </c>
       <c r="B297" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C297">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
         <v>3</v>
       </c>
-      <c r="B298">
-        <v>1726155021</v>
+      <c r="B298" t="s">
+        <v>294</v>
       </c>
       <c r="C298">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>3</v>
       </c>
       <c r="B299" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C299">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
         <v>3</v>
       </c>
       <c r="B300" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C300">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>3</v>
       </c>
       <c r="B301" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C301">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>3</v>
       </c>
       <c r="B302" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C302">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>3</v>
       </c>
       <c r="B303" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C303">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
         <v>3</v>
       </c>
       <c r="B304" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C304">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
         <v>3</v>
       </c>
-      <c r="B305">
-        <v>8499890946</v>
+      <c r="B305" t="s">
+        <v>301</v>
       </c>
       <c r="C305">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>3</v>
       </c>
       <c r="B306" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="C306">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
         <v>3</v>
       </c>
       <c r="B307" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C307">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
         <v>3</v>
       </c>
       <c r="B308" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C308">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
         <v>3</v>
       </c>
       <c r="B309" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="C309">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
         <v>3</v>
       </c>
       <c r="B310" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C310">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
         <v>3</v>
       </c>
       <c r="B311" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C311">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
         <v>3</v>
       </c>
       <c r="B312" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C312">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
         <v>3</v>
       </c>
       <c r="B313" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="C313">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
         <v>3</v>
       </c>
-      <c r="B314">
-        <v>8417347291</v>
+      <c r="B314" t="s">
+        <v>310</v>
       </c>
       <c r="C314">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
         <v>3</v>
       </c>
       <c r="B315" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C315">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
         <v>3</v>
       </c>
       <c r="B316" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="C316">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
         <v>3</v>
       </c>
-      <c r="B317">
-        <v>1948724006</v>
+      <c r="B317" t="s">
+        <v>313</v>
       </c>
       <c r="C317">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
         <v>3</v>
       </c>
-      <c r="B318">
-        <v>1521975523</v>
+      <c r="B318" t="s">
+        <v>314</v>
       </c>
       <c r="C318">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
         <v>3</v>
       </c>
       <c r="B319" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C319">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
         <v>3</v>
       </c>
       <c r="B320" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="C320">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
         <v>3</v>
       </c>
       <c r="B321" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C321">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>3</v>
       </c>
       <c r="B322" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="C322">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
         <v>3</v>
       </c>
       <c r="B323" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="C323">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
         <v>3</v>
       </c>
       <c r="B324" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="C324">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
         <v>3</v>
       </c>
       <c r="B325" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="C325">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>3</v>
       </c>
       <c r="B326" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="C326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
         <v>3</v>
       </c>
-      <c r="B327">
-        <v>8491051325</v>
+      <c r="B327" t="s">
+        <v>323</v>
       </c>
       <c r="C327">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>3</v>
       </c>
       <c r="B328" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="C328">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>3</v>
       </c>
       <c r="B329" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C329">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
         <v>3</v>
       </c>
       <c r="B330" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="C330">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
         <v>3</v>
       </c>
       <c r="B331" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="C331">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>3</v>
       </c>
-      <c r="B332">
-        <v>1086921186</v>
+      <c r="B332" t="s">
+        <v>328</v>
       </c>
       <c r="C332">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>3</v>
       </c>
       <c r="B333" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="C333">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>3</v>
       </c>
       <c r="B334" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="C334">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>3</v>
       </c>
       <c r="B335" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="C335">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
         <v>3</v>
       </c>
       <c r="B336" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="C336">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
         <v>3</v>
       </c>
       <c r="B337" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="C337">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>3</v>
       </c>
       <c r="B338" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="C338">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>3</v>
       </c>
       <c r="B339" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="C339">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
         <v>3</v>
       </c>
       <c r="B340" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="C340">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>3</v>
       </c>
       <c r="B341" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="C341">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>3</v>
       </c>
-      <c r="B342">
-        <v>1476746559</v>
+      <c r="B342" t="s">
+        <v>338</v>
       </c>
       <c r="C342">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>3</v>
       </c>
       <c r="B343" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="C343">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
         <v>3</v>
       </c>
       <c r="B344" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C344">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>3</v>
       </c>
       <c r="B345" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="C345">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>3</v>
       </c>
       <c r="B346" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C346">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
         <v>3</v>
       </c>
       <c r="B347" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="C347">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
         <v>3</v>
       </c>
       <c r="B348" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C348">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
         <v>3</v>
       </c>
       <c r="B349">
-        <v>2806291089</v>
+        <v>6070733932</v>
       </c>
       <c r="C349">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
         <v>3</v>
       </c>
       <c r="B350" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="C350">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
         <v>3</v>
       </c>
       <c r="B351" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="C351">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
         <v>3</v>
       </c>
       <c r="B352" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="C352">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
         <v>3</v>
       </c>
-      <c r="B353" t="s">
-        <v>336</v>
+      <c r="B353">
+        <v>1690658347</v>
       </c>
       <c r="C353">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
         <v>3</v>
       </c>
       <c r="B354" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="C354">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
         <v>3</v>
       </c>
       <c r="B355" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C355">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
         <v>3</v>
       </c>
       <c r="B356" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="C356">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
         <v>3</v>
       </c>
       <c r="B357" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="C357">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
         <v>3</v>
       </c>
       <c r="B358" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="C358">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
         <v>3</v>
       </c>
       <c r="B359" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C359">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
         <v>3</v>
       </c>
       <c r="B360" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="C360">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
         <v>3</v>
       </c>
       <c r="B361" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C361">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
         <v>3</v>
       </c>
       <c r="B362" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="C362">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
         <v>3</v>
       </c>
       <c r="B363" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C363">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
         <v>3</v>
       </c>
       <c r="B364" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="C364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
         <v>3</v>
       </c>
       <c r="B365" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="C365">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
         <v>3</v>
       </c>
       <c r="B366" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="C366">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
         <v>3</v>
       </c>
-      <c r="B367">
-        <v>1950922073</v>
+      <c r="B367" t="s">
+        <v>361</v>
       </c>
       <c r="C367">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
         <v>3</v>
       </c>
       <c r="B368" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="C368">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
         <v>3</v>
       </c>
-      <c r="B369">
-        <v>1540838854</v>
+      <c r="B369" t="s">
+        <v>363</v>
       </c>
       <c r="C369">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
         <v>3</v>
       </c>
       <c r="B370" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="C370">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>3</v>
       </c>
       <c r="B371" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="C371">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
         <v>3</v>
       </c>
       <c r="B372" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
         <v>3</v>
       </c>
       <c r="B373" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="C373">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
         <v>3</v>
       </c>
       <c r="B374" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="C374">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
         <v>3</v>
       </c>
       <c r="B375" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="C375">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
         <v>3</v>
       </c>
       <c r="B376" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="C376">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
         <v>3</v>
       </c>
       <c r="B377" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="C377">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
         <v>3</v>
       </c>
       <c r="B378" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="C378">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
         <v>3</v>
       </c>
-      <c r="B379" t="s">
-        <v>360</v>
+      <c r="B379">
+        <v>8420435503</v>
       </c>
       <c r="C379">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
         <v>3</v>
       </c>
       <c r="B380" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="C380">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
         <v>3</v>
       </c>
       <c r="B381" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="C381">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
         <v>3</v>
       </c>
       <c r="B382" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="C382">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
         <v>3</v>
       </c>
       <c r="B383" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="C383">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
         <v>3</v>
       </c>
       <c r="B384" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="C384">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
         <v>3</v>
       </c>
       <c r="B385" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="C385">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
         <v>3</v>
       </c>
       <c r="B386" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="C386">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
         <v>3</v>
       </c>
       <c r="B387" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="C387">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
         <v>3</v>
       </c>
       <c r="B388" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="C388">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
         <v>3</v>
       </c>
       <c r="B389" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="C389">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
         <v>3</v>
       </c>
       <c r="B390" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="C390">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
         <v>3</v>
       </c>
       <c r="B391" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="C391">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
         <v>3</v>
       </c>
       <c r="B392" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="C392">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
         <v>3</v>
       </c>
       <c r="B393" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="C393">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
         <v>3</v>
       </c>
       <c r="B394" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="C394">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
         <v>3</v>
       </c>
       <c r="B395" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="C395">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
         <v>3</v>
       </c>
       <c r="B396" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="C396">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
         <v>3</v>
       </c>
       <c r="B397" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="C397">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>3</v>
       </c>
       <c r="B398" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="C398">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
         <v>3</v>
       </c>
       <c r="B399" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="C399">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
         <v>3</v>
       </c>
       <c r="B400" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="C400">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
         <v>3</v>
       </c>
       <c r="B401" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="C401">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
         <v>3</v>
       </c>
       <c r="B402" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="C402">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
         <v>3</v>
       </c>
       <c r="B403" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="C403">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>3</v>
       </c>
-      <c r="B404" t="s">
-        <v>385</v>
+      <c r="B404">
+        <v>1719864993</v>
       </c>
       <c r="C404">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>3</v>
       </c>
       <c r="B405" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="C405">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>3</v>
       </c>
       <c r="B406" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="C406">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
         <v>3</v>
       </c>
       <c r="B407" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="C407">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
         <v>3</v>
       </c>
       <c r="B408" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="C408">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>3</v>
       </c>
       <c r="B409" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="C409">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
         <v>3</v>
       </c>
       <c r="B410" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="C410">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
         <v>3</v>
       </c>
       <c r="B411" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="C411">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
         <v>3</v>
       </c>
       <c r="B412" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="C412">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>3</v>
       </c>
       <c r="B413" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="C413">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
         <v>3</v>
       </c>
       <c r="B414" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="C414">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
         <v>3</v>
       </c>
-      <c r="B415" t="s">
-        <v>396</v>
+      <c r="B415">
+        <v>1676278915</v>
       </c>
       <c r="C415">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
         <v>3</v>
       </c>
-      <c r="B416" t="s">
-        <v>397</v>
+      <c r="B416">
+        <v>1947783459</v>
       </c>
       <c r="C416">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
         <v>3</v>
       </c>
       <c r="B417" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="C417">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
         <v>3</v>
       </c>
-      <c r="B418" t="s">
-        <v>399</v>
+      <c r="B418">
+        <v>1686136153</v>
       </c>
       <c r="C418">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
         <v>3</v>
       </c>
       <c r="B419" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="C419">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
         <v>3</v>
       </c>
       <c r="B420" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="C420">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
         <v>3</v>
       </c>
       <c r="B421" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C421">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
         <v>3</v>
       </c>
       <c r="B422" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="C422">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
         <v>3</v>
       </c>
       <c r="B423" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="C423">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
         <v>3</v>
       </c>
       <c r="B424" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="C424">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
         <v>3</v>
       </c>
       <c r="B425" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="C425">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
         <v>3</v>
       </c>
       <c r="B426" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C426">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
         <v>3</v>
       </c>
       <c r="B427" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="C427">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>3</v>
       </c>
       <c r="B428" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="C428">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
         <v>3</v>
       </c>
       <c r="B429" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="C429">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
         <v>3</v>
       </c>
       <c r="B430" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C430">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
         <v>3</v>
       </c>
-      <c r="B431" t="s">
-        <v>412</v>
+      <c r="B431">
+        <v>1687802793</v>
       </c>
       <c r="C431">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
         <v>3</v>
       </c>
       <c r="B432" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="C432">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
         <v>3</v>
       </c>
       <c r="B433" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="C433">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
         <v>3</v>
       </c>
       <c r="B434" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="C434">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
         <v>3</v>
       </c>
       <c r="B435" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C435">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
         <v>3</v>
       </c>
       <c r="B436" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C436">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
         <v>3</v>
       </c>
       <c r="B437" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="C437">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
         <v>3</v>
       </c>
       <c r="B438" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="C438">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
         <v>3</v>
       </c>
       <c r="B439" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C439">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
         <v>3</v>
       </c>
       <c r="B440" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="C440">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
         <v>3</v>
       </c>
       <c r="B441" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="C441">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
         <v>3</v>
       </c>
       <c r="B442" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="C442">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
         <v>3</v>
       </c>
       <c r="B443" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="C443">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
         <v>3</v>
       </c>
       <c r="B444" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="C444">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
         <v>3</v>
       </c>
       <c r="B445" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="C445">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
         <v>3</v>
       </c>
       <c r="B446" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="C446">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
         <v>3</v>
       </c>
       <c r="B447" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="C447">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
         <v>3</v>
       </c>
       <c r="B448" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="C448">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
         <v>3</v>
       </c>
-      <c r="B449">
-        <v>1690658347</v>
+      <c r="B449" t="s">
+        <v>437</v>
       </c>
       <c r="C449">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
         <v>3</v>
       </c>
       <c r="B450" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="C450">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
         <v>3</v>
       </c>
       <c r="B451" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="C451">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
         <v>3</v>
       </c>
       <c r="B452" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="C452">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
         <v>3</v>
       </c>
       <c r="B453" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="C453">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
         <v>3</v>
       </c>
       <c r="B454" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="C454">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
         <v>3</v>
       </c>
       <c r="B455" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="C455">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>3</v>
       </c>
       <c r="B456" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="C456">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
         <v>3</v>
       </c>
       <c r="B457" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="C457">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
         <v>3</v>
       </c>
       <c r="B458" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="C458">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
         <v>3</v>
       </c>
       <c r="B459" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="C459">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
         <v>3</v>
       </c>
       <c r="B460" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="C460">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
         <v>3</v>
       </c>
       <c r="B461" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="C461">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
         <v>3</v>
       </c>
       <c r="B462" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="C462">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
         <v>3</v>
       </c>
       <c r="B463" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="C463">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
         <v>3</v>
       </c>
-      <c r="B464">
-        <v>6070733932</v>
+      <c r="B464" t="s">
+        <v>452</v>
       </c>
       <c r="C464">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
         <v>3</v>
       </c>
       <c r="B465" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C465">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
         <v>3</v>
       </c>
       <c r="B466" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C466">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
         <v>3</v>
       </c>
       <c r="B467" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="C467">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
         <v>3</v>
       </c>
-      <c r="B468" t="s">
-        <v>447</v>
+      <c r="B468">
+        <v>1522024735</v>
       </c>
       <c r="C468">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
         <v>3</v>
       </c>
       <c r="B469" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="C469">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
         <v>3</v>
       </c>
       <c r="B470" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="C470">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
         <v>3</v>
       </c>
       <c r="B471" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="C471">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
         <v>3</v>
       </c>
       <c r="B472" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="C472">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
         <v>3</v>
       </c>
       <c r="B473" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C473">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
         <v>3</v>
       </c>
       <c r="B474" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="C474">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
         <v>3</v>
       </c>
       <c r="B475" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C475">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
         <v>3</v>
       </c>
       <c r="B476" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C476">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
         <v>3</v>
       </c>
       <c r="B477" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C477">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
         <v>3</v>
       </c>
       <c r="B478" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="C478">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
         <v>3</v>
       </c>
       <c r="B479" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="C479">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
         <v>3</v>
       </c>
       <c r="B480" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="C480">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
         <v>3</v>
       </c>
       <c r="B481" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="C481">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
         <v>3</v>
       </c>
       <c r="B482" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="C482">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
         <v>3</v>
       </c>
       <c r="B483" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="C483">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
         <v>3</v>
       </c>
       <c r="B484" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="C484">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
         <v>3</v>
       </c>
       <c r="B485" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C485">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
         <v>3</v>
       </c>
       <c r="B486" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="C486">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
         <v>3</v>
       </c>
       <c r="B487" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="C487">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
         <v>3</v>
       </c>
       <c r="B488" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C488">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
         <v>3</v>
       </c>
       <c r="B489" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="C489">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
         <v>3</v>
       </c>
       <c r="B490" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="C490">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
         <v>3</v>
       </c>
       <c r="B491" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="C491">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>3</v>
       </c>
       <c r="B492" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C492">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>3</v>
       </c>
       <c r="B493" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C493">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
         <v>3</v>
       </c>
       <c r="B494" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="C494">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>3</v>
       </c>
       <c r="B495" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="C495">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
         <v>3</v>
       </c>
       <c r="B496">
-        <v>8420435503</v>
+        <v>1629992879</v>
       </c>
       <c r="C496">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
         <v>3</v>
       </c>
       <c r="B497" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="C497">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
         <v>3</v>
       </c>
       <c r="B498" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="C498">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
         <v>3</v>
       </c>
       <c r="B499" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="C499">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
         <v>3</v>
       </c>
-      <c r="B500">
-        <v>1719864993</v>
+      <c r="B500" t="s">
+        <v>486</v>
       </c>
       <c r="C500">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
         <v>3</v>
       </c>
       <c r="B501" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="C501">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
         <v>3</v>
       </c>
-      <c r="B502" t="s">
-        <v>479</v>
+      <c r="B502">
+        <v>1640015779</v>
       </c>
       <c r="C502">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
         <v>3</v>
       </c>
       <c r="B503" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C503">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
         <v>3</v>
       </c>
       <c r="B504" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="C504">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
         <v>3</v>
       </c>
       <c r="B505" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="C505">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
         <v>3</v>
       </c>
       <c r="B506" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="C506">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
         <v>3</v>
       </c>
       <c r="B507" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="C507">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
         <v>3</v>
       </c>
       <c r="B508" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="C508">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>3</v>
       </c>
       <c r="B509" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="C509">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>3</v>
       </c>
       <c r="B510" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="C510">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>3</v>
       </c>
       <c r="B511" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="C511">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
         <v>3</v>
       </c>
       <c r="B512" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C512">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
         <v>3</v>
       </c>
       <c r="B513" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C513">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
         <v>3</v>
       </c>
       <c r="B514" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="C514">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>3</v>
       </c>
       <c r="B515" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="C515">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
         <v>3</v>
       </c>
       <c r="B516" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="C516">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
         <v>3</v>
       </c>
       <c r="B517" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="C517">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
         <v>3</v>
       </c>
-      <c r="B518" t="s">
-        <v>495</v>
+      <c r="B518">
+        <v>6073178328</v>
       </c>
       <c r="C518">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>3</v>
       </c>
       <c r="B519" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="C519">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>3</v>
       </c>
       <c r="B520" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="C520">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>3</v>
       </c>
       <c r="B521" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="C521">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
         <v>3</v>
       </c>
       <c r="B522" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C522">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
         <v>3</v>
       </c>
       <c r="B523" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="C523">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
         <v>3</v>
       </c>
       <c r="B524" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="C524">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>3</v>
       </c>
-      <c r="B525" t="s">
-        <v>502</v>
+      <c r="B525">
+        <v>1094653519</v>
       </c>
       <c r="C525">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
         <v>3</v>
       </c>
       <c r="B526" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C526">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
         <v>3</v>
       </c>
       <c r="B527" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C527">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
         <v>3</v>
       </c>
       <c r="B528" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="C528">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
         <v>3</v>
       </c>
-      <c r="B529">
-        <v>1676278915</v>
+      <c r="B529" t="s">
+        <v>512</v>
       </c>
       <c r="C529">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
         <v>3</v>
       </c>
-      <c r="B530">
-        <v>1947783459</v>
+      <c r="B530" t="s">
+        <v>513</v>
       </c>
       <c r="C530">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
         <v>3</v>
       </c>
       <c r="B531" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C531">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
         <v>3</v>
       </c>
-      <c r="B532">
-        <v>1686136153</v>
+      <c r="B532" t="s">
+        <v>515</v>
       </c>
       <c r="C532">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
         <v>3</v>
       </c>
       <c r="B533" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C533">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
         <v>3</v>
       </c>
       <c r="B534" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="C534">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
         <v>3</v>
       </c>
       <c r="B535" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="C535">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
         <v>3</v>
       </c>
       <c r="B536" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="C536">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
         <v>3</v>
       </c>
       <c r="B537" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="C537">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
         <v>3</v>
       </c>
       <c r="B538" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C538">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>3</v>
       </c>
       <c r="B539" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="C539">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
         <v>3</v>
       </c>
       <c r="B540" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C540">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>3</v>
       </c>
       <c r="B541" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="C541">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>3</v>
       </c>
       <c r="B542" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="C542">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
         <v>3</v>
       </c>
       <c r="B543" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C543">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>3</v>
       </c>
       <c r="B544" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="C544">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>3</v>
       </c>
       <c r="B545" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="C545">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>3</v>
       </c>
       <c r="B546" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C546">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>3</v>
       </c>
       <c r="B547" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="C547">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>3</v>
       </c>
       <c r="B548">
-        <v>1687802793</v>
+        <v>1401921779</v>
       </c>
       <c r="C548">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>3</v>
       </c>
       <c r="B549" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="C549">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>3</v>
       </c>
       <c r="B550" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="C550">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>3</v>
       </c>
       <c r="B551" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="C551">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>3</v>
       </c>
       <c r="B552" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="C552">
         <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>3</v>
       </c>
       <c r="B553" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="C553">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>3</v>
       </c>
       <c r="B554" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="C554">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>3</v>
       </c>
       <c r="B555" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="C555">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>3</v>
       </c>
       <c r="B556" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="C556">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>3</v>
       </c>
       <c r="B557" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C557">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>3</v>
       </c>
       <c r="B558" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="C558">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>3</v>
       </c>
       <c r="B559" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="C559">
         <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>3</v>
       </c>
-      <c r="B560" t="s">
-        <v>533</v>
+      <c r="B560">
+        <v>1949061590</v>
       </c>
       <c r="C560">
         <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>3</v>
       </c>
       <c r="B561" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="C561">
         <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>3</v>
       </c>
       <c r="B562" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="C562">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>3</v>
       </c>
       <c r="B563" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="C563">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
         <v>3</v>
       </c>
-      <c r="B564" t="s">
-        <v>537</v>
+      <c r="B564">
+        <v>8490628742</v>
       </c>
       <c r="C564">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
         <v>3</v>
       </c>
       <c r="B565" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="C565">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
         <v>3</v>
       </c>
       <c r="B566" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C566">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
         <v>3</v>
       </c>
       <c r="B567" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C567">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
         <v>3</v>
       </c>
       <c r="B568" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="C568">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
         <v>3</v>
       </c>
       <c r="B569" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C569">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
         <v>3</v>
       </c>
-      <c r="B570" t="s">
-        <v>543</v>
+      <c r="B570">
+        <v>1548575437</v>
       </c>
       <c r="C570">
         <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
         <v>3</v>
       </c>
       <c r="B571" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C571">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
         <v>3</v>
       </c>
       <c r="B572" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="C572">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
         <v>3</v>
       </c>
       <c r="B573" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C573">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
         <v>3</v>
       </c>
       <c r="B574" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C574">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
         <v>3</v>
       </c>
       <c r="B575" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C575">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
         <v>3</v>
       </c>
       <c r="B576" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="C576">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
         <v>3</v>
       </c>
       <c r="B577" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="C577">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
         <v>3</v>
       </c>
       <c r="B578" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C578">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
         <v>3</v>
       </c>
       <c r="B579" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="C579">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
         <v>3</v>
       </c>
       <c r="B580" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="C580">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
         <v>3</v>
       </c>
       <c r="B581" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C581">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
         <v>3</v>
       </c>
       <c r="B582" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="C582">
         <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
         <v>3</v>
       </c>
       <c r="B583" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C583">
         <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
         <v>3</v>
       </c>
-      <c r="B584">
-        <v>1522024735</v>
+      <c r="B584" t="s">
+        <v>563</v>
       </c>
       <c r="C584">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
         <v>3</v>
       </c>
       <c r="B585" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C585">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
         <v>3</v>
       </c>
       <c r="B586" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="C586">
         <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
         <v>3</v>
       </c>
       <c r="B587" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="C587">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
         <v>3</v>
       </c>
-      <c r="B588" t="s">
-        <v>560</v>
+      <c r="B588">
+        <v>6073128010</v>
       </c>
       <c r="C588">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
         <v>3</v>
       </c>
       <c r="B589" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="C589">
         <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
         <v>3</v>
       </c>
       <c r="B590" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C590">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
         <v>3</v>
       </c>
       <c r="B591" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="C591">
         <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
         <v>3</v>
       </c>
-      <c r="B592">
-        <v>1629992879</v>
+      <c r="B592" t="s">
+        <v>570</v>
       </c>
       <c r="C592">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
         <v>3</v>
       </c>
       <c r="B593" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C593">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
         <v>3</v>
       </c>
-      <c r="B594" t="s">
-        <v>565</v>
+      <c r="B594">
+        <v>1517419778</v>
       </c>
       <c r="C594">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
         <v>3</v>
       </c>
       <c r="B595" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C595">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
         <v>3</v>
       </c>
       <c r="B596" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="C596">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
         <v>3</v>
       </c>
       <c r="B597" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C597">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
         <v>3</v>
       </c>
-      <c r="B598">
-        <v>1640015779</v>
+      <c r="B598" t="s">
+        <v>575</v>
       </c>
       <c r="C598">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
         <v>3</v>
       </c>
       <c r="B599" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="C599">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
         <v>3</v>
       </c>
       <c r="B600" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="C600">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
         <v>3</v>
       </c>
       <c r="B601" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C601">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
         <v>3</v>
       </c>
       <c r="B602" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="C602">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
         <v>3</v>
       </c>
       <c r="B603" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="C603">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
         <v>3</v>
       </c>
       <c r="B604" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="C604">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
         <v>3</v>
       </c>
       <c r="B605" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C605">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
         <v>3</v>
       </c>
       <c r="B606" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="C606">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
         <v>3</v>
       </c>
       <c r="B607" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="C607">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
         <v>3</v>
       </c>
       <c r="B608" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="C608">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
         <v>3</v>
       </c>
       <c r="B609" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C609">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
         <v>3</v>
       </c>
       <c r="B610" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C610">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
         <v>3</v>
       </c>
       <c r="B611" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C611">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
         <v>3</v>
       </c>
       <c r="B612" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C612">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
         <v>3</v>
       </c>
-      <c r="B613">
-        <v>6073178328</v>
+      <c r="B613" t="s">
+        <v>590</v>
       </c>
       <c r="C613">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
         <v>3</v>
       </c>
       <c r="B614" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="C614">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
         <v>3</v>
       </c>
-      <c r="B615" t="s">
-        <v>584</v>
+      <c r="B615">
+        <v>1796545562</v>
       </c>
       <c r="C615">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
         <v>3</v>
       </c>
       <c r="B616" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="C616">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
         <v>3</v>
       </c>
       <c r="B617" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C617">
         <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
         <v>3</v>
       </c>
       <c r="B618" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="C618">
         <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
         <v>3</v>
       </c>
       <c r="B619" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="C619">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
         <v>3</v>
       </c>
       <c r="B620" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C620">
         <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
         <v>3</v>
       </c>
       <c r="B621" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C621">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
         <v>3</v>
       </c>
       <c r="B622" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="C622">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
         <v>3</v>
       </c>
       <c r="B623" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C623">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
         <v>3</v>
       </c>
       <c r="B624" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C624">
         <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
         <v>3</v>
       </c>
       <c r="B625" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="C625">
         <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
         <v>3</v>
       </c>
       <c r="B626" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C626">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
         <v>3</v>
       </c>
       <c r="B627" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="C627">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
         <v>3</v>
       </c>
       <c r="B628" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="C628">
         <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
         <v>3</v>
       </c>
       <c r="B629" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="C629">
         <v>1</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
         <v>3</v>
       </c>
-      <c r="B630" t="s">
-        <v>599</v>
+      <c r="B630">
+        <v>8490322503</v>
       </c>
       <c r="C630">
         <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
         <v>3</v>
       </c>
       <c r="B631" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="C631">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
         <v>3</v>
       </c>
       <c r="B632" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="C632">
         <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
         <v>3</v>
       </c>
       <c r="B633" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="C633">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
         <v>3</v>
       </c>
       <c r="B634" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="C634">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
         <v>3</v>
       </c>
       <c r="B635" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C635">
         <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
         <v>3</v>
       </c>
       <c r="B636" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C636">
         <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
         <v>3</v>
       </c>
       <c r="B637" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C637">
         <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>3</v>
       </c>
       <c r="B638" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C638">
         <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
         <v>3</v>
       </c>
       <c r="B639" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C639">
         <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
         <v>3</v>
       </c>
       <c r="B640" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="C640">
         <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
         <v>3</v>
       </c>
       <c r="B641" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C641">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
         <v>3</v>
       </c>
       <c r="B642" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C642">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
         <v>3</v>
       </c>
-      <c r="B643">
-        <v>1094653519</v>
+      <c r="B643" t="s">
+        <v>618</v>
       </c>
       <c r="C643">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
         <v>3</v>
       </c>
       <c r="B644" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C644">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
         <v>3</v>
       </c>
       <c r="B645" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C645">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
         <v>3</v>
       </c>
       <c r="B646" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="C646">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
         <v>3</v>
       </c>
       <c r="B647" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="C647">
         <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
         <v>3</v>
       </c>
       <c r="B648" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="C648">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
         <v>3</v>
       </c>
-      <c r="B649">
-        <v>1401921779</v>
+      <c r="B649" t="s">
+        <v>624</v>
       </c>
       <c r="C649">
         <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
         <v>3</v>
       </c>
       <c r="B650" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="C650">
         <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
         <v>3</v>
       </c>
       <c r="B651" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C651">
         <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
         <v>3</v>
       </c>
       <c r="B652" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="C652">
         <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
         <v>3</v>
       </c>
       <c r="B653" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="C653">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
         <v>3</v>
       </c>
       <c r="B654" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C654">
         <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
         <v>3</v>
       </c>
       <c r="B655" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="C655">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
         <v>3</v>
       </c>
       <c r="B656" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="C656">
         <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
         <v>3</v>
       </c>
       <c r="B657" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C657">
         <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
         <v>3</v>
       </c>
       <c r="B658" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="C658">
         <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
         <v>3</v>
       </c>
       <c r="B659" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="C659">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
         <v>3</v>
       </c>
       <c r="B660" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="C660">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
         <v>3</v>
       </c>
       <c r="B661" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="C661">
         <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
         <v>3</v>
       </c>
       <c r="B662" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="C662">
         <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
         <v>3</v>
       </c>
       <c r="B663" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="C663">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
         <v>3</v>
       </c>
       <c r="B664" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="C664">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
         <v>3</v>
       </c>
-      <c r="B665">
-        <v>8490628742</v>
+      <c r="B665" t="s">
+        <v>640</v>
       </c>
       <c r="C665">
         <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
         <v>3</v>
       </c>
       <c r="B666" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C666">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
         <v>3</v>
       </c>
       <c r="B667" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="C667">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
         <v>3</v>
       </c>
       <c r="B668" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="C668">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
         <v>3</v>
       </c>
       <c r="B669" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="C669">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
         <v>3</v>
       </c>
       <c r="B670" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C670">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
         <v>3</v>
       </c>
       <c r="B671" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="C671">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
         <v>3</v>
       </c>
       <c r="B672" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="C672">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
         <v>3</v>
       </c>
       <c r="B673" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C673">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
         <v>3</v>
       </c>
       <c r="B674" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="C674">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
         <v>3</v>
       </c>
       <c r="B675" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="C675">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
         <v>3</v>
       </c>
       <c r="B676" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="C676">
         <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
         <v>3</v>
       </c>
       <c r="B677" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="C677">
         <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
         <v>3</v>
       </c>
-      <c r="B678">
-        <v>1949061590</v>
+      <c r="B678" t="s">
+        <v>653</v>
       </c>
       <c r="C678">
         <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
         <v>3</v>
       </c>
-      <c r="B679" t="s">
-        <v>644</v>
+      <c r="B679">
+        <v>6073185855</v>
       </c>
       <c r="C679">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
         <v>3</v>
       </c>
-      <c r="B680" t="s">
-        <v>645</v>
+      <c r="B680">
+        <v>1947783416</v>
       </c>
       <c r="C680">
         <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
         <v>3</v>
       </c>
       <c r="B681" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="C681">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
         <v>3</v>
       </c>
       <c r="B682" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="C682">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
         <v>3</v>
       </c>
       <c r="B683" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="C683">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
         <v>3</v>
       </c>
       <c r="B684" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="C684">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
         <v>3</v>
       </c>
       <c r="B685" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="C685">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
         <v>3</v>
       </c>
       <c r="B686" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C686">
         <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
         <v>3</v>
       </c>
-      <c r="B687" t="s">
-        <v>652</v>
+      <c r="B687">
+        <v>1949061027</v>
       </c>
       <c r="C687">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>3</v>
       </c>
       <c r="B688">
-        <v>1548575437</v>
+        <v>1091640505</v>
       </c>
       <c r="C688">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>3</v>
       </c>
       <c r="B689" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C689">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
         <v>3</v>
       </c>
       <c r="B690" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C690">
         <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
         <v>3</v>
       </c>
       <c r="B691" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="C691">
         <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
         <v>3</v>
       </c>
       <c r="B692" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C692">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
         <v>3</v>
       </c>
       <c r="B693" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C693">
         <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
         <v>3</v>
       </c>
       <c r="B694" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C694">
         <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
         <v>3</v>
       </c>
       <c r="B695" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="C695">
         <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
         <v>3</v>
       </c>
       <c r="B696" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C696">
         <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>3</v>
       </c>
       <c r="B697" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C697">
         <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
         <v>3</v>
       </c>
       <c r="B698" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C698">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
         <v>3</v>
       </c>
       <c r="B699" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C699">
         <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
         <v>3</v>
       </c>
       <c r="B700" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="C700">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
         <v>3</v>
       </c>
       <c r="B701" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C701">
         <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
         <v>3</v>
       </c>
       <c r="B702" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C702">
         <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
         <v>3</v>
       </c>
       <c r="B703" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C703">
         <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>3</v>
       </c>
       <c r="B704" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C704">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
         <v>3</v>
       </c>
-      <c r="B705">
-        <v>6073128010</v>
+      <c r="B705" t="s">
+        <v>676</v>
       </c>
       <c r="C705">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
         <v>3</v>
       </c>
       <c r="B706" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C706">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
         <v>3</v>
       </c>
-      <c r="B707" t="s">
-        <v>670</v>
+      <c r="B707">
+        <v>1503278190</v>
       </c>
       <c r="C707">
         <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>3</v>
       </c>
       <c r="B708" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C708">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>3</v>
       </c>
       <c r="B709" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C709">
         <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
         <v>3</v>
       </c>
-      <c r="B710">
-        <v>1517419778</v>
+      <c r="B710" t="s">
+        <v>680</v>
       </c>
       <c r="C710">
         <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>3</v>
       </c>
       <c r="B711" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="C711">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
         <v>3</v>
       </c>
-      <c r="B712">
-        <v>1796545562</v>
+      <c r="B712" t="s">
+        <v>682</v>
       </c>
       <c r="C712">
         <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>3</v>
       </c>
       <c r="B713" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="C713">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>3</v>
       </c>
       <c r="B714" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="C714">
         <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
         <v>3</v>
       </c>
       <c r="B715" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="C715">
         <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>3</v>
       </c>
       <c r="B716" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="C716">
         <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
         <v>3</v>
       </c>
       <c r="B717" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="C717">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
         <v>3</v>
       </c>
       <c r="B718" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="C718">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>3</v>
       </c>
       <c r="B719" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="C719">
         <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>3</v>
       </c>
       <c r="B720" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="C720">
         <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>3</v>
       </c>
       <c r="B721" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="C721">
         <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>3</v>
       </c>
       <c r="B722" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C722">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>3</v>
       </c>
       <c r="B723" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="C723">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>3</v>
       </c>
       <c r="B724" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="C724">
         <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>3</v>
       </c>
       <c r="B725" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="C725">
         <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>3</v>
       </c>
       <c r="B726" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="C726">
         <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>3</v>
       </c>
       <c r="B727" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="C727">
         <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>3</v>
       </c>
       <c r="B728" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="C728">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>3</v>
       </c>
       <c r="B729" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C729">
         <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>3</v>
       </c>
       <c r="B730" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="C730">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>3</v>
       </c>
-      <c r="B731" t="s">
-        <v>692</v>
+      <c r="B731">
+        <v>1542942640</v>
       </c>
       <c r="C731">
         <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>3</v>
       </c>
-      <c r="B732" t="s">
-        <v>693</v>
+      <c r="B732">
+        <v>1539300110</v>
       </c>
       <c r="C732">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>3</v>
       </c>
       <c r="B733" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C733">
         <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>3</v>
       </c>
       <c r="B734" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="C734">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>3</v>
       </c>
-      <c r="B735" t="s">
-        <v>696</v>
+      <c r="B735">
+        <v>1530869056</v>
       </c>
       <c r="C735">
         <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>3</v>
       </c>
       <c r="B736" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="C736">
         <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>3</v>
       </c>
       <c r="B737" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C737">
         <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>3</v>
       </c>
       <c r="B738" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="C738">
         <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>3</v>
       </c>
       <c r="B739" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="C739">
         <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
         <v>3</v>
       </c>
       <c r="B740" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C740">
         <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
         <v>3</v>
       </c>
-      <c r="B741" t="s">
-        <v>702</v>
+      <c r="B741">
+        <v>1535379189</v>
       </c>
       <c r="C741">
         <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
         <v>3</v>
       </c>
       <c r="B742" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="C742">
         <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
         <v>3</v>
       </c>
       <c r="B743" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C743">
         <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
         <v>3</v>
       </c>
       <c r="B744" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C744">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>3</v>
       </c>
       <c r="B745" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="C745">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
         <v>3</v>
       </c>
       <c r="B746" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C746">
         <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
         <v>3</v>
       </c>
-      <c r="B747">
-        <v>8490322503</v>
+      <c r="B747" t="s">
+        <v>713</v>
       </c>
       <c r="C747">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
         <v>3</v>
       </c>
       <c r="B748" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C748">
         <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
         <v>3</v>
       </c>
       <c r="B749" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="C749">
         <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
         <v>3</v>
       </c>
       <c r="B750" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C750">
         <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
         <v>3</v>
       </c>
       <c r="B751" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="C751">
         <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
         <v>3</v>
       </c>
-      <c r="B752" t="s">
-        <v>712</v>
+      <c r="B752">
+        <v>1096699141</v>
       </c>
       <c r="C752">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
         <v>3</v>
       </c>
       <c r="B753" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C753">
         <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
         <v>3</v>
       </c>
       <c r="B754" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C754">
         <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
         <v>3</v>
       </c>
       <c r="B755" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="C755">
         <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
         <v>3</v>
       </c>
       <c r="B756" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C756">
         <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
         <v>3</v>
       </c>
       <c r="B757" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C757">
         <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
         <v>3</v>
       </c>
       <c r="B758" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="C758">
         <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
         <v>3</v>
       </c>
       <c r="B759" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C759">
         <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
         <v>3</v>
       </c>
-      <c r="B760" t="s">
-        <v>720</v>
+      <c r="B760">
+        <v>1726155021</v>
       </c>
       <c r="C760">
         <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
         <v>3</v>
       </c>
       <c r="B761" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C761">
         <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
         <v>3</v>
       </c>
       <c r="B762" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C762">
         <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
         <v>3</v>
       </c>
       <c r="B763" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="C763">
         <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
         <v>3</v>
       </c>
       <c r="B764" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C764">
         <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
         <v>3</v>
       </c>
       <c r="B765" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C765">
         <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
         <v>3</v>
       </c>
       <c r="B766" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C766">
         <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
         <v>3</v>
       </c>
-      <c r="B767" t="s">
-        <v>727</v>
+      <c r="B767">
+        <v>1515299112</v>
       </c>
       <c r="C767">
         <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
         <v>3</v>
       </c>
       <c r="B768" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C768">
         <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
         <v>3</v>
       </c>
       <c r="B769" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C769">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
         <v>3</v>
       </c>
       <c r="B770" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C770">
         <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>3</v>
       </c>
       <c r="B771" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C771">
         <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
         <v>3</v>
       </c>
       <c r="B772" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C772">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
         <v>3</v>
       </c>
       <c r="B773" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C773">
         <v>1</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
         <v>3</v>
       </c>
-      <c r="B774" t="s">
-        <v>734</v>
+      <c r="B774">
+        <v>8417347291</v>
       </c>
       <c r="C774">
         <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
         <v>3</v>
       </c>
       <c r="B775" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C775">
         <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
         <v>3</v>
       </c>
       <c r="B776" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C776">
         <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
         <v>3</v>
       </c>
-      <c r="B777" t="s">
-        <v>737</v>
+      <c r="B777">
+        <v>1948724006</v>
       </c>
       <c r="C777">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
         <v>3</v>
       </c>
-      <c r="B778" t="s">
-        <v>738</v>
+      <c r="B778">
+        <v>1521975523</v>
       </c>
       <c r="C778">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
         <v>3</v>
       </c>
       <c r="B779" t="s">
         <v>739</v>
       </c>
       <c r="C779">
         <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
         <v>3</v>
       </c>
       <c r="B780" t="s">
         <v>740</v>
       </c>
       <c r="C780">
         <v>1</v>
@@ -11352,470 +11352,470 @@
       <c r="A783" t="s">
         <v>3</v>
       </c>
       <c r="B783" t="s">
         <v>743</v>
       </c>
       <c r="C783">
         <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
         <v>3</v>
       </c>
       <c r="B784" t="s">
         <v>744</v>
       </c>
       <c r="C784">
         <v>1</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
         <v>3</v>
       </c>
-      <c r="B785" t="s">
-        <v>745</v>
+      <c r="B785">
+        <v>8499890946</v>
       </c>
       <c r="C785">
         <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
         <v>3</v>
       </c>
       <c r="B786" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C786">
         <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
         <v>3</v>
       </c>
       <c r="B787" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="C787">
         <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
         <v>3</v>
       </c>
       <c r="B788" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="C788">
         <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
         <v>3</v>
       </c>
-      <c r="B789" t="s">
-        <v>749</v>
+      <c r="B789">
+        <v>8491051325</v>
       </c>
       <c r="C789">
         <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
         <v>3</v>
       </c>
       <c r="B790" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C790">
         <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
         <v>3</v>
       </c>
       <c r="B791" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C791">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
         <v>3</v>
       </c>
       <c r="B792" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C792">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
         <v>3</v>
       </c>
       <c r="B793" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C793">
         <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
         <v>3</v>
       </c>
       <c r="B794" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C794">
         <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
         <v>3</v>
       </c>
-      <c r="B795" t="s">
-        <v>755</v>
+      <c r="B795">
+        <v>1086921186</v>
       </c>
       <c r="C795">
         <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
         <v>3</v>
       </c>
       <c r="B796" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="C796">
         <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
         <v>3</v>
       </c>
-      <c r="B797">
-        <v>6073185855</v>
+      <c r="B797" t="s">
+        <v>754</v>
       </c>
       <c r="C797">
         <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
         <v>3</v>
       </c>
       <c r="B798" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C798">
         <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
         <v>3</v>
       </c>
-      <c r="B799">
-        <v>1947783416</v>
+      <c r="B799" t="s">
+        <v>756</v>
       </c>
       <c r="C799">
         <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
         <v>3</v>
       </c>
       <c r="B800" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="C800">
         <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
         <v>3</v>
       </c>
       <c r="B801" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="C801">
         <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
         <v>3</v>
       </c>
       <c r="B802" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="C802">
         <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
         <v>3</v>
       </c>
       <c r="B803" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="C803">
         <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
         <v>3</v>
       </c>
       <c r="B804" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="C804">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
         <v>3</v>
       </c>
       <c r="B805" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C805">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
         <v>3</v>
       </c>
-      <c r="B806">
-        <v>1949061027</v>
+      <c r="B806" t="s">
+        <v>763</v>
       </c>
       <c r="C806">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
         <v>3</v>
       </c>
-      <c r="B807">
-        <v>1091640505</v>
+      <c r="B807" t="s">
+        <v>764</v>
       </c>
       <c r="C807">
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
         <v>3</v>
       </c>
-      <c r="B808">
-        <v>1503278190</v>
+      <c r="B808" t="s">
+        <v>765</v>
       </c>
       <c r="C808">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
         <v>3</v>
       </c>
       <c r="B809" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C809">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
         <v>3</v>
       </c>
       <c r="B810" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C810">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
         <v>3</v>
       </c>
-      <c r="B811" t="s">
-        <v>766</v>
+      <c r="B811">
+        <v>2806291089</v>
       </c>
       <c r="C811">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
         <v>3</v>
       </c>
       <c r="B812" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C812">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
         <v>3</v>
       </c>
       <c r="B813" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C813">
         <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
         <v>3</v>
       </c>
       <c r="B814" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C814">
         <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
         <v>3</v>
       </c>
       <c r="B815" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C815">
         <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
         <v>3</v>
       </c>
       <c r="B816" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C816">
         <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
         <v>3</v>
       </c>
       <c r="B817" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C817">
         <v>1</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
         <v>3</v>
       </c>
       <c r="B818" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C818">
         <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
         <v>3</v>
       </c>
       <c r="B819" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C819">
         <v>1</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
         <v>3</v>
       </c>
       <c r="B820" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C820">
         <v>1</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
         <v>3</v>
       </c>
       <c r="B821" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C821">
         <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
         <v>3</v>
       </c>
       <c r="B822" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C822">
         <v>1</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
         <v>3</v>
       </c>
-      <c r="B823" t="s">
-        <v>778</v>
+      <c r="B823">
+        <v>1476746559</v>
       </c>
       <c r="C823">
         <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
         <v>3</v>
       </c>
       <c r="B824" t="s">
         <v>779</v>
       </c>
       <c r="C824">
         <v>1</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
         <v>3</v>
       </c>
       <c r="B825" t="s">
         <v>780</v>
       </c>
       <c r="C825">
         <v>1</v>