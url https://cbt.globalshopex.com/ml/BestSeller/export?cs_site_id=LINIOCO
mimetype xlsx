--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -38,1212 +38,1212 @@
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LINIOCO</t>
   </si>
   <si>
     <t>B088MJHN4W</t>
   </si>
   <si>
     <t>B07YCVQ1KP</t>
   </si>
   <si>
     <t>B089F6DW36</t>
   </si>
   <si>
     <t>B07QVY2VT8</t>
   </si>
   <si>
+    <t>B01DM7AEYE</t>
+  </si>
+  <si>
     <t>GG0253S-30002345-004</t>
   </si>
   <si>
     <t>B085C37C4W</t>
   </si>
   <si>
     <t>B00D2VB54O</t>
   </si>
   <si>
     <t>B082X6L813</t>
   </si>
   <si>
     <t>B087JK6LLW</t>
   </si>
   <si>
     <t>B00MYL9H8O</t>
   </si>
   <si>
     <t>B085FSYS9R</t>
   </si>
   <si>
     <t>GG0585S-30008134-005</t>
   </si>
   <si>
     <t>B07LC7813V</t>
   </si>
   <si>
-    <t>B01DM7AEYE</t>
+    <t>B0023T8WME</t>
+  </si>
+  <si>
+    <t>B07GNY8WDG</t>
+  </si>
+  <si>
+    <t>VSPVV1121</t>
+  </si>
+  <si>
+    <t>B077Y88DRH</t>
+  </si>
+  <si>
+    <t>B07ZWJXPKN</t>
+  </si>
+  <si>
+    <t>B0899GLP7R</t>
+  </si>
+  <si>
+    <t>B016ZCGN98</t>
+  </si>
+  <si>
+    <t>B01CBFY0UC</t>
+  </si>
+  <si>
+    <t>B07Q38D2K7</t>
+  </si>
+  <si>
+    <t>B077HKNSX1</t>
+  </si>
+  <si>
+    <t>B07PX4FTNF</t>
+  </si>
+  <si>
+    <t>GG0259S-30002888-003</t>
+  </si>
+  <si>
+    <t>B083MDR6J3</t>
+  </si>
+  <si>
+    <t>B0816QQCPD</t>
+  </si>
+  <si>
+    <t>B07HMM2NKS</t>
+  </si>
+  <si>
+    <t>B085HFMT8K</t>
+  </si>
+  <si>
+    <t>B084TMYJHS</t>
+  </si>
+  <si>
+    <t>B085HZLWGC</t>
+  </si>
+  <si>
+    <t>B07PB1JBGM</t>
+  </si>
+  <si>
+    <t>B081LT4QG5</t>
+  </si>
+  <si>
+    <t>B01M0GTZDN</t>
+  </si>
+  <si>
+    <t>B0002I0RTY</t>
+  </si>
+  <si>
+    <t>B0797R4RJZ</t>
+  </si>
+  <si>
+    <t>B006R0DJOG</t>
+  </si>
+  <si>
+    <t>VSPLK1019</t>
+  </si>
+  <si>
+    <t>VSPZS0321</t>
+  </si>
+  <si>
+    <t>B07VDB67TC</t>
+  </si>
+  <si>
+    <t>B00A2A2V6O</t>
+  </si>
+  <si>
+    <t>B07D75NYHS</t>
+  </si>
+  <si>
+    <t>B085PGXCFV</t>
+  </si>
+  <si>
+    <t>B07LCLBC38</t>
+  </si>
+  <si>
+    <t>B07P17N45H</t>
+  </si>
+  <si>
+    <t>B000TKLTS8</t>
+  </si>
+  <si>
+    <t>B074Z6GG6W</t>
+  </si>
+  <si>
+    <t>B07W135GSV</t>
+  </si>
+  <si>
+    <t>B0761YBF12</t>
+  </si>
+  <si>
+    <t>B00OJ5YK3A</t>
+  </si>
+  <si>
+    <t>B000Q782DY</t>
+  </si>
+  <si>
+    <t>B071D9TWSG</t>
+  </si>
+  <si>
+    <t>VSPZZ0121</t>
+  </si>
+  <si>
+    <t>B07C7W91YR</t>
+  </si>
+  <si>
+    <t>B0836RKGMH</t>
+  </si>
+  <si>
+    <t>B00HNTQZDC</t>
+  </si>
+  <si>
+    <t>B075WG6Q2S</t>
+  </si>
+  <si>
+    <t>B07Z841XYD</t>
+  </si>
+  <si>
+    <t>B071L13WQM</t>
+  </si>
+  <si>
+    <t>B075Y87RBX</t>
+  </si>
+  <si>
+    <t>AM0221SK-30008230-003</t>
+  </si>
+  <si>
+    <t>B01AVOS4VG</t>
+  </si>
+  <si>
+    <t>B0757KBM57</t>
   </si>
   <si>
     <t>B07QXV6N1B</t>
   </si>
   <si>
     <t>B06XDFGDCX</t>
   </si>
   <si>
     <t>B07MJ4GYNR</t>
   </si>
   <si>
     <t>B089D5STLM</t>
   </si>
   <si>
     <t>B07MJLYS8B</t>
   </si>
   <si>
     <t>B00CPL6IVC</t>
   </si>
   <si>
     <t>B07HDDVXYG</t>
   </si>
   <si>
     <t>B07JFT9Z95</t>
   </si>
   <si>
     <t>PWAAA0721</t>
   </si>
   <si>
-    <t>B01AVOS4VG</t>
-[...2 lines deleted...]
-    <t>B0757KBM57</t>
+    <t>6cc0175821a18053_FR-SF958S00155</t>
+  </si>
+  <si>
+    <t>B00CU2CMOI</t>
+  </si>
+  <si>
+    <t>B07MZQ95FV</t>
   </si>
   <si>
     <t>B01N7HX87Z</t>
   </si>
   <si>
     <t>B087MZBSX6</t>
   </si>
   <si>
     <t>B07VK99SXT</t>
   </si>
   <si>
     <t>B01FLADSW0</t>
   </si>
   <si>
     <t>B07J9TFGLV</t>
   </si>
   <si>
     <t>B07P6HXB5Q</t>
   </si>
   <si>
     <t>B07QDYZM75</t>
   </si>
   <si>
     <t>B082HX5B97</t>
   </si>
   <si>
     <t>B082WV8GMP</t>
   </si>
   <si>
-    <t>B00CU2CMOI</t>
-[...5 lines deleted...]
-    <t>B07MZQ95FV</t>
+    <t>B07G8NZ7Y4</t>
+  </si>
+  <si>
+    <t>B07CHK1X27</t>
+  </si>
+  <si>
+    <t>VSPVU1121</t>
+  </si>
+  <si>
+    <t>B003CL51SU</t>
+  </si>
+  <si>
+    <t>B07YSF3X8K</t>
   </si>
   <si>
     <t>B07YHQYX5G</t>
   </si>
   <si>
     <t>B004X6UEH6</t>
   </si>
   <si>
     <t>B07VF94SCZ</t>
   </si>
   <si>
     <t>B078YR3MNK</t>
   </si>
   <si>
     <t>B074D63G61</t>
   </si>
   <si>
     <t>B00I542OLG</t>
   </si>
   <si>
     <t>B076FSLQVR</t>
   </si>
   <si>
-    <t>B07G8NZ7Y4</t>
-[...11 lines deleted...]
-    <t>B07YSF3X8K</t>
+    <t>B006ZN4SP4</t>
+  </si>
+  <si>
+    <t>B07QBQZXHK</t>
+  </si>
+  <si>
+    <t>B00L3W2QJ2</t>
   </si>
   <si>
     <t>B075MB19LM</t>
   </si>
   <si>
     <t>B086X399RN</t>
   </si>
   <si>
     <t>B076KKK73G</t>
   </si>
   <si>
     <t>B07KHN851J</t>
   </si>
   <si>
     <t>B01NCSRTK7</t>
   </si>
   <si>
     <t>B00280MUXA</t>
   </si>
   <si>
     <t>B07JFF5X41</t>
   </si>
   <si>
     <t>B001J4RETG</t>
   </si>
   <si>
-    <t>B006ZN4SP4</t>
-[...1 lines deleted...]
-  <si>
     <t>SFME00721</t>
   </si>
   <si>
-    <t>B07QBQZXHK</t>
-[...2 lines deleted...]
-    <t>B00L3W2QJ2</t>
+    <t>703c46cb779c42de_CK20520S-020</t>
+  </si>
+  <si>
+    <t>B07N34M8FQ</t>
   </si>
   <si>
     <t>B07GRRP1LM</t>
   </si>
   <si>
     <t>B0869CBNS4</t>
   </si>
   <si>
     <t>B089VWP14R</t>
   </si>
   <si>
     <t>B07GNGRLPV</t>
   </si>
   <si>
     <t>B085282C1R</t>
   </si>
   <si>
     <t>B07RGNK89V</t>
   </si>
   <si>
     <t>B00ZZMVC1Y</t>
   </si>
   <si>
     <t>B07GVNXX73</t>
   </si>
   <si>
     <t>B07VMQRNNH</t>
   </si>
   <si>
-    <t>703c46cb779c42de_CK20520S-020</t>
-[...2 lines deleted...]
-    <t>B07N34M8FQ</t>
+    <t>B07YDJ4L9B</t>
+  </si>
+  <si>
+    <t>B07MYYV9K1</t>
+  </si>
+  <si>
+    <t>GG0592S-30008109-001</t>
+  </si>
+  <si>
+    <t>B07MQSDQ18</t>
   </si>
   <si>
     <t>B07Q5WP5C1</t>
   </si>
   <si>
     <t>B003ALG92E</t>
   </si>
   <si>
     <t>B07ZQ4D3P5</t>
   </si>
   <si>
     <t>B07F9XLYY1</t>
   </si>
   <si>
     <t>B07V34728C</t>
   </si>
   <si>
     <t>B000FBNT9S</t>
   </si>
   <si>
+    <t>VSPHH2821</t>
+  </si>
+  <si>
     <t>B087NQN39D</t>
   </si>
   <si>
-    <t>VSPHH2821</t>
-[...11 lines deleted...]
-    <t>B07MQSDQ18</t>
+    <t>B07V1PDJS3</t>
+  </si>
+  <si>
+    <t>B07Q4RMCKT</t>
+  </si>
+  <si>
+    <t>B01C721X7C</t>
   </si>
   <si>
     <t>B01M0E4VF8</t>
   </si>
   <si>
     <t>B000VZQ396</t>
   </si>
   <si>
     <t>B07HKZ4BH6</t>
   </si>
   <si>
     <t>B07DMNDRRB</t>
   </si>
   <si>
     <t>B07HGDWLNM</t>
   </si>
   <si>
     <t>B07FYBWKL8</t>
   </si>
   <si>
     <t>B07GVQ96V2</t>
   </si>
   <si>
     <t>B00IX6A5V2</t>
   </si>
   <si>
-    <t>B07V1PDJS3</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPZZ1321</t>
   </si>
   <si>
-    <t>B07Q4RMCKT</t>
-[...2 lines deleted...]
-    <t>B01C721X7C</t>
+    <t>B075TZ285T</t>
+  </si>
+  <si>
+    <t>VSPOQ9321</t>
+  </si>
+  <si>
+    <t>B086QQH5BF</t>
+  </si>
+  <si>
+    <t>B01NBKTSZ7</t>
   </si>
   <si>
     <t>B07B3ZKDR7</t>
   </si>
   <si>
     <t>B06WP7F8YC</t>
   </si>
   <si>
     <t>B01MDLW2F3</t>
   </si>
   <si>
     <t>B074SZPQ3Y</t>
   </si>
   <si>
     <t>B089ZS8CC6</t>
   </si>
   <si>
     <t>B00JK0BXRA</t>
   </si>
   <si>
     <t>B000E1PXES</t>
   </si>
   <si>
     <t>B00705WPBA</t>
   </si>
   <si>
-    <t>B075TZ285T</t>
-[...8 lines deleted...]
-    <t>B01NBKTSZ7</t>
+    <t>B07Z7B4MXR</t>
+  </si>
+  <si>
+    <t>B082MY8HMD</t>
+  </si>
+  <si>
+    <t>VSPGN2519</t>
+  </si>
+  <si>
+    <t>B00V91E3JS</t>
+  </si>
+  <si>
+    <t>B07WD43MHJ</t>
   </si>
   <si>
     <t>B00SDK3CLS</t>
   </si>
   <si>
     <t>B07ZGCKMD7</t>
   </si>
   <si>
     <t>B072PPBBCD</t>
   </si>
   <si>
     <t>B083T83YJQ</t>
   </si>
   <si>
     <t>B07NPS6S41</t>
   </si>
   <si>
     <t>B07MHKYKV5</t>
   </si>
   <si>
+    <t>VSPBH1118</t>
+  </si>
+  <si>
     <t>B07YCV46GB</t>
   </si>
   <si>
-    <t>VSPBH1118</t>
-[...14 lines deleted...]
-    <t>B07WD43MHJ</t>
+    <t>B01CB0YJ94</t>
+  </si>
+  <si>
+    <t>B07GXLBX72</t>
+  </si>
+  <si>
+    <t>B07KWD1HWX</t>
   </si>
   <si>
     <t>B0058NN4C0</t>
   </si>
   <si>
     <t>B07PCNK9PV</t>
   </si>
   <si>
     <t>B01FVS6TGO</t>
   </si>
   <si>
     <t>B07TXBRRGT</t>
   </si>
   <si>
     <t>B07MHZNLWD</t>
   </si>
   <si>
     <t>B07GDVR8VF</t>
   </si>
   <si>
     <t>B073SQPZL7</t>
   </si>
   <si>
     <t>B0731WKTD9</t>
   </si>
   <si>
-    <t>B01CB0YJ94</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPLN1421</t>
   </si>
   <si>
-    <t>B07GXLBX72</t>
-[...2 lines deleted...]
-    <t>B07KWD1HWX</t>
+    <t>B00L2TD4SS</t>
+  </si>
+  <si>
+    <t>VSPLD1721</t>
+  </si>
+  <si>
+    <t>B0002ARU2E</t>
   </si>
   <si>
     <t>B07PRFVXP7</t>
   </si>
   <si>
     <t>B07YY2NXDM</t>
   </si>
   <si>
     <t>B07KWNMB8Z</t>
   </si>
   <si>
     <t>B00DSD9CLO</t>
   </si>
   <si>
     <t>B07DVX1HQM</t>
   </si>
   <si>
     <t>B0792MJN9Q</t>
   </si>
   <si>
     <t>B00VUVIH9Y</t>
   </si>
   <si>
     <t>B07CN8TJDQ</t>
   </si>
   <si>
-    <t>B00L2TD4SS</t>
-[...5 lines deleted...]
-    <t>B0002ARU2E</t>
+    <t>B01G1NKERI</t>
+  </si>
+  <si>
+    <t>B07DW46BG4</t>
+  </si>
+  <si>
+    <t>VSP170821</t>
+  </si>
+  <si>
+    <t>B0058NN4BG</t>
+  </si>
+  <si>
+    <t>B07GDKFH9V</t>
   </si>
   <si>
     <t>B001454DQM</t>
   </si>
   <si>
     <t>B089FB7TZT</t>
   </si>
   <si>
     <t>B07BS4S89H</t>
   </si>
   <si>
     <t>B08571VZ3Q</t>
   </si>
   <si>
     <t>B07GSD86QH</t>
   </si>
   <si>
     <t>B007B7LTE6</t>
   </si>
   <si>
+    <t>GG0437SA-30006514-003</t>
+  </si>
+  <si>
     <t>B07D3PD31P</t>
   </si>
   <si>
-    <t>GG0437SA-30006514-003</t>
-[...14 lines deleted...]
-    <t>B07GDKFH9V</t>
+    <t>B0892KJ2DY</t>
+  </si>
+  <si>
+    <t>B07HNX9SSL</t>
+  </si>
+  <si>
+    <t>B073PZLSTL</t>
   </si>
   <si>
     <t>B0002DGL26</t>
   </si>
   <si>
     <t>B07CTNV1R7</t>
   </si>
   <si>
     <t>B07QBQYGGW</t>
   </si>
   <si>
     <t>B075V2MJ9F</t>
   </si>
   <si>
     <t>B07LDRTX4V</t>
   </si>
   <si>
     <t>B08222MCRN</t>
   </si>
   <si>
     <t>B071CX6V2Z</t>
   </si>
   <si>
     <t>B07J334WTW</t>
   </si>
   <si>
-    <t>B0892KJ2DY</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOY7821</t>
   </si>
   <si>
-    <t>B07HNX9SSL</t>
-[...2 lines deleted...]
-    <t>B073PZLSTL</t>
+    <t>B086WD3R7H</t>
+  </si>
+  <si>
+    <t>GG0279SA-30002398-001</t>
+  </si>
+  <si>
+    <t>B01D1YBCRG</t>
   </si>
   <si>
     <t>B07WBW8YLH</t>
   </si>
   <si>
     <t>B078HG2J9C</t>
   </si>
   <si>
     <t>B00GFRGPKQ</t>
   </si>
   <si>
     <t>B07QSVPZ8V</t>
   </si>
   <si>
     <t>B087G7X8XY</t>
   </si>
   <si>
     <t>B07D2DC8LL</t>
   </si>
   <si>
     <t>B0185MMPP2</t>
   </si>
   <si>
     <t>B00AYGZQP4</t>
   </si>
   <si>
-    <t>B086WD3R7H</t>
-[...5 lines deleted...]
-    <t>B01D1YBCRG</t>
+    <t>B086H4L964</t>
+  </si>
+  <si>
+    <t>B07FK7B1BY</t>
+  </si>
+  <si>
+    <t>B0105YP5NW</t>
+  </si>
+  <si>
+    <t>B07ZD1D34R</t>
   </si>
   <si>
     <t>B01M6Y5I5M</t>
   </si>
   <si>
     <t>B003D3OD4K</t>
   </si>
   <si>
     <t>B07PKCZ341</t>
   </si>
   <si>
     <t>B06XVXNLBZ</t>
   </si>
   <si>
     <t>B07MYYMNZZ</t>
   </si>
   <si>
     <t>B06XWVD5NT</t>
   </si>
   <si>
     <t>B002Z7FQ82</t>
   </si>
   <si>
-    <t>B086H4L964</t>
-[...1 lines deleted...]
-  <si>
     <t>GG0435SA-30006460-001</t>
   </si>
   <si>
-    <t>B07FK7B1BY</t>
-[...5 lines deleted...]
-    <t>B07ZD1D34R</t>
+    <t>B07F2VXLT2</t>
+  </si>
+  <si>
+    <t>B0012PXPMW</t>
   </si>
   <si>
     <t>B072QW2X9P</t>
   </si>
   <si>
     <t>B07TSHW85D</t>
   </si>
   <si>
     <t>B07W8SL65G</t>
   </si>
   <si>
     <t>B00AZI0FLG</t>
   </si>
   <si>
     <t>B07QK1PMRX</t>
   </si>
   <si>
     <t>B012GTEKYE</t>
   </si>
   <si>
     <t>B0858XTDJ9</t>
   </si>
   <si>
     <t>B07D6LR85D</t>
   </si>
   <si>
     <t>B01LOUV4TA</t>
   </si>
   <si>
-    <t>B07F2VXLT2</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPLN0119</t>
   </si>
   <si>
-    <t>B0012PXPMW</t>
+    <t>B07RC19HNW</t>
+  </si>
+  <si>
+    <t>VSPBH8421</t>
+  </si>
+  <si>
+    <t>B07W6MV7HF</t>
+  </si>
+  <si>
+    <t>B06XY9W2YQ</t>
   </si>
   <si>
     <t>B085DKXCKK</t>
   </si>
   <si>
     <t>B07D7J72XB</t>
   </si>
   <si>
     <t>B07GXW5DHV</t>
   </si>
   <si>
     <t>B07DLJQDW3</t>
   </si>
   <si>
     <t>B0856W45VL</t>
   </si>
   <si>
     <t>B07VDD8L7R</t>
   </si>
   <si>
     <t>B011BDY7XA</t>
   </si>
   <si>
     <t>B07N12JK9S</t>
   </si>
   <si>
-    <t>B07RC19HNW</t>
-[...8 lines deleted...]
-    <t>B06XY9W2YQ</t>
+    <t>B01AC7SF7K</t>
+  </si>
+  <si>
+    <t>B07DLBPN91</t>
+  </si>
+  <si>
+    <t>B01LZXVN4P</t>
   </si>
   <si>
     <t>B018GBBIMI</t>
   </si>
   <si>
     <t>B07L35Y2WH</t>
   </si>
   <si>
     <t>B06XJ2H9SJ</t>
   </si>
   <si>
     <t>B07DH8X2TJ</t>
   </si>
   <si>
     <t>B001R84KKU</t>
   </si>
   <si>
     <t>B07R4PJGC6</t>
   </si>
   <si>
     <t>B07R7NGN82</t>
   </si>
   <si>
     <t>VSPBH3321</t>
   </si>
   <si>
-    <t>B01AC7SF7K</t>
-[...5 lines deleted...]
-    <t>B01LZXVN4P</t>
+    <t>B083FB3FZ4</t>
+  </si>
+  <si>
+    <t>B07D1B86ZT</t>
   </si>
   <si>
     <t>B07HJWCLWM</t>
   </si>
   <si>
     <t>B086LBZTTM</t>
   </si>
   <si>
     <t>B086CB5HLM</t>
   </si>
   <si>
     <t>B01NCAXDFH</t>
   </si>
   <si>
     <t>B07FMX3JH1</t>
   </si>
   <si>
     <t>B06XBYL25N</t>
   </si>
   <si>
     <t>B078JLZ3X9</t>
   </si>
   <si>
     <t>B07TTFPLZ3</t>
   </si>
   <si>
     <t>B077B9N97C</t>
   </si>
   <si>
-    <t>B083FB3FZ4</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPCG2721</t>
   </si>
   <si>
-    <t>B07D1B86ZT</t>
+    <t>B06XG2QYX9</t>
+  </si>
+  <si>
+    <t>MQ0288SA-30009231-004</t>
+  </si>
+  <si>
+    <t>B01N9C9AT6</t>
   </si>
   <si>
     <t>B0885W6YDY</t>
   </si>
   <si>
     <t>B00IRJ7NL0</t>
   </si>
   <si>
     <t>B07YHMTVPR</t>
   </si>
   <si>
     <t>B07HDKYCWY</t>
   </si>
   <si>
     <t>B07LBPLPM5</t>
   </si>
   <si>
     <t>B00SK5RUQY</t>
   </si>
   <si>
+    <t>B083JKJ1VJ</t>
+  </si>
+  <si>
     <t>B07GN9G954</t>
   </si>
   <si>
-    <t>B083JKJ1VJ</t>
-[...1 lines deleted...]
-  <si>
     <t>B00AK0M74M</t>
   </si>
   <si>
-    <t>B06XG2QYX9</t>
-[...5 lines deleted...]
-    <t>B01N9C9AT6</t>
+    <t>B00UG238LK</t>
+  </si>
+  <si>
+    <t>B07HP1W7B2</t>
+  </si>
+  <si>
+    <t>B07J3938JK</t>
   </si>
   <si>
     <t>B0875M31PL</t>
   </si>
   <si>
     <t>B008SFLEPE</t>
   </si>
   <si>
     <t>B07H7Q9PHM</t>
   </si>
   <si>
     <t>B07MYTZT48</t>
   </si>
   <si>
     <t>B000KV7ZGQ</t>
   </si>
   <si>
     <t>B07DXH5NSY</t>
   </si>
   <si>
     <t>B07GLF9D7T</t>
   </si>
   <si>
     <t>VSPEP0419</t>
   </si>
   <si>
-    <t>B00UG238LK</t>
-[...5 lines deleted...]
-    <t>B07J3938JK</t>
+    <t>B088NSRHQF</t>
+  </si>
+  <si>
+    <t>B00C2S06GQ</t>
   </si>
   <si>
     <t>B07RJMK2GV</t>
   </si>
   <si>
     <t>B07VMQ3HNV</t>
   </si>
   <si>
     <t>B07K6G45SW</t>
   </si>
   <si>
     <t>B0855R9NFK</t>
   </si>
   <si>
     <t>B07Z5G1Z5R</t>
   </si>
   <si>
     <t>B07DQK56WL</t>
   </si>
   <si>
     <t>B084Z2RGKB</t>
   </si>
   <si>
     <t>B07D3R8Y8P</t>
   </si>
   <si>
     <t>B0875QCLXB</t>
   </si>
   <si>
-    <t>B088NSRHQF</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPLP1921</t>
   </si>
   <si>
-    <t>B00C2S06GQ</t>
+    <t>B07V1WKRBB</t>
+  </si>
+  <si>
+    <t>AM0236O-30008071-004</t>
+  </si>
+  <si>
+    <t>B08BJ9CQ16</t>
+  </si>
+  <si>
+    <t>B0872Z19Y9</t>
   </si>
   <si>
     <t>B081PRVDJ3</t>
   </si>
   <si>
     <t>B07HML9LWW</t>
   </si>
   <si>
     <t>B01N5XWVYV</t>
   </si>
   <si>
     <t>B078SSWMNY</t>
   </si>
   <si>
     <t>B08644FKP1</t>
   </si>
   <si>
     <t>B0074JUAXM</t>
   </si>
   <si>
+    <t>B07VXRYLZR</t>
+  </si>
+  <si>
     <t>B071JQ6LCC</t>
   </si>
   <si>
-    <t>B07VXRYLZR</t>
-[...1 lines deleted...]
-  <si>
     <t>B007INYC88</t>
   </si>
   <si>
-    <t>B07V1WKRBB</t>
-[...8 lines deleted...]
-    <t>B0872Z19Y9</t>
+    <t>B01MRXAYR5</t>
+  </si>
+  <si>
+    <t>B007TIDLK2</t>
+  </si>
+  <si>
+    <t>B0876MXGY4</t>
+  </si>
+  <si>
+    <t>B00DV6SI3Q</t>
   </si>
   <si>
     <t>B088K1C6KV</t>
   </si>
   <si>
     <t>B000NYPDIC</t>
   </si>
   <si>
     <t>B07F45GGPT</t>
   </si>
   <si>
     <t>B07PRBJTFT</t>
   </si>
   <si>
     <t>B07D9J137D</t>
   </si>
   <si>
     <t>B004KZ8P2Q</t>
   </si>
   <si>
     <t>B008PEKYA4</t>
   </si>
   <si>
-    <t>B01MRXAYR5</t>
-[...8 lines deleted...]
-    <t>B00DV6SI3Q</t>
+    <t>VSPZX0721</t>
+  </si>
+  <si>
+    <t>B07VS3KRMZ</t>
+  </si>
+  <si>
+    <t>B081R4LZYG</t>
   </si>
   <si>
     <t>B07VF3CJZK</t>
   </si>
   <si>
     <t>B079TG94Z6</t>
   </si>
   <si>
     <t>B078H4CKXZ</t>
   </si>
   <si>
     <t>B019NDGDIW</t>
   </si>
   <si>
     <t>B0881TJPR3</t>
   </si>
   <si>
     <t>B07Z6RS35R</t>
   </si>
   <si>
     <t>B07JN9C548</t>
   </si>
   <si>
     <t>B07C2TMYXP</t>
   </si>
   <si>
     <t>B087CVW2BL</t>
   </si>
   <si>
-    <t>B07VS3KRMZ</t>
-[...5 lines deleted...]
-    <t>B081R4LZYG</t>
+    <t>B07BHG4HYM</t>
+  </si>
+  <si>
+    <t>VSPEV1121</t>
+  </si>
+  <si>
+    <t>B000B782NO</t>
   </si>
   <si>
     <t>B089GLR45L</t>
   </si>
   <si>
     <t>B008EP5THW</t>
   </si>
   <si>
     <t>B0186RC8IA</t>
   </si>
   <si>
     <t>B001E08PF2</t>
   </si>
   <si>
     <t>B06X9SCLBQ</t>
   </si>
   <si>
     <t>B00ZCZV0I4</t>
   </si>
   <si>
+    <t>B07V9Q6QXD</t>
+  </si>
+  <si>
     <t>B07MV171SX</t>
   </si>
   <si>
-    <t>B07V9Q6QXD</t>
-[...1 lines deleted...]
-  <si>
     <t>B07C68Y5V1</t>
   </si>
   <si>
-    <t>B07BHG4HYM</t>
-[...5 lines deleted...]
-    <t>B000B782NO</t>
+    <t>B0007LDHXO</t>
+  </si>
+  <si>
+    <t>B00CP8IGP6</t>
+  </si>
+  <si>
+    <t>B07MZPV6BW</t>
+  </si>
+  <si>
+    <t>B07GPDWT9Q</t>
   </si>
   <si>
     <t>B07D7LDY7N</t>
   </si>
   <si>
     <t>B01N8S3VTL</t>
   </si>
   <si>
     <t>B07DG2K25L</t>
   </si>
   <si>
     <t>B07GSWB2DB</t>
   </si>
   <si>
     <t>B01K4L030Q</t>
   </si>
   <si>
     <t>B003LSTDM4</t>
   </si>
   <si>
-    <t>B0007LDHXO</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOQ5119</t>
   </si>
   <si>
-    <t>B00CP8IGP6</t>
-[...5 lines deleted...]
-    <t>B07GPDWT9Q</t>
+    <t>PWDAA0821</t>
+  </si>
+  <si>
+    <t>B076F5SXW4</t>
   </si>
   <si>
     <t>B0875Q5GVQ</t>
   </si>
   <si>
     <t>B084J12LV4</t>
   </si>
   <si>
     <t>B005Q65ZIK</t>
   </si>
   <si>
     <t>B07N4GWDZM</t>
   </si>
   <si>
     <t>B07TYKS8SF</t>
   </si>
   <si>
     <t>B07BT2W87P</t>
   </si>
   <si>
     <t>B07FQW2KQ3</t>
   </si>
   <si>
     <t>B000R4Q6SO</t>
   </si>
   <si>
     <t>B085C313WP</t>
-  </si>
-[...148 lines deleted...]
-    <t>B07C7W91YR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>