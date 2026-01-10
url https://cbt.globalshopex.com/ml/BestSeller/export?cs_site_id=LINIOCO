--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -38,1212 +38,1212 @@
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LINIOCO</t>
   </si>
   <si>
     <t>B088MJHN4W</t>
   </si>
   <si>
     <t>B07YCVQ1KP</t>
   </si>
   <si>
     <t>B089F6DW36</t>
   </si>
   <si>
     <t>B07QVY2VT8</t>
   </si>
   <si>
+    <t>GG0253S-30002345-004</t>
+  </si>
+  <si>
+    <t>B085C37C4W</t>
+  </si>
+  <si>
+    <t>B00D2VB54O</t>
+  </si>
+  <si>
+    <t>B082X6L813</t>
+  </si>
+  <si>
+    <t>B087JK6LLW</t>
+  </si>
+  <si>
+    <t>B00MYL9H8O</t>
+  </si>
+  <si>
+    <t>B085FSYS9R</t>
+  </si>
+  <si>
+    <t>GG0585S-30008134-005</t>
+  </si>
+  <si>
+    <t>B07LC7813V</t>
+  </si>
+  <si>
     <t>B01DM7AEYE</t>
   </si>
   <si>
-    <t>GG0253S-30002345-004</t>
-[...23 lines deleted...]
-    <t>B07LC7813V</t>
+    <t>B089D5STLM</t>
+  </si>
+  <si>
+    <t>B07MJLYS8B</t>
+  </si>
+  <si>
+    <t>B00CPL6IVC</t>
+  </si>
+  <si>
+    <t>B07HDDVXYG</t>
+  </si>
+  <si>
+    <t>B07JFT9Z95</t>
+  </si>
+  <si>
+    <t>PWAAA0721</t>
+  </si>
+  <si>
+    <t>B01AVOS4VG</t>
+  </si>
+  <si>
+    <t>B0757KBM57</t>
+  </si>
+  <si>
+    <t>B07QXV6N1B</t>
+  </si>
+  <si>
+    <t>B06XDFGDCX</t>
+  </si>
+  <si>
+    <t>B07MJ4GYNR</t>
+  </si>
+  <si>
+    <t>B01FLADSW0</t>
+  </si>
+  <si>
+    <t>B07J9TFGLV</t>
+  </si>
+  <si>
+    <t>B07P6HXB5Q</t>
+  </si>
+  <si>
+    <t>B07QDYZM75</t>
+  </si>
+  <si>
+    <t>B082HX5B97</t>
+  </si>
+  <si>
+    <t>B082WV8GMP</t>
+  </si>
+  <si>
+    <t>B00CU2CMOI</t>
+  </si>
+  <si>
+    <t>6cc0175821a18053_FR-SF958S00155</t>
+  </si>
+  <si>
+    <t>B07MZQ95FV</t>
+  </si>
+  <si>
+    <t>B01N7HX87Z</t>
+  </si>
+  <si>
+    <t>B087MZBSX6</t>
+  </si>
+  <si>
+    <t>B07VK99SXT</t>
+  </si>
+  <si>
+    <t>B07VF94SCZ</t>
+  </si>
+  <si>
+    <t>B078YR3MNK</t>
+  </si>
+  <si>
+    <t>B074D63G61</t>
+  </si>
+  <si>
+    <t>B00I542OLG</t>
+  </si>
+  <si>
+    <t>B076FSLQVR</t>
+  </si>
+  <si>
+    <t>B07G8NZ7Y4</t>
+  </si>
+  <si>
+    <t>B07CHK1X27</t>
+  </si>
+  <si>
+    <t>B003CL51SU</t>
+  </si>
+  <si>
+    <t>VSPVU1121</t>
+  </si>
+  <si>
+    <t>B07YSF3X8K</t>
+  </si>
+  <si>
+    <t>B07YHQYX5G</t>
+  </si>
+  <si>
+    <t>B004X6UEH6</t>
+  </si>
+  <si>
+    <t>B076KKK73G</t>
+  </si>
+  <si>
+    <t>B07KHN851J</t>
+  </si>
+  <si>
+    <t>B01NCSRTK7</t>
+  </si>
+  <si>
+    <t>B00280MUXA</t>
+  </si>
+  <si>
+    <t>B07JFF5X41</t>
+  </si>
+  <si>
+    <t>B001J4RETG</t>
+  </si>
+  <si>
+    <t>B006ZN4SP4</t>
+  </si>
+  <si>
+    <t>SFME00721</t>
+  </si>
+  <si>
+    <t>B07QBQZXHK</t>
+  </si>
+  <si>
+    <t>B00L3W2QJ2</t>
+  </si>
+  <si>
+    <t>B075MB19LM</t>
+  </si>
+  <si>
+    <t>B086X399RN</t>
+  </si>
+  <si>
+    <t>B07GNGRLPV</t>
+  </si>
+  <si>
+    <t>B085282C1R</t>
+  </si>
+  <si>
+    <t>B07RGNK89V</t>
+  </si>
+  <si>
+    <t>B00ZZMVC1Y</t>
+  </si>
+  <si>
+    <t>B07GVNXX73</t>
+  </si>
+  <si>
+    <t>B07VMQRNNH</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_CK20520S-020</t>
+  </si>
+  <si>
+    <t>B07N34M8FQ</t>
+  </si>
+  <si>
+    <t>B07GRRP1LM</t>
+  </si>
+  <si>
+    <t>B0869CBNS4</t>
+  </si>
+  <si>
+    <t>B089VWP14R</t>
+  </si>
+  <si>
+    <t>B07ZQ4D3P5</t>
+  </si>
+  <si>
+    <t>B07F9XLYY1</t>
+  </si>
+  <si>
+    <t>B07V34728C</t>
+  </si>
+  <si>
+    <t>B000FBNT9S</t>
+  </si>
+  <si>
+    <t>B087NQN39D</t>
+  </si>
+  <si>
+    <t>VSPHH2821</t>
+  </si>
+  <si>
+    <t>B07YDJ4L9B</t>
+  </si>
+  <si>
+    <t>B07MYYV9K1</t>
+  </si>
+  <si>
+    <t>GG0592S-30008109-001</t>
+  </si>
+  <si>
+    <t>B07MQSDQ18</t>
+  </si>
+  <si>
+    <t>B07Q5WP5C1</t>
+  </si>
+  <si>
+    <t>B003ALG92E</t>
+  </si>
+  <si>
+    <t>B07HKZ4BH6</t>
+  </si>
+  <si>
+    <t>B07DMNDRRB</t>
+  </si>
+  <si>
+    <t>B07HGDWLNM</t>
+  </si>
+  <si>
+    <t>B07FYBWKL8</t>
+  </si>
+  <si>
+    <t>B07GVQ96V2</t>
+  </si>
+  <si>
+    <t>B00IX6A5V2</t>
+  </si>
+  <si>
+    <t>B07V1PDJS3</t>
+  </si>
+  <si>
+    <t>VSPZZ1321</t>
+  </si>
+  <si>
+    <t>B07Q4RMCKT</t>
+  </si>
+  <si>
+    <t>B01C721X7C</t>
+  </si>
+  <si>
+    <t>B01M0E4VF8</t>
+  </si>
+  <si>
+    <t>B000VZQ396</t>
+  </si>
+  <si>
+    <t>B074SZPQ3Y</t>
+  </si>
+  <si>
+    <t>B089ZS8CC6</t>
+  </si>
+  <si>
+    <t>B00JK0BXRA</t>
+  </si>
+  <si>
+    <t>B000E1PXES</t>
+  </si>
+  <si>
+    <t>B00705WPBA</t>
+  </si>
+  <si>
+    <t>B075TZ285T</t>
+  </si>
+  <si>
+    <t>B086QQH5BF</t>
+  </si>
+  <si>
+    <t>VSPOQ9321</t>
+  </si>
+  <si>
+    <t>B01NBKTSZ7</t>
+  </si>
+  <si>
+    <t>B07B3ZKDR7</t>
+  </si>
+  <si>
+    <t>B06WP7F8YC</t>
+  </si>
+  <si>
+    <t>B01MDLW2F3</t>
+  </si>
+  <si>
+    <t>B072PPBBCD</t>
+  </si>
+  <si>
+    <t>B083T83YJQ</t>
+  </si>
+  <si>
+    <t>B07NPS6S41</t>
+  </si>
+  <si>
+    <t>B07MHKYKV5</t>
+  </si>
+  <si>
+    <t>B07YCV46GB</t>
+  </si>
+  <si>
+    <t>VSPBH1118</t>
+  </si>
+  <si>
+    <t>B07Z7B4MXR</t>
+  </si>
+  <si>
+    <t>B082MY8HMD</t>
+  </si>
+  <si>
+    <t>B00V91E3JS</t>
+  </si>
+  <si>
+    <t>VSPGN2519</t>
+  </si>
+  <si>
+    <t>B07WD43MHJ</t>
+  </si>
+  <si>
+    <t>B00SDK3CLS</t>
+  </si>
+  <si>
+    <t>B07ZGCKMD7</t>
+  </si>
+  <si>
+    <t>B01FVS6TGO</t>
+  </si>
+  <si>
+    <t>B07TXBRRGT</t>
+  </si>
+  <si>
+    <t>B07MHZNLWD</t>
+  </si>
+  <si>
+    <t>B07GDVR8VF</t>
+  </si>
+  <si>
+    <t>B073SQPZL7</t>
+  </si>
+  <si>
+    <t>B0731WKTD9</t>
+  </si>
+  <si>
+    <t>B01CB0YJ94</t>
+  </si>
+  <si>
+    <t>VSPLN1421</t>
+  </si>
+  <si>
+    <t>B07GXLBX72</t>
+  </si>
+  <si>
+    <t>B07KWD1HWX</t>
+  </si>
+  <si>
+    <t>B0058NN4C0</t>
+  </si>
+  <si>
+    <t>B07PCNK9PV</t>
+  </si>
+  <si>
+    <t>B00DSD9CLO</t>
+  </si>
+  <si>
+    <t>B07DVX1HQM</t>
+  </si>
+  <si>
+    <t>B0792MJN9Q</t>
+  </si>
+  <si>
+    <t>B00VUVIH9Y</t>
+  </si>
+  <si>
+    <t>B07CN8TJDQ</t>
+  </si>
+  <si>
+    <t>B00L2TD4SS</t>
+  </si>
+  <si>
+    <t>VSPLD1721</t>
+  </si>
+  <si>
+    <t>B0002ARU2E</t>
+  </si>
+  <si>
+    <t>B07PRFVXP7</t>
+  </si>
+  <si>
+    <t>B07YY2NXDM</t>
+  </si>
+  <si>
+    <t>B07KWNMB8Z</t>
+  </si>
+  <si>
+    <t>B07BS4S89H</t>
+  </si>
+  <si>
+    <t>B08571VZ3Q</t>
+  </si>
+  <si>
+    <t>B07GSD86QH</t>
+  </si>
+  <si>
+    <t>B007B7LTE6</t>
+  </si>
+  <si>
+    <t>B07D3PD31P</t>
+  </si>
+  <si>
+    <t>GG0437SA-30006514-003</t>
+  </si>
+  <si>
+    <t>B01G1NKERI</t>
+  </si>
+  <si>
+    <t>B07DW46BG4</t>
+  </si>
+  <si>
+    <t>B0058NN4BG</t>
+  </si>
+  <si>
+    <t>VSP170821</t>
+  </si>
+  <si>
+    <t>B07GDKFH9V</t>
+  </si>
+  <si>
+    <t>B001454DQM</t>
+  </si>
+  <si>
+    <t>B089FB7TZT</t>
+  </si>
+  <si>
+    <t>B07QBQYGGW</t>
+  </si>
+  <si>
+    <t>B075V2MJ9F</t>
+  </si>
+  <si>
+    <t>B07LDRTX4V</t>
+  </si>
+  <si>
+    <t>B08222MCRN</t>
+  </si>
+  <si>
+    <t>B071CX6V2Z</t>
+  </si>
+  <si>
+    <t>B07J334WTW</t>
+  </si>
+  <si>
+    <t>B0892KJ2DY</t>
+  </si>
+  <si>
+    <t>VSPOY7821</t>
+  </si>
+  <si>
+    <t>B07HNX9SSL</t>
+  </si>
+  <si>
+    <t>B073PZLSTL</t>
+  </si>
+  <si>
+    <t>B0002DGL26</t>
+  </si>
+  <si>
+    <t>B07CTNV1R7</t>
+  </si>
+  <si>
+    <t>B07QSVPZ8V</t>
+  </si>
+  <si>
+    <t>B087G7X8XY</t>
+  </si>
+  <si>
+    <t>B07D2DC8LL</t>
+  </si>
+  <si>
+    <t>B0185MMPP2</t>
+  </si>
+  <si>
+    <t>B00AYGZQP4</t>
+  </si>
+  <si>
+    <t>B086WD3R7H</t>
+  </si>
+  <si>
+    <t>GG0279SA-30002398-001</t>
+  </si>
+  <si>
+    <t>B01D1YBCRG</t>
+  </si>
+  <si>
+    <t>B07WBW8YLH</t>
+  </si>
+  <si>
+    <t>B078HG2J9C</t>
+  </si>
+  <si>
+    <t>B00GFRGPKQ</t>
+  </si>
+  <si>
+    <t>B06XVXNLBZ</t>
+  </si>
+  <si>
+    <t>B07MYYMNZZ</t>
+  </si>
+  <si>
+    <t>B06XWVD5NT</t>
+  </si>
+  <si>
+    <t>B002Z7FQ82</t>
+  </si>
+  <si>
+    <t>B086H4L964</t>
+  </si>
+  <si>
+    <t>GG0435SA-30006460-001</t>
+  </si>
+  <si>
+    <t>B07FK7B1BY</t>
+  </si>
+  <si>
+    <t>B0105YP5NW</t>
+  </si>
+  <si>
+    <t>B07ZD1D34R</t>
+  </si>
+  <si>
+    <t>B01M6Y5I5M</t>
+  </si>
+  <si>
+    <t>B003D3OD4K</t>
+  </si>
+  <si>
+    <t>B07PKCZ341</t>
+  </si>
+  <si>
+    <t>B00AZI0FLG</t>
+  </si>
+  <si>
+    <t>B07QK1PMRX</t>
+  </si>
+  <si>
+    <t>B012GTEKYE</t>
+  </si>
+  <si>
+    <t>B0858XTDJ9</t>
+  </si>
+  <si>
+    <t>B07D6LR85D</t>
+  </si>
+  <si>
+    <t>B01LOUV4TA</t>
+  </si>
+  <si>
+    <t>B07F2VXLT2</t>
+  </si>
+  <si>
+    <t>VSPLN0119</t>
+  </si>
+  <si>
+    <t>B0012PXPMW</t>
+  </si>
+  <si>
+    <t>B072QW2X9P</t>
+  </si>
+  <si>
+    <t>B07TSHW85D</t>
+  </si>
+  <si>
+    <t>B07W8SL65G</t>
+  </si>
+  <si>
+    <t>B07DLJQDW3</t>
+  </si>
+  <si>
+    <t>B0856W45VL</t>
+  </si>
+  <si>
+    <t>B07VDD8L7R</t>
+  </si>
+  <si>
+    <t>B011BDY7XA</t>
+  </si>
+  <si>
+    <t>B07N12JK9S</t>
+  </si>
+  <si>
+    <t>B07RC19HNW</t>
+  </si>
+  <si>
+    <t>B07W6MV7HF</t>
+  </si>
+  <si>
+    <t>VSPBH8421</t>
+  </si>
+  <si>
+    <t>B06XY9W2YQ</t>
+  </si>
+  <si>
+    <t>B085DKXCKK</t>
+  </si>
+  <si>
+    <t>B07D7J72XB</t>
+  </si>
+  <si>
+    <t>B07GXW5DHV</t>
+  </si>
+  <si>
+    <t>B07DH8X2TJ</t>
+  </si>
+  <si>
+    <t>B001R84KKU</t>
+  </si>
+  <si>
+    <t>B07R4PJGC6</t>
+  </si>
+  <si>
+    <t>B07R7NGN82</t>
+  </si>
+  <si>
+    <t>VSPBH3321</t>
+  </si>
+  <si>
+    <t>B01AC7SF7K</t>
+  </si>
+  <si>
+    <t>B07DLBPN91</t>
+  </si>
+  <si>
+    <t>B01LZXVN4P</t>
+  </si>
+  <si>
+    <t>B018GBBIMI</t>
+  </si>
+  <si>
+    <t>B07L35Y2WH</t>
+  </si>
+  <si>
+    <t>B06XJ2H9SJ</t>
+  </si>
+  <si>
+    <t>B01NCAXDFH</t>
+  </si>
+  <si>
+    <t>B07FMX3JH1</t>
+  </si>
+  <si>
+    <t>B06XBYL25N</t>
+  </si>
+  <si>
+    <t>B078JLZ3X9</t>
+  </si>
+  <si>
+    <t>B07TTFPLZ3</t>
+  </si>
+  <si>
+    <t>B077B9N97C</t>
+  </si>
+  <si>
+    <t>B083FB3FZ4</t>
+  </si>
+  <si>
+    <t>VSPCG2721</t>
+  </si>
+  <si>
+    <t>B07D1B86ZT</t>
+  </si>
+  <si>
+    <t>B07HJWCLWM</t>
+  </si>
+  <si>
+    <t>B086LBZTTM</t>
+  </si>
+  <si>
+    <t>B086CB5HLM</t>
+  </si>
+  <si>
+    <t>B07HDKYCWY</t>
+  </si>
+  <si>
+    <t>B07LBPLPM5</t>
+  </si>
+  <si>
+    <t>B00SK5RUQY</t>
+  </si>
+  <si>
+    <t>B07GN9G954</t>
+  </si>
+  <si>
+    <t>B083JKJ1VJ</t>
+  </si>
+  <si>
+    <t>B00AK0M74M</t>
+  </si>
+  <si>
+    <t>B06XG2QYX9</t>
+  </si>
+  <si>
+    <t>MQ0288SA-30009231-004</t>
+  </si>
+  <si>
+    <t>B01N9C9AT6</t>
+  </si>
+  <si>
+    <t>B0885W6YDY</t>
+  </si>
+  <si>
+    <t>B00IRJ7NL0</t>
+  </si>
+  <si>
+    <t>B07YHMTVPR</t>
+  </si>
+  <si>
+    <t>B07H7Q9PHM</t>
+  </si>
+  <si>
+    <t>B07MYTZT48</t>
+  </si>
+  <si>
+    <t>B000KV7ZGQ</t>
+  </si>
+  <si>
+    <t>B07DXH5NSY</t>
+  </si>
+  <si>
+    <t>B07GLF9D7T</t>
+  </si>
+  <si>
+    <t>VSPEP0419</t>
+  </si>
+  <si>
+    <t>B00UG238LK</t>
+  </si>
+  <si>
+    <t>B07HP1W7B2</t>
+  </si>
+  <si>
+    <t>B07J3938JK</t>
+  </si>
+  <si>
+    <t>B0875M31PL</t>
+  </si>
+  <si>
+    <t>B008SFLEPE</t>
+  </si>
+  <si>
+    <t>B0855R9NFK</t>
+  </si>
+  <si>
+    <t>B07Z5G1Z5R</t>
+  </si>
+  <si>
+    <t>B07DQK56WL</t>
+  </si>
+  <si>
+    <t>B084Z2RGKB</t>
+  </si>
+  <si>
+    <t>B07D3R8Y8P</t>
+  </si>
+  <si>
+    <t>B0875QCLXB</t>
+  </si>
+  <si>
+    <t>B088NSRHQF</t>
+  </si>
+  <si>
+    <t>VSPLP1921</t>
+  </si>
+  <si>
+    <t>B00C2S06GQ</t>
+  </si>
+  <si>
+    <t>B07RJMK2GV</t>
+  </si>
+  <si>
+    <t>B07VMQ3HNV</t>
+  </si>
+  <si>
+    <t>B07K6G45SW</t>
+  </si>
+  <si>
+    <t>B078SSWMNY</t>
+  </si>
+  <si>
+    <t>B08644FKP1</t>
+  </si>
+  <si>
+    <t>B0074JUAXM</t>
+  </si>
+  <si>
+    <t>B071JQ6LCC</t>
+  </si>
+  <si>
+    <t>B07VXRYLZR</t>
+  </si>
+  <si>
+    <t>B007INYC88</t>
+  </si>
+  <si>
+    <t>B07V1WKRBB</t>
+  </si>
+  <si>
+    <t>B08BJ9CQ16</t>
+  </si>
+  <si>
+    <t>AM0236O-30008071-004</t>
+  </si>
+  <si>
+    <t>B0872Z19Y9</t>
+  </si>
+  <si>
+    <t>B081PRVDJ3</t>
+  </si>
+  <si>
+    <t>B07HML9LWW</t>
+  </si>
+  <si>
+    <t>B01N5XWVYV</t>
+  </si>
+  <si>
+    <t>B07F45GGPT</t>
+  </si>
+  <si>
+    <t>B07PRBJTFT</t>
+  </si>
+  <si>
+    <t>B07D9J137D</t>
+  </si>
+  <si>
+    <t>B004KZ8P2Q</t>
+  </si>
+  <si>
+    <t>B008PEKYA4</t>
+  </si>
+  <si>
+    <t>B01MRXAYR5</t>
+  </si>
+  <si>
+    <t>B007TIDLK2</t>
+  </si>
+  <si>
+    <t>B0876MXGY4</t>
+  </si>
+  <si>
+    <t>B00DV6SI3Q</t>
+  </si>
+  <si>
+    <t>B088K1C6KV</t>
+  </si>
+  <si>
+    <t>B000NYPDIC</t>
+  </si>
+  <si>
+    <t>B019NDGDIW</t>
+  </si>
+  <si>
+    <t>B0881TJPR3</t>
+  </si>
+  <si>
+    <t>B07Z6RS35R</t>
+  </si>
+  <si>
+    <t>B07JN9C548</t>
+  </si>
+  <si>
+    <t>B07C2TMYXP</t>
+  </si>
+  <si>
+    <t>B087CVW2BL</t>
+  </si>
+  <si>
+    <t>B07VS3KRMZ</t>
+  </si>
+  <si>
+    <t>VSPZX0721</t>
+  </si>
+  <si>
+    <t>B081R4LZYG</t>
+  </si>
+  <si>
+    <t>B07VF3CJZK</t>
+  </si>
+  <si>
+    <t>B079TG94Z6</t>
+  </si>
+  <si>
+    <t>B078H4CKXZ</t>
+  </si>
+  <si>
+    <t>B001E08PF2</t>
+  </si>
+  <si>
+    <t>B06X9SCLBQ</t>
+  </si>
+  <si>
+    <t>B00ZCZV0I4</t>
+  </si>
+  <si>
+    <t>B07MV171SX</t>
+  </si>
+  <si>
+    <t>B07V9Q6QXD</t>
+  </si>
+  <si>
+    <t>B07C68Y5V1</t>
+  </si>
+  <si>
+    <t>B07BHG4HYM</t>
+  </si>
+  <si>
+    <t>VSPEV1121</t>
+  </si>
+  <si>
+    <t>B000B782NO</t>
+  </si>
+  <si>
+    <t>B089GLR45L</t>
+  </si>
+  <si>
+    <t>B008EP5THW</t>
+  </si>
+  <si>
+    <t>B0186RC8IA</t>
+  </si>
+  <si>
+    <t>B07DG2K25L</t>
+  </si>
+  <si>
+    <t>B07GSWB2DB</t>
+  </si>
+  <si>
+    <t>B01K4L030Q</t>
+  </si>
+  <si>
+    <t>B003LSTDM4</t>
+  </si>
+  <si>
+    <t>B0007LDHXO</t>
+  </si>
+  <si>
+    <t>VSPOQ5119</t>
+  </si>
+  <si>
+    <t>B00CP8IGP6</t>
+  </si>
+  <si>
+    <t>B07MZPV6BW</t>
+  </si>
+  <si>
+    <t>B07GPDWT9Q</t>
+  </si>
+  <si>
+    <t>B07D7LDY7N</t>
+  </si>
+  <si>
+    <t>B01N8S3VTL</t>
+  </si>
+  <si>
+    <t>B07N4GWDZM</t>
+  </si>
+  <si>
+    <t>B07TYKS8SF</t>
+  </si>
+  <si>
+    <t>B07BT2W87P</t>
+  </si>
+  <si>
+    <t>B07FQW2KQ3</t>
+  </si>
+  <si>
+    <t>B000R4Q6SO</t>
+  </si>
+  <si>
+    <t>B085C313WP</t>
+  </si>
+  <si>
+    <t>PWDAA0821</t>
+  </si>
+  <si>
+    <t>B076F5SXW4</t>
+  </si>
+  <si>
+    <t>B0875Q5GVQ</t>
+  </si>
+  <si>
+    <t>B084J12LV4</t>
+  </si>
+  <si>
+    <t>B005Q65ZIK</t>
+  </si>
+  <si>
+    <t>B07Q38D2K7</t>
+  </si>
+  <si>
+    <t>B077HKNSX1</t>
+  </si>
+  <si>
+    <t>B07PX4FTNF</t>
+  </si>
+  <si>
+    <t>B083MDR6J3</t>
+  </si>
+  <si>
+    <t>GG0259S-30002888-003</t>
   </si>
   <si>
     <t>B0023T8WME</t>
   </si>
   <si>
     <t>B07GNY8WDG</t>
   </si>
   <si>
+    <t>B077Y88DRH</t>
+  </si>
+  <si>
     <t>VSPVV1121</t>
   </si>
   <si>
-    <t>B077Y88DRH</t>
-[...1 lines deleted...]
-  <si>
     <t>B07ZWJXPKN</t>
   </si>
   <si>
     <t>B0899GLP7R</t>
   </si>
   <si>
     <t>B016ZCGN98</t>
   </si>
   <si>
     <t>B01CBFY0UC</t>
   </si>
   <si>
-    <t>B07Q38D2K7</t>
-[...11 lines deleted...]
-    <t>B083MDR6J3</t>
+    <t>B081LT4QG5</t>
+  </si>
+  <si>
+    <t>B01M0GTZDN</t>
+  </si>
+  <si>
+    <t>B0002I0RTY</t>
+  </si>
+  <si>
+    <t>B0797R4RJZ</t>
+  </si>
+  <si>
+    <t>B006R0DJOG</t>
   </si>
   <si>
     <t>B0816QQCPD</t>
   </si>
   <si>
+    <t>VSPLK1019</t>
+  </si>
+  <si>
     <t>B07HMM2NKS</t>
   </si>
   <si>
     <t>B085HFMT8K</t>
   </si>
   <si>
     <t>B084TMYJHS</t>
   </si>
   <si>
     <t>B085HZLWGC</t>
   </si>
   <si>
     <t>B07PB1JBGM</t>
   </si>
   <si>
-    <t>B081LT4QG5</t>
-[...14 lines deleted...]
-    <t>VSPLK1019</t>
+    <t>B07P17N45H</t>
+  </si>
+  <si>
+    <t>B000TKLTS8</t>
+  </si>
+  <si>
+    <t>B074Z6GG6W</t>
+  </si>
+  <si>
+    <t>B07W135GSV</t>
+  </si>
+  <si>
+    <t>B0761YBF12</t>
+  </si>
+  <si>
+    <t>B00OJ5YK3A</t>
+  </si>
+  <si>
+    <t>B07VDB67TC</t>
   </si>
   <si>
     <t>VSPZS0321</t>
   </si>
   <si>
-    <t>B07VDB67TC</t>
-[...1 lines deleted...]
-  <si>
     <t>B00A2A2V6O</t>
   </si>
   <si>
     <t>B07D75NYHS</t>
   </si>
   <si>
     <t>B085PGXCFV</t>
   </si>
   <si>
     <t>B07LCLBC38</t>
   </si>
   <si>
-    <t>B07P17N45H</t>
-[...14 lines deleted...]
-    <t>B00OJ5YK3A</t>
+    <t>B07Z841XYD</t>
+  </si>
+  <si>
+    <t>B071L13WQM</t>
+  </si>
+  <si>
+    <t>B075Y87RBX</t>
+  </si>
+  <si>
+    <t>AM0221SK-30008230-003</t>
   </si>
   <si>
     <t>B000Q782DY</t>
   </si>
   <si>
     <t>B071D9TWSG</t>
   </si>
   <si>
     <t>VSPZZ0121</t>
   </si>
   <si>
     <t>B07C7W91YR</t>
   </si>
   <si>
     <t>B0836RKGMH</t>
   </si>
   <si>
     <t>B00HNTQZDC</t>
   </si>
   <si>
     <t>B075WG6Q2S</t>
-  </si>
-[...1000 lines deleted...]
-    <t>B085C313WP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>