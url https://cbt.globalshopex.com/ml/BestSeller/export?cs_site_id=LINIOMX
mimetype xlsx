--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -32,480 +32,480 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LINIOMX</t>
   </si>
   <si>
     <t>B07CMFD9W7</t>
   </si>
   <si>
     <t>BB0122S-30009742-004</t>
   </si>
   <si>
+    <t>SL405-30009578-002</t>
+  </si>
+  <si>
+    <t>B0043EI0HE</t>
+  </si>
+  <si>
+    <t>B07RC8HPHL</t>
+  </si>
+  <si>
+    <t>VSPHK0920</t>
+  </si>
+  <si>
+    <t>B07DBKPKSD</t>
+  </si>
+  <si>
+    <t>VSPVT1621</t>
+  </si>
+  <si>
     <t>VSPZZ0421</t>
   </si>
   <si>
     <t>B01K2UP6JW</t>
   </si>
   <si>
     <t>PWAAA1021</t>
   </si>
   <si>
-    <t>SL405-30009578-002</t>
-[...14 lines deleted...]
-    <t>VSPVT1621</t>
+    <t>B07X1MXTVZ</t>
+  </si>
+  <si>
+    <t>B076FV2J2P</t>
+  </si>
+  <si>
+    <t>B00LLL3XGK</t>
+  </si>
+  <si>
+    <t>B07JVLY929</t>
+  </si>
+  <si>
+    <t>GG0264O-30002357-004</t>
+  </si>
+  <si>
+    <t>B07V67T4J2</t>
+  </si>
+  <si>
+    <t>B07HHKR88B</t>
+  </si>
+  <si>
+    <t>VSPOY9121</t>
+  </si>
+  <si>
+    <t>B07T15K255</t>
+  </si>
+  <si>
+    <t>B07N49L69M</t>
+  </si>
+  <si>
+    <t>B07MBCS4PK</t>
+  </si>
+  <si>
+    <t>B0126SXHCQ</t>
+  </si>
+  <si>
+    <t>VSP1S2521</t>
+  </si>
+  <si>
+    <t>B07NSRFCQP</t>
+  </si>
+  <si>
+    <t>B07GPDWT9Q</t>
+  </si>
+  <si>
+    <t>B088LL817H</t>
+  </si>
+  <si>
+    <t>GG0432S-30006312-001</t>
+  </si>
+  <si>
+    <t>B08DCG15Z7</t>
+  </si>
+  <si>
+    <t>B07YZ5DGRW</t>
+  </si>
+  <si>
+    <t>GG0467S-30006413-005</t>
+  </si>
+  <si>
+    <t>B00001NTXN</t>
+  </si>
+  <si>
+    <t>B077Y87WR9</t>
+  </si>
+  <si>
+    <t>B088NPMVBS</t>
+  </si>
+  <si>
+    <t>B0817C6K9W</t>
+  </si>
+  <si>
+    <t>6cc0175821a18053_Z-X3RRM</t>
+  </si>
+  <si>
+    <t>B07B3ZKDR7</t>
+  </si>
+  <si>
+    <t>B00RE1T7ES</t>
+  </si>
+  <si>
+    <t>B07RRCKRLM</t>
+  </si>
+  <si>
+    <t>RB3548N-91314C</t>
+  </si>
+  <si>
+    <t>B07RF1XD36</t>
+  </si>
+  <si>
+    <t>MB0125O-30009112-006</t>
+  </si>
+  <si>
+    <t>B085C37C4W</t>
+  </si>
+  <si>
+    <t>B07PLZPQVM</t>
+  </si>
+  <si>
+    <t>GG0467S-30006413-002</t>
+  </si>
+  <si>
+    <t>B07MC3DC4K</t>
+  </si>
+  <si>
+    <t>B07RXXJ8YD</t>
+  </si>
+  <si>
+    <t>B08CJCTG6Z</t>
+  </si>
+  <si>
+    <t>B01DM7AKOI</t>
+  </si>
+  <si>
+    <t>VSP1F2521</t>
+  </si>
+  <si>
+    <t>B07C9J1V6D</t>
+  </si>
+  <si>
+    <t>B07JW9XTCG</t>
+  </si>
+  <si>
+    <t>B077Y63FH1</t>
+  </si>
+  <si>
+    <t>VSPCD1G21</t>
+  </si>
+  <si>
+    <t>VSPQ15021</t>
+  </si>
+  <si>
+    <t>B07DHK41DK</t>
+  </si>
+  <si>
+    <t>B07T48N1XG</t>
+  </si>
+  <si>
+    <t>PWCAA0621</t>
+  </si>
+  <si>
+    <t>B077TKH9VS</t>
+  </si>
+  <si>
+    <t>B07715L6CH</t>
+  </si>
+  <si>
+    <t>B07PH8LBP6</t>
+  </si>
+  <si>
+    <t>B0817CJHK3</t>
+  </si>
+  <si>
+    <t>VSPOQ2L21</t>
+  </si>
+  <si>
+    <t>B07X31JMTZ</t>
+  </si>
+  <si>
+    <t>B0833Z38FR</t>
+  </si>
+  <si>
+    <t>B08BNBZYZV</t>
+  </si>
+  <si>
+    <t>VSPHH2621</t>
+  </si>
+  <si>
+    <t>B07G3KRVWP</t>
+  </si>
+  <si>
+    <t>B07JZ6SPH6</t>
+  </si>
+  <si>
+    <t>B07YRHZ2W1</t>
+  </si>
+  <si>
+    <t>GG0105S-30001550-002</t>
+  </si>
+  <si>
+    <t>B00ZC9JK4Q</t>
+  </si>
+  <si>
+    <t>B072XDJ1FG</t>
+  </si>
+  <si>
+    <t>NT047DEL98</t>
+  </si>
+  <si>
+    <t>B07L6DKM8V</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_MB0044O-30006922-002</t>
+  </si>
+  <si>
+    <t>B076FSLQVR</t>
+  </si>
+  <si>
+    <t>B085PM3PTZ</t>
+  </si>
+  <si>
+    <t>B07G61YN8K</t>
+  </si>
+  <si>
+    <t>B07ZJMFCDY</t>
+  </si>
+  <si>
+    <t>B07QQFP6MX</t>
+  </si>
+  <si>
+    <t>B07XKYQ262</t>
+  </si>
+  <si>
+    <t>VSPOY2318</t>
+  </si>
+  <si>
+    <t>B078KCBP1Q</t>
+  </si>
+  <si>
+    <t>B07B4JXF6D</t>
+  </si>
+  <si>
+    <t>B088RC3766</t>
+  </si>
+  <si>
+    <t>B0886GSQZB</t>
+  </si>
+  <si>
+    <t>B07SLFZ13Y</t>
+  </si>
+  <si>
+    <t>B079HWHMN1</t>
+  </si>
+  <si>
+    <t>GG0253S-30002345-001</t>
+  </si>
+  <si>
+    <t>B003LSTDM4</t>
+  </si>
+  <si>
+    <t>B07VMQLT2H</t>
+  </si>
+  <si>
+    <t>B01CZ1FRRW</t>
+  </si>
+  <si>
+    <t>VSPOY6821</t>
+  </si>
+  <si>
+    <t>B073VNVXB6</t>
+  </si>
+  <si>
+    <t>B0868LMRHZ</t>
+  </si>
+  <si>
+    <t>B089RGDQBB</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5374900</t>
   </si>
   <si>
     <t>B072MZG88R</t>
   </si>
   <si>
-    <t>B0868LMRHZ</t>
-[...5 lines deleted...]
-    <t>703c46cb779c42de_5374900</t>
+    <t>B07ZKPG8ZS</t>
+  </si>
+  <si>
+    <t>B01B55V40S</t>
+  </si>
+  <si>
+    <t>VSPBH1C21</t>
   </si>
   <si>
     <t>B06XHHJK12</t>
   </si>
   <si>
-    <t>B07ZKPG8ZS</t>
-[...5 lines deleted...]
-    <t>VSPBH1C21</t>
+    <t>B07G8TDKDH</t>
+  </si>
+  <si>
+    <t>B00CUU90FY</t>
+  </si>
+  <si>
+    <t>150049352X</t>
+  </si>
+  <si>
+    <t>VSPOY7021</t>
   </si>
   <si>
     <t>B078HKPGLJ</t>
   </si>
   <si>
-    <t>B07G8TDKDH</t>
-[...8 lines deleted...]
-    <t>VSPOY7021</t>
+    <t>B07KW1TNSM</t>
+  </si>
+  <si>
+    <t>B07CZDXDG8</t>
+  </si>
+  <si>
+    <t>B07TS1966J</t>
+  </si>
+  <si>
+    <t>VSPCD1B21</t>
   </si>
   <si>
     <t>B07FXP4G8V</t>
   </si>
   <si>
-    <t>B07KW1TNSM</t>
-[...8 lines deleted...]
-    <t>VSPCD1B21</t>
+    <t>B08DCMLWSY</t>
+  </si>
+  <si>
+    <t>B07QTXX694</t>
   </si>
   <si>
     <t>B06Y4DC596</t>
   </si>
   <si>
-    <t>B08DCMLWSY</t>
-[...2 lines deleted...]
-    <t>B07QTXX694</t>
+    <t>B07J1SY5QQ</t>
+  </si>
+  <si>
+    <t>B088K49SWC</t>
+  </si>
+  <si>
+    <t>B07BB641C4</t>
+  </si>
+  <si>
+    <t>SF1Y01121</t>
   </si>
   <si>
     <t>B07T5DY4Z9</t>
   </si>
   <si>
-    <t>B07J1SY5QQ</t>
-[...10 lines deleted...]
-  <si>
     <t>B07RFRYYHH</t>
   </si>
   <si>
     <t>B07YWBTF43</t>
   </si>
   <si>
     <t>B006VH4912</t>
   </si>
   <si>
     <t>B086TQT1XS</t>
   </si>
   <si>
+    <t>B087L6L2YW</t>
+  </si>
+  <si>
+    <t>B08738D32F</t>
+  </si>
+  <si>
+    <t>SFHY01722</t>
+  </si>
+  <si>
     <t>B07VN75JFC</t>
   </si>
   <si>
-    <t>B087L6L2YW</t>
-[...5 lines deleted...]
-    <t>SFHY01722</t>
+    <t>B071HTWJ7G</t>
+  </si>
+  <si>
+    <t>B075WNRQ93</t>
+  </si>
+  <si>
+    <t>B082TWSSTM</t>
+  </si>
+  <si>
+    <t>VSPOY7521</t>
   </si>
   <si>
     <t>B07H2549QS</t>
   </si>
   <si>
-    <t>B071HTWJ7G</t>
-[...10 lines deleted...]
-  <si>
     <t>B07KSFX438</t>
   </si>
   <si>
     <t>B07F6FS5H7</t>
   </si>
   <si>
     <t>B00B8WWUWU</t>
   </si>
   <si>
     <t>B07VMLBVFM</t>
   </si>
   <si>
     <t>73VA4BX3-ZS413-899</t>
   </si>
   <si>
+    <t>B07SL3595M</t>
+  </si>
+  <si>
+    <t>B004EYNC0I</t>
+  </si>
+  <si>
+    <t>VSP391120</t>
+  </si>
+  <si>
     <t>B07FY37SN3</t>
   </si>
   <si>
-    <t>B07SL3595M</t>
-[...5 lines deleted...]
-    <t>VSP391120</t>
+    <t>B07QPCSYP7</t>
+  </si>
+  <si>
+    <t>B07WP38HHD</t>
   </si>
   <si>
     <t>B08B4R4JMY</t>
-  </si>
-[...256 lines deleted...]
-    <t>VSPOY6821</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1854,624 +1854,624 @@
       <c r="A93" t="s">
         <v>3</v>
       </c>
       <c r="B93" t="s">
         <v>95</v>
       </c>
       <c r="C93">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>3</v>
       </c>
       <c r="B94" t="s">
         <v>96</v>
       </c>
       <c r="C94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>3</v>
       </c>
-      <c r="B95" t="s">
-        <v>97</v>
+      <c r="B95">
+        <v>1686238606</v>
       </c>
       <c r="C95">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>3</v>
       </c>
       <c r="B96" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C96">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>3</v>
       </c>
       <c r="B97" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C97">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>3</v>
       </c>
       <c r="B98" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C98">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>3</v>
       </c>
       <c r="B99" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C99">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>3</v>
       </c>
       <c r="B100" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C100">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>3</v>
       </c>
       <c r="B101" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C101">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>3</v>
       </c>
       <c r="B102" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C102">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>3</v>
       </c>
       <c r="B103" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C103">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>3</v>
       </c>
       <c r="B104" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>3</v>
       </c>
       <c r="B105" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C105">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>3</v>
       </c>
       <c r="B106" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C106">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>3</v>
       </c>
       <c r="B107" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>3</v>
       </c>
       <c r="B108" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C108">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>3</v>
       </c>
       <c r="B109" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C109">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>3</v>
       </c>
       <c r="B110" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C110">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>3</v>
       </c>
       <c r="B111" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C111">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>3</v>
       </c>
       <c r="B112" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C112">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>3</v>
       </c>
       <c r="B113" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C113">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>3</v>
       </c>
       <c r="B114" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C114">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>3</v>
       </c>
       <c r="B115" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C115">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>3</v>
       </c>
       <c r="B116" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C116">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>3</v>
       </c>
       <c r="B117" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C117">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>3</v>
       </c>
       <c r="B118" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C118">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>3</v>
       </c>
       <c r="B119" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C119">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>3</v>
       </c>
       <c r="B120" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C120">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>3</v>
       </c>
       <c r="B121" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C121">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>3</v>
       </c>
       <c r="B122" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C122">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>3</v>
       </c>
       <c r="B123" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C123">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>3</v>
       </c>
       <c r="B124" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>3</v>
       </c>
       <c r="B125" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C125">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>3</v>
       </c>
       <c r="B126" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C126">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>3</v>
       </c>
       <c r="B127" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C127">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>3</v>
       </c>
       <c r="B128" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C128">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
       <c r="B129" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C129">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
       <c r="B130" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C130">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C131">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
       <c r="B132" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C132">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
       <c r="B133" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C133">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C134">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
       <c r="B135" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C135">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
       <c r="B136" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C136">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
       <c r="B137" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C137">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>3</v>
       </c>
       <c r="B138" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C138">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>3</v>
       </c>
       <c r="B139" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C139">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>3</v>
       </c>
       <c r="B140" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C140">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>3</v>
       </c>
       <c r="B141" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C141">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>3</v>
       </c>
       <c r="B142" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C142">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>3</v>
       </c>
       <c r="B143" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C143">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>3</v>
       </c>
       <c r="B144" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C144">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>3</v>
       </c>
       <c r="B145" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C145">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>3</v>
       </c>
       <c r="B146" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C146">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>3</v>
       </c>
-      <c r="B147">
-        <v>1686238606</v>
+      <c r="B147" t="s">
+        <v>148</v>
       </c>
       <c r="C147">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>3</v>
       </c>
       <c r="B148" t="s">
         <v>149</v>
       </c>
       <c r="C148">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>