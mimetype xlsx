--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -98,1512 +98,1512 @@
   <si>
     <t>VSPBH3321</t>
   </si>
   <si>
     <t>BB0024SA-30007767-001</t>
   </si>
   <si>
     <t>VSP216721</t>
   </si>
   <si>
     <t>VSPZS0321</t>
   </si>
   <si>
     <t>VSPHJ1821</t>
   </si>
   <si>
     <t>VSP1R2521</t>
   </si>
   <si>
     <t>B07YCV46GB</t>
   </si>
   <si>
     <t>VSPHH3021</t>
   </si>
   <si>
+    <t>B07DPMXZZ7</t>
+  </si>
+  <si>
     <t>B07VW6ZY2H</t>
   </si>
   <si>
-    <t>B07DPMXZZ7</t>
+    <t>BB0135SA-30009996-004</t>
+  </si>
+  <si>
+    <t>B00347A984</t>
+  </si>
+  <si>
+    <t>73VA4BI3-ZS452-899</t>
+  </si>
+  <si>
+    <t>VSPQ15521</t>
+  </si>
+  <si>
+    <t>B07W6PMWL2</t>
+  </si>
+  <si>
+    <t>VSPHI6421</t>
+  </si>
+  <si>
+    <t>SOQ050015</t>
+  </si>
+  <si>
+    <t>B07MBQC3XZ</t>
+  </si>
+  <si>
+    <t>B073Q15NR2</t>
+  </si>
+  <si>
+    <t>VSPOS5821</t>
+  </si>
+  <si>
+    <t>VSP332621</t>
+  </si>
+  <si>
+    <t>GG0008S-30000955-003</t>
+  </si>
+  <si>
+    <t>VSPLI2521</t>
   </si>
   <si>
     <t>VSPLD1221</t>
   </si>
   <si>
     <t>VSPBH1L21</t>
   </si>
   <si>
     <t>B07LFWPRG5</t>
   </si>
   <si>
-    <t>BB0135SA-30009996-004</t>
-[...35 lines deleted...]
-    <t>VSPLI2521</t>
+    <t>VSPLL0319</t>
+  </si>
+  <si>
+    <t>VSPCD1G21</t>
+  </si>
+  <si>
+    <t>B07978J597</t>
+  </si>
+  <si>
+    <t>VSPOS5321</t>
+  </si>
+  <si>
+    <t>B0814XV9X6</t>
+  </si>
+  <si>
+    <t>VSPOQ1M21</t>
+  </si>
+  <si>
+    <t>VSPGN2619</t>
+  </si>
+  <si>
+    <t>B07VFZ72XC</t>
+  </si>
+  <si>
+    <t>VSPZZ0621</t>
+  </si>
+  <si>
+    <t>B07SY7XTK9</t>
+  </si>
+  <si>
+    <t>VSPLN1321</t>
+  </si>
+  <si>
+    <t>VSPHJ1021</t>
+  </si>
+  <si>
+    <t>VSPLP1121</t>
+  </si>
+  <si>
+    <t>B083LVV45M</t>
+  </si>
+  <si>
+    <t>VSPOS5621</t>
+  </si>
+  <si>
+    <t>VSPZS0521</t>
+  </si>
+  <si>
+    <t>VSPOY6321</t>
+  </si>
+  <si>
+    <t>SOQ090016</t>
+  </si>
+  <si>
+    <t>VSPHI4821</t>
+  </si>
+  <si>
+    <t>VSPOY9721</t>
+  </si>
+  <si>
+    <t>BB0122S-30009742-004</t>
+  </si>
+  <si>
+    <t>VSPOS6721</t>
+  </si>
+  <si>
+    <t>VSPVO2921</t>
+  </si>
+  <si>
+    <t>VSP492421</t>
+  </si>
+  <si>
+    <t>VSPBH1B21</t>
+  </si>
+  <si>
+    <t>VSP1R1521</t>
+  </si>
+  <si>
+    <t>73VA4BA6-ZS409-522</t>
+  </si>
+  <si>
+    <t>VSPOS6021</t>
+  </si>
+  <si>
+    <t>B095RSWM66</t>
+  </si>
+  <si>
+    <t>VSPHK0920</t>
+  </si>
+  <si>
+    <t>VSPLI2321</t>
   </si>
   <si>
     <t>VSP1O1221</t>
   </si>
   <si>
-    <t>VSPLI2321</t>
-[...89 lines deleted...]
-    <t>VSPHK0920</t>
+    <t>VSPCD1A21</t>
+  </si>
+  <si>
+    <t>B07V38ZJ4Y</t>
+  </si>
+  <si>
+    <t>VSPOY5321</t>
+  </si>
+  <si>
+    <t>VSP1R2121</t>
+  </si>
+  <si>
+    <t>B01MEGSIKB</t>
+  </si>
+  <si>
+    <t>VSPZU0621</t>
+  </si>
+  <si>
+    <t>B07HMKMY2Q</t>
+  </si>
+  <si>
+    <t>VSPZX0721</t>
+  </si>
+  <si>
+    <t>73VA4BF2-ZS444-948</t>
+  </si>
+  <si>
+    <t>VSPLI2121</t>
+  </si>
+  <si>
+    <t>VSPBH8421</t>
+  </si>
+  <si>
+    <t>VSPLM3021</t>
+  </si>
+  <si>
+    <t>B07D5GHLCB</t>
+  </si>
+  <si>
+    <t>VSP647021</t>
+  </si>
+  <si>
+    <t>VSPOY0318</t>
+  </si>
+  <si>
+    <t>B07MFZY2F2</t>
+  </si>
+  <si>
+    <t>VSPVU1621</t>
+  </si>
+  <si>
+    <t>VSPOY7421</t>
+  </si>
+  <si>
+    <t>NT017HPQ42</t>
+  </si>
+  <si>
+    <t>VSPOY6921</t>
+  </si>
+  <si>
+    <t>B07ZKPG8ZS</t>
+  </si>
+  <si>
+    <t>VSPHJ1221</t>
+  </si>
+  <si>
+    <t>PWGAA0321</t>
+  </si>
+  <si>
+    <t>B074WNL69B</t>
+  </si>
+  <si>
+    <t>VSPQ14721</t>
+  </si>
+  <si>
+    <t>VSPZT1521</t>
+  </si>
+  <si>
+    <t>VSP1F2721</t>
+  </si>
+  <si>
+    <t>B07GDBPBTR</t>
+  </si>
+  <si>
+    <t>B0823TFPG3</t>
+  </si>
+  <si>
+    <t>B01N6L5HS1</t>
+  </si>
+  <si>
+    <t>B01NATNH8N</t>
+  </si>
+  <si>
+    <t>VSPLI2921</t>
+  </si>
+  <si>
+    <t>VSPZZ0521</t>
+  </si>
+  <si>
+    <t>B07VSNXJZV</t>
+  </si>
+  <si>
+    <t>B017ZUO2D8</t>
+  </si>
+  <si>
+    <t>B0831S658S</t>
+  </si>
+  <si>
+    <t>VSPHI0120</t>
+  </si>
+  <si>
+    <t>B07PRFVXP7</t>
+  </si>
+  <si>
+    <t>GG0595S-30008116-007</t>
+  </si>
+  <si>
+    <t>B00DV6SI3Q</t>
+  </si>
+  <si>
+    <t>VSP332821</t>
+  </si>
+  <si>
+    <t>B07ZSX2DQL</t>
+  </si>
+  <si>
+    <t>B083FDG26F</t>
+  </si>
+  <si>
+    <t>VSPBH1A21</t>
+  </si>
+  <si>
+    <t>VSPCA2419</t>
+  </si>
+  <si>
+    <t>VSP1L1321</t>
+  </si>
+  <si>
+    <t>VSPOY2118</t>
+  </si>
+  <si>
+    <t>B07TXNP8JH</t>
+  </si>
+  <si>
+    <t>VSP764821</t>
+  </si>
+  <si>
+    <t>VSPEV1521</t>
+  </si>
+  <si>
+    <t>B01N4ON9FJ</t>
+  </si>
+  <si>
+    <t>VSPZZ1721</t>
+  </si>
+  <si>
+    <t>VSPBH1K21</t>
+  </si>
+  <si>
+    <t>B071SJ7JN9</t>
+  </si>
+  <si>
+    <t>B07R5216ML</t>
+  </si>
+  <si>
+    <t>B07RCJCHZF</t>
+  </si>
+  <si>
+    <t>VSPOY8921</t>
+  </si>
+  <si>
+    <t>VSPHI3121</t>
+  </si>
+  <si>
+    <t>B073V41W5X</t>
+  </si>
+  <si>
+    <t>VSPBH8921</t>
+  </si>
+  <si>
+    <t>B073BLY786</t>
+  </si>
+  <si>
+    <t>VSP171021</t>
+  </si>
+  <si>
+    <t>VSPCG2821</t>
+  </si>
+  <si>
+    <t>VSPEV1821</t>
+  </si>
+  <si>
+    <t>B01KSWC64W</t>
   </si>
   <si>
     <t>BB0024SA-30007767-006</t>
   </si>
   <si>
-    <t>B01KSWC64W</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPCG2521</t>
   </si>
   <si>
     <t>VSPOY7021</t>
   </si>
   <si>
-    <t>B07V38ZJ4Y</t>
-[...188 lines deleted...]
-    <t>VSPEV1821</t>
+    <t>B07S6QYSMH</t>
+  </si>
+  <si>
+    <t>PWLAA0322</t>
+  </si>
+  <si>
+    <t>B07NQKJVKR</t>
+  </si>
+  <si>
+    <t>B07RGN3TSD</t>
+  </si>
+  <si>
+    <t>B01L7F1M6M</t>
+  </si>
+  <si>
+    <t>B081G7CRL9</t>
+  </si>
+  <si>
+    <t>VSPOY7121</t>
+  </si>
+  <si>
+    <t>B07BFHGHWS</t>
+  </si>
+  <si>
+    <t>B07Y1KKBFY</t>
+  </si>
+  <si>
+    <t>VSPOQ2H21</t>
+  </si>
+  <si>
+    <t>B07146SYQK</t>
+  </si>
+  <si>
+    <t>VEPY01121</t>
+  </si>
+  <si>
+    <t>VSPHI0520</t>
+  </si>
+  <si>
+    <t>VSPOY8621</t>
+  </si>
+  <si>
+    <t>B003AM87Q4</t>
+  </si>
+  <si>
+    <t>B07SWSHGPH</t>
+  </si>
+  <si>
+    <t>B07FQV8X2D</t>
+  </si>
+  <si>
+    <t>B07ZFFFFMX</t>
+  </si>
+  <si>
+    <t>VSPOY2318</t>
+  </si>
+  <si>
+    <t>B07CKV9FRX</t>
+  </si>
+  <si>
+    <t>BB0025SA-30007768-004</t>
+  </si>
+  <si>
+    <t>B07CXS95VC</t>
+  </si>
+  <si>
+    <t>B082PMSSS7</t>
+  </si>
+  <si>
+    <t>B07175F5VT</t>
+  </si>
+  <si>
+    <t>B07Y92F4PP</t>
+  </si>
+  <si>
+    <t>B00F2V2HMG</t>
+  </si>
+  <si>
+    <t>B07K2ZJKM9</t>
+  </si>
+  <si>
+    <t>B07DVJSFFT</t>
+  </si>
+  <si>
+    <t>B00829TYJ4</t>
+  </si>
+  <si>
+    <t>VE8102219</t>
+  </si>
+  <si>
+    <t>B078PYNF5D</t>
+  </si>
+  <si>
+    <t>VSP1P0321</t>
+  </si>
+  <si>
+    <t>B010PK3IDA</t>
+  </si>
+  <si>
+    <t>VSPOS4921</t>
+  </si>
+  <si>
+    <t>B072JXXVP3</t>
+  </si>
+  <si>
+    <t>B07ZFGL682</t>
+  </si>
+  <si>
+    <t>B00O5ZNY2C</t>
+  </si>
+  <si>
+    <t>VSP970521</t>
+  </si>
+  <si>
+    <t>VSPEV1921</t>
+  </si>
+  <si>
+    <t>B00RE6P1UW</t>
+  </si>
+  <si>
+    <t>B07YCVQ1KP</t>
+  </si>
+  <si>
+    <t>B00U26V4VQ</t>
+  </si>
+  <si>
+    <t>72YA4B9N-ZS280-982</t>
+  </si>
+  <si>
+    <t>B07MF6QJBM</t>
+  </si>
+  <si>
+    <t>73VA4BO3-ZS466-G89</t>
+  </si>
+  <si>
+    <t>VSPHF3221</t>
+  </si>
+  <si>
+    <t>B07DPKWXC2</t>
+  </si>
+  <si>
+    <t>B01G1JD36G</t>
+  </si>
+  <si>
+    <t>B07ZBRF75D</t>
+  </si>
+  <si>
+    <t>VSP264321</t>
+  </si>
+  <si>
+    <t>B07F9XLYY1</t>
+  </si>
+  <si>
+    <t>SL392WIRE-30009617-004</t>
+  </si>
+  <si>
+    <t>B01F4MSGKO</t>
+  </si>
+  <si>
+    <t>B00UZCIUZK</t>
+  </si>
+  <si>
+    <t>B01D9RECXQ</t>
+  </si>
+  <si>
+    <t>B07FF1CTLL</t>
+  </si>
+  <si>
+    <t>B079997BXY</t>
+  </si>
+  <si>
+    <t>B01M8G6V0L</t>
+  </si>
+  <si>
+    <t>VSPVU1021</t>
+  </si>
+  <si>
+    <t>VSPOS4721</t>
+  </si>
+  <si>
+    <t>B07ZWX37CK</t>
+  </si>
+  <si>
+    <t>B0199DTGBC</t>
+  </si>
+  <si>
+    <t>B01BW61N10</t>
+  </si>
+  <si>
+    <t>VSPKN0221</t>
+  </si>
+  <si>
+    <t>B07BHQ532H</t>
+  </si>
+  <si>
+    <t>VE2J00721</t>
+  </si>
+  <si>
+    <t>B077YKTPV1</t>
+  </si>
+  <si>
+    <t>B07H8X5DCR</t>
+  </si>
+  <si>
+    <t>VSPLN2221</t>
+  </si>
+  <si>
+    <t>B015GR44V2</t>
+  </si>
+  <si>
+    <t>VSP264221</t>
+  </si>
+  <si>
+    <t>B078VPZ35S</t>
+  </si>
+  <si>
+    <t>B07W95RBZM</t>
+  </si>
+  <si>
+    <t>VSPLN1721</t>
+  </si>
+  <si>
+    <t>VSPLM4421</t>
+  </si>
+  <si>
+    <t>B07QVPFN1X</t>
+  </si>
+  <si>
+    <t>B0722YLZTY</t>
+  </si>
+  <si>
+    <t>B01DO3I830</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_H32616533</t>
+  </si>
+  <si>
+    <t>B07XB644F4</t>
+  </si>
+  <si>
+    <t>VSP1R1421</t>
+  </si>
+  <si>
+    <t>B07D8RWXJF</t>
+  </si>
+  <si>
+    <t>B07FXXHCWV</t>
+  </si>
+  <si>
+    <t>VSP970121</t>
+  </si>
+  <si>
+    <t>B07PD9V78L</t>
+  </si>
+  <si>
+    <t>B07L6F72BB</t>
+  </si>
+  <si>
+    <t>B07RXQ352Z</t>
+  </si>
+  <si>
+    <t>VE8103821</t>
+  </si>
+  <si>
+    <t>B078XB4JQC</t>
+  </si>
+  <si>
+    <t>B07BX4Z6G2</t>
+  </si>
+  <si>
+    <t>VSPBH9121</t>
+  </si>
+  <si>
+    <t>GG0469O-30006418-004</t>
+  </si>
+  <si>
+    <t>B006ZN4SP4</t>
+  </si>
+  <si>
+    <t>B07TT45FYP</t>
+  </si>
+  <si>
+    <t>B07L5GDTYY</t>
+  </si>
+  <si>
+    <t>B01MQCKGNV</t>
+  </si>
+  <si>
+    <t>VSPBH1D21</t>
+  </si>
+  <si>
+    <t>PWLAA0222</t>
+  </si>
+  <si>
+    <t>B07CV8VRJP</t>
+  </si>
+  <si>
+    <t>B07691JRZ1</t>
+  </si>
+  <si>
+    <t>B07XCXDPWQ</t>
+  </si>
+  <si>
+    <t>VSPOS6621</t>
+  </si>
+  <si>
+    <t>B07B9MKG6Y</t>
+  </si>
+  <si>
+    <t>SFYM00520</t>
+  </si>
+  <si>
+    <t>B07XPF43YJ</t>
+  </si>
+  <si>
+    <t>B0768VG2T7</t>
+  </si>
+  <si>
+    <t>B07FQTYV8Q</t>
+  </si>
+  <si>
+    <t>VSPHI0920</t>
+  </si>
+  <si>
+    <t>B009ZC4T2O</t>
+  </si>
+  <si>
+    <t>B07FPH6DXB</t>
+  </si>
+  <si>
+    <t>VSP470721</t>
+  </si>
+  <si>
+    <t>B07QX893T7</t>
+  </si>
+  <si>
+    <t>B00C3XW5L4</t>
+  </si>
+  <si>
+    <t>B01171X0UW</t>
+  </si>
+  <si>
+    <t>VSP971121</t>
+  </si>
+  <si>
+    <t>B07ZR3NCC1</t>
+  </si>
+  <si>
+    <t>SL246-30006121001</t>
+  </si>
+  <si>
+    <t>B01NBTS2HU</t>
+  </si>
+  <si>
+    <t>VSPGN2019</t>
+  </si>
+  <si>
+    <t>VSPHK0820</t>
+  </si>
+  <si>
+    <t>B07CWQDN7W</t>
+  </si>
+  <si>
+    <t>GG0435SA-30006460-001</t>
+  </si>
+  <si>
+    <t>B072Y3LFTT</t>
+  </si>
+  <si>
+    <t>B07R8HNCKD</t>
+  </si>
+  <si>
+    <t>B078JMPK1F</t>
+  </si>
+  <si>
+    <t>B005Q65ZIK</t>
+  </si>
+  <si>
+    <t>B07C58KFX1</t>
+  </si>
+  <si>
+    <t>VSPOQ1H21</t>
+  </si>
+  <si>
+    <t>PWHAA1021</t>
+  </si>
+  <si>
+    <t>B07MC9ZWDV</t>
+  </si>
+  <si>
+    <t>B012CAGTSC</t>
+  </si>
+  <si>
+    <t>B076FSLQVR</t>
+  </si>
+  <si>
+    <t>VSPBH1418</t>
+  </si>
+  <si>
+    <t>B0731V7872</t>
+  </si>
+  <si>
+    <t>BB0025S-30007742-003</t>
+  </si>
+  <si>
+    <t>B07MZN3KCH</t>
+  </si>
+  <si>
+    <t>B07T9DXGBV</t>
+  </si>
+  <si>
+    <t>VSPOS6421</t>
+  </si>
+  <si>
+    <t>B07CZTYW3B</t>
+  </si>
+  <si>
+    <t>B07MKJ2BTR</t>
+  </si>
+  <si>
+    <t>GG0651S-30008606-005-70052</t>
+  </si>
+  <si>
+    <t>B07YWKNF11</t>
+  </si>
+  <si>
+    <t>B07V1QDBXN</t>
+  </si>
+  <si>
+    <t>VSP1R1821</t>
+  </si>
+  <si>
+    <t>B06Y67G1PM</t>
+  </si>
+  <si>
+    <t>B07QDPJNN3</t>
+  </si>
+  <si>
+    <t>B07LFS84SC</t>
+  </si>
+  <si>
+    <t>GG0368S-30006035-002</t>
+  </si>
+  <si>
+    <t>VSPLN0419</t>
+  </si>
+  <si>
+    <t>B07D2BQNB2</t>
+  </si>
+  <si>
+    <t>B07X4V2M3B</t>
+  </si>
+  <si>
+    <t>VSPVV1321</t>
+  </si>
+  <si>
+    <t>B07PMWT58Z</t>
+  </si>
+  <si>
+    <t>B07DGTD1QS</t>
+  </si>
+  <si>
+    <t>B07YLSCJXP</t>
+  </si>
+  <si>
+    <t>B00NB0H1H6</t>
+  </si>
+  <si>
+    <t>GG0264O-30002357-003</t>
+  </si>
+  <si>
+    <t>B07L89YLHG</t>
+  </si>
+  <si>
+    <t>VSPOY9821</t>
+  </si>
+  <si>
+    <t>B00D8PO2GM</t>
+  </si>
+  <si>
+    <t>B07C1R2LYX</t>
+  </si>
+  <si>
+    <t>B07DLPBT9V</t>
+  </si>
+  <si>
+    <t>B07MTYH1HR</t>
+  </si>
+  <si>
+    <t>VSP1M0421</t>
+  </si>
+  <si>
+    <t>VSPVU1821</t>
+  </si>
+  <si>
+    <t>B07D91XLZB</t>
+  </si>
+  <si>
+    <t>VSPVU1321</t>
+  </si>
+  <si>
+    <t>B07GZQBQDF</t>
+  </si>
+  <si>
+    <t>B00SXOJ49I</t>
+  </si>
+  <si>
+    <t>73VA4BX9-ZS413-899</t>
+  </si>
+  <si>
+    <t>B007I34JO0</t>
+  </si>
+  <si>
+    <t>MB0012O-30006763-012</t>
+  </si>
+  <si>
+    <t>B076ST4VCV</t>
+  </si>
+  <si>
+    <t>B07R9Z9X7Y</t>
+  </si>
+  <si>
+    <t>VSPGN2419</t>
+  </si>
+  <si>
+    <t>B007I35SBS</t>
+  </si>
+  <si>
+    <t>B075JBHWWN</t>
+  </si>
+  <si>
+    <t>VSPCD1B21</t>
+  </si>
+  <si>
+    <t>VSP1H0121</t>
+  </si>
+  <si>
+    <t>B078P15LQB</t>
+  </si>
+  <si>
+    <t>B07LBN3CYS</t>
+  </si>
+  <si>
+    <t>B07N14N286</t>
+  </si>
+  <si>
+    <t>VSPOY9421</t>
+  </si>
+  <si>
+    <t>B00006B8J2</t>
+  </si>
+  <si>
+    <t>VSPHF3421</t>
+  </si>
+  <si>
+    <t>B07ZHNXG2L</t>
+  </si>
+  <si>
+    <t>VSPLN2321</t>
+  </si>
+  <si>
+    <t>B07BT9CRHL</t>
+  </si>
+  <si>
+    <t>B07Z7NV4QD</t>
+  </si>
+  <si>
+    <t>B07XDT9TGG</t>
+  </si>
+  <si>
+    <t>GG1149S-056-97</t>
+  </si>
+  <si>
+    <t>B00BR3WWY6</t>
+  </si>
+  <si>
+    <t>7c7b5be12926fe30_FR-SF744SLA61359</t>
+  </si>
+  <si>
+    <t>B07V9KMNGY</t>
+  </si>
+  <si>
+    <t>B07K25ZL88</t>
+  </si>
+  <si>
+    <t>B01256V578</t>
+  </si>
+  <si>
+    <t>PWAAA1021</t>
+  </si>
+  <si>
+    <t>B00X3O70B2</t>
+  </si>
+  <si>
+    <t>B07VV8K745</t>
+  </si>
+  <si>
+    <t>B00BB80AZK</t>
+  </si>
+  <si>
+    <t>B0714F11JK</t>
+  </si>
+  <si>
+    <t>5ca8384cb4775616_GCGG0077SK00156</t>
+  </si>
+  <si>
+    <t>VSPHF2921</t>
+  </si>
+  <si>
+    <t>73VA4BFO-ZS414-PI2</t>
+  </si>
+  <si>
+    <t>B004QHI43S</t>
+  </si>
+  <si>
+    <t>B07B4QB4LB</t>
+  </si>
+  <si>
+    <t>B07567TSKP</t>
+  </si>
+  <si>
+    <t>VSP492521</t>
+  </si>
+  <si>
+    <t>VSP647221</t>
+  </si>
+  <si>
+    <t>B0015YMWYW</t>
+  </si>
+  <si>
+    <t>B075GXF9R4</t>
+  </si>
+  <si>
+    <t>B00006IF4H</t>
+  </si>
+  <si>
+    <t>GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>B07MY3R7R9</t>
+  </si>
+  <si>
+    <t>VSPBH7321</t>
+  </si>
+  <si>
+    <t>B07416LQVM</t>
+  </si>
+  <si>
+    <t>VSPBH1H21</t>
+  </si>
+  <si>
+    <t>B07Z3GSFGD</t>
+  </si>
+  <si>
+    <t>B072Q9SLCB</t>
+  </si>
+  <si>
+    <t>B07T2H8XKL</t>
+  </si>
+  <si>
+    <t>B07GGTH6QS</t>
+  </si>
+  <si>
+    <t>B07H9M4NPB</t>
+  </si>
+  <si>
+    <t>B07MYSSHL7</t>
+  </si>
+  <si>
+    <t>B009LQE5NW</t>
+  </si>
+  <si>
+    <t>B0151AS0UK</t>
+  </si>
+  <si>
+    <t>B01KLMJNCM</t>
+  </si>
+  <si>
+    <t>B06XRBDH45</t>
+  </si>
+  <si>
+    <t>VSPHI3221</t>
+  </si>
+  <si>
+    <t>VSPBH9021</t>
+  </si>
+  <si>
+    <t>B07Z5NCP83</t>
+  </si>
+  <si>
+    <t>B07FT6C8SM</t>
+  </si>
+  <si>
+    <t>B01N2UFE8M</t>
+  </si>
+  <si>
+    <t>VSPOS5421</t>
+  </si>
+  <si>
+    <t>B07JR7YM6R</t>
+  </si>
+  <si>
+    <t>GG0035SAN-30013803-001</t>
+  </si>
+  <si>
+    <t>B07Q35SFBJ</t>
+  </si>
+  <si>
+    <t>BB0025SA-30007768-005</t>
+  </si>
+  <si>
+    <t>B00X87C898</t>
+  </si>
+  <si>
+    <t>SLM13-30001925-005</t>
+  </si>
+  <si>
+    <t>VSP1M0221</t>
+  </si>
+  <si>
+    <t>B07B8DCS6Z</t>
+  </si>
+  <si>
+    <t>SL262-30006110003</t>
+  </si>
+  <si>
+    <t>B005TNKCMY</t>
+  </si>
+  <si>
+    <t>VSP470121</t>
+  </si>
+  <si>
+    <t>B07RNPH6TQ</t>
+  </si>
+  <si>
+    <t>B0058NN4BG</t>
+  </si>
+  <si>
+    <t>B07JW9XTCG</t>
+  </si>
+  <si>
+    <t>VSPHI5421</t>
+  </si>
+  <si>
+    <t>B0149K093O</t>
+  </si>
+  <si>
+    <t>VSPZT1021</t>
+  </si>
+  <si>
+    <t>B0834S84GZ</t>
+  </si>
+  <si>
+    <t>B07VDV6FJQ</t>
+  </si>
+  <si>
+    <t>B07RXTHG71</t>
+  </si>
+  <si>
+    <t>B01FIEY814</t>
+  </si>
+  <si>
+    <t>B07QHZZ33F</t>
+  </si>
+  <si>
+    <t>VSPZS0421</t>
+  </si>
+  <si>
+    <t>B0772JZ9ZX</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
+    <t>B07QMBY7JF</t>
+  </si>
+  <si>
+    <t>B07J3938JK</t>
+  </si>
+  <si>
+    <t>VSPGN2219</t>
+  </si>
+  <si>
+    <t>B082NRH85D</t>
+  </si>
+  <si>
+    <t>B07721SGZD</t>
+  </si>
+  <si>
+    <t>VSP716321</t>
+  </si>
+  <si>
+    <t>B07SFHTKH4</t>
+  </si>
+  <si>
+    <t>73VA4BE1-ZS412-899</t>
+  </si>
+  <si>
+    <t>VSP1F2621</t>
+  </si>
+  <si>
+    <t>B007B5SCTS</t>
+  </si>
+  <si>
+    <t>B07XCTDGSJ</t>
+  </si>
+  <si>
+    <t>B07ZF2QLSG</t>
+  </si>
+  <si>
+    <t>73VA4BZ1-ZS495-G89</t>
+  </si>
+  <si>
+    <t>B07WXHRRVH</t>
+  </si>
+  <si>
+    <t>B01M04RR9T</t>
+  </si>
+  <si>
+    <t>VSPEN2321</t>
+  </si>
+  <si>
+    <t>B07VYHLYWR</t>
+  </si>
+  <si>
+    <t>VSPEW1521</t>
+  </si>
+  <si>
+    <t>VSPHI4521</t>
+  </si>
+  <si>
+    <t>B00ZSNC7ZK</t>
+  </si>
+  <si>
+    <t>B07QVY2VT8</t>
+  </si>
+  <si>
+    <t>VSPLK1720</t>
+  </si>
+  <si>
+    <t>GG1149S-30012724-006-70374-NS</t>
+  </si>
+  <si>
+    <t>B00092RJX0</t>
+  </si>
+  <si>
+    <t>B000ICZ8RK</t>
+  </si>
+  <si>
+    <t>AM0199O-30006949-003</t>
+  </si>
+  <si>
+    <t>B083KJNWSN</t>
+  </si>
+  <si>
+    <t>VSP1P0721</t>
+  </si>
+  <si>
+    <t>B07JD8LPF4</t>
+  </si>
+  <si>
+    <t>B07ZVFT1BZ</t>
+  </si>
+  <si>
+    <t>B014RVQLI2</t>
+  </si>
+  <si>
+    <t>VSPCA4721</t>
+  </si>
+  <si>
+    <t>VSP1F1421</t>
+  </si>
+  <si>
+    <t>B084WWBH9G</t>
+  </si>
+  <si>
+    <t>B07WG7KSQ2</t>
+  </si>
+  <si>
+    <t>B07YC7PC26</t>
+  </si>
+  <si>
+    <t>B07ZNKV7HM</t>
+  </si>
+  <si>
+    <t>VSPBH4718</t>
+  </si>
+  <si>
+    <t>B07X7D3BC9</t>
+  </si>
+  <si>
+    <t>VSPOY7221</t>
+  </si>
+  <si>
+    <t>B082VPDWL6</t>
+  </si>
+  <si>
+    <t>VSPOS5921</t>
+  </si>
+  <si>
+    <t>B07KWHM7JC</t>
+  </si>
+  <si>
+    <t>B01MS60KJH</t>
+  </si>
+  <si>
+    <t>B07DBZYM8C</t>
+  </si>
+  <si>
+    <t>B0811QFK36</t>
+  </si>
+  <si>
+    <t>B07SK1SF81</t>
+  </si>
+  <si>
+    <t>VSPEV0719</t>
+  </si>
+  <si>
+    <t>B07W2VSXKN</t>
+  </si>
+  <si>
+    <t>B07HKKKXJB</t>
+  </si>
+  <si>
+    <t>B07K8MVY2N</t>
+  </si>
+  <si>
+    <t>GG0708S-30008739-001</t>
+  </si>
+  <si>
+    <t>B01KTCPWM4</t>
+  </si>
+  <si>
+    <t>VSP1F3221</t>
+  </si>
+  <si>
+    <t>B07NQKZ5RC</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5534948</t>
+  </si>
+  <si>
+    <t>VSP647421</t>
+  </si>
+  <si>
+    <t>B07594HZ6Y</t>
+  </si>
+  <si>
+    <t>B01FOJT3SQ</t>
+  </si>
+  <si>
+    <t>B07V1FF6D2</t>
+  </si>
+  <si>
+    <t>VSP716421</t>
+  </si>
+  <si>
+    <t>B00DCDE7O2</t>
+  </si>
+  <si>
+    <t>B07RZ5DDDK</t>
+  </si>
+  <si>
+    <t>VSPLM4221</t>
+  </si>
+  <si>
+    <t>B07GFBBVB4</t>
+  </si>
+  <si>
+    <t>B07KMBCSF8</t>
+  </si>
+  <si>
+    <t>B0071AQCR2</t>
+  </si>
+  <si>
+    <t>B00UPAYY5C</t>
+  </si>
+  <si>
+    <t>B00XJ1XTDC</t>
+  </si>
+  <si>
+    <t>VSP391020</t>
+  </si>
+  <si>
+    <t>B07VVJZJ2P</t>
+  </si>
+  <si>
+    <t>MB0103S-30008469-004</t>
+  </si>
+  <si>
+    <t>B01HD14O3W</t>
+  </si>
+  <si>
+    <t>GG0473O-30006450-003</t>
+  </si>
+  <si>
+    <t>B00JZIDFGO</t>
+  </si>
+  <si>
+    <t>VSPVO2221</t>
+  </si>
+  <si>
+    <t>B07RW4HLBD</t>
+  </si>
+  <si>
+    <t>B07DPDM7SJ</t>
+  </si>
+  <si>
+    <t>B07ZWX5S5J</t>
+  </si>
+  <si>
+    <t>B07XNTB5WH</t>
+  </si>
+  <si>
+    <t>73VA4BC4-ZS409-899</t>
+  </si>
+  <si>
+    <t>VSPOQ8621</t>
+  </si>
+  <si>
+    <t>B07S77DMVJ</t>
+  </si>
+  <si>
+    <t>B07XWVWM6X</t>
+  </si>
+  <si>
+    <t>B07DPBHBBY</t>
+  </si>
+  <si>
+    <t>B00DG7FSDI</t>
+  </si>
+  <si>
+    <t>VSPLM3121</t>
+  </si>
+  <si>
+    <t>73VA4BEA-ZS413-522</t>
+  </si>
+  <si>
+    <t>B075Y87RBX</t>
+  </si>
+  <si>
+    <t>VSPLI1219</t>
+  </si>
+  <si>
+    <t>VSP170821</t>
+  </si>
+  <si>
+    <t>B07GBGYRYM</t>
+  </si>
+  <si>
+    <t>B07PVXQ8GY</t>
   </si>
   <si>
     <t>B07T3TRPM1</t>
   </si>
   <si>
     <t>B07W65ZSVS</t>
   </si>
   <si>
     <t>VSPVT1721</t>
   </si>
   <si>
     <t>B00UHUJDAG</t>
   </si>
   <si>
     <t>VSPVV1021</t>
   </si>
   <si>
     <t>B073SP1H1G</t>
   </si>
   <si>
     <t>B07MTVGQ29</t>
   </si>
   <si>
-    <t>VSPLI1219</t>
-[...8 lines deleted...]
-    <t>B07PVXQ8GY</t>
+    <t>B071D116HF</t>
+  </si>
+  <si>
+    <t>VSPOY7621</t>
+  </si>
+  <si>
+    <t>VSPLD1621</t>
+  </si>
+  <si>
+    <t>B06XJLBRSY</t>
   </si>
   <si>
     <t>B07VD4SKWQ</t>
   </si>
   <si>
     <t>B011D2QT2G</t>
   </si>
   <si>
     <t>B07MG119KG</t>
   </si>
   <si>
     <t>MB0002SA-30006847-004</t>
   </si>
   <si>
     <t>B07RY2RD49</t>
   </si>
   <si>
     <t>B01H6XZVI4</t>
   </si>
   <si>
     <t>VSPQ16121</t>
   </si>
   <si>
     <t>B01MQSIWV7</t>
-  </si>
-[...1051 lines deleted...]
-    <t>B07S77DMVJ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>