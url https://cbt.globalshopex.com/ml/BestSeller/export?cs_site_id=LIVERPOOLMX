--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -38,399 +38,399 @@
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>VSPOS6121</t>
   </si>
   <si>
     <t>VSP1H0721</t>
   </si>
   <si>
     <t>VSPOQ1G21</t>
   </si>
   <si>
     <t>VSP640118</t>
   </si>
   <si>
+    <t>VSPOY7721</t>
+  </si>
+  <si>
+    <t>BB0005S-30006545-001</t>
+  </si>
+  <si>
+    <t>VSP171121</t>
+  </si>
+  <si>
     <t>VSP1P1621</t>
   </si>
   <si>
     <t>VSPLP1421</t>
   </si>
   <si>
-    <t>VSPOY7721</t>
-[...5 lines deleted...]
-    <t>VSP171121</t>
+    <t>VSP263321</t>
   </si>
   <si>
     <t>VSPCD2E21</t>
   </si>
   <si>
     <t>VSPCD1A21</t>
   </si>
   <si>
     <t>VSPOQ1F21</t>
   </si>
   <si>
     <t>VSPLD1321</t>
   </si>
   <si>
-    <t>VSP263321</t>
+    <t>VSP1F3121</t>
+  </si>
+  <si>
+    <t>VSPQ15021</t>
+  </si>
+  <si>
+    <t>VSP217121</t>
   </si>
   <si>
     <t>VSPLD1621</t>
   </si>
   <si>
-    <t>VSP1F3121</t>
-[...5 lines deleted...]
-    <t>VSP217121</t>
+    <t>VSPOQ2C21</t>
+  </si>
+  <si>
+    <t>VSPCD2L21</t>
+  </si>
+  <si>
+    <t>VSP1F2821</t>
+  </si>
+  <si>
+    <t>VSPBH8321</t>
+  </si>
+  <si>
+    <t>VSPEW0719</t>
   </si>
   <si>
     <t>VSPOS4521</t>
   </si>
   <si>
-    <t>VSPOQ2C21</t>
-[...11 lines deleted...]
-    <t>VSPEW0719</t>
+    <t>5ca8384cb4775616_Z-GRKGA</t>
+  </si>
+  <si>
+    <t>VSPCD1H21</t>
+  </si>
+  <si>
+    <t>VSPEN5321</t>
+  </si>
+  <si>
+    <t>VSPOY8321</t>
+  </si>
+  <si>
+    <t>VSP640418</t>
+  </si>
+  <si>
+    <t>VSP216621</t>
   </si>
   <si>
     <t>VSPOY9921</t>
   </si>
   <si>
     <t>BB0024SA-30007767-001</t>
   </si>
   <si>
     <t>VSPEN4321</t>
   </si>
   <si>
-    <t>VSPCD1H21</t>
-[...14 lines deleted...]
-    <t>VSP640418</t>
+    <t>VSPOQ1T21</t>
+  </si>
+  <si>
+    <t>VSPLP0419</t>
+  </si>
+  <si>
+    <t>VSPHK0820</t>
+  </si>
+  <si>
+    <t>VSP764321</t>
+  </si>
+  <si>
+    <t>VSPOS5921</t>
+  </si>
+  <si>
+    <t>VSP646021</t>
+  </si>
+  <si>
+    <t>VSPBH1B21</t>
+  </si>
+  <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>VSPBH8521</t>
+  </si>
+  <si>
+    <t>VSPLM2921</t>
+  </si>
+  <si>
+    <t>VSP1S2821</t>
+  </si>
+  <si>
+    <t>VSPLN2721</t>
+  </si>
+  <si>
+    <t>VSPOQ2B21</t>
+  </si>
+  <si>
+    <t>VSPVO2121</t>
   </si>
   <si>
     <t>SFYP00722</t>
   </si>
   <si>
     <t>VSPOY7021</t>
   </si>
   <si>
     <t>VSPOY9421</t>
   </si>
   <si>
+    <t>VSPBH1C21</t>
+  </si>
+  <si>
     <t>VSPOQ1K21</t>
   </si>
   <si>
-    <t>VSPBH1C21</t>
+    <t>VSP1F3221</t>
   </si>
   <si>
     <t>VSP170321</t>
   </si>
   <si>
-    <t>VSP1F3221</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPBH1P21</t>
   </si>
   <si>
     <t>VSP1S3421</t>
   </si>
   <si>
     <t>VSPOY5821</t>
   </si>
   <si>
     <t>VSPLM2521</t>
   </si>
   <si>
     <t>VSP1F2421</t>
   </si>
   <si>
-    <t>VSPOQ1T21</t>
-[...38 lines deleted...]
-    <t>VSPVO2121</t>
+    <t>VSPOQ2K21</t>
+  </si>
+  <si>
+    <t>VSP1R2821</t>
+  </si>
+  <si>
+    <t>VSP170721</t>
+  </si>
+  <si>
+    <t>VSPEV1821</t>
+  </si>
+  <si>
+    <t>VSPHF2221</t>
+  </si>
+  <si>
+    <t>VSPOY7121</t>
+  </si>
+  <si>
+    <t>VSPZQ1121</t>
+  </si>
+  <si>
+    <t>VSPOY7821</t>
+  </si>
+  <si>
+    <t>VSPOY7621</t>
+  </si>
+  <si>
+    <t>VE3J00122</t>
+  </si>
+  <si>
+    <t>VSPOQ8621</t>
+  </si>
+  <si>
+    <t>VSP1R1521</t>
+  </si>
+  <si>
+    <t>VSPLM3021</t>
+  </si>
+  <si>
+    <t>VSPOQ1D21</t>
+  </si>
+  <si>
+    <t>VSPZQ1221</t>
+  </si>
+  <si>
+    <t>VSPEN4221</t>
+  </si>
+  <si>
+    <t>VSP215521</t>
+  </si>
+  <si>
+    <t>VSPLN2821</t>
+  </si>
+  <si>
+    <t>VSP1S3621</t>
+  </si>
+  <si>
+    <t>VSPVV0220</t>
+  </si>
+  <si>
+    <t>VSP1P1821</t>
+  </si>
+  <si>
+    <t>VSPOQ8221</t>
+  </si>
+  <si>
+    <t>VSP1R1421</t>
+  </si>
+  <si>
+    <t>VSPBH9121</t>
+  </si>
+  <si>
+    <t>VSP1O1221</t>
+  </si>
+  <si>
+    <t>VSPOQ1H21</t>
+  </si>
+  <si>
+    <t>VSP470521</t>
+  </si>
+  <si>
+    <t>VSPOQ9221</t>
+  </si>
+  <si>
+    <t>VSPLI2121</t>
   </si>
   <si>
     <t>VSP1F2921</t>
   </si>
   <si>
     <t>VSPZT1521</t>
   </si>
   <si>
+    <t>VSPVO2221</t>
+  </si>
+  <si>
     <t>VSPOY5321</t>
   </si>
   <si>
-    <t>VSPVO2221</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOS5221</t>
   </si>
   <si>
     <t>VSPCD2D21</t>
   </si>
   <si>
     <t>VSP716321</t>
   </si>
   <si>
     <t>VSPBH1K21</t>
   </si>
   <si>
     <t>VSPOS6621</t>
   </si>
   <si>
+    <t>VSP1O1521</t>
+  </si>
+  <si>
     <t>VSPBH1L21</t>
   </si>
   <si>
-    <t>VSP1O1521</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOY8821</t>
   </si>
   <si>
     <t>VSPOS5721</t>
   </si>
   <si>
     <t>VSPOY8221</t>
   </si>
   <si>
     <t>VSP1F2221</t>
   </si>
   <si>
     <t>VSPLD1421</t>
   </si>
   <si>
     <t>VSP262721</t>
   </si>
   <si>
     <t>VSPCD2H21</t>
   </si>
   <si>
+    <t>VSPOQ8321</t>
+  </si>
+  <si>
     <t>705bca44f8ab79bd_FR-SF150S72159</t>
   </si>
   <si>
-    <t>VSPOQ8321</t>
-[...1 lines deleted...]
-  <si>
     <t>VSP216721</t>
   </si>
   <si>
     <t>VSPLM3121</t>
   </si>
   <si>
+    <t>VSP264221</t>
+  </si>
+  <si>
+    <t>VSPHF3221</t>
+  </si>
+  <si>
     <t>VSP216421</t>
   </si>
   <si>
-    <t>VSP264221</t>
-[...2 lines deleted...]
-    <t>VSPHF3221</t>
+    <t>VSPOQ2T21</t>
+  </si>
+  <si>
+    <t>VSPOS6721</t>
   </si>
   <si>
     <t>VSPHF3321</t>
   </si>
   <si>
-    <t>VSPOQ2T21</t>
-[...4 lines deleted...]
-  <si>
     <t>VSPOY8121</t>
   </si>
   <si>
     <t>VSPOQ2E21</t>
   </si>
   <si>
+    <t>VSPCD2K21</t>
+  </si>
+  <si>
+    <t>VSP645121</t>
+  </si>
+  <si>
     <t>VSPLD1221</t>
-  </si>
-[...91 lines deleted...]
-    <t>VSPLI2121</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>