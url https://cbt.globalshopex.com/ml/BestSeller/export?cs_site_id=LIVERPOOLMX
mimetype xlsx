--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -32,405 +32,405 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>LIVERPOOLMX</t>
   </si>
   <si>
     <t>VSPOS6121</t>
   </si>
   <si>
     <t>VSP1H0721</t>
   </si>
   <si>
+    <t>VSP640118</t>
+  </si>
+  <si>
     <t>VSPOQ1G21</t>
   </si>
   <si>
-    <t>VSP640118</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOY7721</t>
   </si>
   <si>
     <t>BB0005S-30006545-001</t>
   </si>
   <si>
     <t>VSP171121</t>
   </si>
   <si>
     <t>VSP1P1621</t>
   </si>
   <si>
     <t>VSPLP1421</t>
   </si>
   <si>
+    <t>VSPLD1321</t>
+  </si>
+  <si>
     <t>VSP263321</t>
   </si>
   <si>
     <t>VSPCD2E21</t>
   </si>
   <si>
     <t>VSPCD1A21</t>
   </si>
   <si>
     <t>VSPOQ1F21</t>
   </si>
   <si>
-    <t>VSPLD1321</t>
-[...1 lines deleted...]
-  <si>
     <t>VSP1F3121</t>
   </si>
   <si>
     <t>VSPQ15021</t>
   </si>
   <si>
     <t>VSP217121</t>
   </si>
   <si>
     <t>VSPLD1621</t>
   </si>
   <si>
     <t>VSPOQ2C21</t>
   </si>
   <si>
     <t>VSPCD2L21</t>
   </si>
   <si>
     <t>VSP1F2821</t>
   </si>
   <si>
     <t>VSPBH8321</t>
   </si>
   <si>
     <t>VSPEW0719</t>
   </si>
   <si>
     <t>VSPOS4521</t>
   </si>
   <si>
+    <t>VSPEN4321</t>
+  </si>
+  <si>
     <t>5ca8384cb4775616_Z-GRKGA</t>
   </si>
   <si>
     <t>VSPCD1H21</t>
   </si>
   <si>
     <t>VSPEN5321</t>
   </si>
   <si>
     <t>VSPOY8321</t>
   </si>
   <si>
     <t>VSP640418</t>
   </si>
   <si>
     <t>VSP216621</t>
   </si>
   <si>
     <t>VSPOY9921</t>
   </si>
   <si>
     <t>BB0024SA-30007767-001</t>
   </si>
   <si>
-    <t>VSPEN4321</t>
+    <t>VSP1F3221</t>
+  </si>
+  <si>
+    <t>VSP170321</t>
+  </si>
+  <si>
+    <t>VSPBH1P21</t>
+  </si>
+  <si>
+    <t>VSP1S3421</t>
+  </si>
+  <si>
+    <t>VSPOY5821</t>
+  </si>
+  <si>
+    <t>VSPLM2521</t>
+  </si>
+  <si>
+    <t>VSP1F2421</t>
   </si>
   <si>
     <t>VSPOQ1T21</t>
   </si>
   <si>
     <t>VSPLP0419</t>
   </si>
   <si>
     <t>VSPHK0820</t>
   </si>
   <si>
     <t>VSP764321</t>
   </si>
   <si>
     <t>VSPOS5921</t>
   </si>
   <si>
     <t>VSP646021</t>
   </si>
   <si>
+    <t>VSPOY8421</t>
+  </si>
+  <si>
+    <t>VSPBH8521</t>
+  </si>
+  <si>
     <t>VSPBH1B21</t>
   </si>
   <si>
-    <t>VSPOY8421</t>
-[...4 lines deleted...]
-  <si>
     <t>VSPLM2921</t>
   </si>
   <si>
     <t>VSP1S2821</t>
   </si>
   <si>
     <t>VSPLN2721</t>
   </si>
   <si>
     <t>VSPOQ2B21</t>
   </si>
   <si>
     <t>VSPVO2121</t>
   </si>
   <si>
     <t>SFYP00722</t>
   </si>
   <si>
     <t>VSPOY7021</t>
   </si>
   <si>
     <t>VSPOY9421</t>
   </si>
   <si>
     <t>VSPBH1C21</t>
   </si>
   <si>
     <t>VSPOQ1K21</t>
   </si>
   <si>
-    <t>VSP1F3221</t>
-[...17 lines deleted...]
-    <t>VSP1F2421</t>
+    <t>VSP1F2221</t>
+  </si>
+  <si>
+    <t>VSPLD1421</t>
+  </si>
+  <si>
+    <t>VSP262721</t>
+  </si>
+  <si>
+    <t>VSPCD2H21</t>
+  </si>
+  <si>
+    <t>VSPOQ8321</t>
+  </si>
+  <si>
+    <t>705bca44f8ab79bd_FR-SF150S72159</t>
+  </si>
+  <si>
+    <t>VSPLM3121</t>
+  </si>
+  <si>
+    <t>VSP216721</t>
+  </si>
+  <si>
+    <t>VSPHF3221</t>
+  </si>
+  <si>
+    <t>VSP216421</t>
+  </si>
+  <si>
+    <t>VSP264221</t>
+  </si>
+  <si>
+    <t>VSPOQ2T21</t>
+  </si>
+  <si>
+    <t>VSPOS6721</t>
+  </si>
+  <si>
+    <t>VSPHF3321</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
+    <t>VSPOQ2E21</t>
+  </si>
+  <si>
+    <t>VSPCD2K21</t>
+  </si>
+  <si>
+    <t>VSP645121</t>
+  </si>
+  <si>
+    <t>VSPLD1221</t>
+  </si>
+  <si>
+    <t>VSP1R2821</t>
+  </si>
+  <si>
+    <t>VSP170721</t>
+  </si>
+  <si>
+    <t>VSPEV1821</t>
   </si>
   <si>
     <t>VSPOQ2K21</t>
   </si>
   <si>
-    <t>VSP1R2821</t>
-[...7 lines deleted...]
-  <si>
     <t>VSPHF2221</t>
   </si>
   <si>
     <t>VSPOY7121</t>
   </si>
   <si>
     <t>VSPZQ1121</t>
   </si>
   <si>
     <t>VSPOY7821</t>
   </si>
   <si>
     <t>VSPOY7621</t>
   </si>
   <si>
     <t>VE3J00122</t>
   </si>
   <si>
     <t>VSPOQ8621</t>
   </si>
   <si>
     <t>VSP1R1521</t>
   </si>
   <si>
     <t>VSPLM3021</t>
   </si>
   <si>
     <t>VSPOQ1D21</t>
   </si>
   <si>
+    <t>VSPEN4221</t>
+  </si>
+  <si>
+    <t>VSP215521</t>
+  </si>
+  <si>
     <t>VSPZQ1221</t>
   </si>
   <si>
-    <t>VSPEN4221</t>
-[...4 lines deleted...]
-  <si>
     <t>VSPLN2821</t>
   </si>
   <si>
     <t>VSP1S3621</t>
   </si>
   <si>
     <t>VSPVV0220</t>
   </si>
   <si>
     <t>VSP1P1821</t>
   </si>
   <si>
     <t>VSPOQ8221</t>
   </si>
   <si>
+    <t>VSPBH9121</t>
+  </si>
+  <si>
+    <t>VSP1O1221</t>
+  </si>
+  <si>
     <t>VSP1R1421</t>
   </si>
   <si>
-    <t>VSPBH9121</t>
-[...2 lines deleted...]
-    <t>VSP1O1221</t>
+    <t>VSP470521</t>
+  </si>
+  <si>
+    <t>VSPOQ9221</t>
+  </si>
+  <si>
+    <t>VSPLI2121</t>
   </si>
   <si>
     <t>VSPOQ1H21</t>
   </si>
   <si>
-    <t>VSP470521</t>
-[...7 lines deleted...]
-  <si>
     <t>VSP1F2921</t>
   </si>
   <si>
     <t>VSPZT1521</t>
   </si>
   <si>
     <t>VSPVO2221</t>
   </si>
   <si>
     <t>VSPOY5321</t>
   </si>
   <si>
     <t>VSPOS5221</t>
   </si>
   <si>
     <t>VSPCD2D21</t>
   </si>
   <si>
     <t>VSP716321</t>
   </si>
   <si>
+    <t>VSPOS6621</t>
+  </si>
+  <si>
     <t>VSPBH1K21</t>
   </si>
   <si>
-    <t>VSPOS6621</t>
-[...1 lines deleted...]
-  <si>
     <t>VSP1O1521</t>
   </si>
   <si>
     <t>VSPBH1L21</t>
   </si>
   <si>
     <t>VSPOY8821</t>
   </si>
   <si>
     <t>VSPOS5721</t>
   </si>
   <si>
     <t>VSPOY8221</t>
-  </si>
-[...55 lines deleted...]
-    <t>VSPLD1221</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>