--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -35,2130 +35,2130 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>MELICBT</t>
   </si>
   <si>
     <t>B07X2FQBH9</t>
   </si>
   <si>
     <t>0399182020</t>
   </si>
   <si>
     <t>0062060627</t>
   </si>
   <si>
+    <t>0451414063</t>
+  </si>
+  <si>
     <t>B07P7HRSHJ</t>
   </si>
   <si>
-    <t>0451414063</t>
-[...1 lines deleted...]
-  <si>
     <t>B01MY9AYA9</t>
   </si>
   <si>
+    <t>B07F1Y894T</t>
+  </si>
+  <si>
+    <t>052543254X</t>
+  </si>
+  <si>
+    <t>B002YK5W70</t>
+  </si>
+  <si>
+    <t>B01A9CZXK0</t>
+  </si>
+  <si>
+    <t>0380807343</t>
+  </si>
+  <si>
+    <t>BIN524628</t>
+  </si>
+  <si>
+    <t>0811876446</t>
+  </si>
+  <si>
+    <t>B000V7RDCA</t>
+  </si>
+  <si>
+    <t>B01M6V7ZK5</t>
+  </si>
+  <si>
+    <t>TS16GCFX600</t>
+  </si>
+  <si>
+    <t>B076ZHVCJN</t>
+  </si>
+  <si>
+    <t>0976263726</t>
+  </si>
+  <si>
     <t>B07WHLWW3N</t>
   </si>
   <si>
+    <t>B0798JST5Y</t>
+  </si>
+  <si>
     <t>B07W3TRTCY</t>
   </si>
   <si>
-    <t>BIN524628</t>
-[...35 lines deleted...]
-    <t>B076ZHVCJN</t>
+    <t>B07K8LS3TK</t>
+  </si>
+  <si>
+    <t>B07XYTMQB9</t>
+  </si>
+  <si>
+    <t>B07YXNN1KG</t>
+  </si>
+  <si>
+    <t>B07VSFCYMJ</t>
+  </si>
+  <si>
+    <t>B01M0XVJRQ</t>
+  </si>
+  <si>
+    <t>0743226755</t>
+  </si>
+  <si>
+    <t>B01FSEOK0S</t>
+  </si>
+  <si>
+    <t>B07428LXXR</t>
+  </si>
+  <si>
+    <t>B08PFJ3VH3</t>
+  </si>
+  <si>
+    <t>B07VD3XZMN</t>
+  </si>
+  <si>
+    <t>LER3335</t>
+  </si>
+  <si>
+    <t>170046096X</t>
+  </si>
+  <si>
+    <t>BIN575055</t>
+  </si>
+  <si>
+    <t>B07929D654</t>
+  </si>
+  <si>
+    <t>B06X8YMR9S</t>
+  </si>
+  <si>
+    <t>B07VYHLBZ4</t>
+  </si>
+  <si>
+    <t>B07GR6TF9L</t>
+  </si>
+  <si>
+    <t>B077FFG4ML</t>
+  </si>
+  <si>
+    <t>0143130722</t>
+  </si>
+  <si>
+    <t>B07XCB3Z37</t>
+  </si>
+  <si>
+    <t>B075WT6VQQ</t>
+  </si>
+  <si>
+    <t>B019GQ9DFG</t>
+  </si>
+  <si>
+    <t>B01HFKBAPQ</t>
+  </si>
+  <si>
+    <t>0764801554</t>
+  </si>
+  <si>
+    <t>B07FVTHHQK</t>
+  </si>
+  <si>
+    <t>B07SKQVQWW</t>
+  </si>
+  <si>
+    <t>B07XNTNT8N</t>
+  </si>
+  <si>
+    <t>B011R78I62</t>
+  </si>
+  <si>
+    <t>125019623X</t>
+  </si>
+  <si>
+    <t>144021395X</t>
+  </si>
+  <si>
+    <t>B07KD5Z49F</t>
+  </si>
+  <si>
+    <t>B07WHVWBPC</t>
+  </si>
+  <si>
+    <t>B07G49JT8M</t>
+  </si>
+  <si>
+    <t>B07HVS99BW</t>
+  </si>
+  <si>
+    <t>B004IZ4LR6</t>
+  </si>
+  <si>
+    <t>0060927488</t>
+  </si>
+  <si>
+    <t>0930213955</t>
+  </si>
+  <si>
+    <t>B075KXPWY3</t>
+  </si>
+  <si>
+    <t>B07TBXND9B</t>
+  </si>
+  <si>
+    <t>S8500</t>
+  </si>
+  <si>
+    <t>T-8194</t>
+  </si>
+  <si>
+    <t>B0752ZXT1M</t>
+  </si>
+  <si>
+    <t>B0111X63IC</t>
+  </si>
+  <si>
+    <t>0307352153</t>
+  </si>
+  <si>
+    <t>B07WV941SZ</t>
+  </si>
+  <si>
+    <t>B07YSJX7SM</t>
+  </si>
+  <si>
+    <t>B07CX3TM8Y</t>
+  </si>
+  <si>
+    <t>B001JSWM08</t>
+  </si>
+  <si>
+    <t>B01560DVUE</t>
+  </si>
+  <si>
+    <t>B07K76JWSX</t>
+  </si>
+  <si>
+    <t>0307741206</t>
+  </si>
+  <si>
+    <t>0394800796</t>
+  </si>
+  <si>
+    <t>B01H4MASDK</t>
+  </si>
+  <si>
+    <t>B01G7ILDF4</t>
+  </si>
+  <si>
+    <t>B00LOV0XME</t>
+  </si>
+  <si>
+    <t>014313180X</t>
+  </si>
+  <si>
+    <t>B076Q51DZ4</t>
+  </si>
+  <si>
+    <t>B01LDCWHD6</t>
+  </si>
+  <si>
+    <t>B06WP7B621</t>
+  </si>
+  <si>
+    <t>B07MV7BXNL</t>
+  </si>
+  <si>
+    <t>B07B2C3Z9X</t>
+  </si>
+  <si>
+    <t>0061284335</t>
   </si>
   <si>
     <t>B003DIHBFI</t>
   </si>
   <si>
     <t>B07PJ7YTTZ</t>
   </si>
   <si>
-    <t>B07B2C3Z9X</t>
-[...2 lines deleted...]
-    <t>0061284335</t>
+    <t>B073WZZ7B5</t>
   </si>
   <si>
     <t>0312187769</t>
   </si>
   <si>
-    <t>B073WZZ7B5</t>
-[...4 lines deleted...]
-  <si>
     <t>B07T3G9YZB</t>
   </si>
   <si>
-    <t>B004IZ4LR6</t>
+    <t>LER7584</t>
+  </si>
+  <si>
+    <t>B07Z36GMX5</t>
+  </si>
+  <si>
+    <t>B071Z8QQ1N</t>
+  </si>
+  <si>
+    <t>170201939X</t>
   </si>
   <si>
     <t>B015EU8KIE</t>
   </si>
   <si>
-    <t>B075KXPWY3</t>
-[...182 lines deleted...]
-    <t>B07MV7BXNL</t>
+    <t>B07Z6J6QRK</t>
+  </si>
+  <si>
+    <t>B2M-00012</t>
+  </si>
+  <si>
+    <t>B07KPW24GM</t>
+  </si>
+  <si>
+    <t>B076PS39JM</t>
+  </si>
+  <si>
+    <t>B00HYUT71W</t>
+  </si>
+  <si>
+    <t>B07V3RW48B</t>
+  </si>
+  <si>
+    <t>B0058RA4FG</t>
+  </si>
+  <si>
+    <t>B004MSYOJE</t>
+  </si>
+  <si>
+    <t>BIN575050</t>
+  </si>
+  <si>
+    <t>B07YJSLF1S</t>
+  </si>
+  <si>
+    <t>B07TJWL8Z8</t>
+  </si>
+  <si>
+    <t>B07B523JHR</t>
+  </si>
+  <si>
+    <t>B07VDFZZYV</t>
+  </si>
+  <si>
+    <t>B019ROWNPY</t>
+  </si>
+  <si>
+    <t>109689291X</t>
+  </si>
+  <si>
+    <t>B07P39HR1D</t>
+  </si>
+  <si>
+    <t>067977629X</t>
+  </si>
+  <si>
+    <t>B07CKF1M4V</t>
+  </si>
+  <si>
+    <t>B07XYBXTSX</t>
+  </si>
+  <si>
+    <t>B07HYW8BCV</t>
+  </si>
+  <si>
+    <t>B075YZ8LFN</t>
+  </si>
+  <si>
+    <t>B000AYTYLW</t>
+  </si>
+  <si>
+    <t>B078N3FFXF</t>
+  </si>
+  <si>
+    <t>DIX387000BN</t>
+  </si>
+  <si>
+    <t>B07D26BKL7</t>
+  </si>
+  <si>
+    <t>B06XG9WVY2</t>
+  </si>
+  <si>
+    <t>B079M1Y2TS</t>
+  </si>
+  <si>
+    <t>B07HR9NW93</t>
+  </si>
+  <si>
+    <t>B08B8XH3DX</t>
+  </si>
+  <si>
+    <t>B07K9Z57DT</t>
+  </si>
+  <si>
+    <t>CD-3924BN</t>
+  </si>
+  <si>
+    <t>B07K21Z24K</t>
+  </si>
+  <si>
+    <t>B07VDHJBM4</t>
+  </si>
+  <si>
+    <t>0910034796</t>
+  </si>
+  <si>
+    <t>B076VWC86N</t>
+  </si>
+  <si>
+    <t>B07YTY66S2</t>
+  </si>
+  <si>
+    <t>B078JFNPZ4</t>
+  </si>
+  <si>
+    <t>B07YJFFSVD</t>
+  </si>
+  <si>
+    <t>B07XQ8NDHX</t>
+  </si>
+  <si>
+    <t>B006409GUU</t>
+  </si>
+  <si>
+    <t>B07X5VKRZ2</t>
+  </si>
+  <si>
+    <t>B0822Z5KH6</t>
+  </si>
+  <si>
+    <t>B07KH8K6V2</t>
+  </si>
+  <si>
+    <t>B0792TRPQ7</t>
+  </si>
+  <si>
+    <t>0307389162</t>
+  </si>
+  <si>
+    <t>B00USI0K9A</t>
+  </si>
+  <si>
+    <t>0982522754</t>
+  </si>
+  <si>
+    <t>0525648445</t>
+  </si>
+  <si>
+    <t>NN-400012-S8</t>
+  </si>
+  <si>
+    <t>B088MDXWCT</t>
+  </si>
+  <si>
+    <t>B00664F8BU</t>
+  </si>
+  <si>
+    <t>WGT15061-WW</t>
+  </si>
+  <si>
+    <t>B00ZI8695Y</t>
+  </si>
+  <si>
+    <t>0062678426</t>
+  </si>
+  <si>
+    <t>B07MFDNXB5</t>
+  </si>
+  <si>
+    <t>B0055QD0EC</t>
+  </si>
+  <si>
+    <t>B07L89H2GV</t>
+  </si>
+  <si>
+    <t>B082TVL3LJ</t>
+  </si>
+  <si>
+    <t>0881133094</t>
+  </si>
+  <si>
+    <t>B00JZF93TK</t>
+  </si>
+  <si>
+    <t>DVIDDMF15</t>
+  </si>
+  <si>
+    <t>B07Z3ZWSBW</t>
+  </si>
+  <si>
+    <t>B00NEU7YI4</t>
+  </si>
+  <si>
+    <t>0375867937</t>
+  </si>
+  <si>
+    <t>B01BZF5RFQ</t>
+  </si>
+  <si>
+    <t>0917849132</t>
+  </si>
+  <si>
+    <t>B003YDU3ES</t>
+  </si>
+  <si>
+    <t>B08V4RPFBN</t>
+  </si>
+  <si>
+    <t>B0066Z5FOY</t>
+  </si>
+  <si>
+    <t>B07CVW21WS</t>
+  </si>
+  <si>
+    <t>B01EGUYJGA</t>
+  </si>
+  <si>
+    <t>B07ZBFPFRW</t>
+  </si>
+  <si>
+    <t>0341139106</t>
+  </si>
+  <si>
+    <t>0465028020</t>
+  </si>
+  <si>
+    <t>0826134742</t>
+  </si>
+  <si>
+    <t>0877738513</t>
+  </si>
+  <si>
+    <t>B0727VYT25</t>
+  </si>
+  <si>
+    <t>B01H1RQFOO</t>
+  </si>
+  <si>
+    <t>B07G3544N6</t>
+  </si>
+  <si>
+    <t>B01J4SF3MS</t>
+  </si>
+  <si>
+    <t>B07VRXWRTL</t>
+  </si>
+  <si>
+    <t>B00C5U7WZY</t>
+  </si>
+  <si>
+    <t>DO-MC01</t>
+  </si>
+  <si>
+    <t>B07Y9JBNTX</t>
+  </si>
+  <si>
+    <t>B07CXN5Y66</t>
+  </si>
+  <si>
+    <t>B01LEB3UQO</t>
+  </si>
+  <si>
+    <t>B07V49T13C</t>
+  </si>
+  <si>
+    <t>B07CSJYDNJ</t>
+  </si>
+  <si>
+    <t>B07YJVW31W</t>
+  </si>
+  <si>
+    <t>B017X98KPM</t>
+  </si>
+  <si>
+    <t>B07RJWV2Q3</t>
+  </si>
+  <si>
+    <t>B07ZFFFFMX</t>
+  </si>
+  <si>
+    <t>194199900X</t>
+  </si>
+  <si>
+    <t>B07KXMPH6Q</t>
+  </si>
+  <si>
+    <t>BIN588215</t>
+  </si>
+  <si>
+    <t>B07DFHGP7D</t>
+  </si>
+  <si>
+    <t>B08JLRX3PJ</t>
+  </si>
+  <si>
+    <t>B07PFHWZNW</t>
+  </si>
+  <si>
+    <t>B07HH2QCF6</t>
+  </si>
+  <si>
+    <t>B08K4DDGZW</t>
+  </si>
+  <si>
+    <t>BICGSM609AST</t>
+  </si>
+  <si>
+    <t>B07VLC3JGG</t>
+  </si>
+  <si>
+    <t>B07CVXB5HH</t>
+  </si>
+  <si>
+    <t>B07VQG5RC1</t>
+  </si>
+  <si>
+    <t>B08Y8MPTKQ</t>
+  </si>
+  <si>
+    <t>B07KPQQXQ2</t>
+  </si>
+  <si>
+    <t>B2B150-BLK</t>
+  </si>
+  <si>
+    <t>B07T65ZQH8</t>
+  </si>
+  <si>
+    <t>B01HF1HRES</t>
+  </si>
+  <si>
+    <t>B07MV1MZBR</t>
+  </si>
+  <si>
+    <t>B07NY5ZRSN</t>
+  </si>
+  <si>
+    <t>HUN1031</t>
+  </si>
+  <si>
+    <t>B00JLTVFE6</t>
+  </si>
+  <si>
+    <t>B0771DBGZQ</t>
+  </si>
+  <si>
+    <t>B07F8RWPR5</t>
+  </si>
+  <si>
+    <t>0143127713</t>
+  </si>
+  <si>
+    <t>B06Y46W7JP</t>
+  </si>
+  <si>
+    <t>B07Z9PBZ1C</t>
+  </si>
+  <si>
+    <t>B07D7MX3LT</t>
+  </si>
+  <si>
+    <t>B07ZD17Q2F</t>
+  </si>
+  <si>
+    <t>B00B8WWV6K</t>
+  </si>
+  <si>
+    <t>B076V7SPZP</t>
+  </si>
+  <si>
+    <t>0718085183</t>
+  </si>
+  <si>
+    <t>0736303626</t>
+  </si>
+  <si>
+    <t>0517543052</t>
+  </si>
+  <si>
+    <t>B07HFTWQ5G</t>
+  </si>
+  <si>
+    <t>B07BVZGVY6</t>
+  </si>
+  <si>
+    <t>B07VHJYZ73</t>
+  </si>
+  <si>
+    <t>B0732RFN2D</t>
   </si>
   <si>
     <t>B01F57LLJQ</t>
   </si>
   <si>
+    <t>B07TYXB92K</t>
+  </si>
+  <si>
+    <t>B07YB7NZ1G</t>
+  </si>
+  <si>
+    <t>B07RLJ5MBR</t>
+  </si>
+  <si>
+    <t>B07G4YTSC9</t>
+  </si>
+  <si>
+    <t>B07MBX4MTY</t>
+  </si>
+  <si>
+    <t>B002YK5W7U</t>
+  </si>
+  <si>
+    <t>163220536X</t>
+  </si>
+  <si>
+    <t>B07V5GV6FS</t>
+  </si>
+  <si>
+    <t>0316310271</t>
+  </si>
+  <si>
+    <t>B07PBMMXLZ</t>
+  </si>
+  <si>
+    <t>B087R7VDYH</t>
+  </si>
+  <si>
+    <t>B07Z459W6W</t>
+  </si>
+  <si>
+    <t>B07HPGRV6T</t>
+  </si>
+  <si>
+    <t>B07VHF7DCP</t>
+  </si>
+  <si>
+    <t>B074P569NQ</t>
+  </si>
+  <si>
+    <t>B0733K54FS</t>
+  </si>
+  <si>
+    <t>B07R7F9SQM</t>
+  </si>
+  <si>
+    <t>B08DFXH2W5</t>
+  </si>
+  <si>
+    <t>B071KWZ71W</t>
+  </si>
+  <si>
+    <t>B07PRF4WTS</t>
+  </si>
+  <si>
+    <t>B07L5961MV</t>
+  </si>
+  <si>
+    <t>B07RPN9YFM</t>
+  </si>
+  <si>
+    <t>0684832720</t>
+  </si>
+  <si>
+    <t>B07RX5FKNV</t>
+  </si>
+  <si>
+    <t>B07MYT7Q63</t>
+  </si>
+  <si>
+    <t>B0001MLMKY</t>
+  </si>
+  <si>
+    <t>B01KYYQV2W</t>
+  </si>
+  <si>
+    <t>B01FV4UNII</t>
+  </si>
+  <si>
+    <t>B00S5VUPJM</t>
+  </si>
+  <si>
+    <t>191040392X</t>
+  </si>
+  <si>
+    <t>0767903692</t>
+  </si>
+  <si>
+    <t>0307455688</t>
+  </si>
+  <si>
+    <t>B06XW9363M</t>
+  </si>
+  <si>
+    <t>B00ZEDIPVY</t>
+  </si>
+  <si>
+    <t>B075RVHX62</t>
+  </si>
+  <si>
+    <t>B07DJ1DBYQ</t>
+  </si>
+  <si>
+    <t>B072F21DB5</t>
+  </si>
+  <si>
+    <t>849992297X</t>
+  </si>
+  <si>
+    <t>B0759L2JW3</t>
+  </si>
+  <si>
+    <t>B07K2WSJVX</t>
+  </si>
+  <si>
+    <t>B08KTVN7B2</t>
+  </si>
+  <si>
+    <t>B07TT2TXHS</t>
+  </si>
+  <si>
+    <t>B0722RVJTD</t>
+  </si>
+  <si>
+    <t>B0746GWZG2</t>
+  </si>
+  <si>
+    <t>B07SJBHP9Z</t>
+  </si>
+  <si>
+    <t>B07BL4V8DM</t>
+  </si>
+  <si>
+    <t>B0776TJKVM</t>
+  </si>
+  <si>
+    <t>0979633184</t>
+  </si>
+  <si>
+    <t>B07BRQXV3C</t>
+  </si>
+  <si>
+    <t>B07172N8YK</t>
+  </si>
+  <si>
+    <t>B07XRLDL95</t>
+  </si>
+  <si>
+    <t>B000LS6QYK</t>
+  </si>
+  <si>
+    <t>0829751262</t>
+  </si>
+  <si>
+    <t>B017ZUO2D8</t>
+  </si>
+  <si>
+    <t>B07JQ14GZB</t>
+  </si>
+  <si>
+    <t>B08WYRCGQ7</t>
+  </si>
+  <si>
+    <t>B07Z3R93SZ</t>
+  </si>
+  <si>
+    <t>B07VLQKR1Q</t>
+  </si>
+  <si>
+    <t>EU-834040</t>
+  </si>
+  <si>
+    <t>B01H6URZIQ</t>
+  </si>
+  <si>
+    <t>B07KRLX3D9</t>
+  </si>
+  <si>
+    <t>B0714FJXHW</t>
+  </si>
+  <si>
+    <t>B01MUBPKZX</t>
+  </si>
+  <si>
+    <t>B072BSL7LM</t>
+  </si>
+  <si>
+    <t>B07Q2WNLS7</t>
+  </si>
+  <si>
+    <t>B07FXP151Y</t>
+  </si>
+  <si>
+    <t>0062466593</t>
+  </si>
+  <si>
+    <t>B08R8K6NFG</t>
+  </si>
+  <si>
+    <t>B07DZFYMGV</t>
+  </si>
+  <si>
+    <t>B07Y2S452W</t>
+  </si>
+  <si>
+    <t>B001GUKPGC</t>
+  </si>
+  <si>
+    <t>B07JFJVDPV</t>
+  </si>
+  <si>
+    <t>B01E01BQAW</t>
+  </si>
+  <si>
+    <t>B08NFSCTKR</t>
+  </si>
+  <si>
+    <t>155643880X</t>
+  </si>
+  <si>
+    <t>0814640737</t>
+  </si>
+  <si>
+    <t>B07TVRQN7V</t>
+  </si>
+  <si>
+    <t>B089NVCTGJ</t>
+  </si>
+  <si>
+    <t>B08R9717L4</t>
+  </si>
+  <si>
+    <t>CK-6409</t>
+  </si>
+  <si>
+    <t>B001RNOAM8</t>
+  </si>
+  <si>
+    <t>B01LE4IQEC</t>
+  </si>
+  <si>
+    <t>B07VT8DCGM</t>
+  </si>
+  <si>
+    <t>B07DLBJRMP</t>
+  </si>
+  <si>
+    <t>B01725HECC</t>
+  </si>
+  <si>
+    <t>B07BHF7LBC</t>
+  </si>
+  <si>
+    <t>LER3769</t>
+  </si>
+  <si>
+    <t>0804851190</t>
+  </si>
+  <si>
+    <t>059315813X</t>
+  </si>
+  <si>
+    <t>B082T1RRHK</t>
+  </si>
+  <si>
+    <t>B0719KK7PQ</t>
+  </si>
+  <si>
+    <t>WDBVBZ0000NCH-NESN</t>
+  </si>
+  <si>
+    <t>B08C32D891</t>
+  </si>
+  <si>
+    <t>DO-733101</t>
+  </si>
+  <si>
+    <t>B07RHYY8NB</t>
+  </si>
+  <si>
+    <t>B07J3FXQP4</t>
+  </si>
+  <si>
+    <t>0865479933</t>
+  </si>
+  <si>
+    <t>B07HQMHSRC</t>
+  </si>
+  <si>
+    <t>0228219582</t>
+  </si>
+  <si>
+    <t>0274569175</t>
+  </si>
+  <si>
+    <t>B07Q5WC42B</t>
+  </si>
+  <si>
+    <t>0064409392</t>
+  </si>
+  <si>
+    <t>B06Y2BT8R2</t>
+  </si>
+  <si>
+    <t>B0176ACL12</t>
+  </si>
+  <si>
+    <t>B07JD167L6</t>
+  </si>
+  <si>
+    <t>0312567448</t>
+  </si>
+  <si>
+    <t>006185414X</t>
+  </si>
+  <si>
+    <t>B07KF9QKJZ</t>
+  </si>
+  <si>
+    <t>B00786VYGS</t>
+  </si>
+  <si>
+    <t>B07VQF78CF</t>
+  </si>
+  <si>
+    <t>156882405X</t>
+  </si>
+  <si>
+    <t>B07JJWTRYT</t>
+  </si>
+  <si>
+    <t>B07QZC5VXJ</t>
+  </si>
+  <si>
+    <t>B081BWX6C2</t>
+  </si>
+  <si>
+    <t>B00YZC4TFQ</t>
+  </si>
+  <si>
+    <t>B07L24HCY3</t>
+  </si>
+  <si>
+    <t>B078QRFXYV</t>
+  </si>
+  <si>
+    <t>0593086708</t>
+  </si>
+  <si>
+    <t>B07QWJS6LN</t>
+  </si>
+  <si>
+    <t>B07GYR7KK9</t>
+  </si>
+  <si>
+    <t>B01DWS0BLO</t>
+  </si>
+  <si>
+    <t>B07HHKFNT5</t>
+  </si>
+  <si>
+    <t>B00E9SNZ24</t>
+  </si>
+  <si>
+    <t>ZUSOE16</t>
+  </si>
+  <si>
+    <t>B07GST5CMQ</t>
+  </si>
+  <si>
+    <t>B003DIPBFU</t>
+  </si>
+  <si>
+    <t>B07TF3SL4Z</t>
+  </si>
+  <si>
+    <t>B07NZZWZVG</t>
+  </si>
+  <si>
+    <t>B006DI3ZV4</t>
+  </si>
+  <si>
+    <t>B07QV8914H</t>
+  </si>
+  <si>
+    <t>B07W139F73</t>
+  </si>
+  <si>
+    <t>B08S6TTTL4</t>
+  </si>
+  <si>
+    <t>477430705X</t>
+  </si>
+  <si>
+    <t>B07Y4NDSYF</t>
+  </si>
+  <si>
+    <t>B07MFPKNNS</t>
+  </si>
+  <si>
+    <t>0997318708</t>
+  </si>
+  <si>
+    <t>B07W7PXH4T</t>
+  </si>
+  <si>
+    <t>0805050876</t>
+  </si>
+  <si>
+    <t>B07BYHB5X3</t>
+  </si>
+  <si>
+    <t>B07CKFVWZ7</t>
+  </si>
+  <si>
+    <t>B07SL9BTX1</t>
+  </si>
+  <si>
+    <t>B07V5TLW5M</t>
+  </si>
+  <si>
+    <t>B010R3G1EI</t>
+  </si>
+  <si>
+    <t>B00197TCJI</t>
+  </si>
+  <si>
+    <t>B07YFJRXRG</t>
+  </si>
+  <si>
+    <t>B010G9M0DO</t>
+  </si>
+  <si>
+    <t>0375859551</t>
+  </si>
+  <si>
+    <t>B07K464Q5K</t>
+  </si>
+  <si>
+    <t>LER4285</t>
+  </si>
+  <si>
+    <t>B07YKSYYM6</t>
+  </si>
+  <si>
+    <t>B07QDQHJSF</t>
+  </si>
+  <si>
+    <t>B072NCT92Y</t>
+  </si>
+  <si>
+    <t>B015WJRWFO</t>
+  </si>
+  <si>
+    <t>B07MZ6T9V8</t>
+  </si>
+  <si>
+    <t>B00345JLR6</t>
+  </si>
+  <si>
+    <t>143911000X</t>
+  </si>
+  <si>
+    <t>B073F36FJF</t>
+  </si>
+  <si>
+    <t>B0776SHPW6</t>
+  </si>
+  <si>
+    <t>B0817WPFG5</t>
+  </si>
+  <si>
+    <t>B07XYQCPZ4</t>
+  </si>
+  <si>
+    <t>B07Q1NGXYT</t>
+  </si>
+  <si>
+    <t>B07DP9HK1B</t>
+  </si>
+  <si>
+    <t>B07GKBPZPV</t>
+  </si>
+  <si>
+    <t>ELME421</t>
+  </si>
+  <si>
+    <t>110196636X</t>
+  </si>
+  <si>
+    <t>B07CTF5YRB</t>
+  </si>
+  <si>
+    <t>B000KKO85S</t>
+  </si>
+  <si>
+    <t>0547750331</t>
+  </si>
+  <si>
+    <t>B089ZV1G4Y</t>
+  </si>
+  <si>
+    <t>B01I5170IK</t>
+  </si>
+  <si>
+    <t>B01NBAAV7M</t>
+  </si>
+  <si>
+    <t>0062976583</t>
+  </si>
+  <si>
+    <t>B0082AOHZY</t>
+  </si>
+  <si>
+    <t>B07W6ZWSHH</t>
+  </si>
+  <si>
+    <t>B07HL2XBXL</t>
+  </si>
+  <si>
+    <t>B07S2J9B9D</t>
+  </si>
+  <si>
+    <t>B005D4N54G</t>
+  </si>
+  <si>
+    <t>B00NV82K2O</t>
+  </si>
+  <si>
+    <t>B07F2FRTHW</t>
+  </si>
+  <si>
+    <t>B07BFVY95W</t>
+  </si>
+  <si>
+    <t>B07SD9F6SN</t>
+  </si>
+  <si>
+    <t>B00QWK17RM</t>
+  </si>
+  <si>
+    <t>B07F9WXM6K</t>
+  </si>
+  <si>
+    <t>B0749K2B93</t>
+  </si>
+  <si>
+    <t>B0714M3MD5</t>
+  </si>
+  <si>
+    <t>B075882TJQ</t>
+  </si>
+  <si>
+    <t>0743299795</t>
+  </si>
+  <si>
+    <t>059309798X</t>
+  </si>
+  <si>
+    <t>B07SS8NKC8</t>
+  </si>
+  <si>
+    <t>B001XSE5RC</t>
+  </si>
+  <si>
+    <t>B0194EHMYY</t>
+  </si>
+  <si>
+    <t>DO-735025</t>
+  </si>
+  <si>
+    <t>B0772MS25C</t>
+  </si>
+  <si>
+    <t>B089CLN89D</t>
+  </si>
+  <si>
+    <t>B00UA3KR6Y</t>
+  </si>
+  <si>
+    <t>B07XBG7QBP</t>
+  </si>
+  <si>
+    <t>B08DTKT38V</t>
+  </si>
+  <si>
+    <t>0553509896</t>
+  </si>
+  <si>
+    <t>B009QT8XWS</t>
+  </si>
+  <si>
+    <t>0345438310</t>
+  </si>
+  <si>
+    <t>B00OYTAPS0</t>
+  </si>
+  <si>
+    <t>B079C7XZYK</t>
+  </si>
+  <si>
+    <t>B07S92HB66</t>
+  </si>
+  <si>
+    <t>B07WNN4QH3</t>
+  </si>
+  <si>
+    <t>B01GQTWL5U</t>
+  </si>
+  <si>
+    <t>B074P565L6</t>
+  </si>
+  <si>
+    <t>0147518741</t>
+  </si>
+  <si>
+    <t>0156612062</t>
+  </si>
+  <si>
+    <t>0007557272</t>
+  </si>
+  <si>
+    <t>B07MC6JJ4L</t>
+  </si>
+  <si>
+    <t>B07V5DDD34</t>
+  </si>
+  <si>
+    <t>B08PTHGRXH</t>
+  </si>
+  <si>
+    <t>B07CZFL729</t>
+  </si>
+  <si>
+    <t>B08CWY132G</t>
+  </si>
+  <si>
+    <t>B00QYP9DAI</t>
+  </si>
+  <si>
+    <t>199932255X</t>
+  </si>
+  <si>
+    <t>CB1262BLK</t>
+  </si>
+  <si>
+    <t>B07PMRTJJ6</t>
+  </si>
+  <si>
+    <t>B07WVQBM8H</t>
+  </si>
+  <si>
+    <t>B014PFH19S</t>
+  </si>
+  <si>
+    <t>B07XT8GL1Y</t>
+  </si>
+  <si>
+    <t>B00XKQUM54</t>
+  </si>
+  <si>
+    <t>B00QYOF0S8</t>
+  </si>
+  <si>
+    <t>B07L4GL69V</t>
+  </si>
+  <si>
+    <t>B08VNW7T5M</t>
+  </si>
+  <si>
+    <t>HYG61491</t>
+  </si>
+  <si>
+    <t>0060007753</t>
+  </si>
+  <si>
+    <t>B074MS86LD</t>
+  </si>
+  <si>
+    <t>B07BHD8PRS</t>
+  </si>
+  <si>
+    <t>SXPST50TTWH34</t>
+  </si>
+  <si>
+    <t>B07L7G77CQ</t>
+  </si>
+  <si>
+    <t>0446581356</t>
+  </si>
+  <si>
+    <t>B07NST724K</t>
+  </si>
+  <si>
+    <t>136800251X</t>
+  </si>
+  <si>
+    <t>B07XSGD4MX</t>
+  </si>
+  <si>
+    <t>0310749697</t>
+  </si>
+  <si>
+    <t>B0083XFHIG</t>
+  </si>
+  <si>
+    <t>B07ZL2FW8D</t>
+  </si>
+  <si>
+    <t>LER0810</t>
+  </si>
+  <si>
+    <t>B08XYVDLWD</t>
+  </si>
+  <si>
+    <t>B07NW918WN</t>
+  </si>
+  <si>
+    <t>B07G132NZR</t>
+  </si>
+  <si>
+    <t>B08VH4SY6R</t>
+  </si>
+  <si>
+    <t>B07H4MSW9Q</t>
+  </si>
+  <si>
+    <t>B07WLJNTK6</t>
+  </si>
+  <si>
+    <t>B071XQBCDY</t>
+  </si>
+  <si>
+    <t>B07FKMRHBT</t>
+  </si>
+  <si>
+    <t>0768446376</t>
+  </si>
+  <si>
+    <t>B07VGQ3KX6</t>
+  </si>
+  <si>
+    <t>B07HCPYDSV</t>
+  </si>
+  <si>
+    <t>B01GDM8WRQ</t>
+  </si>
+  <si>
+    <t>B01CEPJYK0</t>
+  </si>
+  <si>
+    <t>B07TCGZK9B</t>
+  </si>
+  <si>
+    <t>0578551667</t>
+  </si>
+  <si>
+    <t>0743228383</t>
+  </si>
+  <si>
+    <t>B07QGTQ17D</t>
+  </si>
+  <si>
+    <t>B007I35FZM</t>
+  </si>
+  <si>
+    <t>0718038932</t>
+  </si>
+  <si>
+    <t>B07XRD2XY7</t>
+  </si>
+  <si>
+    <t>B019GP4WOO</t>
+  </si>
+  <si>
+    <t>B075V7VFB4</t>
+  </si>
+  <si>
+    <t>B01GGAW4D8</t>
+  </si>
+  <si>
+    <t>B07WSCGLZN</t>
+  </si>
+  <si>
+    <t>GC513</t>
+  </si>
+  <si>
+    <t>B07WQT4WRY</t>
+  </si>
+  <si>
+    <t>B07BYRGWXQ</t>
+  </si>
+  <si>
+    <t>B077F4B56Y</t>
+  </si>
+  <si>
+    <t>B07KK48QY9</t>
+  </si>
+  <si>
+    <t>0425285197</t>
+  </si>
+  <si>
+    <t>B07FFG222C</t>
+  </si>
+  <si>
+    <t>B00QWK3KGI</t>
+  </si>
+  <si>
+    <t>B088ZXGVK2</t>
+  </si>
+  <si>
+    <t>B01DMUI8M6</t>
+  </si>
+  <si>
+    <t>0545791421</t>
+  </si>
+  <si>
+    <t>B06ZZYGWM1</t>
+  </si>
+  <si>
+    <t>B07MLX7F66</t>
+  </si>
+  <si>
+    <t>B07Q55YPCK</t>
+  </si>
+  <si>
+    <t>B08QJ7JPKJ</t>
+  </si>
+  <si>
+    <t>846069965X</t>
+  </si>
+  <si>
+    <t>B07CTX3KWG</t>
+  </si>
+  <si>
+    <t>B079FWGR2J</t>
+  </si>
+  <si>
+    <t>B210RBLUE</t>
+  </si>
+  <si>
+    <t>B01N9R30JQ</t>
+  </si>
+  <si>
+    <t>0062435264</t>
+  </si>
+  <si>
+    <t>B01NBB0Z3X</t>
+  </si>
+  <si>
+    <t>B07J5D69YV</t>
+  </si>
+  <si>
+    <t>LER2345</t>
+  </si>
+  <si>
+    <t>B077N2RDQG</t>
+  </si>
+  <si>
+    <t>B001T9NWTM</t>
+  </si>
+  <si>
+    <t>031611300X</t>
+  </si>
+  <si>
+    <t>B077T15D44</t>
+  </si>
+  <si>
+    <t>B01LT6FCFG</t>
+  </si>
+  <si>
+    <t>B07JJNJ192</t>
+  </si>
+  <si>
+    <t>0525572643</t>
+  </si>
+  <si>
+    <t>B07KN2S1RN</t>
+  </si>
+  <si>
+    <t>B077P4LGB9</t>
+  </si>
+  <si>
+    <t>4X90U90616</t>
+  </si>
+  <si>
+    <t>B07QY74NWS</t>
+  </si>
+  <si>
+    <t>B07L8SHCSW</t>
+  </si>
+  <si>
+    <t>B0798TSL16</t>
+  </si>
+  <si>
+    <t>B07ZMKYCKF</t>
+  </si>
+  <si>
+    <t>B0139MMM4W</t>
+  </si>
+  <si>
+    <t>0316310425</t>
+  </si>
+  <si>
+    <t>B01N5RFHLF</t>
+  </si>
+  <si>
+    <t>B07RS9LSDZ</t>
+  </si>
+  <si>
+    <t>179458689X</t>
+  </si>
+  <si>
+    <t>B07CNKLFFP</t>
+  </si>
+  <si>
+    <t>B07P7ZD67J</t>
+  </si>
+  <si>
+    <t>B01725GFHW</t>
+  </si>
+  <si>
+    <t>B075752XB5</t>
+  </si>
+  <si>
+    <t>B0055QD3A8</t>
+  </si>
+  <si>
+    <t>B00NJ0GWSW</t>
+  </si>
+  <si>
+    <t>B07X3VMPJY</t>
+  </si>
+  <si>
+    <t>B0059EJLH0</t>
+  </si>
+  <si>
+    <t>B01M6CJN0C</t>
+  </si>
+  <si>
+    <t>B07B7K2HTD</t>
+  </si>
+  <si>
+    <t>B07JFTVNDJ</t>
+  </si>
+  <si>
+    <t>B01DWN6XNO</t>
+  </si>
+  <si>
+    <t>B01EN8FLR6</t>
+  </si>
+  <si>
+    <t>B07GBWFTFS</t>
+  </si>
+  <si>
+    <t>B01HC1SB6E</t>
+  </si>
+  <si>
+    <t>B01ELKRS7W</t>
+  </si>
+  <si>
+    <t>0375714367</t>
+  </si>
+  <si>
+    <t>B01MA2F2W4</t>
+  </si>
+  <si>
+    <t>B07PBG55MX</t>
+  </si>
+  <si>
+    <t>B0164VHKA6</t>
+  </si>
+  <si>
+    <t>B07MR5FY3P</t>
+  </si>
+  <si>
+    <t>B07GQKD1B9</t>
+  </si>
+  <si>
+    <t>B078J5P5YD</t>
+  </si>
+  <si>
+    <t>B07N3WC9CQ</t>
+  </si>
+  <si>
+    <t>B0140PCNJQ</t>
+  </si>
+  <si>
+    <t>B06ZZMLNGW</t>
+  </si>
+  <si>
+    <t>B01JLB9VFI</t>
+  </si>
+  <si>
+    <t>B01EJ9DMQQ</t>
+  </si>
+  <si>
+    <t>0757301363</t>
+  </si>
+  <si>
+    <t>B0892BK5L6</t>
+  </si>
+  <si>
+    <t>B07WV6PVYC</t>
+  </si>
+  <si>
+    <t>B077SG7HW7</t>
+  </si>
+  <si>
+    <t>B0719NYFZ7</t>
+  </si>
+  <si>
+    <t>B004V94XB8</t>
+  </si>
+  <si>
+    <t>006230125X</t>
+  </si>
+  <si>
+    <t>B078X7GHDP</t>
+  </si>
+  <si>
+    <t>B00H4OL2FC</t>
+  </si>
+  <si>
+    <t>B07NPGK8X1</t>
+  </si>
+  <si>
+    <t>B072C65494</t>
+  </si>
+  <si>
+    <t>B07GGTCKH9</t>
+  </si>
+  <si>
+    <t>B01J8Y6Q9C</t>
+  </si>
+  <si>
+    <t>B07VL92DZ7</t>
+  </si>
+  <si>
+    <t>B07W7JT694</t>
+  </si>
+  <si>
+    <t>USG60</t>
+  </si>
+  <si>
+    <t>B07P53NRMH</t>
+  </si>
+  <si>
+    <t>0763667625</t>
+  </si>
+  <si>
+    <t>B07GP1W4DP</t>
+  </si>
+  <si>
+    <t>0940985578</t>
+  </si>
+  <si>
+    <t>0525520139</t>
+  </si>
+  <si>
+    <t>B000GB1R8M</t>
+  </si>
+  <si>
+    <t>B072VWSH4D</t>
+  </si>
+  <si>
+    <t>AEAASHELMET</t>
+  </si>
+  <si>
+    <t>108033257X</t>
+  </si>
+  <si>
+    <t>B07V4CNVZV</t>
+  </si>
+  <si>
+    <t>B017LZDTBS</t>
+  </si>
+  <si>
+    <t>B0784V19K1</t>
+  </si>
+  <si>
+    <t>B07FCFBZRP</t>
+  </si>
+  <si>
+    <t>B07Y7LJB76</t>
+  </si>
+  <si>
+    <t>B01C28WB0Y</t>
+  </si>
+  <si>
+    <t>B07VWJRCFM</t>
+  </si>
+  <si>
+    <t>B078PDFFS7</t>
+  </si>
+  <si>
+    <t>B078TLSXG4</t>
+  </si>
+  <si>
+    <t>B07K6647JB</t>
+  </si>
+  <si>
+    <t>B000VODU5M</t>
+  </si>
+  <si>
+    <t>T-53006</t>
+  </si>
+  <si>
     <t>B07MTBRD32</t>
   </si>
   <si>
-    <t>0143127713</t>
+    <t>B07941FZX6</t>
   </si>
   <si>
     <t>B07VFB2XCL</t>
   </si>
   <si>
-    <t>B00786VYGS</t>
-[...35 lines deleted...]
-    <t>B07K6647JB</t>
+    <t>0812979397</t>
+  </si>
+  <si>
+    <t>B06XGZJ1L6</t>
+  </si>
+  <si>
+    <t>B071JLRGN5</t>
+  </si>
+  <si>
+    <t>B07SYWBJGK</t>
+  </si>
+  <si>
+    <t>0062851063</t>
+  </si>
+  <si>
+    <t>B0798GCJP8</t>
+  </si>
+  <si>
+    <t>B07V21CZQ1</t>
+  </si>
+  <si>
+    <t>B08RRNHVBP</t>
+  </si>
+  <si>
+    <t>B07GVQ8T86</t>
+  </si>
+  <si>
+    <t>B07KQ5CRJ2</t>
+  </si>
+  <si>
+    <t>LER3336</t>
+  </si>
+  <si>
+    <t>0486241386</t>
+  </si>
+  <si>
+    <t>987609646X</t>
   </si>
   <si>
     <t>B00QWK21PY</t>
   </si>
   <si>
-    <t>B07HHKFNT5</t>
+    <t>B00N6JBUSI</t>
   </si>
   <si>
     <t>B0721BMHFZ</t>
   </si>
   <si>
+    <t>B082J6LYM9</t>
+  </si>
+  <si>
     <t>B07F6TJHQ5</t>
   </si>
   <si>
-    <t>0684832720</t>
-[...1 lines deleted...]
-  <si>
     <t>B07J1N6SKD</t>
   </si>
   <si>
-    <t>ZUSOE16</t>
-[...2 lines deleted...]
-    <t>B07NZZWZVG</t>
+    <t>B08LYV2HMG</t>
   </si>
   <si>
     <t>B071KJD7YC</t>
   </si>
   <si>
-    <t>B07RLJ5MBR</t>
-[...50 lines deleted...]
-    <t>B0746GWZG2</t>
+    <t>0999676105</t>
+  </si>
+  <si>
+    <t>0743201108</t>
+  </si>
+  <si>
+    <t>B07BBKVDGT</t>
+  </si>
+  <si>
+    <t>B00N63UADA</t>
+  </si>
+  <si>
+    <t>B07GP7BHPD</t>
+  </si>
+  <si>
+    <t>B00LLL3XGK</t>
+  </si>
+  <si>
+    <t>B07VGW8KXQ</t>
+  </si>
+  <si>
+    <t>B00QWJYSCE</t>
+  </si>
+  <si>
+    <t>B01FSOLNQC</t>
+  </si>
+  <si>
+    <t>B07ZG6GVZQ</t>
+  </si>
+  <si>
+    <t>0399593209</t>
   </si>
   <si>
     <t>B07Z4TH93J</t>
   </si>
   <si>
-    <t>B07YKSYYM6</t>
+    <t>B072MKSSCX</t>
   </si>
   <si>
     <t>B07Z9QMM8J</t>
   </si>
   <si>
+    <t>B07X6CHS2K</t>
+  </si>
+  <si>
     <t>B01M29Q18B</t>
   </si>
   <si>
     <t>B01NATNH8N</t>
   </si>
   <si>
-    <t>B07MZ6T9V8</t>
-[...1 lines deleted...]
-  <si>
     <t>B07VHM776J</t>
   </si>
   <si>
-    <t>B0776SHPW6</t>
+    <t>B01G6F9ZF8</t>
+  </si>
+  <si>
+    <t>031033750X</t>
   </si>
   <si>
     <t>B07XFB3T6L</t>
   </si>
   <si>
-    <t>191040392X</t>
-[...35 lines deleted...]
-    <t>B08KTVN7B2</t>
+    <t>B073HJ6M5S</t>
+  </si>
+  <si>
+    <t>B07TY6CQ5X</t>
+  </si>
+  <si>
+    <t>B0756TZL5B</t>
+  </si>
+  <si>
+    <t>B0751CXMRJ</t>
+  </si>
+  <si>
+    <t>B0796HGGQH</t>
+  </si>
+  <si>
+    <t>B07MTF2SV5</t>
+  </si>
+  <si>
+    <t>0769251420</t>
+  </si>
+  <si>
+    <t>B07WSCKZB5</t>
+  </si>
+  <si>
+    <t>B07T9KYK3M</t>
+  </si>
+  <si>
+    <t>B08VJ2KM74</t>
+  </si>
+  <si>
+    <t>0785288570</t>
+  </si>
+  <si>
+    <t>PBT9500-RB</t>
+  </si>
+  <si>
+    <t>B07WRJ9GTN</t>
+  </si>
+  <si>
+    <t>B002YK5W3E</t>
+  </si>
+  <si>
+    <t>B07R6RWN6W</t>
   </si>
   <si>
     <t>B01GPVTP4E</t>
   </si>
   <si>
+    <t>RSS00231</t>
+  </si>
+  <si>
     <t>B07QLQ1QDR</t>
   </si>
   <si>
-    <t>B07W6ZWSHH</t>
-[...47 lines deleted...]
-    <t>B01I5170IK</t>
+    <t>B01B5WRPZY</t>
+  </si>
+  <si>
+    <t>CHSPLBC-6</t>
+  </si>
+  <si>
+    <t>B07ZD5DT3X</t>
+  </si>
+  <si>
+    <t>B07ZJ2RNMJ</t>
+  </si>
+  <si>
+    <t>B07QPWGJ1G</t>
+  </si>
+  <si>
+    <t>B07DZWHLY4</t>
+  </si>
+  <si>
+    <t>T-8259BN</t>
+  </si>
+  <si>
+    <t>B08QD18B6L</t>
+  </si>
+  <si>
+    <t>B07YXKS5DP</t>
+  </si>
+  <si>
+    <t>152124491X</t>
+  </si>
+  <si>
+    <t>B082927SMK</t>
+  </si>
+  <si>
+    <t>PAC91610</t>
+  </si>
+  <si>
+    <t>B00YJUU11K</t>
+  </si>
+  <si>
+    <t>V12H773010</t>
+  </si>
+  <si>
+    <t>B07TNP949Q</t>
   </si>
   <si>
     <t>B07NRMQ6TN</t>
   </si>
   <si>
-    <t>DO-735025</t>
+    <t>B07JYXXHT2</t>
+  </si>
+  <si>
+    <t>B07V49B1VD</t>
   </si>
   <si>
     <t>B07W1PVHTT</t>
   </si>
   <si>
-    <t>B07XBG7QBP</t>
+    <t>168781712X</t>
   </si>
   <si>
     <t>B01LBU03TU</t>
   </si>
   <si>
-    <t>B08R8K6NFG</t>
-[...38 lines deleted...]
-    <t>B00YJUU11K</t>
+    <t>PPR1610</t>
+  </si>
+  <si>
+    <t>B07FCZG97B</t>
+  </si>
+  <si>
+    <t>B07PHX997Z</t>
+  </si>
+  <si>
+    <t>B01MFHTEAK</t>
+  </si>
+  <si>
+    <t>B07G3X9ZJF</t>
+  </si>
+  <si>
+    <t>142218403X</t>
+  </si>
+  <si>
+    <t>B07BLXY71C</t>
+  </si>
+  <si>
+    <t>B07Z4MR6D2</t>
+  </si>
+  <si>
+    <t>0143105825</t>
+  </si>
+  <si>
+    <t>B00OLEZG8C</t>
+  </si>
+  <si>
+    <t>B00GQNPFQY</t>
+  </si>
+  <si>
+    <t>B07Z3GSFGD</t>
+  </si>
+  <si>
+    <t>LER2884</t>
   </si>
   <si>
     <t>B0788CW8CP</t>
   </si>
   <si>
-    <t>B07CZFL729</t>
-[...1 lines deleted...]
-  <si>
     <t>B072JK336V</t>
   </si>
   <si>
-    <t>B01LE4IQEC</t>
-[...2 lines deleted...]
-    <t>CB1262BLK</t>
+    <t>B08F3SXYZ6</t>
   </si>
   <si>
     <t>B0768RSG7J</t>
   </si>
   <si>
-    <t>B07FCZG97B</t>
-[...745 lines deleted...]
-  <si>
     <t>B07P4HM8QH</t>
   </si>
   <si>
-    <t>0593086708</t>
-[...319 lines deleted...]
-  <si>
     <t>B07DB14315</t>
-  </si>
-[...406 lines deleted...]
-    <t>B07W7JT694</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2506,63 +2506,63 @@
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
         <v>1539328791</v>
       </c>
       <c r="C2">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>1984818341</v>
       </c>
       <c r="C3">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="B4" t="s">
-        <v>4</v>
+      <c r="B4">
+        <v>1490995668</v>
       </c>
       <c r="C4">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
-      <c r="B5">
-        <v>1490995668</v>
+      <c r="B5" t="s">
+        <v>4</v>
       </c>
       <c r="C5">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6">
         <v>1524797162</v>
       </c>
       <c r="C6">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>5</v>
       </c>
       <c r="C7">
         <v>6</v>
@@ -2583,327 +2583,327 @@
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9">
         <v>8420435503</v>
       </c>
       <c r="C9">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
-      <c r="B11" t="s">
-        <v>8</v>
+      <c r="B11">
+        <v>1684128870</v>
       </c>
       <c r="C11">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12">
-        <v>1684128870</v>
+        <v>1524797227</v>
       </c>
       <c r="C12">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
-      <c r="B14">
-        <v>1524797227</v>
+      <c r="B14" t="s">
+        <v>9</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15">
         <v>1097822451</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16">
-        <v>6073116187</v>
+        <v>1796575097</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
-      <c r="B18">
-        <v>1101966343</v>
+      <c r="B18" t="s">
+        <v>11</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
-      <c r="B19" t="s">
-        <v>11</v>
+      <c r="B19">
+        <v>1455503878</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20" t="s">
         <v>12</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21">
-        <v>1641522305</v>
+        <v>6073116187</v>
       </c>
       <c r="C21">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22">
-        <v>1981455515</v>
+        <v>1401956009</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
-      <c r="B23">
-        <v>1796575097</v>
+      <c r="B23" t="s">
+        <v>13</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
-      <c r="B26" t="s">
-        <v>15</v>
+      <c r="B26">
+        <v>1641522305</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
-      <c r="B28" t="s">
-        <v>17</v>
+      <c r="B28">
+        <v>8498388872</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
       <c r="B29" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
-      <c r="B30">
-        <v>1455503878</v>
+      <c r="B30" t="s">
+        <v>18</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
       <c r="B31">
-        <v>1401956009</v>
+        <v>1981455515</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
         <v>20</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34" t="s">
         <v>21</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
-      <c r="B35">
-        <v>8498388872</v>
+      <c r="B35" t="s">
+        <v>22</v>
       </c>
       <c r="C35">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
-      <c r="B36" t="s">
-        <v>22</v>
+      <c r="B36">
+        <v>1101966343</v>
       </c>
       <c r="C36">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
       <c r="B37" t="s">
         <v>23</v>
       </c>
       <c r="C37">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38">
         <v>3</v>
@@ -2914,5540 +2914,5540 @@
         <v>3</v>
       </c>
       <c r="B39" t="s">
         <v>25</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>3</v>
       </c>
       <c r="B40" t="s">
         <v>26</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
       <c r="B41">
-        <v>1697718795</v>
+        <v>1541011627</v>
       </c>
       <c r="C41">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
-      <c r="B42" t="s">
-        <v>27</v>
+      <c r="B42">
+        <v>1466346922</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>3</v>
       </c>
       <c r="B43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C43">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>3</v>
       </c>
       <c r="B44" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>3</v>
       </c>
       <c r="B45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C45">
         <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>3</v>
       </c>
-      <c r="B47" t="s">
-        <v>32</v>
+      <c r="B47">
+        <v>1542855829</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>3</v>
       </c>
-      <c r="B48">
-        <v>1795382864</v>
+      <c r="B48" t="s">
+        <v>31</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>3</v>
       </c>
-      <c r="B49">
-        <v>1522925325</v>
+      <c r="B49" t="s">
+        <v>32</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>3</v>
       </c>
       <c r="B50">
-        <v>1720136904</v>
+        <v>1640304444</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>3</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>3</v>
       </c>
-      <c r="B52">
-        <v>1368042198</v>
+      <c r="B52" t="s">
+        <v>34</v>
       </c>
       <c r="C52">
         <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
-      <c r="B53">
-        <v>6200029091</v>
+      <c r="B53" t="s">
+        <v>35</v>
       </c>
       <c r="C53">
         <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
-      <c r="B54" t="s">
-        <v>34</v>
+      <c r="B54">
+        <v>1634421574</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>3</v>
       </c>
       <c r="B55" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>3</v>
       </c>
       <c r="B56" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C56">
         <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>3</v>
       </c>
       <c r="B57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C57">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>3</v>
       </c>
-      <c r="B58" t="s">
-        <v>38</v>
+      <c r="B58">
+        <v>1702084957</v>
       </c>
       <c r="C58">
         <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>3</v>
       </c>
       <c r="B59" t="s">
         <v>39</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>3</v>
       </c>
       <c r="B60" t="s">
         <v>40</v>
       </c>
       <c r="C60">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>3</v>
       </c>
       <c r="B61" t="s">
         <v>41</v>
       </c>
       <c r="C61">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>3</v>
       </c>
-      <c r="B62" t="s">
-        <v>42</v>
+      <c r="B62">
+        <v>8491051325</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>3</v>
       </c>
       <c r="B63" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C63">
         <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>3</v>
       </c>
-      <c r="B64">
-        <v>1481011251</v>
+      <c r="B64" t="s">
+        <v>43</v>
       </c>
       <c r="C64">
         <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>3</v>
       </c>
-      <c r="B65" t="s">
-        <v>44</v>
+      <c r="B65">
+        <v>1947783998</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>3</v>
       </c>
       <c r="B66" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C66">
         <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>3</v>
       </c>
       <c r="B67" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>3</v>
       </c>
       <c r="B68" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>3</v>
       </c>
       <c r="B69" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C69">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>3</v>
       </c>
-      <c r="B70" t="s">
-        <v>49</v>
+      <c r="B70">
+        <v>1977018971</v>
       </c>
       <c r="C70">
         <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>3</v>
       </c>
       <c r="B71" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C71">
         <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>3</v>
       </c>
-      <c r="B72">
-        <v>1640304444</v>
+      <c r="B72" t="s">
+        <v>49</v>
       </c>
       <c r="C72">
         <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>3</v>
       </c>
       <c r="B73">
-        <v>1542855829</v>
+        <v>1095495984</v>
       </c>
       <c r="C73">
         <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>3</v>
       </c>
-      <c r="B74" t="s">
-        <v>51</v>
+      <c r="B74">
+        <v>1250123569</v>
       </c>
       <c r="C74">
         <v>2</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>3</v>
       </c>
-      <c r="B75">
-        <v>1641522747</v>
+      <c r="B75" t="s">
+        <v>50</v>
       </c>
       <c r="C75">
         <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>3</v>
       </c>
-      <c r="B76" t="s">
-        <v>52</v>
+      <c r="B76">
+        <v>1075292352</v>
       </c>
       <c r="C76">
         <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>3</v>
       </c>
       <c r="B77" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C77">
         <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>3</v>
       </c>
-      <c r="B78" t="s">
-        <v>54</v>
+      <c r="B78">
+        <v>1931800138</v>
       </c>
       <c r="C78">
         <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>3</v>
       </c>
       <c r="B79">
-        <v>1634421574</v>
+        <v>1979144826</v>
       </c>
       <c r="C79">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>3</v>
       </c>
-      <c r="B80" t="s">
-        <v>55</v>
+      <c r="B80">
+        <v>1099030544</v>
       </c>
       <c r="C80">
         <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>3</v>
       </c>
       <c r="B81" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C81">
         <v>2</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>3</v>
       </c>
       <c r="B82" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C82">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>3</v>
       </c>
       <c r="B83" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C83">
         <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>3</v>
       </c>
       <c r="B84" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C84">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>3</v>
       </c>
-      <c r="B85" t="s">
-        <v>60</v>
+      <c r="B85">
+        <v>1697718795</v>
       </c>
       <c r="C85">
         <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>3</v>
       </c>
-      <c r="B86">
-        <v>8491051325</v>
+      <c r="B86" t="s">
+        <v>56</v>
       </c>
       <c r="C86">
         <v>2</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>3</v>
       </c>
       <c r="B87">
-        <v>1506707335</v>
+        <v>1522925325</v>
       </c>
       <c r="C87">
         <v>2</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>3</v>
       </c>
       <c r="B88" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C88">
         <v>2</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>3</v>
       </c>
-      <c r="B89" t="s">
-        <v>62</v>
+      <c r="B89">
+        <v>1646090004</v>
       </c>
       <c r="C89">
         <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>3</v>
       </c>
       <c r="B90" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C90">
         <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>3</v>
       </c>
       <c r="B91" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C91">
         <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>3</v>
       </c>
       <c r="B92">
-        <v>1686136153</v>
+        <v>1935610007</v>
       </c>
       <c r="C92">
         <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>3</v>
       </c>
-      <c r="B93">
-        <v>8492452188</v>
+      <c r="B93" t="s">
+        <v>60</v>
       </c>
       <c r="C93">
         <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>3</v>
       </c>
-      <c r="B94">
-        <v>1095495984</v>
+      <c r="B94" t="s">
+        <v>61</v>
       </c>
       <c r="C94">
         <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>3</v>
       </c>
       <c r="B95">
-        <v>1250123569</v>
+        <v>1421590565</v>
       </c>
       <c r="C95">
         <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>3</v>
       </c>
-      <c r="B96">
-        <v>1973222086</v>
+      <c r="B96" t="s">
+        <v>62</v>
       </c>
       <c r="C96">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>3</v>
       </c>
       <c r="B97" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C97">
         <v>2</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>3</v>
       </c>
-      <c r="B98" t="s">
-        <v>66</v>
+      <c r="B98">
+        <v>1506707335</v>
       </c>
       <c r="C98">
         <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>3</v>
       </c>
       <c r="B99" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C99">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>3</v>
       </c>
-      <c r="B100">
-        <v>1075292352</v>
+      <c r="B100" t="s">
+        <v>65</v>
       </c>
       <c r="C100">
         <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>3</v>
       </c>
-      <c r="B101" t="s">
-        <v>68</v>
+      <c r="B101">
+        <v>1419735047</v>
       </c>
       <c r="C101">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>3</v>
       </c>
-      <c r="B102" t="s">
-        <v>69</v>
+      <c r="B102">
+        <v>1481011251</v>
       </c>
       <c r="C102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>3</v>
       </c>
-      <c r="B103">
-        <v>1931800138</v>
+      <c r="B103" t="s">
+        <v>66</v>
       </c>
       <c r="C103">
         <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>3</v>
       </c>
       <c r="B104">
-        <v>1979144826</v>
+        <v>1585426598</v>
       </c>
       <c r="C104">
         <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>3</v>
       </c>
-      <c r="B105">
-        <v>1099030544</v>
+      <c r="B105" t="s">
+        <v>67</v>
       </c>
       <c r="C105">
         <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>3</v>
       </c>
       <c r="B106" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C106">
         <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>3</v>
       </c>
       <c r="B107" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C107">
         <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>3</v>
       </c>
       <c r="B108" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C108">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>3</v>
       </c>
-      <c r="B109" t="s">
-        <v>73</v>
+      <c r="B109">
+        <v>1641522747</v>
       </c>
       <c r="C109">
         <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>3</v>
       </c>
-      <c r="B110">
-        <v>1501104853</v>
+      <c r="B110" t="s">
+        <v>71</v>
       </c>
       <c r="C110">
         <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>3</v>
       </c>
       <c r="B111" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C111">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>3</v>
       </c>
-      <c r="B112">
-        <v>1541011627</v>
+      <c r="B112" t="s">
+        <v>73</v>
       </c>
       <c r="C112">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>3</v>
       </c>
-      <c r="B113">
-        <v>1466346922</v>
+      <c r="B113" t="s">
+        <v>74</v>
       </c>
       <c r="C113">
         <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>3</v>
       </c>
       <c r="B114" t="s">
         <v>75</v>
       </c>
       <c r="C114">
         <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>3</v>
       </c>
-      <c r="B115">
-        <v>1646090004</v>
+      <c r="B115" t="s">
+        <v>76</v>
       </c>
       <c r="C115">
         <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>3</v>
       </c>
       <c r="B116" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C116">
         <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>3</v>
       </c>
-      <c r="B117">
-        <v>1421590565</v>
+      <c r="B117" t="s">
+        <v>78</v>
       </c>
       <c r="C117">
         <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>3</v>
       </c>
-      <c r="B118">
-        <v>1935610007</v>
+      <c r="B118" t="s">
+        <v>79</v>
       </c>
       <c r="C118">
         <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>3</v>
       </c>
       <c r="B119" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C119">
         <v>2</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>3</v>
       </c>
       <c r="B120" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C120">
         <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>3</v>
       </c>
-      <c r="B121">
-        <v>1702084957</v>
+      <c r="B121" t="s">
+        <v>82</v>
       </c>
       <c r="C121">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>3</v>
       </c>
       <c r="B122" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C122">
         <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>3</v>
       </c>
-      <c r="B123">
-        <v>1585426598</v>
+      <c r="B123" t="s">
+        <v>84</v>
       </c>
       <c r="C123">
         <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>3</v>
       </c>
-      <c r="B124">
-        <v>1419735047</v>
+      <c r="B124" t="s">
+        <v>85</v>
       </c>
       <c r="C124">
         <v>2</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>3</v>
       </c>
-      <c r="B125">
-        <v>1947783998</v>
+      <c r="B125" t="s">
+        <v>86</v>
       </c>
       <c r="C125">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>3</v>
       </c>
       <c r="B126" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="C126">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>3</v>
       </c>
       <c r="B127" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C127">
         <v>2</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>3</v>
       </c>
       <c r="B128" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C128">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
-      <c r="B129" t="s">
-        <v>83</v>
+      <c r="B129">
+        <v>8492452188</v>
       </c>
       <c r="C129">
         <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
-      <c r="B130" t="s">
-        <v>84</v>
+      <c r="B130">
+        <v>1686136153</v>
       </c>
       <c r="C130">
         <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
       <c r="B132" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C132">
         <v>2</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
-      <c r="B133" t="s">
-        <v>87</v>
+      <c r="B133">
+        <v>1973222086</v>
       </c>
       <c r="C133">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C134">
         <v>2</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
       <c r="B135">
-        <v>1977018971</v>
+        <v>1795382864</v>
       </c>
       <c r="C135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
-      <c r="B136" t="s">
-        <v>89</v>
+      <c r="B136">
+        <v>1368042198</v>
       </c>
       <c r="C136">
         <v>2</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
       <c r="B137" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C137">
         <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>3</v>
       </c>
-      <c r="B138" t="s">
-        <v>91</v>
+      <c r="B138">
+        <v>1720136904</v>
       </c>
       <c r="C138">
         <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>3</v>
       </c>
-      <c r="B139" t="s">
-        <v>92</v>
+      <c r="B139">
+        <v>1501104853</v>
       </c>
       <c r="C139">
         <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>3</v>
       </c>
       <c r="B140" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C140">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>3</v>
       </c>
       <c r="B141" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C141">
         <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>3</v>
       </c>
-      <c r="B142" t="s">
-        <v>95</v>
+      <c r="B142">
+        <v>6200029091</v>
       </c>
       <c r="C142">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>3</v>
       </c>
       <c r="B143" t="s">
         <v>96</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>3</v>
       </c>
       <c r="B144" t="s">
         <v>97</v>
       </c>
       <c r="C144">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>3</v>
       </c>
-      <c r="B145">
-        <v>8415943717</v>
+      <c r="B145" t="s">
+        <v>98</v>
       </c>
       <c r="C145">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>3</v>
       </c>
       <c r="B146" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C146">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>3</v>
       </c>
-      <c r="B147">
-        <v>1326588540</v>
+      <c r="B147" t="s">
+        <v>100</v>
       </c>
       <c r="C147">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>3</v>
       </c>
       <c r="B148" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C148">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>3</v>
       </c>
       <c r="B149" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C149">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>3</v>
       </c>
       <c r="B150" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C150">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>3</v>
       </c>
-      <c r="B151">
-        <v>1607964384</v>
+      <c r="B151" t="s">
+        <v>104</v>
       </c>
       <c r="C151">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>3</v>
       </c>
       <c r="B152" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C152">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>3</v>
       </c>
       <c r="B153" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C153">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>3</v>
       </c>
-      <c r="B154" t="s">
-        <v>104</v>
+      <c r="B154">
+        <v>1981095969</v>
       </c>
       <c r="C154">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>3</v>
       </c>
-      <c r="B155">
-        <v>1690194316</v>
+      <c r="B155" t="s">
+        <v>107</v>
       </c>
       <c r="C155">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>3</v>
       </c>
       <c r="B156" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C156">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>3</v>
       </c>
       <c r="B157" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C157">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>3</v>
       </c>
       <c r="B158" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C158">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>3</v>
       </c>
       <c r="B159" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C159">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>3</v>
       </c>
       <c r="B160" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C160">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>3</v>
       </c>
-      <c r="B161" t="s">
-        <v>110</v>
+      <c r="B161">
+        <v>1641524863</v>
       </c>
       <c r="C161">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>3</v>
       </c>
       <c r="B162">
-        <v>1988923018</v>
+        <v>1080420568</v>
       </c>
       <c r="C162">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>3</v>
       </c>
-      <c r="B163" t="s">
-        <v>111</v>
+      <c r="B163">
+        <v>1942733852</v>
       </c>
       <c r="C163">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>3</v>
       </c>
       <c r="B164" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C164">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>3</v>
       </c>
       <c r="B165" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>3</v>
       </c>
       <c r="B166" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C166">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>3</v>
       </c>
       <c r="B167" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C167">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>3</v>
       </c>
       <c r="B168" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C168">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>3</v>
       </c>
       <c r="B169" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C169">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>3</v>
       </c>
       <c r="B170" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C170">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>3</v>
       </c>
       <c r="B171" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C171">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>3</v>
       </c>
       <c r="B172" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C172">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>3</v>
       </c>
-      <c r="B173" t="s">
-        <v>121</v>
+      <c r="B173">
+        <v>1094770515</v>
       </c>
       <c r="C173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>3</v>
       </c>
-      <c r="B174" t="s">
-        <v>122</v>
+      <c r="B174">
+        <v>1718638787</v>
       </c>
       <c r="C174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>3</v>
       </c>
       <c r="B175" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C175">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>3</v>
       </c>
       <c r="B176" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C176">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>3</v>
       </c>
       <c r="B177" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>3</v>
       </c>
-      <c r="B178" t="s">
-        <v>126</v>
+      <c r="B178">
+        <v>1945540168</v>
       </c>
       <c r="C178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>3</v>
       </c>
-      <c r="B179" t="s">
-        <v>127</v>
+      <c r="B179">
+        <v>1545325502</v>
       </c>
       <c r="C179">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>3</v>
       </c>
       <c r="B180" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C180">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>3</v>
       </c>
-      <c r="B181" t="s">
-        <v>129</v>
+      <c r="B181">
+        <v>1688279873</v>
       </c>
       <c r="C181">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>3</v>
       </c>
       <c r="B182" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C182">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>3</v>
       </c>
       <c r="B183" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C183">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>3</v>
       </c>
       <c r="B184" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C184">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>3</v>
       </c>
       <c r="B185" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C185">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>3</v>
       </c>
-      <c r="B186" t="s">
-        <v>134</v>
+      <c r="B186">
+        <v>1368009026</v>
       </c>
       <c r="C186">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>3</v>
       </c>
-      <c r="B187" t="s">
-        <v>135</v>
+      <c r="B187">
+        <v>1539151972</v>
       </c>
       <c r="C187">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>3</v>
       </c>
-      <c r="B188">
-        <v>1722655844</v>
+      <c r="B188" t="s">
+        <v>130</v>
       </c>
       <c r="C188">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>3</v>
       </c>
       <c r="B189" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C189">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>3</v>
       </c>
       <c r="B190" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C190">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>3</v>
       </c>
       <c r="B191" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C191">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>3</v>
       </c>
       <c r="B192" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C192">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>3</v>
       </c>
       <c r="B193" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C193">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>3</v>
       </c>
-      <c r="B194">
-        <v>8494385658</v>
+      <c r="B194" t="s">
+        <v>136</v>
       </c>
       <c r="C194">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>3</v>
       </c>
       <c r="B195" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C195">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>3</v>
       </c>
-      <c r="B196" t="s">
-        <v>142</v>
+      <c r="B196">
+        <v>1545418187</v>
       </c>
       <c r="C196">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>3</v>
       </c>
       <c r="B197" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C197">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>3</v>
       </c>
       <c r="B198" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C198">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>3</v>
       </c>
-      <c r="B199" t="s">
-        <v>145</v>
+      <c r="B199">
+        <v>1974708675</v>
       </c>
       <c r="C199">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>3</v>
       </c>
-      <c r="B200" t="s">
-        <v>146</v>
+      <c r="B200">
+        <v>3945430585</v>
       </c>
       <c r="C200">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>3</v>
       </c>
       <c r="B201" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C201">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>3</v>
       </c>
-      <c r="B202" t="s">
-        <v>148</v>
+      <c r="B202">
+        <v>1524714682</v>
       </c>
       <c r="C202">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>3</v>
       </c>
       <c r="B203" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="C203">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>3</v>
       </c>
-      <c r="B204">
-        <v>1974707148</v>
+      <c r="B204" t="s">
+        <v>142</v>
       </c>
       <c r="C204">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>3</v>
       </c>
       <c r="B205" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C205">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>3</v>
       </c>
       <c r="B206" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="C206">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>3</v>
       </c>
-      <c r="B207">
-        <v>1401232744</v>
+      <c r="B207" t="s">
+        <v>145</v>
       </c>
       <c r="C207">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>3</v>
       </c>
       <c r="B208" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>3</v>
       </c>
-      <c r="B209" t="s">
-        <v>153</v>
+      <c r="B209">
+        <v>1793935718</v>
       </c>
       <c r="C209">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>3</v>
       </c>
       <c r="B210" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C210">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>3</v>
       </c>
       <c r="B211" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C211">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>3</v>
       </c>
       <c r="B212" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C212">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>3</v>
       </c>
       <c r="B213" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C213">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>3</v>
       </c>
-      <c r="B214" t="s">
-        <v>158</v>
+      <c r="B214">
+        <v>1518742440</v>
       </c>
       <c r="C214">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>3</v>
       </c>
-      <c r="B215" t="s">
-        <v>159</v>
+      <c r="B215">
+        <v>1506707343</v>
       </c>
       <c r="C215">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>3</v>
       </c>
       <c r="B216" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="C216">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>3</v>
       </c>
-      <c r="B217" t="s">
-        <v>161</v>
+      <c r="B217">
+        <v>1095339222</v>
       </c>
       <c r="C217">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>3</v>
       </c>
       <c r="B218" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C218">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>3</v>
       </c>
       <c r="B219" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="C219">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>3</v>
       </c>
-      <c r="B220">
-        <v>1544023065</v>
+      <c r="B220" t="s">
+        <v>154</v>
       </c>
       <c r="C220">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>3</v>
       </c>
-      <c r="B221">
-        <v>8497593944</v>
+      <c r="B221" t="s">
+        <v>155</v>
       </c>
       <c r="C221">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>3</v>
       </c>
-      <c r="B222">
-        <v>1095613545</v>
+      <c r="B222" t="s">
+        <v>156</v>
       </c>
       <c r="C222">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>3</v>
       </c>
       <c r="B223" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C223">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>3</v>
       </c>
       <c r="B224" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C224">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>3</v>
       </c>
       <c r="B225" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C225">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>3</v>
       </c>
-      <c r="B226" t="s">
-        <v>167</v>
+      <c r="B226">
+        <v>1796658472</v>
       </c>
       <c r="C226">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>3</v>
       </c>
       <c r="B227" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="C227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>3</v>
       </c>
       <c r="B228" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C228">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>3</v>
       </c>
-      <c r="B229" t="s">
-        <v>170</v>
+      <c r="B229">
+        <v>1980697221</v>
       </c>
       <c r="C229">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>3</v>
       </c>
-      <c r="B230" t="s">
-        <v>171</v>
+      <c r="B230">
+        <v>1999322525</v>
       </c>
       <c r="C230">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>3</v>
       </c>
-      <c r="B231" t="s">
-        <v>172</v>
+      <c r="B231">
+        <v>1722663510</v>
       </c>
       <c r="C231">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>3</v>
       </c>
-      <c r="B232" t="s">
-        <v>173</v>
+      <c r="B232">
+        <v>1476727651</v>
       </c>
       <c r="C232">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>3</v>
       </c>
       <c r="B233" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="C233">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>3</v>
       </c>
       <c r="B234">
-        <v>1592851614</v>
+        <v>1084149184</v>
       </c>
       <c r="C234">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>3</v>
       </c>
-      <c r="B235" t="s">
-        <v>175</v>
+      <c r="B235">
+        <v>1423101502</v>
       </c>
       <c r="C235">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
         <v>3</v>
       </c>
       <c r="B236" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="C236">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>3</v>
       </c>
-      <c r="B237">
-        <v>1726898121</v>
+      <c r="B237" t="s">
+        <v>164</v>
       </c>
       <c r="C237">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>3</v>
       </c>
       <c r="B238" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="C238">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
         <v>3</v>
       </c>
       <c r="B239" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="C239">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>3</v>
       </c>
       <c r="B240" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="C240">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>3</v>
       </c>
       <c r="B241" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C241">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>3</v>
       </c>
-      <c r="B242">
-        <v>1542040221</v>
+      <c r="B242" t="s">
+        <v>169</v>
       </c>
       <c r="C242">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>3</v>
       </c>
       <c r="B243" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="C243">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>3</v>
       </c>
       <c r="B244">
-        <v>1088615740</v>
+        <v>9585541629</v>
       </c>
       <c r="C244">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>3</v>
       </c>
-      <c r="B245">
-        <v>1613350244</v>
+      <c r="B245" t="s">
+        <v>171</v>
       </c>
       <c r="C245">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>3</v>
       </c>
       <c r="B246" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="C246">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>3</v>
       </c>
-      <c r="B247">
-        <v>1476745420</v>
+      <c r="B247" t="s">
+        <v>173</v>
       </c>
       <c r="C247">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>3</v>
       </c>
       <c r="B248">
-        <v>6073185855</v>
+        <v>1097326209</v>
       </c>
       <c r="C248">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>3</v>
       </c>
       <c r="B249" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C249">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>3</v>
       </c>
       <c r="B250" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="C250">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>3</v>
       </c>
       <c r="B251" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="C251">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>3</v>
       </c>
       <c r="B252" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>3</v>
       </c>
       <c r="B253" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C253">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
         <v>3</v>
       </c>
       <c r="B254" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C254">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
         <v>3</v>
       </c>
       <c r="B255" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="C255">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
         <v>3</v>
       </c>
       <c r="B256" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="C256">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
         <v>3</v>
       </c>
       <c r="B257" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C257">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>3</v>
       </c>
-      <c r="B258">
-        <v>4774307068</v>
+      <c r="B258" t="s">
+        <v>183</v>
       </c>
       <c r="C258">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>3</v>
       </c>
       <c r="B259" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="C259">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>3</v>
       </c>
       <c r="B260" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C260">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>3</v>
       </c>
       <c r="B261" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C261">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
         <v>3</v>
       </c>
       <c r="B262" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="C262">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>3</v>
       </c>
       <c r="B263" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C263">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
         <v>3</v>
       </c>
       <c r="B264" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C264">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
         <v>3</v>
       </c>
-      <c r="B265">
-        <v>1700469355</v>
+      <c r="B265" t="s">
+        <v>190</v>
       </c>
       <c r="C265">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
         <v>3</v>
       </c>
       <c r="B266" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C266">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
         <v>3</v>
       </c>
-      <c r="B267" t="s">
-        <v>199</v>
+      <c r="B267">
+        <v>1591846358</v>
       </c>
       <c r="C267">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>3</v>
       </c>
       <c r="B268" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="C268">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>3</v>
       </c>
-      <c r="B269">
-        <v>1401308589</v>
+      <c r="B269" t="s">
+        <v>193</v>
       </c>
       <c r="C269">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>3</v>
       </c>
       <c r="B270" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C270">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>3</v>
       </c>
       <c r="B271" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="C271">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
         <v>3</v>
       </c>
       <c r="B272" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="C272">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>3</v>
       </c>
-      <c r="B273" t="s">
-        <v>204</v>
+      <c r="B273">
+        <v>1481845705</v>
       </c>
       <c r="C273">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>3</v>
       </c>
       <c r="B274" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C274">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>3</v>
       </c>
-      <c r="B275" t="s">
-        <v>206</v>
+      <c r="B275">
+        <v>9123877073</v>
       </c>
       <c r="C275">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>3</v>
       </c>
       <c r="B276" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="C276">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
         <v>3</v>
       </c>
-      <c r="B277">
-        <v>1608681890</v>
+      <c r="B277" t="s">
+        <v>199</v>
       </c>
       <c r="C277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
         <v>3</v>
       </c>
-      <c r="B278">
-        <v>1973359448</v>
+      <c r="B278" t="s">
+        <v>200</v>
       </c>
       <c r="C278">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
         <v>3</v>
       </c>
       <c r="B279" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C279">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>3</v>
       </c>
       <c r="B280" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C280">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>3</v>
       </c>
       <c r="B281" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C281">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>3</v>
       </c>
-      <c r="B282" t="s">
-        <v>211</v>
+      <c r="B282">
+        <v>1593070209</v>
       </c>
       <c r="C282">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>3</v>
       </c>
       <c r="B283" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C283">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>3</v>
       </c>
-      <c r="B284" t="s">
-        <v>213</v>
+      <c r="B284">
+        <v>1530453895</v>
       </c>
       <c r="C284">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>3</v>
       </c>
       <c r="B285" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="C285">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>3</v>
       </c>
       <c r="B286" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="C286">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>3</v>
       </c>
       <c r="B287" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C287">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>3</v>
       </c>
       <c r="B288" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C288">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>3</v>
       </c>
       <c r="B289" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="C289">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>3</v>
       </c>
       <c r="B290" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="C290">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>3</v>
       </c>
-      <c r="B291">
-        <v>1629992674</v>
+      <c r="B291" t="s">
+        <v>211</v>
       </c>
       <c r="C291">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>3</v>
       </c>
-      <c r="B292">
-        <v>1942733852</v>
+      <c r="B292" t="s">
+        <v>212</v>
       </c>
       <c r="C292">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>3</v>
       </c>
       <c r="B293" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="C293">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>3</v>
       </c>
       <c r="B294">
-        <v>1508803137</v>
+        <v>1688150455</v>
       </c>
       <c r="C294">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>3</v>
       </c>
       <c r="B295" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C295">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
         <v>3</v>
       </c>
       <c r="B296" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C296">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
         <v>3</v>
       </c>
       <c r="B297" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="C297">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
         <v>3</v>
       </c>
       <c r="B298" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="C298">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>3</v>
       </c>
       <c r="B299" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C299">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
         <v>3</v>
       </c>
-      <c r="B300" t="s">
-        <v>226</v>
+      <c r="B300">
+        <v>1521114285</v>
       </c>
       <c r="C300">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>3</v>
       </c>
       <c r="B301">
-        <v>1937832031</v>
+        <v>1501164309</v>
       </c>
       <c r="C301">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>3</v>
       </c>
-      <c r="B302">
-        <v>6074530815</v>
+      <c r="B302" t="s">
+        <v>219</v>
       </c>
       <c r="C302">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>3</v>
       </c>
       <c r="B303" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="C303">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
         <v>3</v>
       </c>
       <c r="B304" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="C304">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
         <v>3</v>
       </c>
       <c r="B305" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C305">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>3</v>
       </c>
       <c r="B306">
-        <v>6077975125</v>
+        <v>1988923018</v>
       </c>
       <c r="C306">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
         <v>3</v>
       </c>
-      <c r="B307">
-        <v>1981095969</v>
+      <c r="B307" t="s">
+        <v>223</v>
       </c>
       <c r="C307">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
         <v>3</v>
       </c>
-      <c r="B308" t="s">
-        <v>230</v>
+      <c r="B308">
+        <v>2806293138</v>
       </c>
       <c r="C308">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
         <v>3</v>
       </c>
-      <c r="B309">
-        <v>1400045371</v>
+      <c r="B309" t="s">
+        <v>224</v>
       </c>
       <c r="C309">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
         <v>3</v>
       </c>
       <c r="B310" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C310">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
         <v>3</v>
       </c>
       <c r="B311" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C311">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
         <v>3</v>
       </c>
-      <c r="B312">
-        <v>1949980065</v>
+      <c r="B312" t="s">
+        <v>227</v>
       </c>
       <c r="C312">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
         <v>3</v>
       </c>
       <c r="B313" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C313">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
         <v>3</v>
       </c>
       <c r="B314" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C314">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
         <v>3</v>
       </c>
-      <c r="B315">
-        <v>1979203687</v>
+      <c r="B315" t="s">
+        <v>230</v>
       </c>
       <c r="C315">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
         <v>3</v>
       </c>
-      <c r="B316">
-        <v>1368009026</v>
+      <c r="B316" t="s">
+        <v>231</v>
       </c>
       <c r="C316">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
         <v>3</v>
       </c>
       <c r="B317" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C317">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
         <v>3</v>
       </c>
-      <c r="B318" t="s">
-        <v>236</v>
+      <c r="B318">
+        <v>1616556218</v>
       </c>
       <c r="C318">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
         <v>3</v>
       </c>
       <c r="B319" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C319">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
         <v>3</v>
       </c>
       <c r="B320" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C320">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
         <v>3</v>
       </c>
-      <c r="B321" t="s">
-        <v>239</v>
+      <c r="B321">
+        <v>1449430554</v>
       </c>
       <c r="C321">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>3</v>
       </c>
       <c r="B322" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C322">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
         <v>3</v>
       </c>
       <c r="B323" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="C323">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
         <v>3</v>
       </c>
-      <c r="B324" t="s">
-        <v>242</v>
+      <c r="B324">
+        <v>1273714423</v>
       </c>
       <c r="C324">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
         <v>3</v>
       </c>
       <c r="B325" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C325">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>3</v>
       </c>
       <c r="B326" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
         <v>3</v>
       </c>
-      <c r="B327">
-        <v>1094770515</v>
+      <c r="B327" t="s">
+        <v>239</v>
       </c>
       <c r="C327">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>3</v>
       </c>
       <c r="B328" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C328">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>3</v>
       </c>
       <c r="B329" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C329">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
         <v>3</v>
       </c>
       <c r="B330" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C330">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
         <v>3</v>
       </c>
       <c r="B331" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C331">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>3</v>
       </c>
-      <c r="B332">
-        <v>1945540168</v>
+      <c r="B332" t="s">
+        <v>244</v>
       </c>
       <c r="C332">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>3</v>
       </c>
-      <c r="B333">
-        <v>1688279873</v>
+      <c r="B333" t="s">
+        <v>245</v>
       </c>
       <c r="C333">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>3</v>
       </c>
       <c r="B334" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C334">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>3</v>
       </c>
-      <c r="B335">
-        <v>1492777862</v>
+      <c r="B335" t="s">
+        <v>247</v>
       </c>
       <c r="C335">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
         <v>3</v>
       </c>
       <c r="B336" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C336">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
         <v>3</v>
       </c>
       <c r="B337" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C337">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>3</v>
       </c>
       <c r="B338" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C338">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>3</v>
       </c>
       <c r="B339" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C339">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
         <v>3</v>
       </c>
       <c r="B340" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C340">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>3</v>
       </c>
       <c r="B341">
-        <v>1095339222</v>
+        <v>1731584571</v>
       </c>
       <c r="C341">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>3</v>
       </c>
       <c r="B342" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C342">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>3</v>
       </c>
-      <c r="B343" t="s">
-        <v>256</v>
+      <c r="B343">
+        <v>1974707148</v>
       </c>
       <c r="C343">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
         <v>3</v>
       </c>
       <c r="B344" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C344">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>3</v>
       </c>
       <c r="B345" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C345">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>3</v>
       </c>
       <c r="B346" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C346">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
         <v>3</v>
       </c>
       <c r="B347" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C347">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
         <v>3</v>
       </c>
       <c r="B348" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C348">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
         <v>3</v>
       </c>
       <c r="B349" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C349">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
         <v>3</v>
       </c>
-      <c r="B350">
-        <v>1974708675</v>
+      <c r="B350" t="s">
+        <v>260</v>
       </c>
       <c r="C350">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
         <v>3</v>
       </c>
       <c r="B351" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C351">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
         <v>3</v>
       </c>
-      <c r="B352">
-        <v>1524714682</v>
+      <c r="B352" t="s">
+        <v>262</v>
       </c>
       <c r="C352">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
         <v>3</v>
       </c>
       <c r="B353" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C353">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
         <v>3</v>
       </c>
       <c r="B354" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C354">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
         <v>3</v>
       </c>
       <c r="B355" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C355">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
         <v>3</v>
       </c>
-      <c r="B356" t="s">
-        <v>267</v>
+      <c r="B356">
+        <v>70228</v>
       </c>
       <c r="C356">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
         <v>3</v>
       </c>
-      <c r="B357">
-        <v>1492137022</v>
+      <c r="B357" t="s">
+        <v>266</v>
       </c>
       <c r="C357">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
         <v>3</v>
       </c>
       <c r="B358" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C358">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
         <v>3</v>
       </c>
-      <c r="B359">
-        <v>1793935718</v>
+      <c r="B359" t="s">
+        <v>268</v>
       </c>
       <c r="C359">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
         <v>3</v>
       </c>
       <c r="B360" t="s">
         <v>269</v>
       </c>
       <c r="C360">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
         <v>3</v>
       </c>
-      <c r="B361">
-        <v>1519049331</v>
+      <c r="B361" t="s">
+        <v>270</v>
       </c>
       <c r="C361">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
         <v>3</v>
       </c>
       <c r="B362" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C362">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
         <v>3</v>
       </c>
-      <c r="B363">
-        <v>1984011936</v>
+      <c r="B363" t="s">
+        <v>272</v>
       </c>
       <c r="C363">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
         <v>3</v>
       </c>
       <c r="B364" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
         <v>3</v>
       </c>
       <c r="B365" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C365">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
         <v>3</v>
       </c>
       <c r="B366" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C366">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
         <v>3</v>
       </c>
       <c r="B367" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C367">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
         <v>3</v>
       </c>
-      <c r="B368" t="s">
-        <v>275</v>
+      <c r="B368">
+        <v>1506713203</v>
       </c>
       <c r="C368">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
         <v>3</v>
       </c>
       <c r="B369" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C369">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
         <v>3</v>
       </c>
       <c r="B370" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C370">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>3</v>
       </c>
       <c r="B371" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C371">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
         <v>3</v>
       </c>
       <c r="B372" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
         <v>3</v>
       </c>
       <c r="B373" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C373">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
         <v>3</v>
       </c>
-      <c r="B374">
-        <v>1796658472</v>
+      <c r="B374" t="s">
+        <v>282</v>
       </c>
       <c r="C374">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
         <v>3</v>
       </c>
-      <c r="B375" t="s">
-        <v>281</v>
+      <c r="B375">
+        <v>1792145454</v>
       </c>
       <c r="C375">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
         <v>3</v>
       </c>
-      <c r="B376" t="s">
-        <v>282</v>
+      <c r="B376">
+        <v>1934968528</v>
       </c>
       <c r="C376">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
         <v>3</v>
       </c>
-      <c r="B377">
-        <v>1250057833</v>
+      <c r="B377" t="s">
+        <v>283</v>
       </c>
       <c r="C377">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
         <v>3</v>
       </c>
-      <c r="B378">
-        <v>1722663510</v>
+      <c r="B378" t="s">
+        <v>284</v>
       </c>
       <c r="C378">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
         <v>3</v>
       </c>
       <c r="B379" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C379">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
         <v>3</v>
       </c>
-      <c r="B380" t="s">
-        <v>284</v>
+      <c r="B380">
+        <v>1986353044</v>
       </c>
       <c r="C380">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
         <v>3</v>
       </c>
       <c r="B381">
-        <v>1423101502</v>
+        <v>1612436862</v>
       </c>
       <c r="C381">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
         <v>3</v>
       </c>
-      <c r="B382" t="s">
-        <v>285</v>
+      <c r="B382">
+        <v>1726898121</v>
       </c>
       <c r="C382">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
         <v>3</v>
       </c>
-      <c r="B383" t="s">
-        <v>286</v>
+      <c r="B383">
+        <v>1680525794</v>
       </c>
       <c r="C383">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
         <v>3</v>
       </c>
       <c r="B384" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C384">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
         <v>3</v>
       </c>
       <c r="B385" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C385">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
         <v>3</v>
       </c>
-      <c r="B386" t="s">
-        <v>289</v>
+      <c r="B386">
+        <v>1250175208</v>
       </c>
       <c r="C386">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
         <v>3</v>
       </c>
       <c r="B387">
-        <v>8492833459</v>
+        <v>1602555427</v>
       </c>
       <c r="C387">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
         <v>3</v>
       </c>
-      <c r="B388" t="s">
-        <v>290</v>
+      <c r="B388">
+        <v>1976543614</v>
       </c>
       <c r="C388">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
         <v>3</v>
       </c>
       <c r="B389" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C389">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
         <v>3</v>
       </c>
-      <c r="B390" t="s">
-        <v>292</v>
+      <c r="B390">
+        <v>1544023065</v>
       </c>
       <c r="C390">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
         <v>3</v>
       </c>
       <c r="B391" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C391">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
         <v>3</v>
       </c>
       <c r="B392" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C392">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
         <v>3</v>
       </c>
-      <c r="B393">
-        <v>9585541629</v>
+      <c r="B393" t="s">
+        <v>291</v>
       </c>
       <c r="C393">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
         <v>3</v>
       </c>
       <c r="B394" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C394">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
         <v>3</v>
       </c>
-      <c r="B395">
-        <v>1530245508</v>
+      <c r="B395" t="s">
+        <v>293</v>
       </c>
       <c r="C395">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
         <v>3</v>
       </c>
       <c r="B396" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C396">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
         <v>3</v>
       </c>
       <c r="B397" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C397">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>3</v>
       </c>
       <c r="B398" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C398">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
         <v>3</v>
       </c>
-      <c r="B399">
-        <v>1097326209</v>
+      <c r="B399" t="s">
+        <v>297</v>
       </c>
       <c r="C399">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
         <v>3</v>
       </c>
-      <c r="B400" t="s">
-        <v>299</v>
+      <c r="B400">
+        <v>1796337552</v>
       </c>
       <c r="C400">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
         <v>3</v>
       </c>
-      <c r="B401">
-        <v>8417234969</v>
+      <c r="B401" t="s">
+        <v>298</v>
       </c>
       <c r="C401">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
         <v>3</v>
       </c>
-      <c r="B402" t="s">
-        <v>300</v>
+      <c r="B402">
+        <v>1793488835</v>
       </c>
       <c r="C402">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
         <v>3</v>
       </c>
       <c r="B403" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C403">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>3</v>
       </c>
       <c r="B404" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C404">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>3</v>
       </c>
-      <c r="B405">
-        <v>1507172400</v>
+      <c r="B405" t="s">
+        <v>301</v>
       </c>
       <c r="C405">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>3</v>
       </c>
-      <c r="B406" t="s">
-        <v>303</v>
+      <c r="B406">
+        <v>1401938094</v>
       </c>
       <c r="C406">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
         <v>3</v>
       </c>
       <c r="B407" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C407">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
         <v>3</v>
       </c>
-      <c r="B408">
-        <v>1422162672</v>
+      <c r="B408" t="s">
+        <v>303</v>
       </c>
       <c r="C408">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>3</v>
       </c>
       <c r="B409" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C409">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
         <v>3</v>
       </c>
-      <c r="B410" t="s">
-        <v>306</v>
+      <c r="B410">
+        <v>1632367440</v>
       </c>
       <c r="C410">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
         <v>3</v>
       </c>
-      <c r="B411" t="s">
-        <v>307</v>
+      <c r="B411">
+        <v>1621369668</v>
       </c>
       <c r="C411">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
         <v>3</v>
       </c>
       <c r="B412" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C412">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>3</v>
       </c>
-      <c r="B413">
-        <v>1591846358</v>
+      <c r="B413" t="s">
+        <v>306</v>
       </c>
       <c r="C413">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
         <v>3</v>
       </c>
       <c r="B414" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C414">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
         <v>3</v>
       </c>
       <c r="B415">
-        <v>1698856083</v>
+        <v>1476745420</v>
       </c>
       <c r="C415">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
         <v>3</v>
       </c>
-      <c r="B416" t="s">
-        <v>310</v>
+      <c r="B416">
+        <v>1481496638</v>
       </c>
       <c r="C416">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
         <v>3</v>
       </c>
-      <c r="B417">
-        <v>1481845705</v>
+      <c r="B417" t="s">
+        <v>308</v>
       </c>
       <c r="C417">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
         <v>3</v>
       </c>
       <c r="B418" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C418">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
         <v>3</v>
       </c>
-      <c r="B419" t="s">
-        <v>312</v>
+      <c r="B419">
+        <v>1608681890</v>
       </c>
       <c r="C419">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
         <v>3</v>
       </c>
-      <c r="B420">
-        <v>9123877073</v>
+      <c r="B420" t="s">
+        <v>310</v>
       </c>
       <c r="C420">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
         <v>3</v>
       </c>
       <c r="B421" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C421">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
         <v>3</v>
       </c>
-      <c r="B422" t="s">
-        <v>314</v>
+      <c r="B422">
+        <v>1973359448</v>
       </c>
       <c r="C422">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
         <v>3</v>
       </c>
       <c r="B423" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C423">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
         <v>3</v>
       </c>
-      <c r="B424">
-        <v>8409020424</v>
+      <c r="B424" t="s">
+        <v>313</v>
       </c>
       <c r="C424">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
         <v>3</v>
       </c>
       <c r="B425" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C425">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
         <v>3</v>
       </c>
       <c r="B426" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C426">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
         <v>3</v>
       </c>
       <c r="B427">
-        <v>9123651253</v>
+        <v>8449323991</v>
       </c>
       <c r="C427">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>3</v>
       </c>
-      <c r="B428">
-        <v>2806293138</v>
+      <c r="B428" t="s">
+        <v>316</v>
       </c>
       <c r="C428">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
         <v>3</v>
       </c>
       <c r="B429" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C429">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
         <v>3</v>
       </c>
-      <c r="B430">
-        <v>1717987249</v>
+      <c r="B430" t="s">
+        <v>318</v>
       </c>
       <c r="C430">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
         <v>3</v>
       </c>
       <c r="B431" t="s">
         <v>319</v>
       </c>
       <c r="C431">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
         <v>3</v>
       </c>
-      <c r="B432" t="s">
-        <v>320</v>
+      <c r="B432">
+        <v>1695570405</v>
       </c>
       <c r="C432">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
         <v>3</v>
       </c>
-      <c r="B433">
-        <v>1680528726</v>
+      <c r="B433" t="s">
+        <v>320</v>
       </c>
       <c r="C433">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
         <v>3</v>
       </c>
-      <c r="B434" t="s">
-        <v>321</v>
+      <c r="B434">
+        <v>1982958898</v>
       </c>
       <c r="C434">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
         <v>3</v>
       </c>
-      <c r="B435">
-        <v>8466331263</v>
+      <c r="B435" t="s">
+        <v>321</v>
       </c>
       <c r="C435">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
         <v>3</v>
       </c>
-      <c r="B436" t="s">
-        <v>322</v>
+      <c r="B436">
+        <v>8492979453</v>
       </c>
       <c r="C436">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
         <v>3</v>
       </c>
       <c r="B437" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C437">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
         <v>3</v>
       </c>
       <c r="B438" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C438">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
         <v>3</v>
       </c>
       <c r="B439" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C439">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
         <v>3</v>
       </c>
       <c r="B440" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C440">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
         <v>3</v>
       </c>
       <c r="B441" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C441">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
         <v>3</v>
       </c>
       <c r="B442" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C442">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
         <v>3</v>
       </c>
       <c r="B443" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C443">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
         <v>3</v>
       </c>
       <c r="B444">
-        <v>1521114285</v>
+        <v>1937832031</v>
       </c>
       <c r="C444">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
         <v>3</v>
       </c>
       <c r="B445" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C445">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
         <v>3</v>
       </c>
-      <c r="B446" t="s">
-        <v>331</v>
+      <c r="B446">
+        <v>6074530815</v>
       </c>
       <c r="C446">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
         <v>3</v>
       </c>
       <c r="B447" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C447">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
         <v>3</v>
       </c>
-      <c r="B448" t="s">
-        <v>333</v>
+      <c r="B448">
+        <v>1338139320</v>
       </c>
       <c r="C448">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
         <v>3</v>
       </c>
       <c r="B449">
-        <v>1411498836</v>
+        <v>8415943717</v>
       </c>
       <c r="C449">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
         <v>3</v>
       </c>
       <c r="B450" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C450">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
         <v>3</v>
       </c>
       <c r="B451" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C451">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
         <v>3</v>
       </c>
-      <c r="B452" t="s">
-        <v>336</v>
+      <c r="B452">
+        <v>1400045371</v>
       </c>
       <c r="C452">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
         <v>3</v>
       </c>
       <c r="B453" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C453">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
         <v>3</v>
       </c>
       <c r="B454" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C454">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
         <v>3</v>
       </c>
       <c r="B455" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C455">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>3</v>
       </c>
       <c r="B456" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C456">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
         <v>3</v>
       </c>
       <c r="B457" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C457">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
         <v>3</v>
       </c>
-      <c r="B458" t="s">
-        <v>342</v>
+      <c r="B458">
+        <v>1607964384</v>
       </c>
       <c r="C458">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
         <v>3</v>
       </c>
-      <c r="B459">
-        <v>1421597713</v>
+      <c r="B459" t="s">
+        <v>338</v>
       </c>
       <c r="C459">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
         <v>3</v>
       </c>
       <c r="B460" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C460">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
         <v>3</v>
       </c>
       <c r="B461" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C461">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
         <v>3</v>
       </c>
       <c r="B462" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C462">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
         <v>3</v>
       </c>
-      <c r="B463">
-        <v>1710009276</v>
+      <c r="B463" t="s">
+        <v>342</v>
       </c>
       <c r="C463">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
         <v>3</v>
       </c>
-      <c r="B464">
-        <v>1616556218</v>
+      <c r="B464" t="s">
+        <v>343</v>
       </c>
       <c r="C464">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
         <v>3</v>
       </c>
       <c r="B465" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C465">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
         <v>3</v>
       </c>
-      <c r="B466" t="s">
-        <v>347</v>
+      <c r="B466">
+        <v>1722655844</v>
       </c>
       <c r="C466">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
         <v>3</v>
       </c>
       <c r="B467" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C467">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
         <v>3</v>
       </c>
-      <c r="B468">
-        <v>1449430554</v>
+      <c r="B468" t="s">
+        <v>346</v>
       </c>
       <c r="C468">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
         <v>3</v>
       </c>
       <c r="B469" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C469">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
         <v>3</v>
       </c>
-      <c r="B470" t="s">
-        <v>350</v>
+      <c r="B470">
+        <v>1400049628</v>
       </c>
       <c r="C470">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
         <v>3</v>
       </c>
       <c r="B471" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C471">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
         <v>3</v>
       </c>
       <c r="B472" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C472">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
         <v>3</v>
       </c>
-      <c r="B473" t="s">
-        <v>353</v>
+      <c r="B473">
+        <v>8496875660</v>
       </c>
       <c r="C473">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
         <v>3</v>
       </c>
-      <c r="B474" t="s">
-        <v>354</v>
+      <c r="B474">
+        <v>1515225267</v>
       </c>
       <c r="C474">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
         <v>3</v>
       </c>
       <c r="B475" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C475">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
         <v>3</v>
       </c>
       <c r="B476" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C476">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
         <v>3</v>
       </c>
       <c r="B477" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C477">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
         <v>3</v>
       </c>
       <c r="B478" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="C478">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
         <v>3</v>
       </c>
-      <c r="B479">
-        <v>1507114729</v>
+      <c r="B479" t="s">
+        <v>354</v>
       </c>
       <c r="C479">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
         <v>3</v>
       </c>
-      <c r="B480" t="s">
-        <v>359</v>
+      <c r="B480">
+        <v>1492777862</v>
       </c>
       <c r="C480">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
         <v>3</v>
       </c>
       <c r="B481" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C481">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
         <v>3</v>
       </c>
-      <c r="B482" t="s">
-        <v>361</v>
+      <c r="B482">
+        <v>1368024041</v>
       </c>
       <c r="C482">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
         <v>3</v>
       </c>
       <c r="B483" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C483">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
         <v>3</v>
       </c>
       <c r="B484" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C484">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
         <v>3</v>
       </c>
       <c r="B485" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="C485">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
         <v>3</v>
       </c>
-      <c r="B486" t="s">
-        <v>365</v>
+      <c r="B486">
+        <v>1338252801</v>
       </c>
       <c r="C486">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
         <v>3</v>
       </c>
       <c r="B487" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="C487">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
         <v>3</v>
       </c>
       <c r="B488" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="C488">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
         <v>3</v>
       </c>
       <c r="B489" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C489">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
         <v>3</v>
       </c>
-      <c r="B490">
-        <v>1731584571</v>
+      <c r="B490" t="s">
+        <v>362</v>
       </c>
       <c r="C490">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
         <v>3</v>
       </c>
       <c r="B491" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="C491">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>3</v>
       </c>
       <c r="B492" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="C492">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>3</v>
       </c>
       <c r="B493" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="C493">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
         <v>3</v>
       </c>
-      <c r="B494">
-        <v>1612680054</v>
+      <c r="B494" t="s">
+        <v>366</v>
       </c>
       <c r="C494">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>3</v>
       </c>
       <c r="B495" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C495">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
         <v>3</v>
       </c>
       <c r="B496" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C496">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
         <v>3</v>
       </c>
       <c r="B497" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C497">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
         <v>3</v>
       </c>
       <c r="B498" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="C498">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
         <v>3</v>
       </c>
       <c r="B499" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C499">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
         <v>3</v>
       </c>
       <c r="B500" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C500">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
         <v>3</v>
       </c>
       <c r="B501" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C501">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
         <v>3</v>
       </c>
-      <c r="B502" t="s">
-        <v>379</v>
+      <c r="B502">
+        <v>1250062187</v>
       </c>
       <c r="C502">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
         <v>3</v>
       </c>
       <c r="B503" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C503">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
         <v>3</v>
       </c>
-      <c r="B504">
-        <v>1680525794</v>
+      <c r="B504" t="s">
+        <v>375</v>
       </c>
       <c r="C504">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
         <v>3</v>
       </c>
       <c r="B505" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C505">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
         <v>3</v>
       </c>
-      <c r="B506">
-        <v>1250175208</v>
+      <c r="B506" t="s">
+        <v>377</v>
       </c>
       <c r="C506">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
         <v>3</v>
       </c>
       <c r="B507" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C507">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
         <v>3</v>
       </c>
-      <c r="B508">
-        <v>1602555427</v>
+      <c r="B508" t="s">
+        <v>379</v>
       </c>
       <c r="C508">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>3</v>
       </c>
-      <c r="B509">
-        <v>1693606135</v>
+      <c r="B509" t="s">
+        <v>380</v>
       </c>
       <c r="C509">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>3</v>
       </c>
       <c r="B510" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C510">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>3</v>
       </c>
       <c r="B511" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C511">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
         <v>3</v>
       </c>
       <c r="B512" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C512">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
         <v>3</v>
       </c>
       <c r="B513" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C513">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
         <v>3</v>
       </c>
       <c r="B514" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C514">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>3</v>
       </c>
-      <c r="B515" t="s">
-        <v>388</v>
+      <c r="B515">
+        <v>1101966386</v>
       </c>
       <c r="C515">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
         <v>3</v>
       </c>
-      <c r="B516">
-        <v>1976348641</v>
+      <c r="B516" t="s">
+        <v>386</v>
       </c>
       <c r="C516">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
         <v>3</v>
       </c>
-      <c r="B517">
-        <v>1506713203</v>
+      <c r="B517" t="s">
+        <v>387</v>
       </c>
       <c r="C517">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
         <v>3</v>
       </c>
       <c r="B518" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C518">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>3</v>
       </c>
       <c r="B519" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C519">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>3</v>
       </c>
       <c r="B520" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C520">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>3</v>
       </c>
-      <c r="B521">
-        <v>1593156324</v>
+      <c r="B521" t="s">
+        <v>391</v>
       </c>
       <c r="C521">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
         <v>3</v>
       </c>
       <c r="B522" t="s">
         <v>392</v>
       </c>
       <c r="C522">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
         <v>3</v>
       </c>
       <c r="B523" t="s">
         <v>393</v>
       </c>
       <c r="C523">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
         <v>3</v>
       </c>
       <c r="B524" t="s">
         <v>394</v>
       </c>
       <c r="C524">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>3</v>
       </c>
-      <c r="B525">
-        <v>1792145454</v>
+      <c r="B525" t="s">
+        <v>395</v>
       </c>
       <c r="C525">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
         <v>3</v>
       </c>
-      <c r="B526" t="s">
-        <v>395</v>
+      <c r="B526">
+        <v>1942306156</v>
       </c>
       <c r="C526">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
         <v>3</v>
       </c>
       <c r="B527" t="s">
         <v>396</v>
       </c>
       <c r="C527">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
         <v>3</v>
       </c>
       <c r="B528" t="s">
         <v>397</v>
       </c>
       <c r="C528">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
         <v>3</v>
       </c>
-      <c r="B529" t="s">
-        <v>398</v>
+      <c r="B529">
+        <v>1095613545</v>
       </c>
       <c r="C529">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
         <v>3</v>
       </c>
       <c r="B530" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C530">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
         <v>3</v>
       </c>
-      <c r="B531">
-        <v>1612436862</v>
+      <c r="B531" t="s">
+        <v>399</v>
       </c>
       <c r="C531">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
         <v>3</v>
       </c>
-      <c r="B532" t="s">
-        <v>400</v>
+      <c r="B532">
+        <v>1796670839</v>
       </c>
       <c r="C532">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
         <v>3</v>
       </c>
-      <c r="B533">
-        <v>1478991984</v>
+      <c r="B533" t="s">
+        <v>400</v>
       </c>
       <c r="C533">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
         <v>3</v>
       </c>
-      <c r="B534">
-        <v>1632367440</v>
+      <c r="B534" t="s">
+        <v>401</v>
       </c>
       <c r="C534">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
         <v>3</v>
       </c>
       <c r="B535" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C535">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
         <v>3</v>
       </c>
       <c r="B536">
-        <v>9701065271</v>
+        <v>1893007162</v>
       </c>
       <c r="C536">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
         <v>3</v>
       </c>
       <c r="B537" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C537">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
         <v>3</v>
       </c>
-      <c r="B538">
-        <v>1481496638</v>
+      <c r="B538" t="s">
+        <v>404</v>
       </c>
       <c r="C538">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>3</v>
       </c>
-      <c r="B539" t="s">
-        <v>403</v>
+      <c r="B539">
+        <v>1984011936</v>
       </c>
       <c r="C539">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
         <v>3</v>
       </c>
-      <c r="B540" t="s">
-        <v>404</v>
+      <c r="B540">
+        <v>1621384896</v>
       </c>
       <c r="C540">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>3</v>
       </c>
       <c r="B541" t="s">
         <v>405</v>
       </c>
       <c r="C541">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>3</v>
       </c>
       <c r="B542" t="s">
         <v>406</v>
       </c>
       <c r="C542">
         <v>1</v>
@@ -8468,4232 +8468,4232 @@
       <c r="A544" t="s">
         <v>3</v>
       </c>
       <c r="B544" t="s">
         <v>408</v>
       </c>
       <c r="C544">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>3</v>
       </c>
       <c r="B545" t="s">
         <v>409</v>
       </c>
       <c r="C545">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>3</v>
       </c>
-      <c r="B546">
-        <v>1796337552</v>
+      <c r="B546" t="s">
+        <v>410</v>
       </c>
       <c r="C546">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>3</v>
       </c>
       <c r="B547" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C547">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>3</v>
       </c>
-      <c r="B548" t="s">
-        <v>411</v>
+      <c r="B548">
+        <v>1885167601</v>
       </c>
       <c r="C548">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>3</v>
       </c>
-      <c r="B549">
-        <v>1793488835</v>
+      <c r="B549" t="s">
+        <v>412</v>
       </c>
       <c r="C549">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>3</v>
       </c>
       <c r="B550" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C550">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>3</v>
       </c>
       <c r="B551" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C551">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>3</v>
       </c>
-      <c r="B552" t="s">
-        <v>414</v>
+      <c r="B552">
+        <v>1613350244</v>
       </c>
       <c r="C552">
         <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>3</v>
       </c>
-      <c r="B553">
-        <v>1401938094</v>
+      <c r="B553" t="s">
+        <v>415</v>
       </c>
       <c r="C553">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>3</v>
       </c>
-      <c r="B554">
-        <v>9701058712</v>
+      <c r="B554" t="s">
+        <v>416</v>
       </c>
       <c r="C554">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>3</v>
       </c>
       <c r="B555" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C555">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>3</v>
       </c>
       <c r="B556" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C556">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>3</v>
       </c>
       <c r="B557" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C557">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>3</v>
       </c>
       <c r="B558" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C558">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>3</v>
       </c>
-      <c r="B559">
-        <v>1695570405</v>
+      <c r="B559" t="s">
+        <v>421</v>
       </c>
       <c r="C559">
         <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>3</v>
       </c>
-      <c r="B560">
-        <v>1982958898</v>
+      <c r="B560" t="s">
+        <v>422</v>
       </c>
       <c r="C560">
         <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>3</v>
       </c>
-      <c r="B561">
-        <v>1586422383</v>
+      <c r="B561" t="s">
+        <v>423</v>
       </c>
       <c r="C561">
         <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>3</v>
       </c>
       <c r="B562" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C562">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>3</v>
       </c>
       <c r="B563" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C563">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
         <v>3</v>
       </c>
       <c r="B564" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C564">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
         <v>3</v>
       </c>
-      <c r="B565">
-        <v>1503280462</v>
+      <c r="B565" t="s">
+        <v>427</v>
       </c>
       <c r="C565">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
         <v>3</v>
       </c>
-      <c r="B566" t="s">
-        <v>422</v>
+      <c r="B566">
+        <v>4774307068</v>
       </c>
       <c r="C566">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
         <v>3</v>
       </c>
       <c r="B567" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C567">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
         <v>3</v>
       </c>
       <c r="B568" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C568">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
         <v>3</v>
       </c>
       <c r="B569">
-        <v>1626928959</v>
+        <v>1422162672</v>
       </c>
       <c r="C569">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
         <v>3</v>
       </c>
       <c r="B570" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C570">
         <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
         <v>3</v>
       </c>
       <c r="B571" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C571">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
         <v>3</v>
       </c>
       <c r="B572" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C572">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
         <v>3</v>
       </c>
-      <c r="B573">
-        <v>1981047158</v>
+      <c r="B573" t="s">
+        <v>433</v>
       </c>
       <c r="C573">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
         <v>3</v>
       </c>
       <c r="B574" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C574">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
         <v>3</v>
       </c>
       <c r="B575" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="C575">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
         <v>3</v>
       </c>
       <c r="B576" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="C576">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
         <v>3</v>
       </c>
       <c r="B577" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="C577">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
         <v>3</v>
       </c>
       <c r="B578" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C578">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
         <v>3</v>
       </c>
-      <c r="B579" t="s">
-        <v>433</v>
+      <c r="B579">
+        <v>1979711828</v>
       </c>
       <c r="C579">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
         <v>3</v>
       </c>
-      <c r="B580">
-        <v>1079162046</v>
+      <c r="B580" t="s">
+        <v>439</v>
       </c>
       <c r="C580">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
         <v>3</v>
       </c>
       <c r="B581" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C581">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
         <v>3</v>
       </c>
       <c r="B582" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="C582">
         <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
         <v>3</v>
       </c>
       <c r="B583" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="C583">
         <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
         <v>3</v>
       </c>
       <c r="B584" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C584">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
         <v>3</v>
       </c>
       <c r="B585" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C585">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
         <v>3</v>
       </c>
-      <c r="B586" t="s">
-        <v>439</v>
+      <c r="B586">
+        <v>8409020424</v>
       </c>
       <c r="C586">
         <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
         <v>3</v>
       </c>
       <c r="B587" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C587">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
         <v>3</v>
       </c>
       <c r="B588" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C588">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
         <v>3</v>
       </c>
       <c r="B589" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C589">
         <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
         <v>3</v>
       </c>
-      <c r="B590" t="s">
-        <v>443</v>
+      <c r="B590">
+        <v>1455563927</v>
       </c>
       <c r="C590">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
         <v>3</v>
       </c>
       <c r="B591" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C591">
         <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
         <v>3</v>
       </c>
-      <c r="B592">
-        <v>8427214626</v>
+      <c r="B592" t="s">
+        <v>449</v>
       </c>
       <c r="C592">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
         <v>3</v>
       </c>
-      <c r="B593" t="s">
-        <v>445</v>
+      <c r="B593">
+        <v>1680528726</v>
       </c>
       <c r="C593">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
         <v>3</v>
       </c>
       <c r="B594" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C594">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
         <v>3</v>
       </c>
       <c r="B595">
-        <v>1470051141</v>
+        <v>6077975125</v>
       </c>
       <c r="C595">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
         <v>3</v>
       </c>
-      <c r="B596">
-        <v>1338139320</v>
+      <c r="B596" t="s">
+        <v>451</v>
       </c>
       <c r="C596">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
         <v>3</v>
       </c>
       <c r="B597" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C597">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
         <v>3</v>
       </c>
       <c r="B598">
-        <v>1515225267</v>
+        <v>1949980065</v>
       </c>
       <c r="C598">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
         <v>3</v>
       </c>
       <c r="B599" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C599">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
         <v>3</v>
       </c>
-      <c r="B600" t="s">
-        <v>449</v>
+      <c r="B600">
+        <v>1571740872</v>
       </c>
       <c r="C600">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
         <v>3</v>
       </c>
-      <c r="B601" t="s">
-        <v>450</v>
+      <c r="B601">
+        <v>1629992674</v>
       </c>
       <c r="C601">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
         <v>3</v>
       </c>
       <c r="B602" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C602">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
         <v>3</v>
       </c>
       <c r="B603">
-        <v>9505530749</v>
+        <v>1508803137</v>
       </c>
       <c r="C603">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
         <v>3</v>
       </c>
       <c r="B604">
-        <v>1368024041</v>
+        <v>1338132326</v>
       </c>
       <c r="C604">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
         <v>3</v>
       </c>
       <c r="B605" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C605">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
         <v>3</v>
       </c>
       <c r="B606" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C606">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
         <v>3</v>
       </c>
-      <c r="B607">
-        <v>1950922332</v>
+      <c r="B607" t="s">
+        <v>457</v>
       </c>
       <c r="C607">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
         <v>3</v>
       </c>
       <c r="B608">
-        <v>1338252801</v>
+        <v>1947194860</v>
       </c>
       <c r="C608">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
         <v>3</v>
       </c>
       <c r="B609">
-        <v>1689244666</v>
+        <v>8466660208</v>
       </c>
       <c r="C609">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
         <v>3</v>
       </c>
-      <c r="B610">
-        <v>1506526802</v>
+      <c r="B610" t="s">
+        <v>458</v>
       </c>
       <c r="C610">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
         <v>3</v>
       </c>
-      <c r="B611" t="s">
-        <v>454</v>
+      <c r="B611">
+        <v>9123651253</v>
       </c>
       <c r="C611">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
         <v>3</v>
       </c>
-      <c r="B612" t="s">
-        <v>455</v>
+      <c r="B612">
+        <v>3659007579</v>
       </c>
       <c r="C612">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
         <v>3</v>
       </c>
       <c r="B613" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C613">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
         <v>3</v>
       </c>
       <c r="B614" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C614">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
         <v>3</v>
       </c>
       <c r="B615" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C615">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
         <v>3</v>
       </c>
-      <c r="B616" t="s">
-        <v>459</v>
+      <c r="B616">
+        <v>1421597713</v>
       </c>
       <c r="C616">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
         <v>3</v>
       </c>
-      <c r="B617" t="s">
-        <v>460</v>
+      <c r="B617">
+        <v>1539128490</v>
       </c>
       <c r="C617">
         <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
         <v>3</v>
       </c>
       <c r="B618" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C618">
         <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
         <v>3</v>
       </c>
-      <c r="B619">
-        <v>6074530661</v>
+      <c r="B619" t="s">
+        <v>463</v>
       </c>
       <c r="C619">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
         <v>3</v>
       </c>
-      <c r="B620">
-        <v>1400049628</v>
+      <c r="B620" t="s">
+        <v>464</v>
       </c>
       <c r="C620">
         <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
         <v>3</v>
       </c>
-      <c r="B621">
-        <v>1792605439</v>
+      <c r="B621" t="s">
+        <v>465</v>
       </c>
       <c r="C621">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
         <v>3</v>
       </c>
       <c r="B622">
-        <v>8496875660</v>
+        <v>1979203687</v>
       </c>
       <c r="C622">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
         <v>3</v>
       </c>
       <c r="B623" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C623">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
         <v>3</v>
       </c>
-      <c r="B624">
-        <v>1545261261</v>
+      <c r="B624" t="s">
+        <v>467</v>
       </c>
       <c r="C624">
         <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
         <v>3</v>
       </c>
       <c r="B625" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C625">
         <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
         <v>3</v>
       </c>
       <c r="B626" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C626">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
         <v>3</v>
       </c>
       <c r="B627" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C627">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
         <v>3</v>
       </c>
-      <c r="B628">
-        <v>1641524863</v>
+      <c r="B628" t="s">
+        <v>471</v>
       </c>
       <c r="C628">
         <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
         <v>3</v>
       </c>
       <c r="B629" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C629">
         <v>1</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
         <v>3</v>
       </c>
       <c r="B630" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C630">
         <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
         <v>3</v>
       </c>
-      <c r="B631">
-        <v>1680310259</v>
+      <c r="B631" t="s">
+        <v>474</v>
       </c>
       <c r="C631">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
         <v>3</v>
       </c>
       <c r="B632">
-        <v>1101966386</v>
+        <v>1798255383</v>
       </c>
       <c r="C632">
         <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
         <v>3</v>
       </c>
       <c r="B633" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C633">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
         <v>3</v>
       </c>
       <c r="B634" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="C634">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
         <v>3</v>
       </c>
       <c r="B635" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C635">
         <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
         <v>3</v>
       </c>
-      <c r="B636">
-        <v>1492533882</v>
+      <c r="B636" t="s">
+        <v>478</v>
       </c>
       <c r="C636">
         <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
         <v>3</v>
       </c>
       <c r="B637" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C637">
         <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>3</v>
       </c>
       <c r="B638" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C638">
         <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
         <v>3</v>
       </c>
-      <c r="B639" t="s">
-        <v>473</v>
+      <c r="B639">
+        <v>9588537916</v>
       </c>
       <c r="C639">
         <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
         <v>3</v>
       </c>
-      <c r="B640" t="s">
-        <v>474</v>
+      <c r="B640">
+        <v>1694654680</v>
       </c>
       <c r="C640">
         <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
         <v>3</v>
       </c>
       <c r="B641" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C641">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
         <v>3</v>
       </c>
-      <c r="B642" t="s">
-        <v>476</v>
+      <c r="B642">
+        <v>1492137022</v>
       </c>
       <c r="C642">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
         <v>3</v>
       </c>
       <c r="B643" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="C643">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
         <v>3</v>
       </c>
       <c r="B644" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C644">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
         <v>3</v>
       </c>
       <c r="B645" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C645">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
         <v>3</v>
       </c>
       <c r="B646" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C646">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
         <v>3</v>
       </c>
-      <c r="B647">
-        <v>1250062187</v>
+      <c r="B647" t="s">
+        <v>486</v>
       </c>
       <c r="C647">
         <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
         <v>3</v>
       </c>
       <c r="B648" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="C648">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
         <v>3</v>
       </c>
       <c r="B649" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C649">
         <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
         <v>3</v>
       </c>
       <c r="B650" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="C650">
         <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
         <v>3</v>
       </c>
       <c r="B651" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="C651">
         <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
         <v>3</v>
       </c>
       <c r="B652">
-        <v>1796670839</v>
+        <v>1421539918</v>
       </c>
       <c r="C652">
         <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
         <v>3</v>
       </c>
       <c r="B653" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C653">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
         <v>3</v>
       </c>
       <c r="B654" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="C654">
         <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
         <v>3</v>
       </c>
-      <c r="B655">
-        <v>1893007162</v>
+      <c r="B655" t="s">
+        <v>493</v>
       </c>
       <c r="C655">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
         <v>3</v>
       </c>
       <c r="B656" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="C656">
         <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
         <v>3</v>
       </c>
-      <c r="B657" t="s">
-        <v>488</v>
+      <c r="B657">
+        <v>1986466809</v>
       </c>
       <c r="C657">
         <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
         <v>3</v>
       </c>
       <c r="B658">
-        <v>1539151972</v>
+        <v>1523873558</v>
       </c>
       <c r="C658">
         <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
         <v>3</v>
       </c>
       <c r="B659">
-        <v>1621384896</v>
+        <v>1493037935</v>
       </c>
       <c r="C659">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
         <v>3</v>
       </c>
-      <c r="B660">
-        <v>1641528931</v>
+      <c r="B660" t="s">
+        <v>495</v>
       </c>
       <c r="C660">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
         <v>3</v>
       </c>
-      <c r="B661">
-        <v>1530568455</v>
+      <c r="B661" t="s">
+        <v>496</v>
       </c>
       <c r="C661">
         <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
         <v>3</v>
       </c>
       <c r="B662" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C662">
         <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
         <v>3</v>
       </c>
       <c r="B663" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C663">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
         <v>3</v>
       </c>
       <c r="B664" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="C664">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
         <v>3</v>
       </c>
-      <c r="B665" t="s">
-        <v>492</v>
+      <c r="B665">
+        <v>1250057833</v>
       </c>
       <c r="C665">
         <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
         <v>3</v>
       </c>
       <c r="B666" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="C666">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
         <v>3</v>
       </c>
-      <c r="B667" t="s">
-        <v>494</v>
+      <c r="B667">
+        <v>1610395697</v>
       </c>
       <c r="C667">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
         <v>3</v>
       </c>
       <c r="B668" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="C668">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
         <v>3</v>
       </c>
-      <c r="B669" t="s">
-        <v>496</v>
+      <c r="B669">
+        <v>1593156324</v>
       </c>
       <c r="C669">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
         <v>3</v>
       </c>
       <c r="B670" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C670">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
         <v>3</v>
       </c>
       <c r="B671">
-        <v>1718638787</v>
+        <v>1519049331</v>
       </c>
       <c r="C671">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
         <v>3</v>
       </c>
-      <c r="B672">
-        <v>1942306156</v>
+      <c r="B672" t="s">
+        <v>503</v>
       </c>
       <c r="C672">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
         <v>3</v>
       </c>
       <c r="B673" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C673">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
         <v>3</v>
       </c>
       <c r="B674" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C674">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
         <v>3</v>
       </c>
       <c r="B675" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="C675">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
         <v>3</v>
       </c>
       <c r="B676" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C676">
         <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
         <v>3</v>
       </c>
-      <c r="B677">
-        <v>1545325502</v>
+      <c r="B677" t="s">
+        <v>508</v>
       </c>
       <c r="C677">
         <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
         <v>3</v>
       </c>
       <c r="B678" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="C678">
         <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
         <v>3</v>
       </c>
       <c r="B679" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C679">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
         <v>3</v>
       </c>
       <c r="B680" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="C680">
         <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
         <v>3</v>
       </c>
       <c r="B681" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="C681">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
         <v>3</v>
       </c>
       <c r="B682" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C682">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
         <v>3</v>
       </c>
       <c r="B683" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="C683">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
         <v>3</v>
       </c>
       <c r="B684" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="C684">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
         <v>3</v>
       </c>
-      <c r="B685" t="s">
-        <v>509</v>
+      <c r="B685">
+        <v>8417234969</v>
       </c>
       <c r="C685">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
         <v>3</v>
       </c>
-      <c r="B686">
-        <v>1518742440</v>
+      <c r="B686" t="s">
+        <v>516</v>
       </c>
       <c r="C686">
         <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
         <v>3</v>
       </c>
       <c r="B687" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C687">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>3</v>
       </c>
-      <c r="B688">
-        <v>1328869334</v>
+      <c r="B688" t="s">
+        <v>518</v>
       </c>
       <c r="C688">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>3</v>
       </c>
       <c r="B689" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="C689">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
         <v>3</v>
       </c>
       <c r="B690" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C690">
         <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
         <v>3</v>
       </c>
       <c r="B691" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="C691">
         <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
         <v>3</v>
       </c>
-      <c r="B692">
-        <v>1545418187</v>
+      <c r="B692" t="s">
+        <v>522</v>
       </c>
       <c r="C692">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
         <v>3</v>
       </c>
       <c r="B693" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C693">
         <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
         <v>3</v>
       </c>
-      <c r="B694" t="s">
-        <v>515</v>
+      <c r="B694">
+        <v>8492833459</v>
       </c>
       <c r="C694">
         <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
         <v>3</v>
       </c>
       <c r="B695" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="C695">
         <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
         <v>3</v>
       </c>
       <c r="B696">
-        <v>1885167601</v>
+        <v>9701058712</v>
       </c>
       <c r="C696">
         <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>3</v>
       </c>
       <c r="B697" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="C697">
         <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
         <v>3</v>
       </c>
-      <c r="B698">
-        <v>3945430585</v>
+      <c r="B698" t="s">
+        <v>526</v>
       </c>
       <c r="C698">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
         <v>3</v>
       </c>
       <c r="B699" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="C699">
         <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
         <v>3</v>
       </c>
       <c r="B700" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="C700">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
         <v>3</v>
       </c>
       <c r="B701" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C701">
         <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
         <v>3</v>
       </c>
       <c r="B702" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="C702">
         <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
         <v>3</v>
       </c>
       <c r="B703" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="C703">
         <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>3</v>
       </c>
       <c r="B704" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="C704">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
         <v>3</v>
       </c>
-      <c r="B705" t="s">
-        <v>524</v>
+      <c r="B705">
+        <v>1530245508</v>
       </c>
       <c r="C705">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
         <v>3</v>
       </c>
       <c r="B706" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="C706">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
         <v>3</v>
       </c>
-      <c r="B707" t="s">
-        <v>526</v>
+      <c r="B707">
+        <v>1698856083</v>
       </c>
       <c r="C707">
         <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>3</v>
       </c>
-      <c r="B708" t="s">
-        <v>527</v>
+      <c r="B708">
+        <v>1586422383</v>
       </c>
       <c r="C708">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>3</v>
       </c>
       <c r="B709" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C709">
         <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
         <v>3</v>
       </c>
-      <c r="B710" t="s">
-        <v>529</v>
+      <c r="B710">
+        <v>1984831623</v>
       </c>
       <c r="C710">
         <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>3</v>
       </c>
       <c r="B711" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="C711">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
         <v>3</v>
       </c>
-      <c r="B712" t="s">
-        <v>531</v>
+      <c r="B712">
+        <v>1629148199</v>
       </c>
       <c r="C712">
         <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>3</v>
       </c>
       <c r="B713" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C713">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>3</v>
       </c>
-      <c r="B714" t="s">
-        <v>533</v>
+      <c r="B714">
+        <v>1503280462</v>
       </c>
       <c r="C714">
         <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
         <v>3</v>
       </c>
       <c r="B715" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C715">
         <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>3</v>
       </c>
       <c r="B716" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C716">
         <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
         <v>3</v>
       </c>
       <c r="B717" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C717">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
         <v>3</v>
       </c>
       <c r="B718" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C718">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>3</v>
       </c>
       <c r="B719" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C719">
         <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>3</v>
       </c>
-      <c r="B720" t="s">
-        <v>539</v>
+      <c r="B720">
+        <v>1507172400</v>
       </c>
       <c r="C720">
         <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>3</v>
       </c>
-      <c r="B721" t="s">
-        <v>540</v>
+      <c r="B721">
+        <v>1626928959</v>
       </c>
       <c r="C721">
         <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>3</v>
       </c>
-      <c r="B722" t="s">
-        <v>541</v>
+      <c r="B722">
+        <v>1612185436</v>
       </c>
       <c r="C722">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>3</v>
       </c>
-      <c r="B723">
-        <v>1101966424</v>
+      <c r="B723" t="s">
+        <v>542</v>
       </c>
       <c r="C723">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>3</v>
       </c>
       <c r="B724" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C724">
         <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>3</v>
       </c>
-      <c r="B725">
-        <v>1980697221</v>
+      <c r="B725" t="s">
+        <v>544</v>
       </c>
       <c r="C725">
         <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>3</v>
       </c>
-      <c r="B726">
-        <v>1979711828</v>
+      <c r="B726" t="s">
+        <v>545</v>
       </c>
       <c r="C726">
         <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>3</v>
       </c>
-      <c r="B727">
-        <v>1476727651</v>
+      <c r="B727" t="s">
+        <v>546</v>
       </c>
       <c r="C727">
         <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>3</v>
       </c>
       <c r="B728" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C728">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>3</v>
       </c>
-      <c r="B729" t="s">
-        <v>544</v>
+      <c r="B729">
+        <v>1086641450</v>
       </c>
       <c r="C729">
         <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>3</v>
       </c>
       <c r="B730" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C730">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>3</v>
       </c>
       <c r="B731">
-        <v>1947194860</v>
+        <v>1079162046</v>
       </c>
       <c r="C731">
         <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>3</v>
       </c>
-      <c r="B732" t="s">
-        <v>546</v>
+      <c r="B732">
+        <v>1338289446</v>
       </c>
       <c r="C732">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>3</v>
       </c>
-      <c r="B733">
-        <v>8466660208</v>
+      <c r="B733" t="s">
+        <v>549</v>
       </c>
       <c r="C733">
         <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>3</v>
       </c>
       <c r="B734" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C734">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>3</v>
       </c>
       <c r="B735" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C735">
         <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>3</v>
       </c>
       <c r="B736" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C736">
         <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>3</v>
       </c>
-      <c r="B737">
-        <v>3659007579</v>
+      <c r="B737" t="s">
+        <v>553</v>
       </c>
       <c r="C737">
         <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>3</v>
       </c>
       <c r="B738" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C738">
         <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>3</v>
       </c>
       <c r="B739" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="C739">
         <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
         <v>3</v>
       </c>
       <c r="B740" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C740">
         <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
         <v>3</v>
       </c>
-      <c r="B741">
-        <v>1455563927</v>
+      <c r="B741" t="s">
+        <v>557</v>
       </c>
       <c r="C741">
         <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
         <v>3</v>
       </c>
       <c r="B742" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C742">
         <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
         <v>3</v>
       </c>
       <c r="B743" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C743">
         <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
         <v>3</v>
       </c>
       <c r="B744" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C744">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>3</v>
       </c>
       <c r="B745">
-        <v>1980346712</v>
+        <v>1717987249</v>
       </c>
       <c r="C745">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
         <v>3</v>
       </c>
-      <c r="B746" t="s">
-        <v>556</v>
+      <c r="B746">
+        <v>1470051141</v>
       </c>
       <c r="C746">
         <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
         <v>3</v>
       </c>
       <c r="B747" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C747">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
         <v>3</v>
       </c>
       <c r="B748">
-        <v>1571740872</v>
+        <v>8466331263</v>
       </c>
       <c r="C748">
         <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
         <v>3</v>
       </c>
       <c r="B749" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C749">
         <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
         <v>3</v>
       </c>
       <c r="B750" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C750">
         <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
         <v>3</v>
       </c>
       <c r="B751" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C751">
         <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
         <v>3</v>
       </c>
-      <c r="B752">
-        <v>1338132326</v>
+      <c r="B752" t="s">
+        <v>565</v>
       </c>
       <c r="C752">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
         <v>3</v>
       </c>
       <c r="B753" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="C753">
         <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
         <v>3</v>
       </c>
-      <c r="B754" t="s">
-        <v>562</v>
+      <c r="B754">
+        <v>1689244666</v>
       </c>
       <c r="C754">
         <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
         <v>3</v>
       </c>
       <c r="B755" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C755">
         <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
         <v>3</v>
       </c>
       <c r="B756" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C756">
         <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
         <v>3</v>
       </c>
-      <c r="B757" t="s">
-        <v>565</v>
+      <c r="B757">
+        <v>1506526802</v>
       </c>
       <c r="C757">
         <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
         <v>3</v>
       </c>
       <c r="B758" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C758">
         <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
         <v>3</v>
       </c>
       <c r="B759" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C759">
         <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
         <v>3</v>
       </c>
       <c r="B760">
-        <v>1530453895</v>
+        <v>1401954405</v>
       </c>
       <c r="C760">
         <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
         <v>3</v>
       </c>
-      <c r="B761">
-        <v>1798255383</v>
+      <c r="B761" t="s">
+        <v>571</v>
       </c>
       <c r="C761">
         <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
         <v>3</v>
       </c>
       <c r="B762" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C762">
         <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
         <v>3</v>
       </c>
       <c r="B763" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C763">
         <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
         <v>3</v>
       </c>
-      <c r="B764" t="s">
-        <v>570</v>
+      <c r="B764">
+        <v>1411498836</v>
       </c>
       <c r="C764">
         <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
         <v>3</v>
       </c>
       <c r="B765" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C765">
         <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
         <v>3</v>
       </c>
       <c r="B766" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C766">
         <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
         <v>3</v>
       </c>
       <c r="B767" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C767">
         <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
         <v>3</v>
       </c>
-      <c r="B768">
-        <v>1539128490</v>
+      <c r="B768" t="s">
+        <v>577</v>
       </c>
       <c r="C768">
         <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
         <v>3</v>
       </c>
       <c r="B769" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C769">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
         <v>3</v>
       </c>
-      <c r="B770">
-        <v>1481431870</v>
+      <c r="B770" t="s">
+        <v>579</v>
       </c>
       <c r="C770">
         <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>3</v>
       </c>
       <c r="B771" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C771">
         <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
         <v>3</v>
       </c>
       <c r="B772" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C772">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
         <v>3</v>
       </c>
-      <c r="B773" t="s">
-        <v>577</v>
+      <c r="B773">
+        <v>1700444972</v>
       </c>
       <c r="C773">
         <v>1</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
         <v>3</v>
       </c>
       <c r="B774" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C774">
         <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
         <v>3</v>
       </c>
-      <c r="B775" t="s">
-        <v>579</v>
+      <c r="B775">
+        <v>9505530749</v>
       </c>
       <c r="C775">
         <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
         <v>3</v>
       </c>
       <c r="B776" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C776">
         <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
         <v>3</v>
       </c>
       <c r="B777">
-        <v>1797090909</v>
+        <v>1710009276</v>
       </c>
       <c r="C777">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
         <v>3</v>
       </c>
       <c r="B778" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C778">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
         <v>3</v>
       </c>
-      <c r="B779" t="s">
-        <v>582</v>
+      <c r="B779">
+        <v>1680310259</v>
       </c>
       <c r="C779">
         <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
         <v>3</v>
       </c>
       <c r="B780" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C780">
         <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
         <v>3</v>
       </c>
-      <c r="B781" t="s">
-        <v>584</v>
+      <c r="B781">
+        <v>1612680054</v>
       </c>
       <c r="C781">
         <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
         <v>3</v>
       </c>
       <c r="B782">
-        <v>1421539918</v>
+        <v>1690194316</v>
       </c>
       <c r="C782">
         <v>1</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
         <v>3</v>
       </c>
       <c r="B783" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C783">
         <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
         <v>3</v>
       </c>
-      <c r="B784" t="s">
-        <v>586</v>
+      <c r="B784">
+        <v>1492533882</v>
       </c>
       <c r="C784">
         <v>1</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
         <v>3</v>
       </c>
       <c r="B785" t="s">
         <v>587</v>
       </c>
       <c r="C785">
         <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
         <v>3</v>
       </c>
       <c r="B786" t="s">
         <v>588</v>
       </c>
       <c r="C786">
         <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
         <v>3</v>
       </c>
-      <c r="B787">
-        <v>1986466809</v>
+      <c r="B787" t="s">
+        <v>589</v>
       </c>
       <c r="C787">
         <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
         <v>3</v>
       </c>
       <c r="B788" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C788">
         <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
         <v>3</v>
       </c>
       <c r="B789" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C789">
         <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
         <v>3</v>
       </c>
       <c r="B790" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C790">
         <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
         <v>3</v>
       </c>
       <c r="B791" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C791">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
         <v>3</v>
       </c>
       <c r="B792" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C792">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
         <v>3</v>
       </c>
-      <c r="B793">
-        <v>9588537916</v>
+      <c r="B793" t="s">
+        <v>595</v>
       </c>
       <c r="C793">
         <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
         <v>3</v>
       </c>
       <c r="B794">
-        <v>1694654680</v>
+        <v>1507114729</v>
       </c>
       <c r="C794">
         <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
         <v>3</v>
       </c>
       <c r="B795" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C795">
         <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
         <v>3</v>
       </c>
-      <c r="B796">
-        <v>1688150455</v>
+      <c r="B796" t="s">
+        <v>597</v>
       </c>
       <c r="C796">
         <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
         <v>3</v>
       </c>
       <c r="B797" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C797">
         <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
         <v>3</v>
       </c>
-      <c r="B798" t="s">
-        <v>596</v>
+      <c r="B798">
+        <v>1545261261</v>
       </c>
       <c r="C798">
         <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
         <v>3</v>
       </c>
       <c r="B799">
-        <v>1080420568</v>
+        <v>1326588540</v>
       </c>
       <c r="C799">
         <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
         <v>3</v>
       </c>
       <c r="B800" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C800">
         <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
         <v>3</v>
       </c>
       <c r="B801" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C801">
         <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
         <v>3</v>
       </c>
-      <c r="B802">
-        <v>1501164309</v>
+      <c r="B802" t="s">
+        <v>601</v>
       </c>
       <c r="C802">
         <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
         <v>3</v>
       </c>
-      <c r="B803" t="s">
-        <v>599</v>
+      <c r="B803">
+        <v>1641528931</v>
       </c>
       <c r="C803">
         <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
         <v>3</v>
       </c>
-      <c r="B804">
-        <v>1273714423</v>
+      <c r="B804" t="s">
+        <v>602</v>
       </c>
       <c r="C804">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
         <v>3</v>
       </c>
       <c r="B805" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C805">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
         <v>3</v>
       </c>
-      <c r="B806" t="s">
-        <v>601</v>
+      <c r="B806">
+        <v>1530568455</v>
       </c>
       <c r="C806">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
         <v>3</v>
       </c>
       <c r="B807" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C807">
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
         <v>3</v>
       </c>
       <c r="B808" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C808">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
         <v>3</v>
       </c>
       <c r="B809" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C809">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
         <v>3</v>
       </c>
       <c r="B810" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C810">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
         <v>3</v>
       </c>
       <c r="B811" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C811">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
         <v>3</v>
       </c>
       <c r="B812" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C812">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
         <v>3</v>
       </c>
-      <c r="B813">
-        <v>1523873558</v>
+      <c r="B813" t="s">
+        <v>610</v>
       </c>
       <c r="C813">
         <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
         <v>3</v>
       </c>
-      <c r="B814">
-        <v>1493037935</v>
+      <c r="B814" t="s">
+        <v>611</v>
       </c>
       <c r="C814">
         <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
         <v>3</v>
       </c>
       <c r="B815" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C815">
         <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
         <v>3</v>
       </c>
       <c r="B816" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="C816">
         <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
         <v>3</v>
       </c>
-      <c r="B817" t="s">
-        <v>610</v>
+      <c r="B817">
+        <v>1693606135</v>
       </c>
       <c r="C817">
         <v>1</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
         <v>3</v>
       </c>
       <c r="B818" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C818">
         <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
         <v>3</v>
       </c>
       <c r="B819" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C819">
         <v>1</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
         <v>3</v>
       </c>
       <c r="B820" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C820">
         <v>1</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
         <v>3</v>
       </c>
       <c r="B821" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C821">
         <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
         <v>3</v>
       </c>
-      <c r="B822">
-        <v>1610395697</v>
+      <c r="B822" t="s">
+        <v>618</v>
       </c>
       <c r="C822">
         <v>1</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
         <v>3</v>
       </c>
       <c r="B823" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C823">
         <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
         <v>3</v>
       </c>
-      <c r="B824" t="s">
-        <v>616</v>
+      <c r="B824">
+        <v>1976348641</v>
       </c>
       <c r="C824">
         <v>1</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
         <v>3</v>
       </c>
       <c r="B825" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C825">
         <v>1</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
         <v>3</v>
       </c>
       <c r="B826" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="C826">
         <v>1</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
         <v>3</v>
       </c>
       <c r="B827" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C827">
         <v>1</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
         <v>3</v>
       </c>
       <c r="B828" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C828">
         <v>1</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
         <v>3</v>
       </c>
-      <c r="B829" t="s">
-        <v>621</v>
+      <c r="B829">
+        <v>1401232744</v>
       </c>
       <c r="C829">
         <v>1</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
         <v>3</v>
       </c>
-      <c r="B830" t="s">
-        <v>622</v>
+      <c r="B830">
+        <v>1328869334</v>
       </c>
       <c r="C830">
         <v>1</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
         <v>3</v>
       </c>
       <c r="B831" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C831">
         <v>1</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
         <v>3</v>
       </c>
       <c r="B832" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C832">
         <v>1</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
         <v>3</v>
       </c>
       <c r="B833" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C833">
         <v>1</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
         <v>3</v>
       </c>
       <c r="B834" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C834">
         <v>1</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
         <v>3</v>
       </c>
       <c r="B835" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C835">
         <v>1</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
         <v>3</v>
       </c>
-      <c r="B836">
-        <v>70228</v>
+      <c r="B836" t="s">
+        <v>629</v>
       </c>
       <c r="C836">
         <v>1</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
         <v>3</v>
       </c>
       <c r="B837" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C837">
         <v>1</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
         <v>3</v>
       </c>
-      <c r="B838" t="s">
-        <v>629</v>
+      <c r="B838">
+        <v>1478991984</v>
       </c>
       <c r="C838">
         <v>1</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
         <v>3</v>
       </c>
       <c r="B839" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C839">
         <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
         <v>3</v>
       </c>
       <c r="B840" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C840">
         <v>1</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
         <v>3</v>
       </c>
-      <c r="B841" t="s">
-        <v>632</v>
+      <c r="B841">
+        <v>8494385658</v>
       </c>
       <c r="C841">
         <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
         <v>3</v>
       </c>
-      <c r="B842" t="s">
-        <v>633</v>
+      <c r="B842">
+        <v>9701065271</v>
       </c>
       <c r="C842">
         <v>1</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
         <v>3</v>
       </c>
       <c r="B843" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="C843">
         <v>1</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
         <v>3</v>
       </c>
       <c r="B844" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="C844">
         <v>1</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
         <v>3</v>
       </c>
       <c r="B845" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="C845">
         <v>1</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
         <v>3</v>
       </c>
       <c r="B846" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="C846">
         <v>1</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
         <v>3</v>
       </c>
       <c r="B847" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="C847">
         <v>1</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
         <v>3</v>
       </c>
       <c r="B848" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C848">
         <v>1</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
         <v>3</v>
       </c>
       <c r="B849" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C849">
         <v>1</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
         <v>3</v>
       </c>
       <c r="B850" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C850">
         <v>1</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
         <v>3</v>
       </c>
       <c r="B851" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="C851">
         <v>1</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
         <v>3</v>
       </c>
-      <c r="B852">
-        <v>1506707343</v>
+      <c r="B852" t="s">
+        <v>642</v>
       </c>
       <c r="C852">
         <v>1</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
         <v>3</v>
       </c>
       <c r="B853" t="s">
         <v>643</v>
       </c>
       <c r="C853">
         <v>1</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
         <v>3</v>
       </c>
-      <c r="B854">
-        <v>1986353044</v>
+      <c r="B854" t="s">
+        <v>644</v>
       </c>
       <c r="C854">
         <v>1</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
         <v>3</v>
       </c>
       <c r="B855" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C855">
         <v>1</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
         <v>3</v>
       </c>
       <c r="B856" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C856">
         <v>1</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
         <v>3</v>
       </c>
       <c r="B857" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C857">
         <v>1</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
         <v>3</v>
       </c>
       <c r="B858" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C858">
         <v>1</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
         <v>3</v>
       </c>
-      <c r="B859" t="s">
-        <v>648</v>
+      <c r="B859">
+        <v>1592851614</v>
       </c>
       <c r="C859">
         <v>1</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
         <v>3</v>
       </c>
       <c r="B860" t="s">
         <v>649</v>
       </c>
       <c r="C860">
         <v>1</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
         <v>3</v>
       </c>
-      <c r="B861">
-        <v>1976543614</v>
+      <c r="B861" t="s">
+        <v>650</v>
       </c>
       <c r="C861">
         <v>1</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
         <v>3</v>
       </c>
       <c r="B862" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C862">
         <v>1</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
         <v>3</v>
       </c>
       <c r="B863" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C863">
         <v>1</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
         <v>3</v>
       </c>
       <c r="B864" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C864">
         <v>1</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
         <v>3</v>
       </c>
-      <c r="B865" t="s">
-        <v>653</v>
+      <c r="B865">
+        <v>1981047158</v>
       </c>
       <c r="C865">
         <v>1</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
         <v>3</v>
       </c>
-      <c r="B866">
-        <v>1999322525</v>
+      <c r="B866" t="s">
+        <v>654</v>
       </c>
       <c r="C866">
         <v>1</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
         <v>3</v>
       </c>
-      <c r="B867">
-        <v>1984831623</v>
+      <c r="B867" t="s">
+        <v>655</v>
       </c>
       <c r="C867">
         <v>1</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
         <v>3</v>
       </c>
       <c r="B868" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C868">
         <v>1</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
         <v>3</v>
       </c>
       <c r="B869" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C869">
         <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
         <v>3</v>
       </c>
       <c r="B870">
-        <v>1629148199</v>
+        <v>1542040221</v>
       </c>
       <c r="C870">
         <v>1</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
         <v>3</v>
       </c>
-      <c r="B871" t="s">
-        <v>656</v>
+      <c r="B871">
+        <v>1101966424</v>
       </c>
       <c r="C871">
         <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
         <v>3</v>
       </c>
-      <c r="B872">
-        <v>1084149184</v>
+      <c r="B872" t="s">
+        <v>658</v>
       </c>
       <c r="C872">
         <v>1</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
         <v>3</v>
       </c>
-      <c r="B873" t="s">
-        <v>657</v>
+      <c r="B873">
+        <v>8497593944</v>
       </c>
       <c r="C873">
         <v>1</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
         <v>3</v>
       </c>
       <c r="B874" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C874">
         <v>1</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
         <v>3</v>
       </c>
       <c r="B875" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C875">
         <v>1</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
         <v>3</v>
       </c>
-      <c r="B876">
-        <v>1934968528</v>
+      <c r="B876" t="s">
+        <v>661</v>
       </c>
       <c r="C876">
         <v>1</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
         <v>3</v>
       </c>
       <c r="B877" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C877">
         <v>1</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
         <v>3</v>
       </c>
-      <c r="B878">
-        <v>1612185436</v>
+      <c r="B878" t="s">
+        <v>663</v>
       </c>
       <c r="C878">
         <v>1</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
         <v>3</v>
       </c>
       <c r="B879" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C879">
         <v>1</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
         <v>3</v>
       </c>
       <c r="B880" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C880">
         <v>1</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
         <v>3</v>
       </c>
       <c r="B881" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C881">
         <v>1</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
         <v>3</v>
       </c>
       <c r="B882" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C882">
         <v>1</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
         <v>3</v>
       </c>
-      <c r="B883">
-        <v>1621369668</v>
+      <c r="B883" t="s">
+        <v>668</v>
       </c>
       <c r="C883">
         <v>1</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
         <v>3</v>
       </c>
-      <c r="B884" t="s">
-        <v>665</v>
+      <c r="B884">
+        <v>8427214626</v>
       </c>
       <c r="C884">
         <v>1</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
         <v>3</v>
       </c>
       <c r="B885" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C885">
         <v>1</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
         <v>3</v>
       </c>
-      <c r="B886">
-        <v>1086641450</v>
+      <c r="B886" t="s">
+        <v>670</v>
       </c>
       <c r="C886">
         <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
         <v>3</v>
       </c>
       <c r="B887" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="C887">
         <v>1</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
         <v>3</v>
       </c>
       <c r="B888" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="C888">
         <v>1</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
         <v>3</v>
       </c>
       <c r="B889">
-        <v>1338289446</v>
+        <v>1980346712</v>
       </c>
       <c r="C889">
         <v>1</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
         <v>3</v>
       </c>
-      <c r="B890" t="s">
-        <v>669</v>
+      <c r="B890">
+        <v>1700469355</v>
       </c>
       <c r="C890">
         <v>1</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
         <v>3</v>
       </c>
       <c r="B891" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C891">
         <v>1</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
         <v>3</v>
       </c>
       <c r="B892" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C892">
         <v>1</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
         <v>3</v>
       </c>
-      <c r="B893" t="s">
-        <v>672</v>
+      <c r="B893">
+        <v>1088615740</v>
       </c>
       <c r="C893">
         <v>1</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
         <v>3</v>
       </c>
       <c r="B894" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C894">
         <v>1</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
         <v>3</v>
       </c>
       <c r="B895" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C895">
         <v>1</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
         <v>3</v>
       </c>
       <c r="B896" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C896">
         <v>1</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
         <v>3</v>
       </c>
-      <c r="B897" t="s">
-        <v>676</v>
+      <c r="B897">
+        <v>6073185855</v>
       </c>
       <c r="C897">
         <v>1</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
         <v>3</v>
       </c>
       <c r="B898" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C898">
         <v>1</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
         <v>3</v>
       </c>
       <c r="B899" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C899">
         <v>1</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
         <v>3</v>
       </c>
       <c r="B900" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C900">
         <v>1</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
         <v>3</v>
       </c>
       <c r="B901" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C901">
         <v>1</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
         <v>3</v>
       </c>
-      <c r="B902">
-        <v>8449323991</v>
+      <c r="B902" t="s">
+        <v>682</v>
       </c>
       <c r="C902">
         <v>1</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
         <v>3</v>
       </c>
       <c r="B903" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C903">
         <v>1</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
         <v>3</v>
       </c>
       <c r="B904" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C904">
         <v>1</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
         <v>3</v>
       </c>
       <c r="B905" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C905">
         <v>1</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
         <v>3</v>
       </c>
       <c r="B906">
-        <v>1700444972</v>
+        <v>6074530661</v>
       </c>
       <c r="C906">
         <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
         <v>3</v>
       </c>
       <c r="B907" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C907">
         <v>1</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
         <v>3</v>
       </c>
       <c r="B908" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C908">
         <v>1</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
         <v>3</v>
       </c>
-      <c r="B909" t="s">
-        <v>686</v>
+      <c r="B909">
+        <v>1792605439</v>
       </c>
       <c r="C909">
         <v>1</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
         <v>3</v>
       </c>
       <c r="B910" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C910">
         <v>1</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
         <v>3</v>
       </c>
       <c r="B911" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C911">
         <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
         <v>3</v>
       </c>
       <c r="B912" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C912">
         <v>1</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
         <v>3</v>
       </c>
       <c r="B913" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C913">
         <v>1</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
         <v>3</v>
       </c>
-      <c r="B914">
-        <v>8492979453</v>
+      <c r="B914" t="s">
+        <v>692</v>
       </c>
       <c r="C914">
         <v>1</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
         <v>3</v>
       </c>
-      <c r="B915" t="s">
-        <v>691</v>
+      <c r="B915">
+        <v>1481431870</v>
       </c>
       <c r="C915">
         <v>1</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
         <v>3</v>
       </c>
       <c r="B916" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C916">
         <v>1</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
         <v>3</v>
       </c>
-      <c r="B917" t="s">
-        <v>693</v>
+      <c r="B917">
+        <v>1401308589</v>
       </c>
       <c r="C917">
         <v>1</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
         <v>3</v>
       </c>
       <c r="B918" t="s">
         <v>694</v>
       </c>
       <c r="C918">
         <v>1</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
         <v>3</v>
       </c>
       <c r="B919" t="s">
         <v>695</v>
       </c>
       <c r="C919">
         <v>1</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
         <v>3</v>
       </c>
       <c r="B920">
-        <v>1401954405</v>
+        <v>1797090909</v>
       </c>
       <c r="C920">
         <v>1</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
         <v>3</v>
       </c>
       <c r="B921" t="s">
         <v>696</v>
       </c>
       <c r="C921">
         <v>1</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
         <v>3</v>
       </c>
-      <c r="B922" t="s">
-        <v>697</v>
+      <c r="B922">
+        <v>1950922332</v>
       </c>
       <c r="C922">
         <v>1</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
         <v>3</v>
       </c>
       <c r="B923" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="C923">
         <v>1</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
         <v>3</v>
       </c>
       <c r="B924" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="C924">
         <v>1</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
         <v>3</v>
       </c>
       <c r="B925" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="C925">
         <v>1</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
         <v>3</v>
       </c>
-      <c r="B926">
-        <v>1593070209</v>
+      <c r="B926" t="s">
+        <v>700</v>
       </c>
       <c r="C926">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>