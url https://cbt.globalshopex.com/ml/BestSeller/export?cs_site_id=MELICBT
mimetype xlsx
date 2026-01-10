--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -44,2121 +44,2121 @@
   <si>
     <t>total</t>
   </si>
   <si>
     <t>MELICBT</t>
   </si>
   <si>
     <t>B07X2FQBH9</t>
   </si>
   <si>
     <t>0399182020</t>
   </si>
   <si>
     <t>0062060627</t>
   </si>
   <si>
     <t>0451414063</t>
   </si>
   <si>
     <t>B07P7HRSHJ</t>
   </si>
   <si>
     <t>B01MY9AYA9</t>
   </si>
   <si>
+    <t>0976263726</t>
+  </si>
+  <si>
+    <t>B0798JST5Y</t>
+  </si>
+  <si>
+    <t>052543254X</t>
+  </si>
+  <si>
+    <t>B002YK5W70</t>
+  </si>
+  <si>
     <t>B07F1Y894T</t>
   </si>
   <si>
-    <t>052543254X</t>
-[...2 lines deleted...]
-    <t>B002YK5W70</t>
+    <t>B000V7RDCA</t>
   </si>
   <si>
     <t>B01A9CZXK0</t>
   </si>
   <si>
     <t>0380807343</t>
   </si>
   <si>
+    <t>0811876446</t>
+  </si>
+  <si>
+    <t>B076ZHVCJN</t>
+  </si>
+  <si>
+    <t>B07WHLWW3N</t>
+  </si>
+  <si>
+    <t>B07W3TRTCY</t>
+  </si>
+  <si>
     <t>BIN524628</t>
   </si>
   <si>
-    <t>0811876446</t>
-[...4 lines deleted...]
-  <si>
     <t>B01M6V7ZK5</t>
   </si>
   <si>
     <t>TS16GCFX600</t>
   </si>
   <si>
-    <t>B076ZHVCJN</t>
-[...11 lines deleted...]
-    <t>B07W3TRTCY</t>
+    <t>B07XYTMQB9</t>
+  </si>
+  <si>
+    <t>B07VD3XZMN</t>
+  </si>
+  <si>
+    <t>170046096X</t>
   </si>
   <si>
     <t>B07K8LS3TK</t>
   </si>
   <si>
-    <t>B07XYTMQB9</t>
+    <t>BIN575055</t>
+  </si>
+  <si>
+    <t>0060927488</t>
+  </si>
+  <si>
+    <t>B01M0XVJRQ</t>
   </si>
   <si>
     <t>B07YXNN1KG</t>
   </si>
   <si>
+    <t>0143130722</t>
+  </si>
+  <si>
+    <t>B01FSEOK0S</t>
+  </si>
+  <si>
+    <t>B07428LXXR</t>
+  </si>
+  <si>
+    <t>B07929D654</t>
+  </si>
+  <si>
+    <t>B06X8YMR9S</t>
+  </si>
+  <si>
+    <t>LER7584</t>
+  </si>
+  <si>
+    <t>B07VYHLBZ4</t>
+  </si>
+  <si>
+    <t>B07GR6TF9L</t>
+  </si>
+  <si>
+    <t>B077FFG4ML</t>
+  </si>
+  <si>
+    <t>0764801554</t>
+  </si>
+  <si>
+    <t>B07Z36GMX5</t>
+  </si>
+  <si>
+    <t>B011R78I62</t>
+  </si>
+  <si>
+    <t>B01H4MASDK</t>
+  </si>
+  <si>
+    <t>B07XCB3Z37</t>
+  </si>
+  <si>
+    <t>B019GQ9DFG</t>
+  </si>
+  <si>
+    <t>144021395X</t>
+  </si>
+  <si>
+    <t>B06WP7B621</t>
+  </si>
+  <si>
+    <t>0743226755</t>
+  </si>
+  <si>
+    <t>B07G49JT8M</t>
+  </si>
+  <si>
+    <t>B07XNTNT8N</t>
+  </si>
+  <si>
+    <t>LER3335</t>
+  </si>
+  <si>
+    <t>B07KD5Z49F</t>
+  </si>
+  <si>
+    <t>B07HVS99BW</t>
+  </si>
+  <si>
+    <t>B07WHVWBPC</t>
+  </si>
+  <si>
+    <t>B07TBXND9B</t>
+  </si>
+  <si>
+    <t>B0111X63IC</t>
+  </si>
+  <si>
+    <t>B01HFKBAPQ</t>
+  </si>
+  <si>
+    <t>B07YSJX7SM</t>
+  </si>
+  <si>
+    <t>B01560DVUE</t>
+  </si>
+  <si>
+    <t>B07FVTHHQK</t>
+  </si>
+  <si>
+    <t>B07SKQVQWW</t>
+  </si>
+  <si>
+    <t>0307352153</t>
+  </si>
+  <si>
+    <t>B08PFJ3VH3</t>
+  </si>
+  <si>
+    <t>014313180X</t>
+  </si>
+  <si>
+    <t>B07MV7BXNL</t>
+  </si>
+  <si>
+    <t>B001JSWM08</t>
+  </si>
+  <si>
+    <t>0394800796</t>
+  </si>
+  <si>
+    <t>B07B2C3Z9X</t>
+  </si>
+  <si>
+    <t>B003DIHBFI</t>
+  </si>
+  <si>
+    <t>0307741206</t>
+  </si>
+  <si>
+    <t>B01G7ILDF4</t>
+  </si>
+  <si>
+    <t>B075WT6VQQ</t>
+  </si>
+  <si>
+    <t>B076Q51DZ4</t>
+  </si>
+  <si>
+    <t>B01LDCWHD6</t>
+  </si>
+  <si>
+    <t>B07T3G9YZB</t>
+  </si>
+  <si>
+    <t>B00LOV0XME</t>
+  </si>
+  <si>
+    <t>B004IZ4LR6</t>
+  </si>
+  <si>
+    <t>0930213955</t>
+  </si>
+  <si>
+    <t>B075KXPWY3</t>
+  </si>
+  <si>
+    <t>0061284335</t>
+  </si>
+  <si>
+    <t>B07PJ7YTTZ</t>
+  </si>
+  <si>
+    <t>S8500</t>
+  </si>
+  <si>
+    <t>T-8194</t>
+  </si>
+  <si>
+    <t>B0752ZXT1M</t>
+  </si>
+  <si>
+    <t>170201939X</t>
+  </si>
+  <si>
+    <t>0312187769</t>
+  </si>
+  <si>
+    <t>B073WZZ7B5</t>
+  </si>
+  <si>
+    <t>125019623X</t>
+  </si>
+  <si>
+    <t>B07WV941SZ</t>
+  </si>
+  <si>
+    <t>B07CX3TM8Y</t>
+  </si>
+  <si>
+    <t>B07K76JWSX</t>
+  </si>
+  <si>
     <t>B07VSFCYMJ</t>
   </si>
   <si>
-    <t>B01M0XVJRQ</t>
-[...191 lines deleted...]
-    <t>B07Z36GMX5</t>
+    <t>B015EU8KIE</t>
   </si>
   <si>
     <t>B071Z8QQ1N</t>
   </si>
   <si>
-    <t>170201939X</t>
-[...2 lines deleted...]
-    <t>B015EU8KIE</t>
+    <t>B07B523JHR</t>
+  </si>
+  <si>
+    <t>B019ROWNPY</t>
+  </si>
+  <si>
+    <t>B07ZFFFFMX</t>
+  </si>
+  <si>
+    <t>B07SD9F6SN</t>
+  </si>
+  <si>
+    <t>B07PBG55MX</t>
+  </si>
+  <si>
+    <t>B07F9WXM6K</t>
+  </si>
+  <si>
+    <t>B078J5P5YD</t>
+  </si>
+  <si>
+    <t>B07CKF1M4V</t>
+  </si>
+  <si>
+    <t>0877738513</t>
+  </si>
+  <si>
+    <t>0743299795</t>
+  </si>
+  <si>
+    <t>B06ZZMLNGW</t>
+  </si>
+  <si>
+    <t>B07SS8NKC8</t>
+  </si>
+  <si>
+    <t>B089CLN89D</t>
+  </si>
+  <si>
+    <t>B08DTKT38V</t>
+  </si>
+  <si>
+    <t>B07V3RW48B</t>
+  </si>
+  <si>
+    <t>B077SG7HW7</t>
+  </si>
+  <si>
+    <t>B07CSJYDNJ</t>
+  </si>
+  <si>
+    <t>0345438310</t>
+  </si>
+  <si>
+    <t>B07MV1MZBR</t>
+  </si>
+  <si>
+    <t>B07K9Z57DT</t>
+  </si>
+  <si>
+    <t>B07NY5ZRSN</t>
+  </si>
+  <si>
+    <t>B078X7GHDP</t>
+  </si>
+  <si>
+    <t>B07K21Z24K</t>
+  </si>
+  <si>
+    <t>B07KXMPH6Q</t>
+  </si>
+  <si>
+    <t>B07NPGK8X1</t>
+  </si>
+  <si>
+    <t>0156612062</t>
+  </si>
+  <si>
+    <t>B07YTY66S2</t>
+  </si>
+  <si>
+    <t>B07PFHWZNW</t>
+  </si>
+  <si>
+    <t>B07YJFFSVD</t>
+  </si>
+  <si>
+    <t>B08PTHGRXH</t>
+  </si>
+  <si>
+    <t>B08CWY132G</t>
+  </si>
+  <si>
+    <t>USG60</t>
+  </si>
+  <si>
+    <t>B075YZ8LFN</t>
+  </si>
+  <si>
+    <t>B07CVXB5HH</t>
+  </si>
+  <si>
+    <t>B07GP1W4DP</t>
+  </si>
+  <si>
+    <t>B07KPQQXQ2</t>
+  </si>
+  <si>
+    <t>B06XG9WVY2</t>
+  </si>
+  <si>
+    <t>B000GB1R8M</t>
+  </si>
+  <si>
+    <t>B079M1Y2TS</t>
+  </si>
+  <si>
+    <t>B07T65ZQH8</t>
+  </si>
+  <si>
+    <t>AEAASHELMET</t>
+  </si>
+  <si>
+    <t>0982522754</t>
+  </si>
+  <si>
+    <t>B07TYXB92K</t>
+  </si>
+  <si>
+    <t>B00XKQUM54</t>
+  </si>
+  <si>
+    <t>B00664F8BU</t>
+  </si>
+  <si>
+    <t>B0771DBGZQ</t>
+  </si>
+  <si>
+    <t>B0784V19K1</t>
+  </si>
+  <si>
+    <t>B06Y46W7JP</t>
+  </si>
+  <si>
+    <t>B08VNW7T5M</t>
+  </si>
+  <si>
+    <t>B01C28WB0Y</t>
+  </si>
+  <si>
+    <t>0060007753</t>
+  </si>
+  <si>
+    <t>B07VWJRCFM</t>
+  </si>
+  <si>
+    <t>B07ZD17Q2F</t>
+  </si>
+  <si>
+    <t>B07L7G77CQ</t>
+  </si>
+  <si>
+    <t>B0822Z5KH6</t>
+  </si>
+  <si>
+    <t>T-53006</t>
+  </si>
+  <si>
+    <t>B07941FZX6</t>
+  </si>
+  <si>
+    <t>B07BVZGVY6</t>
+  </si>
+  <si>
+    <t>B00USI0K9A</t>
+  </si>
+  <si>
+    <t>B071JLRGN5</t>
+  </si>
+  <si>
+    <t>B07RX5FKNV</t>
+  </si>
+  <si>
+    <t>B07XSGD4MX</t>
+  </si>
+  <si>
+    <t>0062851063</t>
+  </si>
+  <si>
+    <t>B07CVW21WS</t>
+  </si>
+  <si>
+    <t>B07G4YTSC9</t>
+  </si>
+  <si>
+    <t>B07ZL2FW8D</t>
+  </si>
+  <si>
+    <t>0486241386</t>
+  </si>
+  <si>
+    <t>B08XYVDLWD</t>
+  </si>
+  <si>
+    <t>0881133094</t>
+  </si>
+  <si>
+    <t>B07PBMMXLZ</t>
+  </si>
+  <si>
+    <t>B07Z459W6W</t>
+  </si>
+  <si>
+    <t>B08VH4SY6R</t>
+  </si>
+  <si>
+    <t>B07H4MSW9Q</t>
+  </si>
+  <si>
+    <t>B0733K54FS</t>
+  </si>
+  <si>
+    <t>0999676105</t>
+  </si>
+  <si>
+    <t>B071KWZ71W</t>
+  </si>
+  <si>
+    <t>0768446376</t>
+  </si>
+  <si>
+    <t>B073HJ6M5S</t>
+  </si>
+  <si>
+    <t>B07SJBHP9Z</t>
+  </si>
+  <si>
+    <t>B01CEPJYK0</t>
+  </si>
+  <si>
+    <t>B00C5U7WZY</t>
+  </si>
+  <si>
+    <t>B0776TJKVM</t>
+  </si>
+  <si>
+    <t>B00N63UADA</t>
+  </si>
+  <si>
+    <t>B07Y9JBNTX</t>
+  </si>
+  <si>
+    <t>B0001MLMKY</t>
+  </si>
+  <si>
+    <t>0743228383</t>
+  </si>
+  <si>
+    <t>B00LLL3XGK</t>
+  </si>
+  <si>
+    <t>B07QGTQ17D</t>
+  </si>
+  <si>
+    <t>B07YJVW31W</t>
+  </si>
+  <si>
+    <t>B01FV4UNII</t>
+  </si>
+  <si>
+    <t>0767903692</t>
+  </si>
+  <si>
+    <t>B07XRD2XY7</t>
+  </si>
+  <si>
+    <t>B075V7VFB4</t>
+  </si>
+  <si>
+    <t>0465028020</t>
+  </si>
+  <si>
+    <t>B075RVHX62</t>
+  </si>
+  <si>
+    <t>849992297X</t>
+  </si>
+  <si>
+    <t>B07WQT4WRY</t>
+  </si>
+  <si>
+    <t>B01G6F9ZF8</t>
+  </si>
+  <si>
+    <t>B01H1RQFOO</t>
+  </si>
+  <si>
+    <t>B07TT2TXHS</t>
+  </si>
+  <si>
+    <t>B01MUBPKZX</t>
+  </si>
+  <si>
+    <t>0425285197</t>
+  </si>
+  <si>
+    <t>B0796HGGQH</t>
+  </si>
+  <si>
+    <t>B088ZXGVK2</t>
+  </si>
+  <si>
+    <t>B07T9KYK3M</t>
+  </si>
+  <si>
+    <t>0829751262</t>
+  </si>
+  <si>
+    <t>B06ZZYGWM1</t>
+  </si>
+  <si>
+    <t>B07WRJ9GTN</t>
+  </si>
+  <si>
+    <t>B07VLQKR1Q</t>
+  </si>
+  <si>
+    <t>B08QJ7JPKJ</t>
+  </si>
+  <si>
+    <t>B07CTX3KWG</t>
+  </si>
+  <si>
+    <t>RSS00231</t>
+  </si>
+  <si>
+    <t>B07DFHGP7D</t>
+  </si>
+  <si>
+    <t>CHSPLBC-6</t>
+  </si>
+  <si>
+    <t>0062435264</t>
+  </si>
+  <si>
+    <t>0718085183</t>
+  </si>
+  <si>
+    <t>T-8259BN</t>
+  </si>
+  <si>
+    <t>B001T9NWTM</t>
+  </si>
+  <si>
+    <t>031611300X</t>
+  </si>
+  <si>
+    <t>B07DZFYMGV</t>
+  </si>
+  <si>
+    <t>PAC91610</t>
+  </si>
+  <si>
+    <t>B0732RFN2D</t>
+  </si>
+  <si>
+    <t>B01LT6FCFG</t>
+  </si>
+  <si>
+    <t>B07KN2S1RN</t>
+  </si>
+  <si>
+    <t>V12H773010</t>
+  </si>
+  <si>
+    <t>B00JLTVFE6</t>
+  </si>
+  <si>
+    <t>B07ZMKYCKF</t>
+  </si>
+  <si>
+    <t>B07Z9PBZ1C</t>
+  </si>
+  <si>
+    <t>B07V49B1VD</t>
+  </si>
+  <si>
+    <t>PPR1610</t>
+  </si>
+  <si>
+    <t>B07RS9LSDZ</t>
+  </si>
+  <si>
+    <t>B07HPGRV6T</t>
+  </si>
+  <si>
+    <t>B07VHF7DCP</t>
+  </si>
+  <si>
+    <t>B07PRF4WTS</t>
+  </si>
+  <si>
+    <t>B07DLBJRMP</t>
+  </si>
+  <si>
+    <t>B00GQNPFQY</t>
+  </si>
+  <si>
+    <t>B07RPN9YFM</t>
+  </si>
+  <si>
+    <t>B0059EJLH0</t>
+  </si>
+  <si>
+    <t>LER2884</t>
+  </si>
+  <si>
+    <t>B07YB7NZ1G</t>
+  </si>
+  <si>
+    <t>B07JFTVNDJ</t>
+  </si>
+  <si>
+    <t>B07V5GV6FS</t>
+  </si>
+  <si>
+    <t>B07P4HM8QH</t>
+  </si>
+  <si>
+    <t>B06XW9363M</t>
+  </si>
+  <si>
+    <t>B2M-00012</t>
+  </si>
+  <si>
+    <t>156882405X</t>
+  </si>
+  <si>
+    <t>B00HYUT71W</t>
+  </si>
+  <si>
+    <t>0375714367</t>
+  </si>
+  <si>
+    <t>B0759L2JW3</t>
+  </si>
+  <si>
+    <t>B07HQMHSRC</t>
+  </si>
+  <si>
+    <t>BIN575050</t>
+  </si>
+  <si>
+    <t>B07K2WSJVX</t>
+  </si>
+  <si>
+    <t>B07MR5FY3P</t>
+  </si>
+  <si>
+    <t>B07TJWL8Z8</t>
+  </si>
+  <si>
+    <t>B07N3WC9CQ</t>
+  </si>
+  <si>
+    <t>B07VDFZZYV</t>
+  </si>
+  <si>
+    <t>B07BL4V8DM</t>
+  </si>
+  <si>
+    <t>B0176ACL12</t>
+  </si>
+  <si>
+    <t>B01EJ9DMQQ</t>
+  </si>
+  <si>
+    <t>067977629X</t>
+  </si>
+  <si>
+    <t>B01KYYQV2W</t>
+  </si>
+  <si>
+    <t>0312567448</t>
+  </si>
+  <si>
+    <t>006185414X</t>
+  </si>
+  <si>
+    <t>B0892BK5L6</t>
+  </si>
+  <si>
+    <t>EU-834040</t>
+  </si>
+  <si>
+    <t>DIX387000BN</t>
+  </si>
+  <si>
+    <t>B0714FJXHW</t>
+  </si>
+  <si>
+    <t>0593086708</t>
+  </si>
+  <si>
+    <t>B07GGTCKH9</t>
+  </si>
+  <si>
+    <t>B07VL92DZ7</t>
+  </si>
+  <si>
+    <t>B07Q2WNLS7</t>
+  </si>
+  <si>
+    <t>CD-3924BN</t>
+  </si>
+  <si>
+    <t>B07BRQXV3C</t>
+  </si>
+  <si>
+    <t>0940985578</t>
+  </si>
+  <si>
+    <t>B017ZUO2D8</t>
+  </si>
+  <si>
+    <t>B078JFNPZ4</t>
+  </si>
+  <si>
+    <t>B07JQ14GZB</t>
+  </si>
+  <si>
+    <t>B07TF3SL4Z</t>
+  </si>
+  <si>
+    <t>B006DI3ZV4</t>
+  </si>
+  <si>
+    <t>B0817WPFG5</t>
+  </si>
+  <si>
+    <t>B07Y4NDSYF</t>
+  </si>
+  <si>
+    <t>B07TVRQN7V</t>
+  </si>
+  <si>
+    <t>B07W7PXH4T</t>
+  </si>
+  <si>
+    <t>0307389162</t>
+  </si>
+  <si>
+    <t>B07FCFBZRP</t>
+  </si>
+  <si>
+    <t>B07V5TLW5M</t>
+  </si>
+  <si>
+    <t>NN-400012-S8</t>
+  </si>
+  <si>
+    <t>B001RNOAM8</t>
+  </si>
+  <si>
+    <t>B07YFJRXRG</t>
+  </si>
+  <si>
+    <t>B078TLSXG4</t>
+  </si>
+  <si>
+    <t>B000VODU5M</t>
+  </si>
+  <si>
+    <t>B07FXP151Y</t>
+  </si>
+  <si>
+    <t>WGT15061-WW</t>
+  </si>
+  <si>
+    <t>0062466593</t>
+  </si>
+  <si>
+    <t>LER4285</t>
+  </si>
+  <si>
+    <t>B072NCT92Y</t>
+  </si>
+  <si>
+    <t>B07L89H2GV</t>
+  </si>
+  <si>
+    <t>B01E01BQAW</t>
+  </si>
+  <si>
+    <t>B073F36FJF</t>
+  </si>
+  <si>
+    <t>LER3769</t>
+  </si>
+  <si>
+    <t>DVIDDMF15</t>
+  </si>
+  <si>
+    <t>0804851190</t>
+  </si>
+  <si>
+    <t>B0719KK7PQ</t>
+  </si>
+  <si>
+    <t>B07GKBPZPV</t>
+  </si>
+  <si>
+    <t>110196636X</t>
+  </si>
+  <si>
+    <t>B08RRNHVBP</t>
+  </si>
+  <si>
+    <t>B07KQ5CRJ2</t>
+  </si>
+  <si>
+    <t>0917849132</t>
+  </si>
+  <si>
+    <t>B07RHYY8NB</t>
+  </si>
+  <si>
+    <t>B003YDU3ES</t>
+  </si>
+  <si>
+    <t>B00N6JBUSI</t>
+  </si>
+  <si>
+    <t>B082J6LYM9</t>
+  </si>
+  <si>
+    <t>B01EGUYJGA</t>
+  </si>
+  <si>
+    <t>0341139106</t>
+  </si>
+  <si>
+    <t>B07S2J9B9D</t>
+  </si>
+  <si>
+    <t>B08LYV2HMG</t>
+  </si>
+  <si>
+    <t>B00OYTAPS0</t>
+  </si>
+  <si>
+    <t>B0727VYT25</t>
+  </si>
+  <si>
+    <t>B07GP7BHPD</t>
+  </si>
+  <si>
+    <t>B07KF9QKJZ</t>
+  </si>
+  <si>
+    <t>B01J4SF3MS</t>
+  </si>
+  <si>
+    <t>B0749K2B93</t>
+  </si>
+  <si>
+    <t>B01FSOLNQC</t>
+  </si>
+  <si>
+    <t>B07ZG6GVZQ</t>
+  </si>
+  <si>
+    <t>B07JJWTRYT</t>
+  </si>
+  <si>
+    <t>DO-MC01</t>
+  </si>
+  <si>
+    <t>B07J3FXQP4</t>
+  </si>
+  <si>
+    <t>059309798X</t>
+  </si>
+  <si>
+    <t>B01LEB3UQO</t>
+  </si>
+  <si>
+    <t>B001XSE5RC</t>
+  </si>
+  <si>
+    <t>B072MKSSCX</t>
+  </si>
+  <si>
+    <t>B07X6CHS2K</t>
+  </si>
+  <si>
+    <t>B07Q5WC42B</t>
+  </si>
+  <si>
+    <t>B017X98KPM</t>
+  </si>
+  <si>
+    <t>0064409392</t>
+  </si>
+  <si>
+    <t>B00UA3KR6Y</t>
+  </si>
+  <si>
+    <t>0553509896</t>
+  </si>
+  <si>
+    <t>031033750X</t>
+  </si>
+  <si>
+    <t>BIN588215</t>
+  </si>
+  <si>
+    <t>B07WVQBM8H</t>
+  </si>
+  <si>
+    <t>B0756TZL5B</t>
+  </si>
+  <si>
+    <t>B079C7XZYK</t>
+  </si>
+  <si>
+    <t>B07HH2QCF6</t>
+  </si>
+  <si>
+    <t>B07GST5CMQ</t>
+  </si>
+  <si>
+    <t>B07WNN4QH3</t>
+  </si>
+  <si>
+    <t>0769251420</t>
+  </si>
+  <si>
+    <t>BICGSM609AST</t>
+  </si>
+  <si>
+    <t>B08VJ2KM74</t>
+  </si>
+  <si>
+    <t>0147518741</t>
+  </si>
+  <si>
+    <t>B07VQG5RC1</t>
+  </si>
+  <si>
+    <t>B07W139F73</t>
+  </si>
+  <si>
+    <t>0007557272</t>
+  </si>
+  <si>
+    <t>B07R6RWN6W</t>
+  </si>
+  <si>
+    <t>B07QZC5VXJ</t>
+  </si>
+  <si>
+    <t>B2B150-BLK</t>
+  </si>
+  <si>
+    <t>B081BWX6C2</t>
+  </si>
+  <si>
+    <t>B00QYP9DAI</t>
+  </si>
+  <si>
+    <t>B01B5WRPZY</t>
+  </si>
+  <si>
+    <t>B07QWJS6LN</t>
+  </si>
+  <si>
+    <t>HUN1031</t>
+  </si>
+  <si>
+    <t>B07GYR7KK9</t>
+  </si>
+  <si>
+    <t>0375859551</t>
+  </si>
+  <si>
+    <t>B07F8RWPR5</t>
+  </si>
+  <si>
+    <t>B07QPWGJ1G</t>
+  </si>
+  <si>
+    <t>B08QD18B6L</t>
+  </si>
+  <si>
+    <t>B015WJRWFO</t>
+  </si>
+  <si>
+    <t>B00B8WWV6K</t>
+  </si>
+  <si>
+    <t>B00345JLR6</t>
+  </si>
+  <si>
+    <t>B07L4GL69V</t>
+  </si>
+  <si>
+    <t>152124491X</t>
+  </si>
+  <si>
+    <t>0736303626</t>
+  </si>
+  <si>
+    <t>HYG61491</t>
+  </si>
+  <si>
+    <t>B07HFTWQ5G</t>
+  </si>
+  <si>
+    <t>B07TNP949Q</t>
+  </si>
+  <si>
+    <t>B07JYXXHT2</t>
+  </si>
+  <si>
+    <t>B07BYHB5X3</t>
+  </si>
+  <si>
+    <t>B07VHJYZ73</t>
+  </si>
+  <si>
+    <t>B07CKFVWZ7</t>
+  </si>
+  <si>
+    <t>B07BHD8PRS</t>
+  </si>
+  <si>
+    <t>168781712X</t>
+  </si>
+  <si>
+    <t>B01NBAAV7M</t>
+  </si>
+  <si>
+    <t>B07FKMRHBT</t>
+  </si>
+  <si>
+    <t>B07MBX4MTY</t>
+  </si>
+  <si>
+    <t>0062976583</t>
+  </si>
+  <si>
+    <t>B01MFHTEAK</t>
+  </si>
+  <si>
+    <t>163220536X</t>
+  </si>
+  <si>
+    <t>B07G3X9ZJF</t>
+  </si>
+  <si>
+    <t>B00NV82K2O</t>
+  </si>
+  <si>
+    <t>0143105825</t>
+  </si>
+  <si>
+    <t>B07XYQCPZ4</t>
+  </si>
+  <si>
+    <t>B07Q1NGXYT</t>
+  </si>
+  <si>
+    <t>LER0810</t>
+  </si>
+  <si>
+    <t>B07R7F9SQM</t>
+  </si>
+  <si>
+    <t>B07NW918WN</t>
+  </si>
+  <si>
+    <t>B08F3SXYZ6</t>
+  </si>
+  <si>
+    <t>B07CTF5YRB</t>
+  </si>
+  <si>
+    <t>B07L5961MV</t>
+  </si>
+  <si>
+    <t>B07MYT7Q63</t>
+  </si>
+  <si>
+    <t>B07WLJNTK6</t>
+  </si>
+  <si>
+    <t>B07DB14315</t>
+  </si>
+  <si>
+    <t>B07KK48QY9</t>
+  </si>
+  <si>
+    <t>B07KPW24GM</t>
+  </si>
+  <si>
+    <t>B0194EHMYY</t>
+  </si>
+  <si>
+    <t>B07HCPYDSV</t>
+  </si>
+  <si>
+    <t>B00S5VUPJM</t>
+  </si>
+  <si>
+    <t>B0772MS25C</t>
+  </si>
+  <si>
+    <t>B07TCGZK9B</t>
+  </si>
+  <si>
+    <t>B0058RA4FG</t>
+  </si>
+  <si>
+    <t>0307455688</t>
+  </si>
+  <si>
+    <t>B07YJSLF1S</t>
+  </si>
+  <si>
+    <t>B009QT8XWS</t>
+  </si>
+  <si>
+    <t>B07DJ1DBYQ</t>
+  </si>
+  <si>
+    <t>B007I35FZM</t>
+  </si>
+  <si>
+    <t>109689291X</t>
+  </si>
+  <si>
+    <t>B07BFVY95W</t>
+  </si>
+  <si>
+    <t>B019GP4WOO</t>
+  </si>
+  <si>
+    <t>B0722RVJTD</t>
+  </si>
+  <si>
+    <t>B01GGAW4D8</t>
+  </si>
+  <si>
+    <t>B07XYBXTSX</t>
+  </si>
+  <si>
+    <t>0979633184</t>
+  </si>
+  <si>
+    <t>B075882TJQ</t>
+  </si>
+  <si>
+    <t>B07BYRGWXQ</t>
+  </si>
+  <si>
+    <t>B07XRLDL95</t>
+  </si>
+  <si>
+    <t>B07V5DDD34</t>
+  </si>
+  <si>
+    <t>B01NBB0Z3X</t>
+  </si>
+  <si>
+    <t>B000AYTYLW</t>
+  </si>
+  <si>
+    <t>B07D26BKL7</t>
+  </si>
+  <si>
+    <t>199932255X</t>
+  </si>
+  <si>
+    <t>B07FFG222C</t>
+  </si>
+  <si>
+    <t>B07PMRTJJ6</t>
+  </si>
+  <si>
+    <t>B01DMUI8M6</t>
+  </si>
+  <si>
+    <t>B07HR9NW93</t>
+  </si>
+  <si>
+    <t>B08B8XH3DX</t>
+  </si>
+  <si>
+    <t>B014PFH19S</t>
+  </si>
+  <si>
+    <t>B01H6URZIQ</t>
+  </si>
+  <si>
+    <t>B07MLX7F66</t>
+  </si>
+  <si>
+    <t>B07VDHJBM4</t>
+  </si>
+  <si>
+    <t>0910034796</t>
+  </si>
+  <si>
+    <t>B074P565L6</t>
+  </si>
+  <si>
+    <t>846069965X</t>
+  </si>
+  <si>
+    <t>B072BSL7LM</t>
+  </si>
+  <si>
+    <t>B079FWGR2J</t>
+  </si>
+  <si>
+    <t>B07XQ8NDHX</t>
+  </si>
+  <si>
+    <t>B082TVL3LJ</t>
+  </si>
+  <si>
+    <t>B074MS86LD</t>
+  </si>
+  <si>
+    <t>B07Y2S452W</t>
+  </si>
+  <si>
+    <t>179458689X</t>
+  </si>
+  <si>
+    <t>B07KH8K6V2</t>
+  </si>
+  <si>
+    <t>B07JFJVDPV</t>
+  </si>
+  <si>
+    <t>B0792TRPQ7</t>
+  </si>
+  <si>
+    <t>0446581356</t>
+  </si>
+  <si>
+    <t>B077T15D44</t>
+  </si>
+  <si>
+    <t>0525648445</t>
+  </si>
+  <si>
+    <t>B088MDXWCT</t>
+  </si>
+  <si>
+    <t>B07XT8GL1Y</t>
+  </si>
+  <si>
+    <t>0814640737</t>
+  </si>
+  <si>
+    <t>B07JJNJ192</t>
+  </si>
+  <si>
+    <t>B077P4LGB9</t>
+  </si>
+  <si>
+    <t>B00ZI8695Y</t>
+  </si>
+  <si>
+    <t>CK-6409</t>
+  </si>
+  <si>
+    <t>B07L8SHCSW</t>
+  </si>
+  <si>
+    <t>B0139MMM4W</t>
+  </si>
+  <si>
+    <t>B0083XFHIG</t>
+  </si>
+  <si>
+    <t>B01DWN6XNO</t>
+  </si>
+  <si>
+    <t>B07VT8DCGM</t>
+  </si>
+  <si>
+    <t>B07GBWFTFS</t>
+  </si>
+  <si>
+    <t>B07Z3ZWSBW</t>
+  </si>
+  <si>
+    <t>B07CNKLFFP</t>
+  </si>
+  <si>
+    <t>B01725HECC</t>
+  </si>
+  <si>
+    <t>B07G132NZR</t>
+  </si>
+  <si>
+    <t>B07P7ZD67J</t>
+  </si>
+  <si>
+    <t>0375867937</t>
+  </si>
+  <si>
+    <t>B07BHF7LBC</t>
+  </si>
+  <si>
+    <t>B071XQBCDY</t>
+  </si>
+  <si>
+    <t>B0055QD3A8</t>
+  </si>
+  <si>
+    <t>B08V4RPFBN</t>
+  </si>
+  <si>
+    <t>B07NST724K</t>
+  </si>
+  <si>
+    <t>WDBVBZ0000NCH-NESN</t>
+  </si>
+  <si>
+    <t>136800251X</t>
+  </si>
+  <si>
+    <t>B01M6CJN0C</t>
+  </si>
+  <si>
+    <t>DO-733101</t>
+  </si>
+  <si>
+    <t>B07ZBFPFRW</t>
+  </si>
+  <si>
+    <t>0310749697</t>
+  </si>
+  <si>
+    <t>0228219582</t>
+  </si>
+  <si>
+    <t>B07WV6PVYC</t>
+  </si>
+  <si>
+    <t>0274569175</t>
+  </si>
+  <si>
+    <t>0826134742</t>
+  </si>
+  <si>
+    <t>B07WSCGLZN</t>
+  </si>
+  <si>
+    <t>B06Y2BT8R2</t>
+  </si>
+  <si>
+    <t>B01MA2F2W4</t>
+  </si>
+  <si>
+    <t>B07G3544N6</t>
+  </si>
+  <si>
+    <t>B07VRXWRTL</t>
+  </si>
+  <si>
+    <t>B07GQKD1B9</t>
+  </si>
+  <si>
+    <t>B0140PCNJQ</t>
+  </si>
+  <si>
+    <t>B07CXN5Y66</t>
+  </si>
+  <si>
+    <t>B07V49T13C</t>
+  </si>
+  <si>
+    <t>B00786VYGS</t>
+  </si>
+  <si>
+    <t>0757301363</t>
+  </si>
+  <si>
+    <t>B07RJWV2Q3</t>
+  </si>
+  <si>
+    <t>194199900X</t>
+  </si>
+  <si>
+    <t>B07L24HCY3</t>
+  </si>
+  <si>
+    <t>B07Q55YPCK</t>
+  </si>
+  <si>
+    <t>B072VWSH4D</t>
+  </si>
+  <si>
+    <t>B08JLRX3PJ</t>
+  </si>
+  <si>
+    <t>B08K4DDGZW</t>
+  </si>
+  <si>
+    <t>006230125X</t>
+  </si>
+  <si>
+    <t>B07HHKFNT5</t>
+  </si>
+  <si>
+    <t>B01N9R30JQ</t>
+  </si>
+  <si>
+    <t>B00H4OL2FC</t>
+  </si>
+  <si>
+    <t>B07VLC3JGG</t>
+  </si>
+  <si>
+    <t>B08Y8MPTKQ</t>
+  </si>
+  <si>
+    <t>ZUSOE16</t>
+  </si>
+  <si>
+    <t>B01J8Y6Q9C</t>
+  </si>
+  <si>
+    <t>B07NZZWZVG</t>
+  </si>
+  <si>
+    <t>B07W7JT694</t>
+  </si>
+  <si>
+    <t>B01HF1HRES</t>
+  </si>
+  <si>
+    <t>0545791421</t>
+  </si>
+  <si>
+    <t>B07QV8914H</t>
+  </si>
+  <si>
+    <t>0763667625</t>
+  </si>
+  <si>
+    <t>477430705X</t>
+  </si>
+  <si>
+    <t>0525520139</t>
+  </si>
+  <si>
+    <t>B07MFPKNNS</t>
+  </si>
+  <si>
+    <t>0805050876</t>
+  </si>
+  <si>
+    <t>0143127713</t>
+  </si>
+  <si>
+    <t>4X90U90616</t>
+  </si>
+  <si>
+    <t>B010R3G1EI</t>
+  </si>
+  <si>
+    <t>B07QY74NWS</t>
+  </si>
+  <si>
+    <t>108033257X</t>
+  </si>
+  <si>
+    <t>B07D7MX3LT</t>
+  </si>
+  <si>
+    <t>B010G9M0DO</t>
+  </si>
+  <si>
+    <t>B076V7SPZP</t>
+  </si>
+  <si>
+    <t>0316310425</t>
+  </si>
+  <si>
+    <t>B017LZDTBS</t>
+  </si>
+  <si>
+    <t>B07YKSYYM6</t>
+  </si>
+  <si>
+    <t>B07Y7LJB76</t>
+  </si>
+  <si>
+    <t>0517543052</t>
+  </si>
+  <si>
+    <t>LER2345</t>
+  </si>
+  <si>
+    <t>B07MZ6T9V8</t>
+  </si>
+  <si>
+    <t>B077N2RDQG</t>
+  </si>
+  <si>
+    <t>B07K6647JB</t>
+  </si>
+  <si>
+    <t>B0776SHPW6</t>
+  </si>
+  <si>
+    <t>B01F57LLJQ</t>
+  </si>
+  <si>
+    <t>B00NJ0GWSW</t>
+  </si>
+  <si>
+    <t>B07X3VMPJY</t>
+  </si>
+  <si>
+    <t>B071KJD7YC</t>
+  </si>
+  <si>
+    <t>B07RLJ5MBR</t>
+  </si>
+  <si>
+    <t>B002YK5W7U</t>
+  </si>
+  <si>
+    <t>B06XGZJ1L6</t>
+  </si>
+  <si>
+    <t>0547750331</t>
+  </si>
+  <si>
+    <t>B07B7K2HTD</t>
+  </si>
+  <si>
+    <t>B07SYWBJGK</t>
+  </si>
+  <si>
+    <t>0316310271</t>
+  </si>
+  <si>
+    <t>B01I5170IK</t>
+  </si>
+  <si>
+    <t>B087R7VDYH</t>
+  </si>
+  <si>
+    <t>B01HC1SB6E</t>
+  </si>
+  <si>
+    <t>B07GVQ8T86</t>
+  </si>
+  <si>
+    <t>B07W6ZWSHH</t>
+  </si>
+  <si>
+    <t>LER3336</t>
+  </si>
+  <si>
+    <t>B074P569NQ</t>
+  </si>
+  <si>
+    <t>B08DFXH2W5</t>
+  </si>
+  <si>
+    <t>B005D4N54G</t>
+  </si>
+  <si>
+    <t>B01725GFHW</t>
+  </si>
+  <si>
+    <t>B0721BMHFZ</t>
+  </si>
+  <si>
+    <t>B07F2FRTHW</t>
+  </si>
+  <si>
+    <t>B07F6TJHQ5</t>
+  </si>
+  <si>
+    <t>0684832720</t>
+  </si>
+  <si>
+    <t>B07VHM776J</t>
+  </si>
+  <si>
+    <t>B00QWK17RM</t>
+  </si>
+  <si>
+    <t>B01JLB9VFI</t>
+  </si>
+  <si>
+    <t>B07XFB3T6L</t>
+  </si>
+  <si>
+    <t>B0714M3MD5</t>
+  </si>
+  <si>
+    <t>191040392X</t>
+  </si>
+  <si>
+    <t>B07BBKVDGT</t>
+  </si>
+  <si>
+    <t>B00ZEDIPVY</t>
+  </si>
+  <si>
+    <t>B072F21DB5</t>
+  </si>
+  <si>
+    <t>DO-735025</t>
+  </si>
+  <si>
+    <t>B01ELKRS7W</t>
+  </si>
+  <si>
+    <t>B07XBG7QBP</t>
+  </si>
+  <si>
+    <t>0399593209</t>
+  </si>
+  <si>
+    <t>B08KTVN7B2</t>
+  </si>
+  <si>
+    <t>B0746GWZG2</t>
+  </si>
+  <si>
+    <t>B0164VHKA6</t>
+  </si>
+  <si>
+    <t>B07Z9QMM8J</t>
+  </si>
+  <si>
+    <t>B01M29Q18B</t>
+  </si>
+  <si>
+    <t>B07S92HB66</t>
+  </si>
+  <si>
+    <t>B072C65494</t>
+  </si>
+  <si>
+    <t>B07172N8YK</t>
+  </si>
+  <si>
+    <t>B01GQTWL5U</t>
+  </si>
+  <si>
+    <t>B000LS6QYK</t>
+  </si>
+  <si>
+    <t>B07P53NRMH</t>
+  </si>
+  <si>
+    <t>B0751CXMRJ</t>
+  </si>
+  <si>
+    <t>B08WYRCGQ7</t>
+  </si>
+  <si>
+    <t>B07MC6JJ4L</t>
+  </si>
+  <si>
+    <t>B07Z3R93SZ</t>
+  </si>
+  <si>
+    <t>B07WSCKZB5</t>
+  </si>
+  <si>
+    <t>B07CZFL729</t>
+  </si>
+  <si>
+    <t>0785288570</t>
+  </si>
+  <si>
+    <t>B07KRLX3D9</t>
+  </si>
+  <si>
+    <t>B0719NYFZ7</t>
+  </si>
+  <si>
+    <t>CB1262BLK</t>
+  </si>
+  <si>
+    <t>B004V94XB8</t>
+  </si>
+  <si>
+    <t>B01GPVTP4E</t>
+  </si>
+  <si>
+    <t>B00QYOF0S8</t>
+  </si>
+  <si>
+    <t>B078PDFFS7</t>
+  </si>
+  <si>
+    <t>B01LBU03TU</t>
+  </si>
+  <si>
+    <t>B08R8K6NFG</t>
+  </si>
+  <si>
+    <t>B001GUKPGC</t>
+  </si>
+  <si>
+    <t>B07DZWHLY4</t>
+  </si>
+  <si>
+    <t>B07MTBRD32</t>
+  </si>
+  <si>
+    <t>B08NFSCTKR</t>
+  </si>
+  <si>
+    <t>155643880X</t>
+  </si>
+  <si>
+    <t>B07VFB2XCL</t>
+  </si>
+  <si>
+    <t>B082927SMK</t>
+  </si>
+  <si>
+    <t>SXPST50TTWH34</t>
+  </si>
+  <si>
+    <t>B089NVCTGJ</t>
+  </si>
+  <si>
+    <t>B08R9717L4</t>
+  </si>
+  <si>
+    <t>B07V4CNVZV</t>
+  </si>
+  <si>
+    <t>B07NRMQ6TN</t>
+  </si>
+  <si>
+    <t>B01LE4IQEC</t>
+  </si>
+  <si>
+    <t>987609646X</t>
+  </si>
+  <si>
+    <t>B0768RSG7J</t>
+  </si>
+  <si>
+    <t>B00QWK21PY</t>
+  </si>
+  <si>
+    <t>B07FCZG97B</t>
+  </si>
+  <si>
+    <t>B07J1N6SKD</t>
+  </si>
+  <si>
+    <t>142218403X</t>
+  </si>
+  <si>
+    <t>059315813X</t>
+  </si>
+  <si>
+    <t>B082T1RRHK</t>
+  </si>
+  <si>
+    <t>0812979397</t>
+  </si>
+  <si>
+    <t>B00OLEZG8C</t>
+  </si>
+  <si>
+    <t>B07Z3GSFGD</t>
+  </si>
+  <si>
+    <t>B08C32D891</t>
+  </si>
+  <si>
+    <t>B0798GCJP8</t>
+  </si>
+  <si>
+    <t>B07V21CZQ1</t>
+  </si>
+  <si>
+    <t>B072JK336V</t>
+  </si>
+  <si>
+    <t>B07VGQ3KX6</t>
+  </si>
+  <si>
+    <t>B01GDM8WRQ</t>
+  </si>
+  <si>
+    <t>B00QWJYSCE</t>
+  </si>
+  <si>
+    <t>B07HYW8BCV</t>
+  </si>
+  <si>
+    <t>0865479933</t>
+  </si>
+  <si>
+    <t>0578551667</t>
   </si>
   <si>
     <t>B07Z6J6QRK</t>
   </si>
   <si>
-    <t>B2M-00012</t>
-[...2 lines deleted...]
-    <t>B07KPW24GM</t>
+    <t>B07Z4TH93J</t>
   </si>
   <si>
     <t>B076PS39JM</t>
   </si>
   <si>
-    <t>B00HYUT71W</t>
-[...5 lines deleted...]
-    <t>B0058RA4FG</t>
+    <t>0718038932</t>
+  </si>
+  <si>
+    <t>B01NATNH8N</t>
   </si>
   <si>
     <t>B004MSYOJE</t>
   </si>
   <si>
-    <t>BIN575050</t>
-[...17 lines deleted...]
-    <t>109689291X</t>
+    <t>B07JD167L6</t>
+  </si>
+  <si>
+    <t>0743201108</t>
+  </si>
+  <si>
+    <t>GC513</t>
   </si>
   <si>
     <t>B07P39HR1D</t>
   </si>
   <si>
-    <t>067977629X</t>
-[...14 lines deleted...]
-    <t>B000AYTYLW</t>
+    <t>B077F4B56Y</t>
+  </si>
+  <si>
+    <t>B07VQF78CF</t>
+  </si>
+  <si>
+    <t>B07VGW8KXQ</t>
+  </si>
+  <si>
+    <t>PBT9500-RB</t>
+  </si>
+  <si>
+    <t>B00QWK3KGI</t>
+  </si>
+  <si>
+    <t>B002YK5W3E</t>
+  </si>
+  <si>
+    <t>B006409GUU</t>
+  </si>
+  <si>
+    <t>B00YZC4TFQ</t>
+  </si>
+  <si>
+    <t>B078QRFXYV</t>
   </si>
   <si>
     <t>B078N3FFXF</t>
   </si>
   <si>
-    <t>DIX387000BN</t>
-[...29 lines deleted...]
-    <t>0910034796</t>
+    <t>B07QLQ1QDR</t>
+  </si>
+  <si>
+    <t>B01DWS0BLO</t>
+  </si>
+  <si>
+    <t>B00E9SNZ24</t>
+  </si>
+  <si>
+    <t>B07TY6CQ5X</t>
+  </si>
+  <si>
+    <t>B003DIPBFU</t>
+  </si>
+  <si>
+    <t>B07MTF2SV5</t>
+  </si>
+  <si>
+    <t>B210RBLUE</t>
+  </si>
+  <si>
+    <t>B07J5D69YV</t>
   </si>
   <si>
     <t>B076VWC86N</t>
   </si>
   <si>
-    <t>B07YTY66S2</t>
-[...11 lines deleted...]
-    <t>B006409GUU</t>
+    <t>B08S6TTTL4</t>
+  </si>
+  <si>
+    <t>0997318708</t>
+  </si>
+  <si>
+    <t>B00YJUU11K</t>
+  </si>
+  <si>
+    <t>B0055QD0EC</t>
   </si>
   <si>
     <t>B07X5VKRZ2</t>
   </si>
   <si>
-    <t>B0822Z5KH6</t>
-[...32 lines deleted...]
-    <t>B00ZI8695Y</t>
+    <t>B07SL9BTX1</t>
+  </si>
+  <si>
+    <t>B00197TCJI</t>
+  </si>
+  <si>
+    <t>0525572643</t>
+  </si>
+  <si>
+    <t>B07W1PVHTT</t>
+  </si>
+  <si>
+    <t>B07K464Q5K</t>
+  </si>
+  <si>
+    <t>B07QDQHJSF</t>
+  </si>
+  <si>
+    <t>B07ZD5DT3X</t>
+  </si>
+  <si>
+    <t>B07ZJ2RNMJ</t>
+  </si>
+  <si>
+    <t>B0798TSL16</t>
+  </si>
+  <si>
+    <t>143911000X</t>
+  </si>
+  <si>
+    <t>B07YXKS5DP</t>
+  </si>
+  <si>
+    <t>B01N5RFHLF</t>
   </si>
   <si>
     <t>0062678426</t>
   </si>
   <si>
     <t>B07MFDNXB5</t>
   </si>
   <si>
-    <t>B0055QD0EC</t>
-[...8 lines deleted...]
-    <t>0881133094</t>
+    <t>B07Z4MR6D2</t>
+  </si>
+  <si>
+    <t>B07DP9HK1B</t>
+  </si>
+  <si>
+    <t>ELME421</t>
   </si>
   <si>
     <t>B00JZF93TK</t>
   </si>
   <si>
-    <t>DVIDDMF15</t>
-[...2 lines deleted...]
-    <t>B07Z3ZWSBW</t>
+    <t>B075752XB5</t>
+  </si>
+  <si>
+    <t>B0788CW8CP</t>
   </si>
   <si>
     <t>B00NEU7YI4</t>
   </si>
   <si>
-    <t>0375867937</t>
+    <t>B000KKO85S</t>
+  </si>
+  <si>
+    <t>B089ZV1G4Y</t>
   </si>
   <si>
     <t>B01BZF5RFQ</t>
   </si>
   <si>
-    <t>0917849132</t>
-[...5 lines deleted...]
-    <t>B08V4RPFBN</t>
+    <t>B0082AOHZY</t>
+  </si>
+  <si>
+    <t>B07HL2XBXL</t>
+  </si>
+  <si>
+    <t>B07PHX997Z</t>
+  </si>
+  <si>
+    <t>B01EN8FLR6</t>
   </si>
   <si>
     <t>B0066Z5FOY</t>
   </si>
   <si>
-    <t>B07CVW21WS</t>
-[...1564 lines deleted...]
-  <si>
     <t>B07BLXY71C</t>
-  </si>
-[...34 lines deleted...]
-    <t>B07DB14315</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2485,84 +2485,84 @@
   </sheetPr>
   <dimension ref="A1:C926"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2">
-        <v>1539328791</v>
+        <v>1984818341</v>
       </c>
       <c r="C2">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>1984818341</v>
+        <v>1539328791</v>
       </c>
       <c r="C3">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="B4">
-        <v>1490995668</v>
+      <c r="B4" t="s">
+        <v>4</v>
       </c>
       <c r="C4">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
-      <c r="B5" t="s">
-        <v>4</v>
+      <c r="B5">
+        <v>1490995668</v>
       </c>
       <c r="C5">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6">
         <v>1524797162</v>
       </c>
       <c r="C6">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>5</v>
       </c>
       <c r="C7">
         <v>6</v>
@@ -2638,1438 +2638,1438 @@
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15">
         <v>1097822451</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
-      <c r="B16">
-        <v>1796575097</v>
+      <c r="B16" t="s">
+        <v>10</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
-      <c r="B17" t="s">
-        <v>10</v>
+      <c r="B17">
+        <v>1796575097</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
       <c r="B19">
         <v>1455503878</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20" t="s">
         <v>12</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
-      <c r="B21">
-        <v>6073116187</v>
+      <c r="B21" t="s">
+        <v>13</v>
       </c>
       <c r="C21">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
-      <c r="B22">
-        <v>1401956009</v>
+      <c r="B22" t="s">
+        <v>14</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
-      <c r="B23" t="s">
-        <v>13</v>
+      <c r="B23">
+        <v>1401956009</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
-      <c r="B26">
-        <v>1641522305</v>
+      <c r="B26" t="s">
+        <v>17</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28">
-        <v>8498388872</v>
+        <v>6073116187</v>
       </c>
       <c r="C28">
         <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
-      <c r="B29" t="s">
-        <v>17</v>
+      <c r="B29">
+        <v>8498388872</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
       <c r="B30" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
-      <c r="B31">
-        <v>1981455515</v>
+      <c r="B31" t="s">
+        <v>20</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
-      <c r="B32" t="s">
-        <v>19</v>
+      <c r="B32">
+        <v>1101966343</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
-      <c r="B35" t="s">
-        <v>22</v>
+      <c r="B35">
+        <v>1641522305</v>
       </c>
       <c r="C35">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
-      <c r="B36">
-        <v>1101966343</v>
+      <c r="B36" t="s">
+        <v>23</v>
       </c>
       <c r="C36">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
-      <c r="B37" t="s">
-        <v>23</v>
+      <c r="B37">
+        <v>1981455515</v>
       </c>
       <c r="C37">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>3</v>
       </c>
       <c r="B39" t="s">
         <v>25</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>3</v>
       </c>
       <c r="B40" t="s">
         <v>26</v>
       </c>
       <c r="C40">
         <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
       <c r="B41">
-        <v>1541011627</v>
+        <v>1634421574</v>
       </c>
       <c r="C41">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
-      <c r="B42">
-        <v>1466346922</v>
+      <c r="B42" t="s">
+        <v>27</v>
       </c>
       <c r="C42">
         <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>3</v>
       </c>
       <c r="B43" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C43">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>3</v>
       </c>
       <c r="B44" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>3</v>
       </c>
       <c r="B45" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C45">
         <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C46">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>3</v>
       </c>
       <c r="B47">
-        <v>1542855829</v>
+        <v>1506707335</v>
       </c>
       <c r="C47">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>3</v>
       </c>
       <c r="B48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>3</v>
       </c>
       <c r="B49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>3</v>
       </c>
       <c r="B50">
-        <v>1640304444</v>
+        <v>1542855829</v>
       </c>
       <c r="C50">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>3</v>
       </c>
       <c r="B51" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>3</v>
       </c>
-      <c r="B52" t="s">
-        <v>34</v>
+      <c r="B52">
+        <v>8492452188</v>
       </c>
       <c r="C52">
         <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
       <c r="B53" t="s">
         <v>35</v>
       </c>
       <c r="C53">
         <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
       <c r="B54">
-        <v>1634421574</v>
+        <v>1686136153</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>3</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>3</v>
       </c>
-      <c r="B56" t="s">
-        <v>37</v>
+      <c r="B56">
+        <v>1973222086</v>
       </c>
       <c r="C56">
         <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>3</v>
       </c>
       <c r="B57" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C57">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>3</v>
       </c>
-      <c r="B58">
-        <v>1702084957</v>
+      <c r="B58" t="s">
+        <v>38</v>
       </c>
       <c r="C58">
         <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>3</v>
       </c>
       <c r="B59" t="s">
         <v>39</v>
       </c>
       <c r="C59">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>3</v>
       </c>
       <c r="B60" t="s">
         <v>40</v>
       </c>
       <c r="C60">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>3</v>
       </c>
       <c r="B61" t="s">
         <v>41</v>
       </c>
       <c r="C61">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>3</v>
       </c>
-      <c r="B62">
-        <v>8491051325</v>
+      <c r="B62" t="s">
+        <v>42</v>
       </c>
       <c r="C62">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>3</v>
       </c>
       <c r="B63" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C63">
         <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>3</v>
       </c>
-      <c r="B64" t="s">
-        <v>43</v>
+      <c r="B64">
+        <v>8491051325</v>
       </c>
       <c r="C64">
         <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>3</v>
       </c>
       <c r="B65">
-        <v>1947783998</v>
+        <v>1250123569</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>3</v>
       </c>
-      <c r="B66" t="s">
-        <v>44</v>
+      <c r="B66">
+        <v>1501104853</v>
       </c>
       <c r="C66">
         <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>3</v>
       </c>
       <c r="B67" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>3</v>
       </c>
       <c r="B68" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>3</v>
       </c>
-      <c r="B69" t="s">
-        <v>47</v>
+      <c r="B69">
+        <v>1931800138</v>
       </c>
       <c r="C69">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>3</v>
       </c>
-      <c r="B70">
-        <v>1977018971</v>
+      <c r="B70" t="s">
+        <v>46</v>
       </c>
       <c r="C70">
         <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>3</v>
       </c>
-      <c r="B71" t="s">
-        <v>48</v>
+      <c r="B71">
+        <v>1979144826</v>
       </c>
       <c r="C71">
         <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>3</v>
       </c>
-      <c r="B72" t="s">
-        <v>49</v>
+      <c r="B72">
+        <v>1099030544</v>
       </c>
       <c r="C72">
         <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>3</v>
       </c>
-      <c r="B73">
-        <v>1095495984</v>
+      <c r="B73" t="s">
+        <v>47</v>
       </c>
       <c r="C73">
         <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>3</v>
       </c>
-      <c r="B74">
-        <v>1250123569</v>
+      <c r="B74" t="s">
+        <v>48</v>
       </c>
       <c r="C74">
         <v>2</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>3</v>
       </c>
-      <c r="B75" t="s">
-        <v>50</v>
+      <c r="B75">
+        <v>1541011627</v>
       </c>
       <c r="C75">
         <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>3</v>
       </c>
-      <c r="B76">
-        <v>1075292352</v>
+      <c r="B76" t="s">
+        <v>49</v>
       </c>
       <c r="C76">
         <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>3</v>
       </c>
-      <c r="B77" t="s">
-        <v>51</v>
+      <c r="B77">
+        <v>1466346922</v>
       </c>
       <c r="C77">
         <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>3</v>
       </c>
       <c r="B78">
-        <v>1931800138</v>
+        <v>1095495984</v>
       </c>
       <c r="C78">
         <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>3</v>
       </c>
-      <c r="B79">
-        <v>1979144826</v>
+      <c r="B79" t="s">
+        <v>50</v>
       </c>
       <c r="C79">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>3</v>
       </c>
-      <c r="B80">
-        <v>1099030544</v>
+      <c r="B80" t="s">
+        <v>51</v>
       </c>
       <c r="C80">
         <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>3</v>
       </c>
-      <c r="B81" t="s">
-        <v>52</v>
+      <c r="B81">
+        <v>1075292352</v>
       </c>
       <c r="C81">
         <v>2</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>3</v>
       </c>
       <c r="B82" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C82">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>3</v>
       </c>
       <c r="B83" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C83">
         <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>3</v>
       </c>
       <c r="B84" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C84">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>3</v>
       </c>
-      <c r="B85">
-        <v>1697718795</v>
+      <c r="B85" t="s">
+        <v>55</v>
       </c>
       <c r="C85">
         <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>3</v>
       </c>
       <c r="B86" t="s">
         <v>56</v>
       </c>
       <c r="C86">
         <v>2</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>3</v>
       </c>
       <c r="B87">
-        <v>1522925325</v>
+        <v>1702084957</v>
       </c>
       <c r="C87">
         <v>2</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>3</v>
       </c>
-      <c r="B88" t="s">
-        <v>57</v>
+      <c r="B88">
+        <v>1421590565</v>
       </c>
       <c r="C88">
         <v>2</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>3</v>
       </c>
-      <c r="B89">
-        <v>1646090004</v>
+      <c r="B89" t="s">
+        <v>57</v>
       </c>
       <c r="C89">
         <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>3</v>
       </c>
-      <c r="B90" t="s">
-        <v>58</v>
+      <c r="B90">
+        <v>1947783998</v>
       </c>
       <c r="C90">
         <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>3</v>
       </c>
-      <c r="B91" t="s">
-        <v>59</v>
+      <c r="B91">
+        <v>1419735047</v>
       </c>
       <c r="C91">
         <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>3</v>
       </c>
       <c r="B92">
-        <v>1935610007</v>
+        <v>1585426598</v>
       </c>
       <c r="C92">
         <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>3</v>
       </c>
       <c r="B93" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C93">
         <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>3</v>
       </c>
-      <c r="B94" t="s">
-        <v>61</v>
+      <c r="B94">
+        <v>1646090004</v>
       </c>
       <c r="C94">
         <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>3</v>
       </c>
-      <c r="B95">
-        <v>1421590565</v>
+      <c r="B95" t="s">
+        <v>59</v>
       </c>
       <c r="C95">
         <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>3</v>
       </c>
-      <c r="B96" t="s">
-        <v>62</v>
+      <c r="B96">
+        <v>1977018971</v>
       </c>
       <c r="C96">
         <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>3</v>
       </c>
       <c r="B97" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C97">
         <v>2</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>3</v>
       </c>
       <c r="B98">
-        <v>1506707335</v>
+        <v>1935610007</v>
       </c>
       <c r="C98">
         <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>3</v>
       </c>
       <c r="B99" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C99">
         <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>3</v>
       </c>
       <c r="B100" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C100">
         <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>3</v>
       </c>
-      <c r="B101">
-        <v>1419735047</v>
+      <c r="B101" t="s">
+        <v>63</v>
       </c>
       <c r="C101">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>3</v>
       </c>
-      <c r="B102">
-        <v>1481011251</v>
+      <c r="B102" t="s">
+        <v>64</v>
       </c>
       <c r="C102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>3</v>
       </c>
       <c r="B103" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C103">
         <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>3</v>
       </c>
       <c r="B104">
-        <v>1585426598</v>
+        <v>1697718795</v>
       </c>
       <c r="C104">
         <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>3</v>
       </c>
       <c r="B105" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C105">
         <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>3</v>
       </c>
       <c r="B106" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C106">
         <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>3</v>
       </c>
       <c r="B107" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C107">
         <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>3</v>
       </c>
       <c r="B108" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C108">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>3</v>
       </c>
-      <c r="B109">
-        <v>1641522747</v>
+      <c r="B109" t="s">
+        <v>70</v>
       </c>
       <c r="C109">
         <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>3</v>
       </c>
       <c r="B110" t="s">
         <v>71</v>
       </c>
       <c r="C110">
         <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>3</v>
       </c>
       <c r="B111" t="s">
         <v>72</v>
       </c>
       <c r="C111">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>3</v>
       </c>
-      <c r="B112" t="s">
-        <v>73</v>
+      <c r="B112">
+        <v>1522925325</v>
       </c>
       <c r="C112">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>3</v>
       </c>
       <c r="B113" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C113">
         <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>3</v>
       </c>
       <c r="B114" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C114">
         <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>3</v>
       </c>
       <c r="B115" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C115">
         <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>3</v>
       </c>
       <c r="B116" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C116">
         <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>3</v>
       </c>
       <c r="B117" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C117">
         <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>3</v>
       </c>
       <c r="B118" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C118">
         <v>2</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>3</v>
       </c>
       <c r="B119" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C119">
         <v>2</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>3</v>
       </c>
-      <c r="B120" t="s">
-        <v>81</v>
+      <c r="B120">
+        <v>1795382864</v>
       </c>
       <c r="C120">
         <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>3</v>
       </c>
       <c r="B121" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C121">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>3</v>
       </c>
       <c r="B122" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C122">
         <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>3</v>
       </c>
       <c r="B123" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C123">
         <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>3</v>
       </c>
       <c r="B124" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C124">
         <v>2</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>3</v>
       </c>
       <c r="B125" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C125">
         <v>2</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>3</v>
       </c>
       <c r="B126" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C126">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>3</v>
       </c>
-      <c r="B127" t="s">
-        <v>88</v>
+      <c r="B127">
+        <v>1720136904</v>
       </c>
       <c r="C127">
         <v>2</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>3</v>
       </c>
-      <c r="B128" t="s">
-        <v>89</v>
+      <c r="B128">
+        <v>1481011251</v>
       </c>
       <c r="C128">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
-      <c r="B129">
-        <v>8492452188</v>
+      <c r="B129" t="s">
+        <v>86</v>
       </c>
       <c r="C129">
         <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
-      <c r="B130">
-        <v>1686136153</v>
+      <c r="B130" t="s">
+        <v>87</v>
       </c>
       <c r="C130">
         <v>2</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
       <c r="B132" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C132">
         <v>2</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
       <c r="B133">
-        <v>1973222086</v>
+        <v>6200029091</v>
       </c>
       <c r="C133">
         <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C134">
         <v>2</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
-      <c r="B135">
-        <v>1795382864</v>
+      <c r="B135" t="s">
+        <v>91</v>
       </c>
       <c r="C135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
       <c r="B136">
-        <v>1368042198</v>
+        <v>1641522747</v>
       </c>
       <c r="C136">
         <v>2</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
       <c r="B137" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C137">
         <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>3</v>
       </c>
-      <c r="B138">
-        <v>1720136904</v>
+      <c r="B138" t="s">
+        <v>93</v>
       </c>
       <c r="C138">
         <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>3</v>
       </c>
-      <c r="B139">
-        <v>1501104853</v>
+      <c r="B139" t="s">
+        <v>94</v>
       </c>
       <c r="C139">
         <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>3</v>
       </c>
-      <c r="B140" t="s">
-        <v>94</v>
+      <c r="B140">
+        <v>1368042198</v>
       </c>
       <c r="C140">
         <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>3</v>
       </c>
-      <c r="B141" t="s">
-        <v>95</v>
+      <c r="B141">
+        <v>1640304444</v>
       </c>
       <c r="C141">
         <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>3</v>
       </c>
-      <c r="B142">
-        <v>6200029091</v>
+      <c r="B142" t="s">
+        <v>95</v>
       </c>
       <c r="C142">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>3</v>
       </c>
       <c r="B143" t="s">
         <v>96</v>
       </c>
       <c r="C143">
         <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>3</v>
       </c>
       <c r="B144" t="s">
         <v>97</v>
       </c>
       <c r="C144">
         <v>1</v>
@@ -4156,184 +4156,184 @@
       <c r="A152" t="s">
         <v>3</v>
       </c>
       <c r="B152" t="s">
         <v>105</v>
       </c>
       <c r="C152">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>3</v>
       </c>
       <c r="B153" t="s">
         <v>106</v>
       </c>
       <c r="C153">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>3</v>
       </c>
-      <c r="B154">
-        <v>1981095969</v>
+      <c r="B154" t="s">
+        <v>107</v>
       </c>
       <c r="C154">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>3</v>
       </c>
       <c r="B155" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C155">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>3</v>
       </c>
-      <c r="B156" t="s">
-        <v>108</v>
+      <c r="B156">
+        <v>1717987249</v>
       </c>
       <c r="C156">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>3</v>
       </c>
       <c r="B157" t="s">
         <v>109</v>
       </c>
       <c r="C157">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>3</v>
       </c>
       <c r="B158" t="s">
         <v>110</v>
       </c>
       <c r="C158">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>3</v>
       </c>
       <c r="B159" t="s">
         <v>111</v>
       </c>
       <c r="C159">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>3</v>
       </c>
-      <c r="B160" t="s">
-        <v>112</v>
+      <c r="B160">
+        <v>8466331263</v>
       </c>
       <c r="C160">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>3</v>
       </c>
-      <c r="B161">
-        <v>1641524863</v>
+      <c r="B161" t="s">
+        <v>112</v>
       </c>
       <c r="C161">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>3</v>
       </c>
-      <c r="B162">
-        <v>1080420568</v>
+      <c r="B162" t="s">
+        <v>113</v>
       </c>
       <c r="C162">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>3</v>
       </c>
-      <c r="B163">
-        <v>1942733852</v>
+      <c r="B163" t="s">
+        <v>114</v>
       </c>
       <c r="C163">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>3</v>
       </c>
-      <c r="B164" t="s">
-        <v>113</v>
+      <c r="B164">
+        <v>1710009276</v>
       </c>
       <c r="C164">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>3</v>
       </c>
       <c r="B165" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C165">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>3</v>
       </c>
-      <c r="B166" t="s">
-        <v>115</v>
+      <c r="B166">
+        <v>1422162672</v>
       </c>
       <c r="C166">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>3</v>
       </c>
       <c r="B167" t="s">
         <v>116</v>
       </c>
       <c r="C167">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>3</v>
       </c>
       <c r="B168" t="s">
         <v>117</v>
       </c>
       <c r="C168">
         <v>1</v>
@@ -4365,8148 +4365,8148 @@
       <c r="A171" t="s">
         <v>3</v>
       </c>
       <c r="B171" t="s">
         <v>120</v>
       </c>
       <c r="C171">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>3</v>
       </c>
       <c r="B172" t="s">
         <v>121</v>
       </c>
       <c r="C172">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>3</v>
       </c>
-      <c r="B173">
-        <v>1094770515</v>
+      <c r="B173" t="s">
+        <v>122</v>
       </c>
       <c r="C173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>3</v>
       </c>
-      <c r="B174">
-        <v>1718638787</v>
+      <c r="B174" t="s">
+        <v>123</v>
       </c>
       <c r="C174">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>3</v>
       </c>
       <c r="B175" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C175">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>3</v>
       </c>
-      <c r="B176" t="s">
-        <v>123</v>
+      <c r="B176">
+        <v>1411498836</v>
       </c>
       <c r="C176">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>3</v>
       </c>
       <c r="B177" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C177">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>3</v>
       </c>
       <c r="B178">
-        <v>1945540168</v>
+        <v>1481845705</v>
       </c>
       <c r="C178">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>3</v>
       </c>
-      <c r="B179">
-        <v>1545325502</v>
+      <c r="B179" t="s">
+        <v>126</v>
       </c>
       <c r="C179">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>3</v>
       </c>
       <c r="B180" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C180">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>3</v>
       </c>
-      <c r="B181">
-        <v>1688279873</v>
+      <c r="B181" t="s">
+        <v>128</v>
       </c>
       <c r="C181">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>3</v>
       </c>
       <c r="B182" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C182">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>3</v>
       </c>
       <c r="B183" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C183">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>3</v>
       </c>
       <c r="B184" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C184">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>3</v>
       </c>
       <c r="B185" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C185">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>3</v>
       </c>
       <c r="B186">
-        <v>1368009026</v>
+        <v>8409020424</v>
       </c>
       <c r="C186">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>3</v>
       </c>
-      <c r="B187">
-        <v>1539151972</v>
+      <c r="B187" t="s">
+        <v>133</v>
       </c>
       <c r="C187">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>3</v>
       </c>
       <c r="B188" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C188">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>3</v>
       </c>
       <c r="B189" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C189">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>3</v>
       </c>
       <c r="B190" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C190">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>3</v>
       </c>
       <c r="B191" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C191">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>3</v>
       </c>
       <c r="B192" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C192">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>3</v>
       </c>
       <c r="B193" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C193">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>3</v>
       </c>
       <c r="B194" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C194">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>3</v>
       </c>
-      <c r="B195" t="s">
-        <v>137</v>
+      <c r="B195">
+        <v>1612680054</v>
       </c>
       <c r="C195">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>3</v>
       </c>
       <c r="B196">
-        <v>1545418187</v>
+        <v>1680528726</v>
       </c>
       <c r="C196">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>3</v>
       </c>
       <c r="B197" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C197">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>3</v>
       </c>
       <c r="B198" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C198">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>3</v>
       </c>
-      <c r="B199">
-        <v>1974708675</v>
+      <c r="B199" t="s">
+        <v>143</v>
       </c>
       <c r="C199">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>3</v>
       </c>
-      <c r="B200">
-        <v>3945430585</v>
+      <c r="B200" t="s">
+        <v>144</v>
       </c>
       <c r="C200">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>3</v>
       </c>
       <c r="B201" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C201">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>3</v>
       </c>
-      <c r="B202">
-        <v>1524714682</v>
+      <c r="B202" t="s">
+        <v>146</v>
       </c>
       <c r="C202">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>3</v>
       </c>
       <c r="B203" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C203">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>3</v>
       </c>
       <c r="B204" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C204">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>3</v>
       </c>
-      <c r="B205" t="s">
-        <v>143</v>
+      <c r="B205">
+        <v>1095339222</v>
       </c>
       <c r="C205">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>3</v>
       </c>
       <c r="B206" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C206">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>3</v>
       </c>
-      <c r="B207" t="s">
-        <v>145</v>
+      <c r="B207">
+        <v>1507114729</v>
       </c>
       <c r="C207">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>3</v>
       </c>
-      <c r="B208" t="s">
-        <v>146</v>
+      <c r="B208">
+        <v>1521114285</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>3</v>
       </c>
-      <c r="B209">
-        <v>1793935718</v>
+      <c r="B209" t="s">
+        <v>150</v>
       </c>
       <c r="C209">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>3</v>
       </c>
       <c r="B210" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C210">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>3</v>
       </c>
       <c r="B211" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C211">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>3</v>
       </c>
       <c r="B212" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C212">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>3</v>
       </c>
       <c r="B213" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C213">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>3</v>
       </c>
       <c r="B214">
-        <v>1518742440</v>
+        <v>9123651253</v>
       </c>
       <c r="C214">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>3</v>
       </c>
-      <c r="B215">
-        <v>1506707343</v>
+      <c r="B215" t="s">
+        <v>155</v>
       </c>
       <c r="C215">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>3</v>
       </c>
       <c r="B216" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C216">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>3</v>
       </c>
-      <c r="B217">
-        <v>1095339222</v>
+      <c r="B217" t="s">
+        <v>157</v>
       </c>
       <c r="C217">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>3</v>
       </c>
       <c r="B218" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C218">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>3</v>
       </c>
       <c r="B219" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C219">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>3</v>
       </c>
-      <c r="B220" t="s">
-        <v>154</v>
+      <c r="B220">
+        <v>1421597713</v>
       </c>
       <c r="C220">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>3</v>
       </c>
       <c r="B221" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C221">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>3</v>
       </c>
       <c r="B222" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C222">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>3</v>
       </c>
-      <c r="B223" t="s">
-        <v>157</v>
+      <c r="B223">
+        <v>1616556218</v>
       </c>
       <c r="C223">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>3</v>
       </c>
       <c r="B224" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C224">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>3</v>
       </c>
       <c r="B225" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C225">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>3</v>
       </c>
-      <c r="B226">
-        <v>1796658472</v>
+      <c r="B226" t="s">
+        <v>164</v>
       </c>
       <c r="C226">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>3</v>
       </c>
-      <c r="B227" t="s">
-        <v>160</v>
+      <c r="B227">
+        <v>1693606135</v>
       </c>
       <c r="C227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>3</v>
       </c>
       <c r="B228" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C228">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>3</v>
       </c>
-      <c r="B229">
-        <v>1980697221</v>
+      <c r="B229" t="s">
+        <v>166</v>
       </c>
       <c r="C229">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>3</v>
       </c>
-      <c r="B230">
-        <v>1999322525</v>
+      <c r="B230" t="s">
+        <v>167</v>
       </c>
       <c r="C230">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>3</v>
       </c>
-      <c r="B231">
-        <v>1722663510</v>
+      <c r="B231" t="s">
+        <v>168</v>
       </c>
       <c r="C231">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>3</v>
       </c>
-      <c r="B232">
-        <v>1476727651</v>
+      <c r="B232" t="s">
+        <v>169</v>
       </c>
       <c r="C232">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>3</v>
       </c>
-      <c r="B233" t="s">
-        <v>162</v>
+      <c r="B233">
+        <v>1796658472</v>
       </c>
       <c r="C233">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>3</v>
       </c>
       <c r="B234">
-        <v>1084149184</v>
+        <v>1976348641</v>
       </c>
       <c r="C234">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>3</v>
       </c>
-      <c r="B235">
-        <v>1423101502</v>
+      <c r="B235" t="s">
+        <v>170</v>
       </c>
       <c r="C235">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
         <v>3</v>
       </c>
       <c r="B236" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C236">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>3</v>
       </c>
       <c r="B237" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="C237">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>3</v>
       </c>
       <c r="B238" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C238">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
         <v>3</v>
       </c>
       <c r="B239" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C239">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>3</v>
       </c>
       <c r="B240" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C240">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>3</v>
       </c>
       <c r="B241" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C241">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>3</v>
       </c>
       <c r="B242" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C242">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>3</v>
       </c>
       <c r="B243" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="C243">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>3</v>
       </c>
-      <c r="B244">
-        <v>9585541629</v>
+      <c r="B244" t="s">
+        <v>179</v>
       </c>
       <c r="C244">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>3</v>
       </c>
       <c r="B245" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="C245">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>3</v>
       </c>
       <c r="B246" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="C246">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>3</v>
       </c>
       <c r="B247" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C247">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>3</v>
       </c>
-      <c r="B248">
-        <v>1097326209</v>
+      <c r="B248" t="s">
+        <v>183</v>
       </c>
       <c r="C248">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>3</v>
       </c>
       <c r="B249" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C249">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>3</v>
       </c>
       <c r="B250" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="C250">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>3</v>
       </c>
       <c r="B251" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="C251">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>3</v>
       </c>
-      <c r="B252" t="s">
-        <v>177</v>
+      <c r="B252">
+        <v>1478991984</v>
       </c>
       <c r="C252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>3</v>
       </c>
       <c r="B253" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C253">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
         <v>3</v>
       </c>
       <c r="B254" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C254">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
         <v>3</v>
       </c>
       <c r="B255" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="C255">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
         <v>3</v>
       </c>
       <c r="B256" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="C256">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
         <v>3</v>
       </c>
-      <c r="B257" t="s">
-        <v>182</v>
+      <c r="B257">
+        <v>9701065271</v>
       </c>
       <c r="C257">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>3</v>
       </c>
-      <c r="B258" t="s">
-        <v>183</v>
+      <c r="B258">
+        <v>9585541629</v>
       </c>
       <c r="C258">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>3</v>
       </c>
       <c r="B259" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C259">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>3</v>
       </c>
       <c r="B260" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C260">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>3</v>
       </c>
       <c r="B261" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="C261">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
         <v>3</v>
       </c>
-      <c r="B262" t="s">
-        <v>187</v>
+      <c r="B262">
+        <v>1097326209</v>
       </c>
       <c r="C262">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>3</v>
       </c>
       <c r="B263" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C263">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
         <v>3</v>
       </c>
       <c r="B264" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C264">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
         <v>3</v>
       </c>
       <c r="B265" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C265">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
         <v>3</v>
       </c>
-      <c r="B266" t="s">
-        <v>191</v>
+      <c r="B266">
+        <v>9123877073</v>
       </c>
       <c r="C266">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
         <v>3</v>
       </c>
-      <c r="B267">
-        <v>1591846358</v>
+      <c r="B267" t="s">
+        <v>197</v>
       </c>
       <c r="C267">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>3</v>
       </c>
       <c r="B268" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C268">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>3</v>
       </c>
       <c r="B269" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C269">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>3</v>
       </c>
       <c r="B270" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C270">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>3</v>
       </c>
-      <c r="B271" t="s">
-        <v>195</v>
+      <c r="B271">
+        <v>1506713203</v>
       </c>
       <c r="C271">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
         <v>3</v>
       </c>
       <c r="B272" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C272">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>3</v>
       </c>
-      <c r="B273">
-        <v>1481845705</v>
+      <c r="B273" t="s">
+        <v>202</v>
       </c>
       <c r="C273">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>3</v>
       </c>
       <c r="B274" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C274">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>3</v>
       </c>
       <c r="B275">
-        <v>9123877073</v>
+        <v>1981047158</v>
       </c>
       <c r="C275">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>3</v>
       </c>
-      <c r="B276" t="s">
-        <v>198</v>
+      <c r="B276">
+        <v>1593156324</v>
       </c>
       <c r="C276">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
         <v>3</v>
       </c>
       <c r="B277" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
         <v>3</v>
       </c>
-      <c r="B278" t="s">
-        <v>200</v>
+      <c r="B278">
+        <v>1792145454</v>
       </c>
       <c r="C278">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
         <v>3</v>
       </c>
       <c r="B279" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C279">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>3</v>
       </c>
       <c r="B280" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C280">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>3</v>
       </c>
       <c r="B281" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C281">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>3</v>
       </c>
       <c r="B282">
-        <v>1593070209</v>
+        <v>1591846358</v>
       </c>
       <c r="C282">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>3</v>
       </c>
       <c r="B283" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C283">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>3</v>
       </c>
-      <c r="B284">
-        <v>1530453895</v>
+      <c r="B284" t="s">
+        <v>209</v>
       </c>
       <c r="C284">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>3</v>
       </c>
-      <c r="B285" t="s">
-        <v>205</v>
+      <c r="B285">
+        <v>1680525794</v>
       </c>
       <c r="C285">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>3</v>
       </c>
       <c r="B286" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C286">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>3</v>
       </c>
-      <c r="B287" t="s">
-        <v>207</v>
+      <c r="B287">
+        <v>1250175208</v>
       </c>
       <c r="C287">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>3</v>
       </c>
       <c r="B288" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C288">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>3</v>
       </c>
       <c r="B289" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C289">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>3</v>
       </c>
       <c r="B290" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C290">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>3</v>
       </c>
-      <c r="B291" t="s">
-        <v>211</v>
+      <c r="B291">
+        <v>1481496638</v>
       </c>
       <c r="C291">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>3</v>
       </c>
       <c r="B292" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C292">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>3</v>
       </c>
-      <c r="B293" t="s">
-        <v>213</v>
+      <c r="B293">
+        <v>8427214626</v>
       </c>
       <c r="C293">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>3</v>
       </c>
-      <c r="B294">
-        <v>1688150455</v>
+      <c r="B294" t="s">
+        <v>215</v>
       </c>
       <c r="C294">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>3</v>
       </c>
-      <c r="B295" t="s">
-        <v>214</v>
+      <c r="B295">
+        <v>2806293138</v>
       </c>
       <c r="C295">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
         <v>3</v>
       </c>
       <c r="B296" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C296">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
         <v>3</v>
       </c>
       <c r="B297" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C297">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
         <v>3</v>
       </c>
       <c r="B298" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C298">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>3</v>
       </c>
-      <c r="B299" t="s">
-        <v>218</v>
+      <c r="B299">
+        <v>1796337552</v>
       </c>
       <c r="C299">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
         <v>3</v>
       </c>
-      <c r="B300">
-        <v>1521114285</v>
+      <c r="B300" t="s">
+        <v>219</v>
       </c>
       <c r="C300">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>3</v>
       </c>
-      <c r="B301">
-        <v>1501164309</v>
+      <c r="B301" t="s">
+        <v>220</v>
       </c>
       <c r="C301">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>3</v>
       </c>
       <c r="B302" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C302">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>3</v>
       </c>
       <c r="B303" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C303">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
         <v>3</v>
       </c>
-      <c r="B304" t="s">
-        <v>221</v>
+      <c r="B304">
+        <v>1401938094</v>
       </c>
       <c r="C304">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
         <v>3</v>
       </c>
-      <c r="B305" t="s">
-        <v>222</v>
+      <c r="B305">
+        <v>9701058712</v>
       </c>
       <c r="C305">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>3</v>
       </c>
-      <c r="B306">
-        <v>1988923018</v>
+      <c r="B306" t="s">
+        <v>223</v>
       </c>
       <c r="C306">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
         <v>3</v>
       </c>
       <c r="B307" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C307">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
         <v>3</v>
       </c>
-      <c r="B308">
-        <v>2806293138</v>
+      <c r="B308" t="s">
+        <v>225</v>
       </c>
       <c r="C308">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
         <v>3</v>
       </c>
-      <c r="B309" t="s">
-        <v>224</v>
+      <c r="B309">
+        <v>1632367440</v>
       </c>
       <c r="C309">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
         <v>3</v>
       </c>
       <c r="B310" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C310">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
         <v>3</v>
       </c>
       <c r="B311" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C311">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
         <v>3</v>
       </c>
-      <c r="B312" t="s">
-        <v>227</v>
+      <c r="B312">
+        <v>1982958898</v>
       </c>
       <c r="C312">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
         <v>3</v>
       </c>
-      <c r="B313" t="s">
-        <v>228</v>
+      <c r="B313">
+        <v>1586422383</v>
       </c>
       <c r="C313">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
         <v>3</v>
       </c>
       <c r="B314" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C314">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
         <v>3</v>
       </c>
-      <c r="B315" t="s">
-        <v>230</v>
+      <c r="B315">
+        <v>6074530661</v>
       </c>
       <c r="C315">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
         <v>3</v>
       </c>
       <c r="B316" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C316">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
         <v>3</v>
       </c>
-      <c r="B317" t="s">
-        <v>232</v>
+      <c r="B317">
+        <v>1792605439</v>
       </c>
       <c r="C317">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
         <v>3</v>
       </c>
       <c r="B318">
-        <v>1616556218</v>
+        <v>1503280462</v>
       </c>
       <c r="C318">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
         <v>3</v>
       </c>
       <c r="B319" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C319">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
         <v>3</v>
       </c>
       <c r="B320" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C320">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
         <v>3</v>
       </c>
-      <c r="B321">
-        <v>1449430554</v>
+      <c r="B321" t="s">
+        <v>232</v>
       </c>
       <c r="C321">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>3</v>
       </c>
       <c r="B322" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C322">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
         <v>3</v>
       </c>
       <c r="B323" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C323">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
         <v>3</v>
       </c>
       <c r="B324">
-        <v>1273714423</v>
+        <v>1626928959</v>
       </c>
       <c r="C324">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
         <v>3</v>
       </c>
       <c r="B325" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C325">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>3</v>
       </c>
       <c r="B326" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
         <v>3</v>
       </c>
-      <c r="B327" t="s">
-        <v>239</v>
+      <c r="B327">
+        <v>1950922332</v>
       </c>
       <c r="C327">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>3</v>
       </c>
       <c r="B328" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C328">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>3</v>
       </c>
       <c r="B329" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C329">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
         <v>3</v>
       </c>
       <c r="B330" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C330">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
         <v>3</v>
       </c>
-      <c r="B331" t="s">
-        <v>243</v>
+      <c r="B331">
+        <v>1449430554</v>
       </c>
       <c r="C331">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>3</v>
       </c>
-      <c r="B332" t="s">
-        <v>244</v>
+      <c r="B332">
+        <v>1695570405</v>
       </c>
       <c r="C332">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>3</v>
       </c>
       <c r="B333" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C333">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>3</v>
       </c>
       <c r="B334" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C334">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>3</v>
       </c>
       <c r="B335" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C335">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
         <v>3</v>
       </c>
-      <c r="B336" t="s">
-        <v>248</v>
+      <c r="B336">
+        <v>1079162046</v>
       </c>
       <c r="C336">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
         <v>3</v>
       </c>
       <c r="B337" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C337">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>3</v>
       </c>
       <c r="B338" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C338">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>3</v>
       </c>
       <c r="B339" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C339">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
         <v>3</v>
       </c>
       <c r="B340" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C340">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>3</v>
       </c>
-      <c r="B341">
-        <v>1731584571</v>
+      <c r="B341" t="s">
+        <v>247</v>
       </c>
       <c r="C341">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>3</v>
       </c>
       <c r="B342" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C342">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>3</v>
       </c>
-      <c r="B343">
-        <v>1974707148</v>
+      <c r="B343" t="s">
+        <v>249</v>
       </c>
       <c r="C343">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
         <v>3</v>
       </c>
       <c r="B344" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C344">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>3</v>
       </c>
       <c r="B345" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C345">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>3</v>
       </c>
       <c r="B346" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C346">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
         <v>3</v>
       </c>
       <c r="B347" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C347">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
         <v>3</v>
       </c>
-      <c r="B348" t="s">
-        <v>258</v>
+      <c r="B348">
+        <v>1641524863</v>
       </c>
       <c r="C348">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
         <v>3</v>
       </c>
       <c r="B349" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C349">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
         <v>3</v>
       </c>
       <c r="B350" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C350">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
         <v>3</v>
       </c>
-      <c r="B351" t="s">
-        <v>261</v>
+      <c r="B351">
+        <v>1470051141</v>
       </c>
       <c r="C351">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
         <v>3</v>
       </c>
-      <c r="B352" t="s">
-        <v>262</v>
+      <c r="B352">
+        <v>1731584571</v>
       </c>
       <c r="C352">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
         <v>3</v>
       </c>
       <c r="B353" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="C353">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
         <v>3</v>
       </c>
       <c r="B354" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="C354">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
         <v>3</v>
       </c>
       <c r="B355" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="C355">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
         <v>3</v>
       </c>
-      <c r="B356">
-        <v>70228</v>
+      <c r="B356" t="s">
+        <v>259</v>
       </c>
       <c r="C356">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
         <v>3</v>
       </c>
       <c r="B357" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C357">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
         <v>3</v>
       </c>
       <c r="B358" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="C358">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
         <v>3</v>
       </c>
       <c r="B359" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C359">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
         <v>3</v>
       </c>
-      <c r="B360" t="s">
-        <v>269</v>
+      <c r="B360">
+        <v>1612436862</v>
       </c>
       <c r="C360">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
         <v>3</v>
       </c>
-      <c r="B361" t="s">
-        <v>270</v>
+      <c r="B361">
+        <v>1338252801</v>
       </c>
       <c r="C361">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
         <v>3</v>
       </c>
-      <c r="B362" t="s">
-        <v>271</v>
+      <c r="B362">
+        <v>1689244666</v>
       </c>
       <c r="C362">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
         <v>3</v>
       </c>
-      <c r="B363" t="s">
-        <v>272</v>
+      <c r="B363">
+        <v>1718638787</v>
       </c>
       <c r="C363">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
         <v>3</v>
       </c>
-      <c r="B364" t="s">
-        <v>273</v>
+      <c r="B364">
+        <v>1506526802</v>
       </c>
       <c r="C364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
         <v>3</v>
       </c>
-      <c r="B365" t="s">
-        <v>274</v>
+      <c r="B365">
+        <v>1602555427</v>
       </c>
       <c r="C365">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
         <v>3</v>
       </c>
-      <c r="B366" t="s">
-        <v>275</v>
+      <c r="B366">
+        <v>1545325502</v>
       </c>
       <c r="C366">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
         <v>3</v>
       </c>
       <c r="B367" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="C367">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
         <v>3</v>
       </c>
-      <c r="B368">
-        <v>1506713203</v>
+      <c r="B368" t="s">
+        <v>264</v>
       </c>
       <c r="C368">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
         <v>3</v>
       </c>
       <c r="B369" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="C369">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
         <v>3</v>
       </c>
       <c r="B370" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="C370">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>3</v>
       </c>
       <c r="B371" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="C371">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
         <v>3</v>
       </c>
       <c r="B372" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
         <v>3</v>
       </c>
       <c r="B373" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="C373">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
         <v>3</v>
       </c>
-      <c r="B374" t="s">
-        <v>282</v>
+      <c r="B374">
+        <v>1400049628</v>
       </c>
       <c r="C374">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
         <v>3</v>
       </c>
       <c r="B375">
-        <v>1792145454</v>
+        <v>1539151972</v>
       </c>
       <c r="C375">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
         <v>3</v>
       </c>
       <c r="B376">
-        <v>1934968528</v>
+        <v>8496875660</v>
       </c>
       <c r="C376">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
         <v>3</v>
       </c>
       <c r="B377" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="C377">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
         <v>3</v>
       </c>
       <c r="B378" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="C378">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
         <v>3</v>
       </c>
       <c r="B379" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="C379">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
         <v>3</v>
       </c>
-      <c r="B380">
-        <v>1986353044</v>
+      <c r="B380" t="s">
+        <v>273</v>
       </c>
       <c r="C380">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
         <v>3</v>
       </c>
-      <c r="B381">
-        <v>1612436862</v>
+      <c r="B381" t="s">
+        <v>274</v>
       </c>
       <c r="C381">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
         <v>3</v>
       </c>
-      <c r="B382">
-        <v>1726898121</v>
+      <c r="B382" t="s">
+        <v>275</v>
       </c>
       <c r="C382">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
         <v>3</v>
       </c>
       <c r="B383">
-        <v>1680525794</v>
+        <v>9505530749</v>
       </c>
       <c r="C383">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
         <v>3</v>
       </c>
-      <c r="B384" t="s">
-        <v>286</v>
+      <c r="B384">
+        <v>1545418187</v>
       </c>
       <c r="C384">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
         <v>3</v>
       </c>
       <c r="B385" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="C385">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
         <v>3</v>
       </c>
       <c r="B386">
-        <v>1250175208</v>
+        <v>1680310259</v>
       </c>
       <c r="C386">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
         <v>3</v>
       </c>
-      <c r="B387">
-        <v>1602555427</v>
+      <c r="B387" t="s">
+        <v>277</v>
       </c>
       <c r="C387">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
         <v>3</v>
       </c>
       <c r="B388">
-        <v>1976543614</v>
+        <v>3945430585</v>
       </c>
       <c r="C388">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
         <v>3</v>
       </c>
       <c r="B389" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C389">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
         <v>3</v>
       </c>
-      <c r="B390">
-        <v>1544023065</v>
+      <c r="B390" t="s">
+        <v>279</v>
       </c>
       <c r="C390">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
         <v>3</v>
       </c>
-      <c r="B391" t="s">
-        <v>289</v>
+      <c r="B391">
+        <v>1492533882</v>
       </c>
       <c r="C391">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
         <v>3</v>
       </c>
       <c r="B392" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C392">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
         <v>3</v>
       </c>
       <c r="B393" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C393">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
         <v>3</v>
       </c>
       <c r="B394" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="C394">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
         <v>3</v>
       </c>
       <c r="B395" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C395">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
         <v>3</v>
       </c>
       <c r="B396" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="C396">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
         <v>3</v>
       </c>
       <c r="B397" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C397">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>3</v>
       </c>
       <c r="B398" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="C398">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
         <v>3</v>
       </c>
       <c r="B399" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="C399">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
         <v>3</v>
       </c>
-      <c r="B400">
-        <v>1796337552</v>
+      <c r="B400" t="s">
+        <v>288</v>
       </c>
       <c r="C400">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
         <v>3</v>
       </c>
       <c r="B401" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="C401">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
         <v>3</v>
       </c>
-      <c r="B402">
-        <v>1793488835</v>
+      <c r="B402" t="s">
+        <v>290</v>
       </c>
       <c r="C402">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
         <v>3</v>
       </c>
       <c r="B403" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C403">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>3</v>
       </c>
-      <c r="B404" t="s">
-        <v>300</v>
+      <c r="B404">
+        <v>1518742440</v>
       </c>
       <c r="C404">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>3</v>
       </c>
       <c r="B405" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C405">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>3</v>
       </c>
       <c r="B406">
-        <v>1401938094</v>
+        <v>1545261261</v>
       </c>
       <c r="C406">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
         <v>3</v>
       </c>
-      <c r="B407" t="s">
-        <v>302</v>
+      <c r="B407">
+        <v>1793488835</v>
       </c>
       <c r="C407">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
         <v>3</v>
       </c>
       <c r="B408" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="C408">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>3</v>
       </c>
       <c r="B409" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C409">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
         <v>3</v>
       </c>
-      <c r="B410">
-        <v>1632367440</v>
+      <c r="B410" t="s">
+        <v>295</v>
       </c>
       <c r="C410">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
         <v>3</v>
       </c>
-      <c r="B411">
-        <v>1621369668</v>
+      <c r="B411" t="s">
+        <v>296</v>
       </c>
       <c r="C411">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
         <v>3</v>
       </c>
       <c r="B412" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C412">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>3</v>
       </c>
       <c r="B413" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C413">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
         <v>3</v>
       </c>
-      <c r="B414" t="s">
-        <v>307</v>
+      <c r="B414">
+        <v>1621384896</v>
       </c>
       <c r="C414">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
         <v>3</v>
       </c>
       <c r="B415">
-        <v>1476745420</v>
+        <v>1641528931</v>
       </c>
       <c r="C415">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
         <v>3</v>
       </c>
       <c r="B416">
-        <v>1481496638</v>
+        <v>1530568455</v>
       </c>
       <c r="C416">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
         <v>3</v>
       </c>
       <c r="B417" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C417">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
         <v>3</v>
       </c>
       <c r="B418" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="C418">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
         <v>3</v>
       </c>
       <c r="B419">
-        <v>1608681890</v>
+        <v>1980697221</v>
       </c>
       <c r="C419">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
         <v>3</v>
       </c>
       <c r="B420" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="C420">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
         <v>3</v>
       </c>
       <c r="B421" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="C421">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
         <v>3</v>
       </c>
       <c r="B422">
-        <v>1973359448</v>
+        <v>1476727651</v>
       </c>
       <c r="C422">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
         <v>3</v>
       </c>
       <c r="B423" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="C423">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
         <v>3</v>
       </c>
       <c r="B424" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="C424">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
         <v>3</v>
       </c>
       <c r="B425" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="C425">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
         <v>3</v>
       </c>
       <c r="B426" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="C426">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
         <v>3</v>
       </c>
       <c r="B427">
-        <v>8449323991</v>
+        <v>1942306156</v>
       </c>
       <c r="C427">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>3</v>
       </c>
       <c r="B428" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="C428">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
         <v>3</v>
       </c>
       <c r="B429" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C429">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
         <v>3</v>
       </c>
       <c r="B430" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="C430">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
         <v>3</v>
       </c>
-      <c r="B431" t="s">
-        <v>319</v>
+      <c r="B431">
+        <v>1796670839</v>
       </c>
       <c r="C431">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
         <v>3</v>
       </c>
-      <c r="B432">
-        <v>1695570405</v>
+      <c r="B432" t="s">
+        <v>310</v>
       </c>
       <c r="C432">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
         <v>3</v>
       </c>
       <c r="B433" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="C433">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
         <v>3</v>
       </c>
-      <c r="B434">
-        <v>1982958898</v>
+      <c r="B434" t="s">
+        <v>312</v>
       </c>
       <c r="C434">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
         <v>3</v>
       </c>
-      <c r="B435" t="s">
-        <v>321</v>
+      <c r="B435">
+        <v>1338139320</v>
       </c>
       <c r="C435">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
         <v>3</v>
       </c>
-      <c r="B436">
-        <v>8492979453</v>
+      <c r="B436" t="s">
+        <v>313</v>
       </c>
       <c r="C436">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
         <v>3</v>
       </c>
-      <c r="B437" t="s">
-        <v>322</v>
+      <c r="B437">
+        <v>1328869334</v>
       </c>
       <c r="C437">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
         <v>3</v>
       </c>
       <c r="B438" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="C438">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
         <v>3</v>
       </c>
       <c r="B439" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="C439">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
         <v>3</v>
       </c>
       <c r="B440" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="C440">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
         <v>3</v>
       </c>
       <c r="B441" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="C441">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
         <v>3</v>
       </c>
       <c r="B442" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="C442">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
         <v>3</v>
       </c>
       <c r="B443" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="C443">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
         <v>3</v>
       </c>
-      <c r="B444">
-        <v>1937832031</v>
+      <c r="B444" t="s">
+        <v>320</v>
       </c>
       <c r="C444">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
         <v>3</v>
       </c>
       <c r="B445" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="C445">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
         <v>3</v>
       </c>
-      <c r="B446">
-        <v>6074530815</v>
+      <c r="B446" t="s">
+        <v>322</v>
       </c>
       <c r="C446">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
         <v>3</v>
       </c>
       <c r="B447" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="C447">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
         <v>3</v>
       </c>
-      <c r="B448">
-        <v>1338139320</v>
+      <c r="B448" t="s">
+        <v>324</v>
       </c>
       <c r="C448">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
         <v>3</v>
       </c>
-      <c r="B449">
-        <v>8415943717</v>
+      <c r="B449" t="s">
+        <v>325</v>
       </c>
       <c r="C449">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
         <v>3</v>
       </c>
       <c r="B450" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C450">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
         <v>3</v>
       </c>
       <c r="B451" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="C451">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
         <v>3</v>
       </c>
-      <c r="B452">
-        <v>1400045371</v>
+      <c r="B452" t="s">
+        <v>328</v>
       </c>
       <c r="C452">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
         <v>3</v>
       </c>
       <c r="B453" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C453">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
         <v>3</v>
       </c>
       <c r="B454" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C454">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
         <v>3</v>
       </c>
       <c r="B455" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C455">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>3</v>
       </c>
       <c r="B456" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C456">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
         <v>3</v>
       </c>
       <c r="B457" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C457">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
         <v>3</v>
       </c>
-      <c r="B458">
-        <v>1607964384</v>
+      <c r="B458" t="s">
+        <v>334</v>
       </c>
       <c r="C458">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
         <v>3</v>
       </c>
       <c r="B459" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C459">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
         <v>3</v>
       </c>
       <c r="B460" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C460">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
         <v>3</v>
       </c>
       <c r="B461" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C461">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
         <v>3</v>
       </c>
-      <c r="B462" t="s">
-        <v>341</v>
+      <c r="B462">
+        <v>1515225267</v>
       </c>
       <c r="C462">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
         <v>3</v>
       </c>
       <c r="B463" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C463">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
         <v>3</v>
       </c>
       <c r="B464" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C464">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
         <v>3</v>
       </c>
       <c r="B465" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C465">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
         <v>3</v>
       </c>
-      <c r="B466">
-        <v>1722655844</v>
+      <c r="B466" t="s">
+        <v>341</v>
       </c>
       <c r="C466">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
         <v>3</v>
       </c>
       <c r="B467" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C467">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
         <v>3</v>
       </c>
       <c r="B468" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C468">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
         <v>3</v>
       </c>
       <c r="B469" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C469">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
         <v>3</v>
       </c>
       <c r="B470">
-        <v>1400049628</v>
+        <v>1368024041</v>
       </c>
       <c r="C470">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
         <v>3</v>
       </c>
       <c r="B471" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C471">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
         <v>3</v>
       </c>
       <c r="B472" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C472">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
         <v>3</v>
       </c>
-      <c r="B473">
-        <v>8496875660</v>
+      <c r="B473" t="s">
+        <v>347</v>
       </c>
       <c r="C473">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
         <v>3</v>
       </c>
-      <c r="B474">
-        <v>1515225267</v>
+      <c r="B474" t="s">
+        <v>348</v>
       </c>
       <c r="C474">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
         <v>3</v>
       </c>
       <c r="B475" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C475">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
         <v>3</v>
       </c>
-      <c r="B476" t="s">
-        <v>351</v>
+      <c r="B476">
+        <v>1101966424</v>
       </c>
       <c r="C476">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
         <v>3</v>
       </c>
       <c r="B477" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C477">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
         <v>3</v>
       </c>
       <c r="B478" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C478">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
         <v>3</v>
       </c>
       <c r="B479" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C479">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
         <v>3</v>
       </c>
       <c r="B480">
-        <v>1492777862</v>
+        <v>1979711828</v>
       </c>
       <c r="C480">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
         <v>3</v>
       </c>
-      <c r="B481" t="s">
-        <v>355</v>
+      <c r="B481">
+        <v>1530453895</v>
       </c>
       <c r="C481">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
         <v>3</v>
       </c>
-      <c r="B482">
-        <v>1368024041</v>
+      <c r="B482" t="s">
+        <v>353</v>
       </c>
       <c r="C482">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
         <v>3</v>
       </c>
       <c r="B483" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C483">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
         <v>3</v>
       </c>
       <c r="B484" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C484">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
         <v>3</v>
       </c>
       <c r="B485" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C485">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
         <v>3</v>
       </c>
-      <c r="B486">
-        <v>1338252801</v>
+      <c r="B486" t="s">
+        <v>357</v>
       </c>
       <c r="C486">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
         <v>3</v>
       </c>
       <c r="B487" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C487">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
         <v>3</v>
       </c>
       <c r="B488" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C488">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
         <v>3</v>
       </c>
-      <c r="B489" t="s">
-        <v>361</v>
+      <c r="B489">
+        <v>1250062187</v>
       </c>
       <c r="C489">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
         <v>3</v>
       </c>
-      <c r="B490" t="s">
-        <v>362</v>
+      <c r="B490">
+        <v>3659007579</v>
       </c>
       <c r="C490">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
         <v>3</v>
       </c>
       <c r="B491" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C491">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>3</v>
       </c>
-      <c r="B492" t="s">
-        <v>364</v>
+      <c r="B492">
+        <v>1688150455</v>
       </c>
       <c r="C492">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>3</v>
       </c>
       <c r="B493" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="C493">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
         <v>3</v>
       </c>
       <c r="B494" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C494">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>3</v>
       </c>
       <c r="B495" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C495">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
         <v>3</v>
       </c>
       <c r="B496" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C496">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
         <v>3</v>
       </c>
       <c r="B497" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C497">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
         <v>3</v>
       </c>
       <c r="B498" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C498">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
         <v>3</v>
       </c>
-      <c r="B499" t="s">
-        <v>371</v>
+      <c r="B499">
+        <v>1501164309</v>
       </c>
       <c r="C499">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
         <v>3</v>
       </c>
-      <c r="B500" t="s">
-        <v>372</v>
+      <c r="B500">
+        <v>1980346712</v>
       </c>
       <c r="C500">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
         <v>3</v>
       </c>
       <c r="B501" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="C501">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
         <v>3</v>
       </c>
       <c r="B502">
-        <v>1250062187</v>
+        <v>1101966386</v>
       </c>
       <c r="C502">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
         <v>3</v>
       </c>
       <c r="B503" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C503">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
         <v>3</v>
       </c>
       <c r="B504" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C504">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
         <v>3</v>
       </c>
-      <c r="B505" t="s">
-        <v>376</v>
+      <c r="B505">
+        <v>1571740872</v>
       </c>
       <c r="C505">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
         <v>3</v>
       </c>
       <c r="B506" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="C506">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
         <v>3</v>
       </c>
       <c r="B507" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C507">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
         <v>3</v>
       </c>
       <c r="B508" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C508">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>3</v>
       </c>
       <c r="B509" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C509">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>3</v>
       </c>
       <c r="B510" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C510">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>3</v>
       </c>
       <c r="B511" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="C511">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
         <v>3</v>
       </c>
-      <c r="B512" t="s">
-        <v>383</v>
+      <c r="B512">
+        <v>1947194860</v>
       </c>
       <c r="C512">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
         <v>3</v>
       </c>
       <c r="B513" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="C513">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
         <v>3</v>
       </c>
       <c r="B514" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="C514">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>3</v>
       </c>
-      <c r="B515">
-        <v>1101966386</v>
+      <c r="B515" t="s">
+        <v>378</v>
       </c>
       <c r="C515">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
         <v>3</v>
       </c>
       <c r="B516" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C516">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
         <v>3</v>
       </c>
       <c r="B517" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="C517">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
         <v>3</v>
       </c>
-      <c r="B518" t="s">
-        <v>388</v>
+      <c r="B518">
+        <v>1798255383</v>
       </c>
       <c r="C518">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>3</v>
       </c>
       <c r="B519" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="C519">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>3</v>
       </c>
       <c r="B520" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="C520">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>3</v>
       </c>
       <c r="B521" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="C521">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
         <v>3</v>
       </c>
-      <c r="B522" t="s">
-        <v>392</v>
+      <c r="B522">
+        <v>1893007162</v>
       </c>
       <c r="C522">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
         <v>3</v>
       </c>
-      <c r="B523" t="s">
-        <v>393</v>
+      <c r="B523">
+        <v>1273714423</v>
       </c>
       <c r="C523">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
         <v>3</v>
       </c>
       <c r="B524" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
       <c r="C524">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>3</v>
       </c>
-      <c r="B525" t="s">
-        <v>395</v>
+      <c r="B525">
+        <v>1539128490</v>
       </c>
       <c r="C525">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
         <v>3</v>
       </c>
-      <c r="B526">
-        <v>1942306156</v>
+      <c r="B526" t="s">
+        <v>385</v>
       </c>
       <c r="C526">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
         <v>3</v>
       </c>
-      <c r="B527" t="s">
-        <v>396</v>
+      <c r="B527">
+        <v>1481431870</v>
       </c>
       <c r="C527">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
         <v>3</v>
       </c>
       <c r="B528" t="s">
-        <v>397</v>
+        <v>386</v>
       </c>
       <c r="C528">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
         <v>3</v>
       </c>
-      <c r="B529">
-        <v>1095613545</v>
+      <c r="B529" t="s">
+        <v>387</v>
       </c>
       <c r="C529">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
         <v>3</v>
       </c>
       <c r="B530" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="C530">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
         <v>3</v>
       </c>
       <c r="B531" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="C531">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
         <v>3</v>
       </c>
-      <c r="B532">
-        <v>1796670839</v>
+      <c r="B532" t="s">
+        <v>390</v>
       </c>
       <c r="C532">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
         <v>3</v>
       </c>
-      <c r="B533" t="s">
-        <v>400</v>
+      <c r="B533">
+        <v>1797090909</v>
       </c>
       <c r="C533">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
         <v>3</v>
       </c>
       <c r="B534" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="C534">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
         <v>3</v>
       </c>
       <c r="B535" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="C535">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
         <v>3</v>
       </c>
-      <c r="B536">
-        <v>1893007162</v>
+      <c r="B536" t="s">
+        <v>393</v>
       </c>
       <c r="C536">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
         <v>3</v>
       </c>
       <c r="B537" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="C537">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
         <v>3</v>
       </c>
       <c r="B538" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="C538">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>3</v>
       </c>
-      <c r="B539">
-        <v>1984011936</v>
+      <c r="B539" t="s">
+        <v>396</v>
       </c>
       <c r="C539">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
         <v>3</v>
       </c>
-      <c r="B540">
-        <v>1621384896</v>
+      <c r="B540" t="s">
+        <v>397</v>
       </c>
       <c r="C540">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>3</v>
       </c>
       <c r="B541" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="C541">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>3</v>
       </c>
       <c r="B542" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="C542">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
         <v>3</v>
       </c>
       <c r="B543" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="C543">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>3</v>
       </c>
       <c r="B544" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C544">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>3</v>
       </c>
       <c r="B545" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="C545">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>3</v>
       </c>
       <c r="B546" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="C546">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>3</v>
       </c>
       <c r="B547" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="C547">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>3</v>
       </c>
-      <c r="B548">
-        <v>1885167601</v>
+      <c r="B548" t="s">
+        <v>405</v>
       </c>
       <c r="C548">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>3</v>
       </c>
       <c r="B549" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C549">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>3</v>
       </c>
       <c r="B550" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="C550">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>3</v>
       </c>
       <c r="B551" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C551">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>3</v>
       </c>
-      <c r="B552">
-        <v>1613350244</v>
+      <c r="B552" t="s">
+        <v>409</v>
       </c>
       <c r="C552">
         <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>3</v>
       </c>
       <c r="B553" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C553">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>3</v>
       </c>
-      <c r="B554" t="s">
-        <v>416</v>
+      <c r="B554">
+        <v>1080420568</v>
       </c>
       <c r="C554">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>3</v>
       </c>
       <c r="B555" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C555">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>3</v>
       </c>
-      <c r="B556" t="s">
-        <v>418</v>
+      <c r="B556">
+        <v>70228</v>
       </c>
       <c r="C556">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>3</v>
       </c>
       <c r="B557" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="C557">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>3</v>
       </c>
       <c r="B558" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C558">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>3</v>
       </c>
       <c r="B559" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C559">
         <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>3</v>
       </c>
       <c r="B560" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="C560">
         <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>3</v>
       </c>
-      <c r="B561" t="s">
-        <v>423</v>
+      <c r="B561">
+        <v>1885167601</v>
       </c>
       <c r="C561">
         <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>3</v>
       </c>
       <c r="B562" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="C562">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>3</v>
       </c>
       <c r="B563" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="C563">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
         <v>3</v>
       </c>
       <c r="B564" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="C564">
         <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
         <v>3</v>
       </c>
       <c r="B565" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="C565">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
         <v>3</v>
       </c>
-      <c r="B566">
-        <v>4774307068</v>
+      <c r="B566" t="s">
+        <v>420</v>
       </c>
       <c r="C566">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
         <v>3</v>
       </c>
       <c r="B567" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="C567">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
         <v>3</v>
       </c>
       <c r="B568" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="C568">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
         <v>3</v>
       </c>
-      <c r="B569">
-        <v>1422162672</v>
+      <c r="B569" t="s">
+        <v>423</v>
       </c>
       <c r="C569">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
         <v>3</v>
       </c>
       <c r="B570" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="C570">
         <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
         <v>3</v>
       </c>
       <c r="B571" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="C571">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
         <v>3</v>
       </c>
-      <c r="B572" t="s">
-        <v>432</v>
+      <c r="B572">
+        <v>1934968528</v>
       </c>
       <c r="C572">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
         <v>3</v>
       </c>
       <c r="B573" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="C573">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
         <v>3</v>
       </c>
       <c r="B574" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="C574">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
         <v>3</v>
       </c>
       <c r="B575" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="C575">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
         <v>3</v>
       </c>
       <c r="B576" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="C576">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
         <v>3</v>
       </c>
-      <c r="B577" t="s">
-        <v>437</v>
+      <c r="B577">
+        <v>1986353044</v>
       </c>
       <c r="C577">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
         <v>3</v>
       </c>
       <c r="B578" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="C578">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
         <v>3</v>
       </c>
-      <c r="B579">
-        <v>1979711828</v>
+      <c r="B579" t="s">
+        <v>431</v>
       </c>
       <c r="C579">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
         <v>3</v>
       </c>
       <c r="B580" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="C580">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
         <v>3</v>
       </c>
       <c r="B581" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="C581">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
         <v>3</v>
       </c>
       <c r="B582" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="C582">
         <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
         <v>3</v>
       </c>
-      <c r="B583" t="s">
-        <v>442</v>
+      <c r="B583">
+        <v>1976543614</v>
       </c>
       <c r="C583">
         <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
         <v>3</v>
       </c>
       <c r="B584" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="C584">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
         <v>3</v>
       </c>
       <c r="B585" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="C585">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
         <v>3</v>
       </c>
-      <c r="B586">
-        <v>8409020424</v>
+      <c r="B586" t="s">
+        <v>437</v>
       </c>
       <c r="C586">
         <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
         <v>3</v>
       </c>
       <c r="B587" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="C587">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
         <v>3</v>
       </c>
       <c r="B588" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="C588">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
         <v>3</v>
       </c>
       <c r="B589" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="C589">
         <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
         <v>3</v>
       </c>
-      <c r="B590">
-        <v>1455563927</v>
+      <c r="B590" t="s">
+        <v>441</v>
       </c>
       <c r="C590">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
         <v>3</v>
       </c>
       <c r="B591" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C591">
         <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
         <v>3</v>
       </c>
-      <c r="B592" t="s">
-        <v>449</v>
+      <c r="B592">
+        <v>1338132326</v>
       </c>
       <c r="C592">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
         <v>3</v>
       </c>
-      <c r="B593">
-        <v>1680528726</v>
+      <c r="B593" t="s">
+        <v>443</v>
       </c>
       <c r="C593">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
         <v>3</v>
       </c>
       <c r="B594" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C594">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
         <v>3</v>
       </c>
-      <c r="B595">
-        <v>6077975125</v>
+      <c r="B595" t="s">
+        <v>445</v>
       </c>
       <c r="C595">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
         <v>3</v>
       </c>
       <c r="B596" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="C596">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
         <v>3</v>
       </c>
-      <c r="B597" t="s">
-        <v>452</v>
+      <c r="B597">
+        <v>8466660208</v>
       </c>
       <c r="C597">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
         <v>3</v>
       </c>
-      <c r="B598">
-        <v>1949980065</v>
+      <c r="B598" t="s">
+        <v>447</v>
       </c>
       <c r="C598">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
         <v>3</v>
       </c>
       <c r="B599" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="C599">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
         <v>3</v>
       </c>
-      <c r="B600">
-        <v>1571740872</v>
+      <c r="B600" t="s">
+        <v>449</v>
       </c>
       <c r="C600">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
         <v>3</v>
       </c>
-      <c r="B601">
-        <v>1629992674</v>
+      <c r="B601" t="s">
+        <v>450</v>
       </c>
       <c r="C601">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
         <v>3</v>
       </c>
       <c r="B602" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C602">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
         <v>3</v>
       </c>
-      <c r="B603">
-        <v>1508803137</v>
+      <c r="B603" t="s">
+        <v>452</v>
       </c>
       <c r="C603">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
         <v>3</v>
       </c>
       <c r="B604">
-        <v>1338132326</v>
+        <v>1455563927</v>
       </c>
       <c r="C604">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
         <v>3</v>
       </c>
       <c r="B605" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C605">
         <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
         <v>3</v>
       </c>
-      <c r="B606" t="s">
-        <v>456</v>
+      <c r="B606">
+        <v>1621369668</v>
       </c>
       <c r="C606">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
         <v>3</v>
       </c>
       <c r="B607" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C607">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
         <v>3</v>
       </c>
-      <c r="B608">
-        <v>1947194860</v>
+      <c r="B608" t="s">
+        <v>455</v>
       </c>
       <c r="C608">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
         <v>3</v>
       </c>
       <c r="B609">
-        <v>8466660208</v>
+        <v>1506707343</v>
       </c>
       <c r="C609">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
         <v>3</v>
       </c>
       <c r="B610" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C610">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
         <v>3</v>
       </c>
-      <c r="B611">
-        <v>9123651253</v>
+      <c r="B611" t="s">
+        <v>457</v>
       </c>
       <c r="C611">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
         <v>3</v>
       </c>
-      <c r="B612">
-        <v>3659007579</v>
+      <c r="B612" t="s">
+        <v>458</v>
       </c>
       <c r="C612">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
         <v>3</v>
       </c>
-      <c r="B613" t="s">
-        <v>459</v>
+      <c r="B613">
+        <v>8492979453</v>
       </c>
       <c r="C613">
         <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
         <v>3</v>
       </c>
       <c r="B614" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C614">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
         <v>3</v>
       </c>
       <c r="B615" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C615">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
         <v>3</v>
       </c>
-      <c r="B616">
-        <v>1421597713</v>
+      <c r="B616" t="s">
+        <v>461</v>
       </c>
       <c r="C616">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
         <v>3</v>
       </c>
-      <c r="B617">
-        <v>1539128490</v>
+      <c r="B617" t="s">
+        <v>462</v>
       </c>
       <c r="C617">
         <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
         <v>3</v>
       </c>
       <c r="B618" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C618">
         <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
         <v>3</v>
       </c>
       <c r="B619" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C619">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
         <v>3</v>
       </c>
       <c r="B620" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C620">
         <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
         <v>3</v>
       </c>
       <c r="B621" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C621">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
         <v>3</v>
       </c>
-      <c r="B622">
-        <v>1979203687</v>
+      <c r="B622" t="s">
+        <v>467</v>
       </c>
       <c r="C622">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
         <v>3</v>
       </c>
       <c r="B623" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C623">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
         <v>3</v>
       </c>
       <c r="B624" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C624">
         <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
         <v>3</v>
       </c>
-      <c r="B625" t="s">
-        <v>468</v>
+      <c r="B625">
+        <v>1999322525</v>
       </c>
       <c r="C625">
         <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
         <v>3</v>
       </c>
       <c r="B626" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C626">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" t="s">
         <v>3</v>
       </c>
-      <c r="B627" t="s">
-        <v>470</v>
+      <c r="B627">
+        <v>1629148199</v>
       </c>
       <c r="C627">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" t="s">
         <v>3</v>
       </c>
-      <c r="B628" t="s">
-        <v>471</v>
+      <c r="B628">
+        <v>8449323991</v>
       </c>
       <c r="C628">
         <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" t="s">
         <v>3</v>
       </c>
       <c r="B629" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="C629">
         <v>1</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" t="s">
         <v>3</v>
       </c>
-      <c r="B630" t="s">
-        <v>473</v>
+      <c r="B630">
+        <v>1084149184</v>
       </c>
       <c r="C630">
         <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" t="s">
         <v>3</v>
       </c>
       <c r="B631" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C631">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" t="s">
         <v>3</v>
       </c>
-      <c r="B632">
-        <v>1798255383</v>
+      <c r="B632" t="s">
+        <v>473</v>
       </c>
       <c r="C632">
         <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" t="s">
         <v>3</v>
       </c>
       <c r="B633" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C633">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" t="s">
         <v>3</v>
       </c>
       <c r="B634" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="C634">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" t="s">
         <v>3</v>
       </c>
       <c r="B635" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="C635">
         <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
         <v>3</v>
       </c>
       <c r="B636" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C636">
         <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
         <v>3</v>
       </c>
-      <c r="B637" t="s">
-        <v>479</v>
+      <c r="B637">
+        <v>1612185436</v>
       </c>
       <c r="C637">
         <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>3</v>
       </c>
       <c r="B638" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C638">
         <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
         <v>3</v>
       </c>
-      <c r="B639">
-        <v>9588537916</v>
+      <c r="B639" t="s">
+        <v>479</v>
       </c>
       <c r="C639">
         <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
         <v>3</v>
       </c>
-      <c r="B640">
-        <v>1694654680</v>
+      <c r="B640" t="s">
+        <v>480</v>
       </c>
       <c r="C640">
         <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
         <v>3</v>
       </c>
       <c r="B641" t="s">
         <v>481</v>
       </c>
       <c r="C641">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
         <v>3</v>
       </c>
-      <c r="B642">
-        <v>1492137022</v>
+      <c r="B642" t="s">
+        <v>482</v>
       </c>
       <c r="C642">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
         <v>3</v>
       </c>
       <c r="B643" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C643">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
         <v>3</v>
       </c>
       <c r="B644" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C644">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
         <v>3</v>
       </c>
-      <c r="B645" t="s">
-        <v>484</v>
+      <c r="B645">
+        <v>1338289446</v>
       </c>
       <c r="C645">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
         <v>3</v>
       </c>
       <c r="B646" t="s">
         <v>485</v>
       </c>
       <c r="C646">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
         <v>3</v>
       </c>
-      <c r="B647" t="s">
-        <v>486</v>
+      <c r="B647">
+        <v>1421539918</v>
       </c>
       <c r="C647">
         <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
         <v>3</v>
       </c>
       <c r="B648" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C648">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
         <v>3</v>
       </c>
       <c r="B649" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C649">
         <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
         <v>3</v>
       </c>
       <c r="B650" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="C650">
         <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" t="s">
         <v>3</v>
       </c>
-      <c r="B651" t="s">
-        <v>490</v>
+      <c r="B651">
+        <v>8415943717</v>
       </c>
       <c r="C651">
         <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" t="s">
         <v>3</v>
       </c>
       <c r="B652">
-        <v>1421539918</v>
+        <v>1986466809</v>
       </c>
       <c r="C652">
         <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" t="s">
         <v>3</v>
       </c>
       <c r="B653" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C653">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" t="s">
         <v>3</v>
       </c>
       <c r="B654" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C654">
         <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" t="s">
         <v>3</v>
       </c>
       <c r="B655" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C655">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" t="s">
         <v>3</v>
       </c>
       <c r="B656" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C656">
         <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" t="s">
         <v>3</v>
       </c>
       <c r="B657">
-        <v>1986466809</v>
+        <v>9588537916</v>
       </c>
       <c r="C657">
         <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" t="s">
         <v>3</v>
       </c>
-      <c r="B658">
-        <v>1523873558</v>
+      <c r="B658" t="s">
+        <v>493</v>
       </c>
       <c r="C658">
         <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" t="s">
         <v>3</v>
       </c>
       <c r="B659">
-        <v>1493037935</v>
+        <v>1694654680</v>
       </c>
       <c r="C659">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
         <v>3</v>
       </c>
-      <c r="B660" t="s">
-        <v>495</v>
+      <c r="B660">
+        <v>1607964384</v>
       </c>
       <c r="C660">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
         <v>3</v>
       </c>
       <c r="B661" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C661">
         <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
         <v>3</v>
       </c>
       <c r="B662" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C662">
         <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
         <v>3</v>
       </c>
       <c r="B663" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C663">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
         <v>3</v>
       </c>
       <c r="B664" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C664">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
         <v>3</v>
       </c>
-      <c r="B665">
-        <v>1250057833</v>
+      <c r="B665" t="s">
+        <v>498</v>
       </c>
       <c r="C665">
         <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
         <v>3</v>
       </c>
       <c r="B666" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="C666">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
         <v>3</v>
       </c>
-      <c r="B667">
-        <v>1610395697</v>
+      <c r="B667" t="s">
+        <v>500</v>
       </c>
       <c r="C667">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
         <v>3</v>
       </c>
-      <c r="B668" t="s">
-        <v>501</v>
+      <c r="B668">
+        <v>1722655844</v>
       </c>
       <c r="C668">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
         <v>3</v>
       </c>
-      <c r="B669">
-        <v>1593156324</v>
+      <c r="B669" t="s">
+        <v>501</v>
       </c>
       <c r="C669">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" t="s">
         <v>3</v>
       </c>
       <c r="B670" t="s">
         <v>502</v>
       </c>
       <c r="C670">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" t="s">
         <v>3</v>
       </c>
-      <c r="B671">
-        <v>1519049331</v>
+      <c r="B671" t="s">
+        <v>503</v>
       </c>
       <c r="C671">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" t="s">
         <v>3</v>
       </c>
       <c r="B672" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C672">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" t="s">
         <v>3</v>
       </c>
       <c r="B673" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C673">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
         <v>3</v>
       </c>
       <c r="B674" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C674">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
         <v>3</v>
       </c>
       <c r="B675" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C675">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
         <v>3</v>
       </c>
-      <c r="B676" t="s">
-        <v>507</v>
+      <c r="B676">
+        <v>1523873558</v>
       </c>
       <c r="C676">
         <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
         <v>3</v>
       </c>
       <c r="B677" t="s">
         <v>508</v>
       </c>
       <c r="C677">
         <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" t="s">
         <v>3</v>
       </c>
-      <c r="B678" t="s">
-        <v>509</v>
+      <c r="B678">
+        <v>1493037935</v>
       </c>
       <c r="C678">
         <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" t="s">
         <v>3</v>
       </c>
       <c r="B679" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="C679">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" t="s">
         <v>3</v>
       </c>
       <c r="B680" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="C680">
         <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" t="s">
         <v>3</v>
       </c>
       <c r="B681" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C681">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" t="s">
         <v>3</v>
       </c>
-      <c r="B682" t="s">
-        <v>513</v>
+      <c r="B682">
+        <v>1593070209</v>
       </c>
       <c r="C682">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" t="s">
         <v>3</v>
       </c>
       <c r="B683" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C683">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
         <v>3</v>
       </c>
       <c r="B684" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C684">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
         <v>3</v>
       </c>
-      <c r="B685">
-        <v>8417234969</v>
+      <c r="B685" t="s">
+        <v>514</v>
       </c>
       <c r="C685">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
         <v>3</v>
       </c>
-      <c r="B686" t="s">
-        <v>516</v>
+      <c r="B686">
+        <v>1610395697</v>
       </c>
       <c r="C686">
         <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
         <v>3</v>
       </c>
       <c r="B687" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C687">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>3</v>
       </c>
       <c r="B688" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C688">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>3</v>
       </c>
       <c r="B689" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C689">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
         <v>3</v>
       </c>
       <c r="B690" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C690">
         <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
         <v>3</v>
       </c>
-      <c r="B691" t="s">
-        <v>521</v>
+      <c r="B691">
+        <v>1326588540</v>
       </c>
       <c r="C691">
         <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
         <v>3</v>
       </c>
       <c r="B692" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="C692">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
         <v>3</v>
       </c>
       <c r="B693" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C693">
         <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
         <v>3</v>
       </c>
-      <c r="B694">
-        <v>8492833459</v>
+      <c r="B694" t="s">
+        <v>521</v>
       </c>
       <c r="C694">
         <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
         <v>3</v>
       </c>
       <c r="B695" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C695">
         <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
         <v>3</v>
       </c>
-      <c r="B696">
-        <v>9701058712</v>
+      <c r="B696" t="s">
+        <v>523</v>
       </c>
       <c r="C696">
         <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>3</v>
       </c>
       <c r="B697" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C697">
         <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
         <v>3</v>
       </c>
       <c r="B698" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C698">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
         <v>3</v>
       </c>
       <c r="B699" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C699">
         <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
         <v>3</v>
       </c>
       <c r="B700" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C700">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
         <v>3</v>
       </c>
       <c r="B701" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C701">
         <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
         <v>3</v>
       </c>
       <c r="B702" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C702">
         <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
         <v>3</v>
       </c>
       <c r="B703" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C703">
         <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>3</v>
       </c>
       <c r="B704" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C704">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
         <v>3</v>
       </c>
-      <c r="B705">
-        <v>1530245508</v>
+      <c r="B705" t="s">
+        <v>532</v>
       </c>
       <c r="C705">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
         <v>3</v>
       </c>
-      <c r="B706" t="s">
-        <v>533</v>
+      <c r="B706">
+        <v>1988923018</v>
       </c>
       <c r="C706">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
         <v>3</v>
       </c>
-      <c r="B707">
-        <v>1698856083</v>
+      <c r="B707" t="s">
+        <v>533</v>
       </c>
       <c r="C707">
         <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>3</v>
       </c>
-      <c r="B708">
-        <v>1586422383</v>
+      <c r="B708" t="s">
+        <v>534</v>
       </c>
       <c r="C708">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>3</v>
       </c>
       <c r="B709" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C709">
         <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
         <v>3</v>
       </c>
-      <c r="B710">
-        <v>1984831623</v>
+      <c r="B710" t="s">
+        <v>536</v>
       </c>
       <c r="C710">
         <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>3</v>
       </c>
       <c r="B711" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C711">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
         <v>3</v>
       </c>
-      <c r="B712">
-        <v>1629148199</v>
+      <c r="B712" t="s">
+        <v>538</v>
       </c>
       <c r="C712">
         <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>3</v>
       </c>
       <c r="B713" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C713">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>3</v>
       </c>
-      <c r="B714">
-        <v>1503280462</v>
+      <c r="B714" t="s">
+        <v>540</v>
       </c>
       <c r="C714">
         <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
         <v>3</v>
       </c>
       <c r="B715" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C715">
         <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>3</v>
       </c>
       <c r="B716" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C716">
         <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
         <v>3</v>
       </c>
       <c r="B717" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C717">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
         <v>3</v>
       </c>
       <c r="B718" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C718">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>3</v>
       </c>
       <c r="B719" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C719">
         <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>3</v>
       </c>
-      <c r="B720">
-        <v>1507172400</v>
+      <c r="B720" t="s">
+        <v>546</v>
       </c>
       <c r="C720">
         <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>3</v>
       </c>
-      <c r="B721">
-        <v>1626928959</v>
+      <c r="B721" t="s">
+        <v>547</v>
       </c>
       <c r="C721">
         <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>3</v>
       </c>
-      <c r="B722">
-        <v>1612185436</v>
+      <c r="B722" t="s">
+        <v>548</v>
       </c>
       <c r="C722">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>3</v>
       </c>
       <c r="B723" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C723">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>3</v>
       </c>
       <c r="B724" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="C724">
         <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>3</v>
       </c>
-      <c r="B725" t="s">
-        <v>544</v>
+      <c r="B725">
+        <v>1095613545</v>
       </c>
       <c r="C725">
         <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>3</v>
       </c>
       <c r="B726" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="C726">
         <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>3</v>
       </c>
       <c r="B727" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C727">
         <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>3</v>
       </c>
       <c r="B728" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C728">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>3</v>
       </c>
-      <c r="B729">
-        <v>1086641450</v>
+      <c r="B729" t="s">
+        <v>554</v>
       </c>
       <c r="C729">
         <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>3</v>
       </c>
       <c r="B730" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="C730">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>3</v>
       </c>
-      <c r="B731">
-        <v>1079162046</v>
+      <c r="B731" t="s">
+        <v>556</v>
       </c>
       <c r="C731">
         <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>3</v>
       </c>
       <c r="B732">
-        <v>1338289446</v>
+        <v>1984831623</v>
       </c>
       <c r="C732">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>3</v>
       </c>
       <c r="B733" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="C733">
         <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>3</v>
       </c>
       <c r="B734" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C734">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>3</v>
       </c>
       <c r="B735" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="C735">
         <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>3</v>
       </c>
       <c r="B736" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="C736">
         <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>3</v>
       </c>
       <c r="B737" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="C737">
         <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>3</v>
       </c>
       <c r="B738" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="C738">
         <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>3</v>
       </c>
       <c r="B739" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="C739">
         <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
         <v>3</v>
       </c>
       <c r="B740" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="C740">
         <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
         <v>3</v>
       </c>
       <c r="B741" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="C741">
         <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
         <v>3</v>
       </c>
       <c r="B742" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="C742">
         <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
         <v>3</v>
       </c>
-      <c r="B743" t="s">
-        <v>559</v>
+      <c r="B743">
+        <v>1974707148</v>
       </c>
       <c r="C743">
         <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
         <v>3</v>
       </c>
       <c r="B744" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="C744">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>3</v>
       </c>
-      <c r="B745">
-        <v>1717987249</v>
+      <c r="B745" t="s">
+        <v>568</v>
       </c>
       <c r="C745">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
         <v>3</v>
       </c>
-      <c r="B746">
-        <v>1470051141</v>
+      <c r="B746" t="s">
+        <v>569</v>
       </c>
       <c r="C746">
         <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
         <v>3</v>
       </c>
-      <c r="B747" t="s">
-        <v>561</v>
+      <c r="B747">
+        <v>1613350244</v>
       </c>
       <c r="C747">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
         <v>3</v>
       </c>
-      <c r="B748">
-        <v>8466331263</v>
+      <c r="B748" t="s">
+        <v>570</v>
       </c>
       <c r="C748">
         <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
         <v>3</v>
       </c>
       <c r="B749" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C749">
         <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
         <v>3</v>
       </c>
-      <c r="B750" t="s">
-        <v>563</v>
+      <c r="B750">
+        <v>1086641450</v>
       </c>
       <c r="C750">
         <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
         <v>3</v>
       </c>
       <c r="B751" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="C751">
         <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
         <v>3</v>
       </c>
       <c r="B752" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="C752">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
         <v>3</v>
       </c>
       <c r="B753" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="C753">
         <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
         <v>3</v>
       </c>
-      <c r="B754">
-        <v>1689244666</v>
+      <c r="B754" t="s">
+        <v>575</v>
       </c>
       <c r="C754">
         <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
         <v>3</v>
       </c>
       <c r="B755" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="C755">
         <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
         <v>3</v>
       </c>
       <c r="B756" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="C756">
         <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
         <v>3</v>
       </c>
-      <c r="B757">
-        <v>1506526802</v>
+      <c r="B757" t="s">
+        <v>578</v>
       </c>
       <c r="C757">
         <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
         <v>3</v>
       </c>
       <c r="B758" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="C758">
         <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
         <v>3</v>
       </c>
-      <c r="B759" t="s">
-        <v>570</v>
+      <c r="B759">
+        <v>4774307068</v>
       </c>
       <c r="C759">
         <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
         <v>3</v>
       </c>
-      <c r="B760">
-        <v>1401954405</v>
+      <c r="B760" t="s">
+        <v>580</v>
       </c>
       <c r="C760">
         <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
         <v>3</v>
       </c>
       <c r="B761" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="C761">
         <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
         <v>3</v>
       </c>
       <c r="B762" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="C762">
         <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
         <v>3</v>
       </c>
       <c r="B763" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C763">
         <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
         <v>3</v>
       </c>
-      <c r="B764">
-        <v>1411498836</v>
+      <c r="B764" t="s">
+        <v>584</v>
       </c>
       <c r="C764">
         <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
         <v>3</v>
       </c>
       <c r="B765" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="C765">
         <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
         <v>3</v>
       </c>
       <c r="B766" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C766">
         <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
         <v>3</v>
       </c>
       <c r="B767" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="C767">
         <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
         <v>3</v>
       </c>
       <c r="B768" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="C768">
         <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
         <v>3</v>
       </c>
       <c r="B769" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="C769">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
         <v>3</v>
       </c>
       <c r="B770" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
       <c r="C770">
         <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>3</v>
       </c>
-      <c r="B771" t="s">
-        <v>580</v>
+      <c r="B771">
+        <v>1700444972</v>
       </c>
       <c r="C771">
         <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
         <v>3</v>
       </c>
       <c r="B772" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="C772">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
         <v>3</v>
       </c>
-      <c r="B773">
-        <v>1700444972</v>
+      <c r="B773" t="s">
+        <v>592</v>
       </c>
       <c r="C773">
         <v>1</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
         <v>3</v>
       </c>
       <c r="B774" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="C774">
         <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
         <v>3</v>
       </c>
       <c r="B775">
-        <v>9505530749</v>
+        <v>1726898121</v>
       </c>
       <c r="C775">
         <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
         <v>3</v>
       </c>
       <c r="B776" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="C776">
         <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
         <v>3</v>
       </c>
-      <c r="B777">
-        <v>1710009276</v>
+      <c r="B777" t="s">
+        <v>595</v>
       </c>
       <c r="C777">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
         <v>3</v>
       </c>
       <c r="B778" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="C778">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
         <v>3</v>
       </c>
-      <c r="B779">
-        <v>1680310259</v>
+      <c r="B779" t="s">
+        <v>597</v>
       </c>
       <c r="C779">
         <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
         <v>3</v>
       </c>
-      <c r="B780" t="s">
-        <v>585</v>
+      <c r="B780">
+        <v>1542040221</v>
       </c>
       <c r="C780">
         <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
         <v>3</v>
       </c>
-      <c r="B781">
-        <v>1612680054</v>
+      <c r="B781" t="s">
+        <v>598</v>
       </c>
       <c r="C781">
         <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
         <v>3</v>
       </c>
       <c r="B782">
-        <v>1690194316</v>
+        <v>1544023065</v>
       </c>
       <c r="C782">
         <v>1</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
         <v>3</v>
       </c>
-      <c r="B783" t="s">
-        <v>586</v>
+      <c r="B783">
+        <v>1401954405</v>
       </c>
       <c r="C783">
         <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
         <v>3</v>
       </c>
-      <c r="B784">
-        <v>1492533882</v>
+      <c r="B784" t="s">
+        <v>599</v>
       </c>
       <c r="C784">
         <v>1</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
         <v>3</v>
       </c>
       <c r="B785" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="C785">
         <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
         <v>3</v>
       </c>
       <c r="B786" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
       <c r="C786">
         <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
         <v>3</v>
       </c>
       <c r="B787" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="C787">
         <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
         <v>3</v>
       </c>
-      <c r="B788" t="s">
-        <v>590</v>
+      <c r="B788">
+        <v>6077975125</v>
       </c>
       <c r="C788">
         <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
         <v>3</v>
       </c>
       <c r="B789" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="C789">
         <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
         <v>3</v>
       </c>
       <c r="B790" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="C790">
         <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
         <v>3</v>
       </c>
-      <c r="B791" t="s">
-        <v>593</v>
+      <c r="B791">
+        <v>1949980065</v>
       </c>
       <c r="C791">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
         <v>3</v>
       </c>
       <c r="B792" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
       <c r="C792">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
         <v>3</v>
       </c>
       <c r="B793" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="C793">
         <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
         <v>3</v>
       </c>
       <c r="B794">
-        <v>1507114729</v>
+        <v>1629992674</v>
       </c>
       <c r="C794">
         <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
         <v>3</v>
       </c>
       <c r="B795" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="C795">
         <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
         <v>3</v>
       </c>
-      <c r="B796" t="s">
-        <v>597</v>
+      <c r="B796">
+        <v>1508803137</v>
       </c>
       <c r="C796">
         <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
         <v>3</v>
       </c>
       <c r="B797" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="C797">
         <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
         <v>3</v>
       </c>
-      <c r="B798">
-        <v>1545261261</v>
+      <c r="B798" t="s">
+        <v>609</v>
       </c>
       <c r="C798">
         <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
         <v>3</v>
       </c>
-      <c r="B799">
-        <v>1326588540</v>
+      <c r="B799" t="s">
+        <v>610</v>
       </c>
       <c r="C799">
         <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
         <v>3</v>
       </c>
-      <c r="B800" t="s">
-        <v>599</v>
+      <c r="B800">
+        <v>1700469355</v>
       </c>
       <c r="C800">
         <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
         <v>3</v>
       </c>
       <c r="B801" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="C801">
         <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
         <v>3</v>
       </c>
       <c r="B802" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="C802">
         <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
         <v>3</v>
       </c>
       <c r="B803">
-        <v>1641528931</v>
+        <v>1690194316</v>
       </c>
       <c r="C803">
         <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
         <v>3</v>
       </c>
       <c r="B804" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="C804">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
         <v>3</v>
       </c>
       <c r="B805" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="C805">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
         <v>3</v>
       </c>
       <c r="B806">
-        <v>1530568455</v>
+        <v>1476745420</v>
       </c>
       <c r="C806">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
         <v>3</v>
       </c>
       <c r="B807" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="C807">
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
         <v>3</v>
       </c>
       <c r="B808" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="C808">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
         <v>3</v>
       </c>
       <c r="B809" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="C809">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
         <v>3</v>
       </c>
       <c r="B810" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="C810">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
         <v>3</v>
       </c>
       <c r="B811" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="C811">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
         <v>3</v>
       </c>
-      <c r="B812" t="s">
-        <v>609</v>
+      <c r="B812">
+        <v>1608681890</v>
       </c>
       <c r="C812">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
         <v>3</v>
       </c>
-      <c r="B813" t="s">
-        <v>610</v>
+      <c r="B813">
+        <v>1973359448</v>
       </c>
       <c r="C813">
         <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
         <v>3</v>
       </c>
       <c r="B814" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="C814">
         <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
         <v>3</v>
       </c>
-      <c r="B815" t="s">
-        <v>612</v>
+      <c r="B815">
+        <v>1979203687</v>
       </c>
       <c r="C815">
         <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
         <v>3</v>
       </c>
       <c r="B816" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="C816">
         <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
         <v>3</v>
       </c>
-      <c r="B817">
-        <v>1693606135</v>
+      <c r="B817" t="s">
+        <v>622</v>
       </c>
       <c r="C817">
         <v>1</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
         <v>3</v>
       </c>
       <c r="B818" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="C818">
         <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
         <v>3</v>
       </c>
       <c r="B819" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C819">
         <v>1</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
         <v>3</v>
       </c>
       <c r="B820" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="C820">
         <v>1</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
         <v>3</v>
       </c>
       <c r="B821" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="C821">
         <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
         <v>3</v>
       </c>
       <c r="B822" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="C822">
         <v>1</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
         <v>3</v>
       </c>
       <c r="B823" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="C823">
         <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
         <v>3</v>
       </c>
-      <c r="B824">
-        <v>1976348641</v>
+      <c r="B824" t="s">
+        <v>629</v>
       </c>
       <c r="C824">
         <v>1</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
         <v>3</v>
       </c>
       <c r="B825" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="C825">
         <v>1</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
         <v>3</v>
       </c>
       <c r="B826" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="C826">
         <v>1</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
         <v>3</v>
       </c>
       <c r="B827" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="C827">
         <v>1</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
         <v>3</v>
       </c>
       <c r="B828" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="C828">
         <v>1</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
         <v>3</v>
       </c>
-      <c r="B829">
-        <v>1401232744</v>
+      <c r="B829" t="s">
+        <v>634</v>
       </c>
       <c r="C829">
         <v>1</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
         <v>3</v>
       </c>
-      <c r="B830">
-        <v>1328869334</v>
+      <c r="B830" t="s">
+        <v>635</v>
       </c>
       <c r="C830">
         <v>1</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
         <v>3</v>
       </c>
       <c r="B831" t="s">
-        <v>624</v>
+        <v>636</v>
       </c>
       <c r="C831">
         <v>1</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
         <v>3</v>
       </c>
-      <c r="B832" t="s">
-        <v>625</v>
+      <c r="B832">
+        <v>8494385658</v>
       </c>
       <c r="C832">
         <v>1</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
         <v>3</v>
       </c>
       <c r="B833" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="C833">
         <v>1</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
         <v>3</v>
       </c>
-      <c r="B834" t="s">
-        <v>627</v>
+      <c r="B834">
+        <v>1492137022</v>
       </c>
       <c r="C834">
         <v>1</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
         <v>3</v>
       </c>
       <c r="B835" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="C835">
         <v>1</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
         <v>3</v>
       </c>
       <c r="B836" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="C836">
         <v>1</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
         <v>3</v>
       </c>
-      <c r="B837" t="s">
-        <v>630</v>
+      <c r="B837">
+        <v>1937832031</v>
       </c>
       <c r="C837">
         <v>1</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
         <v>3</v>
       </c>
-      <c r="B838">
-        <v>1478991984</v>
+      <c r="B838" t="s">
+        <v>640</v>
       </c>
       <c r="C838">
         <v>1</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
         <v>3</v>
       </c>
-      <c r="B839" t="s">
-        <v>631</v>
+      <c r="B839">
+        <v>6074530815</v>
       </c>
       <c r="C839">
         <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
         <v>3</v>
       </c>
       <c r="B840" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C840">
         <v>1</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
         <v>3</v>
       </c>
-      <c r="B841">
-        <v>8494385658</v>
+      <c r="B841" t="s">
+        <v>642</v>
       </c>
       <c r="C841">
         <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
         <v>3</v>
       </c>
       <c r="B842">
-        <v>9701065271</v>
+        <v>1981095969</v>
       </c>
       <c r="C842">
         <v>1</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
         <v>3</v>
       </c>
       <c r="B843" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="C843">
         <v>1</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
         <v>3</v>
       </c>
-      <c r="B844" t="s">
-        <v>634</v>
+      <c r="B844">
+        <v>1400045371</v>
       </c>
       <c r="C844">
         <v>1</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
         <v>3</v>
       </c>
       <c r="B845" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="C845">
         <v>1</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
         <v>3</v>
       </c>
       <c r="B846" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C846">
         <v>1</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
         <v>3</v>
       </c>
-      <c r="B847" t="s">
-        <v>637</v>
+      <c r="B847">
+        <v>1401232744</v>
       </c>
       <c r="C847">
         <v>1</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
         <v>3</v>
       </c>
       <c r="B848" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="C848">
         <v>1</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
         <v>3</v>
       </c>
       <c r="B849" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="C849">
         <v>1</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
         <v>3</v>
       </c>
-      <c r="B850" t="s">
-        <v>640</v>
+      <c r="B850">
+        <v>1942733852</v>
       </c>
       <c r="C850">
         <v>1</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
         <v>3</v>
       </c>
       <c r="B851" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C851">
         <v>1</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
         <v>3</v>
       </c>
       <c r="B852" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C852">
         <v>1</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
         <v>3</v>
       </c>
       <c r="B853" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C853">
         <v>1</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
         <v>3</v>
       </c>
       <c r="B854" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C854">
         <v>1</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
         <v>3</v>
       </c>
       <c r="B855" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C855">
         <v>1</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
         <v>3</v>
       </c>
       <c r="B856" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C856">
         <v>1</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
         <v>3</v>
       </c>
       <c r="B857" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="C857">
         <v>1</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
         <v>3</v>
       </c>
-      <c r="B858" t="s">
-        <v>648</v>
+      <c r="B858">
+        <v>1250057833</v>
       </c>
       <c r="C858">
         <v>1</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
         <v>3</v>
       </c>
-      <c r="B859">
-        <v>1592851614</v>
+      <c r="B859" t="s">
+        <v>655</v>
       </c>
       <c r="C859">
         <v>1</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
         <v>3</v>
       </c>
-      <c r="B860" t="s">
-        <v>649</v>
+      <c r="B860">
+        <v>8497593944</v>
       </c>
       <c r="C860">
         <v>1</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
         <v>3</v>
       </c>
       <c r="B861" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C861">
         <v>1</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
         <v>3</v>
       </c>
       <c r="B862" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="C862">
         <v>1</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
         <v>3</v>
       </c>
-      <c r="B863" t="s">
-        <v>652</v>
+      <c r="B863">
+        <v>1094770515</v>
       </c>
       <c r="C863">
         <v>1</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
         <v>3</v>
       </c>
       <c r="B864" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="C864">
         <v>1</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
         <v>3</v>
       </c>
       <c r="B865">
-        <v>1981047158</v>
+        <v>1519049331</v>
       </c>
       <c r="C865">
         <v>1</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
         <v>3</v>
       </c>
       <c r="B866" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C866">
         <v>1</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
         <v>3</v>
       </c>
       <c r="B867" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C867">
         <v>1</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
         <v>3</v>
       </c>
-      <c r="B868" t="s">
-        <v>656</v>
+      <c r="B868">
+        <v>1945540168</v>
       </c>
       <c r="C868">
         <v>1</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
         <v>3</v>
       </c>
-      <c r="B869" t="s">
-        <v>657</v>
+      <c r="B869">
+        <v>1688279873</v>
       </c>
       <c r="C869">
         <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
         <v>3</v>
       </c>
-      <c r="B870">
-        <v>1542040221</v>
+      <c r="B870" t="s">
+        <v>661</v>
       </c>
       <c r="C870">
         <v>1</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
         <v>3</v>
       </c>
       <c r="B871">
-        <v>1101966424</v>
+        <v>1492777862</v>
       </c>
       <c r="C871">
         <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
         <v>3</v>
       </c>
       <c r="B872" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C872">
         <v>1</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
         <v>3</v>
       </c>
-      <c r="B873">
-        <v>8497593944</v>
+      <c r="B873" t="s">
+        <v>663</v>
       </c>
       <c r="C873">
         <v>1</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
         <v>3</v>
       </c>
-      <c r="B874" t="s">
-        <v>659</v>
+      <c r="B874">
+        <v>1592851614</v>
       </c>
       <c r="C874">
         <v>1</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
         <v>3</v>
       </c>
-      <c r="B875" t="s">
-        <v>660</v>
+      <c r="B875">
+        <v>1368009026</v>
       </c>
       <c r="C875">
         <v>1</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
         <v>3</v>
       </c>
       <c r="B876" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C876">
         <v>1</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
         <v>3</v>
       </c>
       <c r="B877" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C877">
         <v>1</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
         <v>3</v>
       </c>
       <c r="B878" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C878">
         <v>1</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
         <v>3</v>
       </c>
       <c r="B879" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C879">
         <v>1</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
         <v>3</v>
       </c>
       <c r="B880" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C880">
         <v>1</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
         <v>3</v>
       </c>
       <c r="B881" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C881">
         <v>1</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
         <v>3</v>
       </c>
-      <c r="B882" t="s">
-        <v>667</v>
+      <c r="B882">
+        <v>8417234969</v>
       </c>
       <c r="C882">
         <v>1</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
         <v>3</v>
       </c>
-      <c r="B883" t="s">
-        <v>668</v>
+      <c r="B883">
+        <v>1088615740</v>
       </c>
       <c r="C883">
         <v>1</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
         <v>3</v>
       </c>
-      <c r="B884">
-        <v>8427214626</v>
+      <c r="B884" t="s">
+        <v>670</v>
       </c>
       <c r="C884">
         <v>1</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
         <v>3</v>
       </c>
       <c r="B885" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C885">
         <v>1</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
         <v>3</v>
       </c>
       <c r="B886" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C886">
         <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
         <v>3</v>
       </c>
-      <c r="B887" t="s">
-        <v>671</v>
+      <c r="B887">
+        <v>6073185855</v>
       </c>
       <c r="C887">
         <v>1</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
         <v>3</v>
       </c>
-      <c r="B888" t="s">
-        <v>672</v>
+      <c r="B888">
+        <v>1974708675</v>
       </c>
       <c r="C888">
         <v>1</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
         <v>3</v>
       </c>
-      <c r="B889">
-        <v>1980346712</v>
+      <c r="B889" t="s">
+        <v>673</v>
       </c>
       <c r="C889">
         <v>1</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
         <v>3</v>
       </c>
-      <c r="B890">
-        <v>1700469355</v>
+      <c r="B890" t="s">
+        <v>674</v>
       </c>
       <c r="C890">
         <v>1</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
         <v>3</v>
       </c>
-      <c r="B891" t="s">
-        <v>673</v>
+      <c r="B891">
+        <v>1524714682</v>
       </c>
       <c r="C891">
         <v>1</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
         <v>3</v>
       </c>
       <c r="B892" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C892">
         <v>1</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
         <v>3</v>
       </c>
-      <c r="B893">
-        <v>1088615740</v>
+      <c r="B893" t="s">
+        <v>676</v>
       </c>
       <c r="C893">
         <v>1</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
         <v>3</v>
       </c>
       <c r="B894" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C894">
         <v>1</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
         <v>3</v>
       </c>
-      <c r="B895" t="s">
-        <v>676</v>
+      <c r="B895">
+        <v>8492833459</v>
       </c>
       <c r="C895">
         <v>1</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
         <v>3</v>
       </c>
       <c r="B896" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C896">
         <v>1</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
         <v>3</v>
       </c>
-      <c r="B897">
-        <v>6073185855</v>
+      <c r="B897" t="s">
+        <v>679</v>
       </c>
       <c r="C897">
         <v>1</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
         <v>3</v>
       </c>
-      <c r="B898" t="s">
-        <v>678</v>
+      <c r="B898">
+        <v>1793935718</v>
       </c>
       <c r="C898">
         <v>1</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
         <v>3</v>
       </c>
       <c r="B899" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C899">
         <v>1</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
         <v>3</v>
       </c>
       <c r="B900" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C900">
         <v>1</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
         <v>3</v>
       </c>
       <c r="B901" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C901">
         <v>1</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
         <v>3</v>
       </c>
       <c r="B902" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C902">
         <v>1</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
         <v>3</v>
       </c>
-      <c r="B903" t="s">
-        <v>683</v>
+      <c r="B903">
+        <v>1530245508</v>
       </c>
       <c r="C903">
         <v>1</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
         <v>3</v>
       </c>
       <c r="B904" t="s">
         <v>684</v>
       </c>
       <c r="C904">
         <v>1</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
         <v>3</v>
       </c>
-      <c r="B905" t="s">
-        <v>685</v>
+      <c r="B905">
+        <v>1698856083</v>
       </c>
       <c r="C905">
         <v>1</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
         <v>3</v>
       </c>
-      <c r="B906">
-        <v>6074530661</v>
+      <c r="B906" t="s">
+        <v>685</v>
       </c>
       <c r="C906">
         <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
         <v>3</v>
       </c>
       <c r="B907" t="s">
         <v>686</v>
       </c>
       <c r="C907">
         <v>1</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
         <v>3</v>
       </c>
       <c r="B908" t="s">
         <v>687</v>
       </c>
       <c r="C908">
         <v>1</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
         <v>3</v>
       </c>
       <c r="B909">
-        <v>1792605439</v>
+        <v>1401308589</v>
       </c>
       <c r="C909">
         <v>1</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
         <v>3</v>
       </c>
       <c r="B910" t="s">
         <v>688</v>
       </c>
       <c r="C910">
         <v>1</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
         <v>3</v>
       </c>
       <c r="B911" t="s">
         <v>689</v>
       </c>
       <c r="C911">
         <v>1</v>
@@ -12527,162 +12527,162 @@
       <c r="A913" t="s">
         <v>3</v>
       </c>
       <c r="B913" t="s">
         <v>691</v>
       </c>
       <c r="C913">
         <v>1</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
         <v>3</v>
       </c>
       <c r="B914" t="s">
         <v>692</v>
       </c>
       <c r="C914">
         <v>1</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
         <v>3</v>
       </c>
-      <c r="B915">
-        <v>1481431870</v>
+      <c r="B915" t="s">
+        <v>693</v>
       </c>
       <c r="C915">
         <v>1</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
         <v>3</v>
       </c>
       <c r="B916" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C916">
         <v>1</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
         <v>3</v>
       </c>
       <c r="B917">
-        <v>1401308589</v>
+        <v>1507172400</v>
       </c>
       <c r="C917">
         <v>1</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
         <v>3</v>
       </c>
-      <c r="B918" t="s">
-        <v>694</v>
+      <c r="B918">
+        <v>1722663510</v>
       </c>
       <c r="C918">
         <v>1</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
         <v>3</v>
       </c>
       <c r="B919" t="s">
         <v>695</v>
       </c>
       <c r="C919">
         <v>1</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
         <v>3</v>
       </c>
-      <c r="B920">
-        <v>1797090909</v>
+      <c r="B920" t="s">
+        <v>696</v>
       </c>
       <c r="C920">
         <v>1</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
         <v>3</v>
       </c>
       <c r="B921" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C921">
         <v>1</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
         <v>3</v>
       </c>
       <c r="B922">
-        <v>1950922332</v>
+        <v>1423101502</v>
       </c>
       <c r="C922">
         <v>1</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
         <v>3</v>
       </c>
       <c r="B923" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C923">
         <v>1</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
         <v>3</v>
       </c>
       <c r="B924" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C924">
         <v>1</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
         <v>3</v>
       </c>
-      <c r="B925" t="s">
-        <v>699</v>
+      <c r="B925">
+        <v>1984011936</v>
       </c>
       <c r="C925">
         <v>1</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
         <v>3</v>
       </c>
       <c r="B926" t="s">
         <v>700</v>
       </c>
       <c r="C926">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>