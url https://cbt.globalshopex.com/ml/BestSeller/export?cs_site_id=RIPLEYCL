--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,5237 +12,5273 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1729">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1741">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>RIPLEYCL</t>
   </si>
   <si>
     <t>B07QCCM8YY</t>
   </si>
   <si>
     <t>0988221845</t>
   </si>
   <si>
     <t>B014CWHNQU</t>
   </si>
   <si>
+    <t>B005HWEYN0</t>
+  </si>
+  <si>
     <t>BIN585050</t>
   </si>
   <si>
-    <t>B005HWEYN0</t>
+    <t>B07RJTFRFK</t>
   </si>
   <si>
     <t>B07R51SQ9D</t>
   </si>
   <si>
+    <t>B07TQJYHKR</t>
+  </si>
+  <si>
     <t>B01MQVW6AA</t>
   </si>
   <si>
-    <t>B07TQJYHKR</t>
+    <t>B07R1W2FMG</t>
   </si>
   <si>
     <t>B07WJ97KHL</t>
   </si>
   <si>
     <t>0988221896</t>
   </si>
   <si>
-    <t>B07R1W2FMG</t>
+    <t>B07RWNKCG6</t>
   </si>
   <si>
     <t>B002YK5W70</t>
   </si>
   <si>
-    <t>B07RWNKCG6</t>
-[...2 lines deleted...]
-    <t>B07RJTFRFK</t>
+    <t>B017VCQ5M6</t>
+  </si>
+  <si>
+    <t>B076ZHVCJN</t>
+  </si>
+  <si>
+    <t>PRE040004</t>
   </si>
   <si>
     <t>B013M83HUG</t>
   </si>
   <si>
     <t>B07YFGT6L5</t>
   </si>
   <si>
-    <t>B076ZHVCJN</t>
-[...1 lines deleted...]
-  <si>
     <t>144947425X</t>
   </si>
   <si>
-    <t>PRE040004</t>
+    <t>SC0230S-30008702002</t>
+  </si>
+  <si>
+    <t>B074ZDP7FZ</t>
   </si>
   <si>
     <t>CHL87515</t>
   </si>
   <si>
-    <t>SC0230S-30008702002</t>
+    <t>B07RPGQ8NR</t>
+  </si>
+  <si>
+    <t>B07SJ6MS5T</t>
   </si>
   <si>
     <t>B01N4DUG88</t>
   </si>
   <si>
-    <t>B07SJ6MS5T</t>
-[...1 lines deleted...]
-  <si>
     <t>SC0174S-30006077001</t>
   </si>
   <si>
-    <t>B07RPGQ8NR</t>
+    <t>B07NC732ZW</t>
+  </si>
+  <si>
+    <t>VSP1F2421</t>
+  </si>
+  <si>
+    <t>B000820YD8</t>
   </si>
   <si>
     <t>0380807343</t>
   </si>
   <si>
     <t>B000FVE3A2</t>
   </si>
   <si>
-    <t>VSP1F2421</t>
+    <t>B073JYC4XM</t>
   </si>
   <si>
     <t>B076QB44ML</t>
   </si>
   <si>
-    <t>B073JYC4XM</t>
-[...2 lines deleted...]
-    <t>B000820YD8</t>
+    <t>0062466593</t>
+  </si>
+  <si>
+    <t>B07V2QD5X6</t>
+  </si>
+  <si>
+    <t>B079TY897X</t>
+  </si>
+  <si>
+    <t>B07X1BWTFR</t>
+  </si>
+  <si>
+    <t>B00A343708</t>
   </si>
   <si>
     <t>B075LJCPN6</t>
   </si>
   <si>
+    <t>B07KQ5QTQC</t>
+  </si>
+  <si>
+    <t>B07W7PBGMY</t>
+  </si>
+  <si>
     <t>SC0179S-30006823004</t>
   </si>
   <si>
-    <t>B07KQ5QTQC</t>
-[...7 lines deleted...]
-  <si>
     <t>B07DPBHBBY</t>
   </si>
   <si>
+    <t>B01N7BWYJF</t>
+  </si>
+  <si>
     <t>B07YN9RNQV</t>
   </si>
   <si>
-    <t>B01N7BWYJF</t>
-[...1 lines deleted...]
-  <si>
     <t>PRE301806</t>
   </si>
   <si>
     <t>B07SJF8K87</t>
   </si>
   <si>
-    <t>B07V2QD5X6</t>
-[...5 lines deleted...]
-    <t>B07X1BWTFR</t>
+    <t>CHL87945</t>
+  </si>
+  <si>
+    <t>B01E9ILJ30</t>
+  </si>
+  <si>
+    <t>B01HF1HRES</t>
+  </si>
+  <si>
+    <t>B07QSSV7SX</t>
+  </si>
+  <si>
+    <t>B014W8J6XM</t>
+  </si>
+  <si>
+    <t>B018GJTECG</t>
+  </si>
+  <si>
+    <t>PWOAA0622</t>
   </si>
   <si>
     <t>B06XDMBBFK</t>
   </si>
   <si>
+    <t>170201939X</t>
+  </si>
+  <si>
     <t>B07XYQ71ZX</t>
   </si>
   <si>
     <t>B07B8DCS6Z</t>
   </si>
   <si>
     <t>B076F95JD4</t>
   </si>
   <si>
+    <t>B075YYK9NL</t>
+  </si>
+  <si>
+    <t>B07MYXXQP3</t>
+  </si>
+  <si>
+    <t>CHL033</t>
+  </si>
+  <si>
     <t>B07SJR6HL3</t>
   </si>
   <si>
-    <t>B07MYXXQP3</t>
-[...29 lines deleted...]
-    <t>PWOAA0622</t>
+    <t>B019NWQVDU</t>
+  </si>
+  <si>
+    <t>B0818THRJD</t>
+  </si>
+  <si>
+    <t>SC0173S-30006076001</t>
+  </si>
+  <si>
+    <t>B081YM7KWR</t>
+  </si>
+  <si>
+    <t>B00HVQUFTW</t>
   </si>
   <si>
     <t>B017X9VK7C</t>
   </si>
   <si>
+    <t>B0718XJ2P8</t>
+  </si>
+  <si>
     <t>B01CEBBKOM</t>
   </si>
   <si>
     <t>B01F4GJ2RQ</t>
   </si>
   <si>
+    <t>B074TC9XCS</t>
+  </si>
+  <si>
     <t>B01NCVI5XX</t>
   </si>
   <si>
     <t>B000GH2QY0</t>
   </si>
   <si>
+    <t>B07BNJQ9C6</t>
+  </si>
+  <si>
     <t>B07ZPMK3J5</t>
   </si>
   <si>
     <t>VSPBH8521</t>
   </si>
   <si>
-    <t>B07BNJQ9C6</t>
+    <t>B07BTL786T</t>
+  </si>
+  <si>
+    <t>B007RWZHXO</t>
   </si>
   <si>
     <t>B0822BBHZG</t>
   </si>
   <si>
-    <t>B019NWQVDU</t>
-[...17 lines deleted...]
-    <t>B00HVQUFTW</t>
+    <t>0385741278</t>
+  </si>
+  <si>
+    <t>0062457802</t>
+  </si>
+  <si>
+    <t>B07RRCKRLM</t>
+  </si>
+  <si>
+    <t>VSPOY9821</t>
+  </si>
+  <si>
+    <t>B07X2FQBH9</t>
+  </si>
+  <si>
+    <t>B07BDGB442</t>
+  </si>
+  <si>
+    <t>B07RLJ7TLJ</t>
+  </si>
+  <si>
+    <t>B000PQLJ86</t>
+  </si>
+  <si>
+    <t>B08JH262KV</t>
+  </si>
+  <si>
+    <t>VSPOS6121</t>
+  </si>
+  <si>
+    <t>B07JG4Y9KL</t>
+  </si>
+  <si>
+    <t>PWCAA1121</t>
+  </si>
+  <si>
+    <t>B07DX36YW9</t>
+  </si>
+  <si>
+    <t>B07HM95PP1</t>
+  </si>
+  <si>
+    <t>B000GH2QYA</t>
+  </si>
+  <si>
+    <t>0399182020</t>
+  </si>
+  <si>
+    <t>B0791XWY9J</t>
+  </si>
+  <si>
+    <t>B07VGBXGX6</t>
+  </si>
+  <si>
+    <t>B07KRHD1Y7</t>
+  </si>
+  <si>
+    <t>B003D3YMH8</t>
+  </si>
+  <si>
+    <t>B07K77NTDZ</t>
+  </si>
+  <si>
+    <t>B0863K3DD5</t>
+  </si>
+  <si>
+    <t>B01HC1SB6E</t>
+  </si>
+  <si>
+    <t>B07CF98GRX</t>
+  </si>
+  <si>
+    <t>B0811M8Q5Z</t>
   </si>
   <si>
     <t>B07D265W3Z</t>
   </si>
   <si>
     <t>B07FN1YMD7</t>
   </si>
   <si>
+    <t>B001AZZF68</t>
+  </si>
+  <si>
+    <t>B06X9JHXSG</t>
+  </si>
+  <si>
     <t>VSP1H0721</t>
   </si>
   <si>
-    <t>B07VGBXGX6</t>
-[...13 lines deleted...]
-  <si>
     <t>133813437X</t>
   </si>
   <si>
-    <t>B0811M8Q5Z</t>
+    <t>B08JLDQ24L</t>
+  </si>
+  <si>
+    <t>B07GVHN2RR</t>
   </si>
   <si>
     <t>0876120982</t>
   </si>
   <si>
-    <t>B001AZZF68</t>
-[...2 lines deleted...]
-    <t>B074TC9XCS</t>
+    <t>B07CKSC8VQ</t>
+  </si>
+  <si>
+    <t>B01A5KLUG2</t>
   </si>
   <si>
     <t>B07SNSV5XX</t>
   </si>
   <si>
     <t>0761189513</t>
   </si>
   <si>
-    <t>B01A5KLUG2</t>
-[...5 lines deleted...]
-    <t>B07CKSC8VQ</t>
+    <t>B07HMMP7LS</t>
+  </si>
+  <si>
+    <t>0810994615</t>
+  </si>
+  <si>
+    <t>B003MYYJD0</t>
+  </si>
+  <si>
+    <t>B07FVT1PMN</t>
+  </si>
+  <si>
+    <t>B07W65K3XZ</t>
   </si>
   <si>
     <t>VSPBH3321</t>
   </si>
   <si>
-    <t>B003MYYJD0</t>
-[...28 lines deleted...]
-  <si>
     <t>B07QPVR4FQ</t>
   </si>
   <si>
-    <t>PWCAA1121</t>
-[...35 lines deleted...]
-    <t>B07CF98GRX</t>
+    <t>PWFAA0621</t>
+  </si>
+  <si>
+    <t>0385755910</t>
+  </si>
+  <si>
+    <t>B07W3MQQN6</t>
+  </si>
+  <si>
+    <t>B07PV9XLBW</t>
+  </si>
+  <si>
+    <t>B07QXJ693T</t>
+  </si>
+  <si>
+    <t>B003D3YLM4</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5499626</t>
+  </si>
+  <si>
+    <t>B00J4JKPBC</t>
+  </si>
+  <si>
+    <t>B07PRDB7ZB</t>
+  </si>
+  <si>
+    <t>VSPCD2B21</t>
+  </si>
+  <si>
+    <t>HUN1031</t>
+  </si>
+  <si>
+    <t>SOQ050015</t>
+  </si>
+  <si>
+    <t>B07PBW5RLX</t>
+  </si>
+  <si>
+    <t>133829895X</t>
+  </si>
+  <si>
+    <t>B07YRQZ8YR</t>
+  </si>
+  <si>
+    <t>VSPHM1121</t>
+  </si>
+  <si>
+    <t>B00114TK46</t>
+  </si>
+  <si>
+    <t>B0815Q8HSW</t>
+  </si>
+  <si>
+    <t>VSP171121</t>
+  </si>
+  <si>
+    <t>B01N0OXZAN</t>
+  </si>
+  <si>
+    <t>B07FFBHM7F</t>
+  </si>
+  <si>
+    <t>B083CDWJX9</t>
+  </si>
+  <si>
+    <t>194906168X</t>
+  </si>
+  <si>
+    <t>B088P7JL9C</t>
+  </si>
+  <si>
+    <t>B01LQ5RUA0</t>
+  </si>
+  <si>
+    <t>B07D3KKY82</t>
+  </si>
+  <si>
+    <t>B07T1MYV8R</t>
+  </si>
+  <si>
+    <t>VSPCD1A21</t>
+  </si>
+  <si>
+    <t>B085FZVH5L</t>
+  </si>
+  <si>
+    <t>B01HHNN8ZG</t>
+  </si>
+  <si>
+    <t>B08B77Q738</t>
+  </si>
+  <si>
+    <t>B087JG6H25</t>
+  </si>
+  <si>
+    <t>CLI33650</t>
+  </si>
+  <si>
+    <t>B0843VFCS7</t>
+  </si>
+  <si>
+    <t>VSPZZ1521</t>
   </si>
   <si>
     <t>B07SB52CYZ</t>
   </si>
   <si>
     <t>B06XZH3Q2W</t>
   </si>
   <si>
-    <t>B01HHNN8ZG</t>
+    <t>B07MZX1D86</t>
+  </si>
+  <si>
+    <t>B07JC86MY6</t>
+  </si>
+  <si>
+    <t>B07VN8H1PP</t>
+  </si>
+  <si>
+    <t>B086VVC3SB</t>
+  </si>
+  <si>
+    <t>B07JBRL2H6</t>
+  </si>
+  <si>
+    <t>B07GXWC87J</t>
+  </si>
+  <si>
+    <t>B07DGZRZ3X</t>
+  </si>
+  <si>
+    <t>B07L7ZZYJP</t>
+  </si>
+  <si>
+    <t>B07KG8GHCB</t>
+  </si>
+  <si>
+    <t>B07X8LDZ9M</t>
   </si>
   <si>
     <t>B07L8T8Q82</t>
   </si>
   <si>
-    <t>B07VN8H1PP</t>
-[...2 lines deleted...]
-    <t>B07MZX1D86</t>
+    <t>B013P27MDW</t>
   </si>
   <si>
     <t>B00UT1D46M</t>
   </si>
   <si>
-    <t>B07DGZRZ3X</t>
+    <t>B00006IEAR</t>
+  </si>
+  <si>
+    <t>B01MQWLB2Y</t>
   </si>
   <si>
     <t>B07VBV5X8F</t>
   </si>
   <si>
-    <t>B07X8LDZ9M</t>
+    <t>B07Y16914P</t>
+  </si>
+  <si>
+    <t>B07VW6TDBC</t>
+  </si>
+  <si>
+    <t>B07DR1ZN4C</t>
   </si>
   <si>
     <t>VSPHI0520</t>
   </si>
   <si>
+    <t>B07Q7QDK26</t>
+  </si>
+  <si>
+    <t>B07WG7S8N3</t>
+  </si>
+  <si>
     <t>B07J56C27Z</t>
   </si>
   <si>
-    <t>B07GXWC87J</t>
-[...2 lines deleted...]
-    <t>B07L7ZZYJP</t>
+    <t>B0824VQQJ2</t>
+  </si>
+  <si>
+    <t>0307949095</t>
+  </si>
+  <si>
+    <t>B07MSCTRVJ</t>
   </si>
   <si>
     <t>B07WZYFC2V</t>
   </si>
   <si>
-    <t>B075YYK9NL</t>
+    <t>B07BQBYW3F</t>
   </si>
   <si>
     <t>VSPHJ1821</t>
   </si>
   <si>
-    <t>B07KG8GHCB</t>
-[...1 lines deleted...]
-  <si>
     <t>B07KMFRXTH</t>
   </si>
   <si>
-    <t>B01MQWLB2Y</t>
-[...14 lines deleted...]
-    <t>B013P27MDW</t>
+    <t>B07HFT7DCH</t>
+  </si>
+  <si>
+    <t>B07P9HQGXP</t>
+  </si>
+  <si>
+    <t>B019QBOAH2</t>
   </si>
   <si>
     <t>B08VLXBYVV</t>
   </si>
   <si>
+    <t>PRE181006BN</t>
+  </si>
+  <si>
+    <t>B072ZWYW1D</t>
+  </si>
+  <si>
     <t>B088P7SLZG</t>
   </si>
   <si>
-    <t>0385755910</t>
-[...125 lines deleted...]
-    <t>B07JBRL2H6</t>
+    <t>B000GX26ZS</t>
+  </si>
+  <si>
+    <t>B077RZY8Z6</t>
+  </si>
+  <si>
+    <t>B07BZFWVRB</t>
+  </si>
+  <si>
+    <t>B074ZDNJBD</t>
+  </si>
+  <si>
+    <t>B07S81TP66</t>
+  </si>
+  <si>
+    <t>0761187235</t>
+  </si>
+  <si>
+    <t>0976263726</t>
+  </si>
+  <si>
+    <t>B07DGX4QX7</t>
+  </si>
+  <si>
+    <t>B07BQR9MQW</t>
+  </si>
+  <si>
+    <t>0762492791</t>
+  </si>
+  <si>
+    <t>B07WGF5CSX</t>
+  </si>
+  <si>
+    <t>140022036X</t>
+  </si>
+  <si>
+    <t>B08VLX25W2</t>
+  </si>
+  <si>
+    <t>B07WNT8P17</t>
+  </si>
+  <si>
+    <t>B019NX9O92</t>
+  </si>
+  <si>
+    <t>B0796M4N7S</t>
+  </si>
+  <si>
+    <t>B07DJ5WRLV</t>
+  </si>
+  <si>
+    <t>B09Q8WL8DR</t>
+  </si>
+  <si>
+    <t>VSP170221</t>
+  </si>
+  <si>
+    <t>VSPOY8121</t>
+  </si>
+  <si>
+    <t>B0772D8BWK</t>
+  </si>
+  <si>
+    <t>B07JJMJG13</t>
+  </si>
+  <si>
+    <t>0316497320</t>
+  </si>
+  <si>
+    <t>B00HLVH1GW</t>
+  </si>
+  <si>
+    <t>B08SV15Q2R</t>
+  </si>
+  <si>
+    <t>B01ECVB6P0</t>
+  </si>
+  <si>
+    <t>B07MZYBQYJ</t>
+  </si>
+  <si>
+    <t>T-53203</t>
+  </si>
+  <si>
+    <t>VSPHI0820</t>
+  </si>
+  <si>
+    <t>B081MX9Y6H</t>
+  </si>
+  <si>
+    <t>B07L3NTLWR</t>
+  </si>
+  <si>
+    <t>VSPEV2021</t>
+  </si>
+  <si>
+    <t>B07QP5YJ83</t>
+  </si>
+  <si>
+    <t>B07H1LYMB3</t>
+  </si>
+  <si>
+    <t>B07XD7L5F8</t>
+  </si>
+  <si>
+    <t>B07YFQHSK5</t>
+  </si>
+  <si>
+    <t>B07WS6KFGF</t>
+  </si>
+  <si>
+    <t>GG0595S-30008116003</t>
+  </si>
+  <si>
+    <t>B000FGECAI</t>
+  </si>
+  <si>
+    <t>B06XZNLH2B</t>
+  </si>
+  <si>
+    <t>B0943TL9DQ</t>
+  </si>
+  <si>
+    <t>B0796WL1VY</t>
+  </si>
+  <si>
+    <t>PENWFRS24</t>
+  </si>
+  <si>
+    <t>PWGAA0921</t>
+  </si>
+  <si>
+    <t>GG0592SK-30008113004</t>
+  </si>
+  <si>
+    <t>PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>B081N45LMC</t>
+  </si>
+  <si>
+    <t>B08ZXVHG8Y</t>
+  </si>
+  <si>
+    <t>B07925G293</t>
+  </si>
+  <si>
+    <t>B082FS24L3</t>
+  </si>
+  <si>
+    <t>B08KXKVT4K</t>
+  </si>
+  <si>
+    <t>B005FN12BS</t>
+  </si>
+  <si>
+    <t>B00361FW5I</t>
+  </si>
+  <si>
+    <t>VSPBH3018</t>
+  </si>
+  <si>
+    <t>B01MYFX52K</t>
+  </si>
+  <si>
+    <t>B07YB9GKYY</t>
+  </si>
+  <si>
+    <t>B00SX6NHKI</t>
+  </si>
+  <si>
+    <t>B0843PTSW5</t>
+  </si>
+  <si>
+    <t>0789923734</t>
+  </si>
+  <si>
+    <t>B00075U5I0</t>
+  </si>
+  <si>
+    <t>B07F6FGJXK</t>
+  </si>
+  <si>
+    <t>VSPOY1B21</t>
+  </si>
+  <si>
+    <t>B09Z4JQCC1</t>
+  </si>
+  <si>
+    <t>B07WH59NVK</t>
+  </si>
+  <si>
+    <t>VSPLN1321</t>
+  </si>
+  <si>
+    <t>B08NHDXKP3</t>
+  </si>
+  <si>
+    <t>B071XRR5NX</t>
+  </si>
+  <si>
+    <t>B07XTPT3QL</t>
   </si>
   <si>
     <t>B07R186Y9Y</t>
   </si>
   <si>
+    <t>PWFAA0221</t>
+  </si>
+  <si>
+    <t>B006WFJRWO</t>
+  </si>
+  <si>
+    <t>B07N6SFXJJ</t>
+  </si>
+  <si>
+    <t>0545162076</t>
+  </si>
+  <si>
+    <t>B07MV8CBP9</t>
+  </si>
+  <si>
+    <t>VSPEN3921</t>
+  </si>
+  <si>
+    <t>0062278223</t>
+  </si>
+  <si>
+    <t>B004C7S70W</t>
+  </si>
+  <si>
+    <t>B01H1CEWSU</t>
+  </si>
+  <si>
+    <t>B01E6QD6FE</t>
+  </si>
+  <si>
+    <t>B0C3DFDXKR</t>
+  </si>
+  <si>
+    <t>B08P4T4V5C</t>
+  </si>
+  <si>
+    <t>B07SZ9MSYM</t>
+  </si>
+  <si>
+    <t>194820973X</t>
+  </si>
+  <si>
+    <t>B00QRSZOQY</t>
+  </si>
+  <si>
+    <t>B07C1GPGZK</t>
+  </si>
+  <si>
+    <t>B01BY7JU76</t>
+  </si>
+  <si>
+    <t>B07PWNDWXH</t>
+  </si>
+  <si>
+    <t>B074CFT5B5</t>
+  </si>
+  <si>
+    <t>B01CEBBOB6</t>
+  </si>
+  <si>
+    <t>VSPEV1021</t>
+  </si>
+  <si>
+    <t>B00J4JKTZY</t>
+  </si>
+  <si>
+    <t>VSPLP1621</t>
+  </si>
+  <si>
+    <t>0062407805</t>
+  </si>
+  <si>
+    <t>B07YPNX1DV</t>
+  </si>
+  <si>
+    <t>VSPHI0220</t>
+  </si>
+  <si>
+    <t>B06ZZH2K95</t>
+  </si>
+  <si>
+    <t>B06WWNCP12</t>
+  </si>
+  <si>
+    <t>B08J5T81NP</t>
+  </si>
+  <si>
+    <t>B01F56F7C4</t>
+  </si>
+  <si>
+    <t>B00LX0J0HA</t>
+  </si>
+  <si>
     <t>B0006AAS5Q</t>
   </si>
   <si>
-    <t>0545162076</t>
-[...5 lines deleted...]
-    <t>B00361FW5I</t>
+    <t>B07L9LY219</t>
+  </si>
+  <si>
+    <t>B071JLRGN5</t>
+  </si>
+  <si>
+    <t>B07X9VG6ZJ</t>
+  </si>
+  <si>
+    <t>B07QQ1NQLR</t>
   </si>
   <si>
     <t>B079VTLSQ7</t>
   </si>
   <si>
-    <t>B01MYFX52K</t>
-[...14 lines deleted...]
-    <t>0062407805</t>
+    <t>B005JVP2NU</t>
+  </si>
+  <si>
+    <t>B07GJDPR4Q</t>
+  </si>
+  <si>
+    <t>143911000X</t>
+  </si>
+  <si>
+    <t>B01C6U7RTI</t>
+  </si>
+  <si>
+    <t>B08Y63XK8J</t>
+  </si>
+  <si>
+    <t>B07HJ9KNBY</t>
+  </si>
+  <si>
+    <t>B017B19DOY</t>
+  </si>
+  <si>
+    <t>B00070FHEM</t>
+  </si>
+  <si>
+    <t>B081287KN1</t>
+  </si>
+  <si>
+    <t>B08F9HRLFR</t>
+  </si>
+  <si>
+    <t>B07H2RR7NM</t>
+  </si>
+  <si>
+    <t>PJ0012O-30000643-010-00018</t>
+  </si>
+  <si>
+    <t>B075959C7Q</t>
   </si>
   <si>
     <t>B098ZGL6ZX</t>
   </si>
   <si>
-    <t>B081287KN1</t>
-[...17 lines deleted...]
-    <t>B07GJDPR4Q</t>
+    <t>B01G2ZNBS4</t>
+  </si>
+  <si>
+    <t>VSPOS5621</t>
+  </si>
+  <si>
+    <t>B01HMT98BI</t>
+  </si>
+  <si>
+    <t>B07YSQSGKJ</t>
   </si>
   <si>
     <t>B07BHC4Q2S</t>
   </si>
   <si>
-    <t>B07SZ9MSYM</t>
-[...2 lines deleted...]
-    <t>194820973X</t>
+    <t>B076QJ7NPR</t>
+  </si>
+  <si>
+    <t>B07D3P2J6C</t>
   </si>
   <si>
     <t>B07MTBRD32</t>
   </si>
   <si>
-    <t>B07YPNX1DV</t>
+    <t>B07WPTCVXP</t>
+  </si>
+  <si>
+    <t>B06XGP17Z1</t>
   </si>
   <si>
     <t>B07H2MPKSG</t>
   </si>
   <si>
-    <t>B00J4JKTZY</t>
-[...2 lines deleted...]
-    <t>B06ZZH2K95</t>
+    <t>B07H2MQPHD</t>
+  </si>
+  <si>
+    <t>B0736X51LB</t>
+  </si>
+  <si>
+    <t>014313180X</t>
+  </si>
+  <si>
+    <t>B07NBKNM3X</t>
   </si>
   <si>
     <t>SC0152S-30002965012</t>
   </si>
   <si>
-    <t>B07L9LY219</t>
-[...1 lines deleted...]
-  <si>
     <t>B01F8W8PK6</t>
   </si>
   <si>
+    <t>VSPOY6921</t>
+  </si>
+  <si>
     <t>B07CQQ2RK9</t>
   </si>
   <si>
     <t>B07VCC336K</t>
   </si>
   <si>
-    <t>B00LX0J0HA</t>
-[...26 lines deleted...]
-    <t>B01C6U7RTI</t>
+    <t>B07QK933VG</t>
+  </si>
+  <si>
+    <t>B07WTTCTJZ</t>
+  </si>
+  <si>
+    <t>B013LBNTSY</t>
+  </si>
+  <si>
+    <t>B07Z67VJZ6</t>
+  </si>
+  <si>
+    <t>B07WN7WM1P</t>
+  </si>
+  <si>
+    <t>0881138266</t>
+  </si>
+  <si>
+    <t>0316013692</t>
+  </si>
+  <si>
+    <t>B07NJK3LZB</t>
+  </si>
+  <si>
+    <t>B079KBYV1D</t>
   </si>
   <si>
     <t>B087CHV49F</t>
   </si>
   <si>
-    <t>0316013692</t>
-[...5 lines deleted...]
-    <t>B07HJ9KNBY</t>
+    <t>B07WJHYQNS</t>
   </si>
   <si>
     <t>B07YQH94FT</t>
   </si>
   <si>
-    <t>B075959C7Q</t>
-[...11 lines deleted...]
-    <t>B07H2MQPHD</t>
+    <t>0316080845</t>
+  </si>
+  <si>
+    <t>B07Y7KC6WH</t>
+  </si>
+  <si>
+    <t>B07LGVL86L</t>
   </si>
   <si>
     <t>B07PLPF15L</t>
   </si>
   <si>
-    <t>B07NBKNM3X</t>
-[...4 lines deleted...]
-  <si>
     <t>703c46cb779c42de_5572734</t>
   </si>
   <si>
+    <t>B07BDWNDG1</t>
+  </si>
+  <si>
     <t>B07PNYBVFP</t>
   </si>
   <si>
-    <t>B07Y7KC6WH</t>
-[...127 lines deleted...]
-  <si>
     <t>B07QTH1TDW</t>
   </si>
   <si>
-    <t>B000GX26ZS</t>
-[...149 lines deleted...]
-    <t>B08J5T81NP</t>
+    <t>B09NLCSTF3</t>
+  </si>
+  <si>
+    <t>B08RSFGFVM</t>
+  </si>
+  <si>
+    <t>B0B18F7MV6</t>
+  </si>
+  <si>
+    <t>B00L9VA1O4</t>
+  </si>
+  <si>
+    <t>VSPBH3421</t>
+  </si>
+  <si>
+    <t>B076D637DJ</t>
+  </si>
+  <si>
+    <t>0811876446</t>
+  </si>
+  <si>
+    <t>ROM77304</t>
+  </si>
+  <si>
+    <t>B07H2MPJ11</t>
+  </si>
+  <si>
+    <t>B07CWGXGD8</t>
+  </si>
+  <si>
+    <t>B09JHRBS18</t>
+  </si>
+  <si>
+    <t>B088C3WPY2</t>
+  </si>
+  <si>
+    <t>B07HFTK74Q</t>
+  </si>
+  <si>
+    <t>B07ZJZWPG2</t>
+  </si>
+  <si>
+    <t>B07JQXP93K</t>
+  </si>
+  <si>
+    <t>B0763QFWGG</t>
+  </si>
+  <si>
+    <t>B01LY46WJN</t>
+  </si>
+  <si>
+    <t>B076X1H36X</t>
+  </si>
+  <si>
+    <t>B01D8NOJIE</t>
+  </si>
+  <si>
+    <t>B07VKZPQDF</t>
+  </si>
+  <si>
+    <t>B07JLML8LN</t>
+  </si>
+  <si>
+    <t>B000FVE3AC</t>
+  </si>
+  <si>
+    <t>B01F1U02MO</t>
+  </si>
+  <si>
+    <t>B09BRFKXKX</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_T1154272703100</t>
+  </si>
+  <si>
+    <t>B07KBX3BBQ</t>
+  </si>
+  <si>
+    <t>B07V4XHG9Y</t>
+  </si>
+  <si>
+    <t>B07SM576YK</t>
+  </si>
+  <si>
+    <t>B0058NN4C0</t>
+  </si>
+  <si>
+    <t>B0089HDZYY</t>
+  </si>
+  <si>
+    <t>B07ZYTVSC7</t>
+  </si>
+  <si>
+    <t>B07HL3YVWX</t>
+  </si>
+  <si>
+    <t>B07MBFLJXH</t>
+  </si>
+  <si>
+    <t>B07XGK67X8</t>
+  </si>
+  <si>
+    <t>B07FM582NV</t>
+  </si>
+  <si>
+    <t>B00LU0R6Y2</t>
+  </si>
+  <si>
+    <t>B07SSY65XY</t>
+  </si>
+  <si>
+    <t>B073VNWYW2</t>
+  </si>
+  <si>
+    <t>B07Z46BG31</t>
+  </si>
+  <si>
+    <t>B07QF22MK8</t>
+  </si>
+  <si>
+    <t>0679805273</t>
+  </si>
+  <si>
+    <t>057850717X</t>
+  </si>
+  <si>
+    <t>B00J4JKOX6</t>
+  </si>
+  <si>
+    <t>B07RRTNTKJ</t>
+  </si>
+  <si>
+    <t>B075PQTKPD</t>
+  </si>
+  <si>
+    <t>B09NLCVCBW</t>
+  </si>
+  <si>
+    <t>B01C5QGF6E</t>
+  </si>
+  <si>
+    <t>B07XMH5LT9</t>
+  </si>
+  <si>
+    <t>B0777STP6T</t>
+  </si>
+  <si>
+    <t>B000GB1RC8</t>
+  </si>
+  <si>
+    <t>B076ZL1FCZ</t>
+  </si>
+  <si>
+    <t>BICMSBAPP241AST</t>
+  </si>
+  <si>
+    <t>N-BGG15</t>
+  </si>
+  <si>
+    <t>B08Y5X8MKT</t>
+  </si>
+  <si>
+    <t>B07JG4Z1HZ</t>
+  </si>
+  <si>
+    <t>B010V7ZHZY</t>
+  </si>
+  <si>
+    <t>B07RFMV86R</t>
+  </si>
+  <si>
+    <t>B07ZFDR87P</t>
+  </si>
+  <si>
+    <t>B0817TTVQ2</t>
+  </si>
+  <si>
+    <t>B08G19Y383</t>
+  </si>
+  <si>
+    <t>B007554XQU</t>
+  </si>
+  <si>
+    <t>VSPOY6821</t>
+  </si>
+  <si>
+    <t>EU-866404</t>
+  </si>
+  <si>
+    <t>VE5A01421</t>
+  </si>
+  <si>
+    <t>B08RYS7XNG</t>
+  </si>
+  <si>
+    <t>B07WYJ815S</t>
+  </si>
+  <si>
+    <t>B07YWMQCZX</t>
+  </si>
+  <si>
+    <t>B07C8P2MGJ</t>
+  </si>
+  <si>
+    <t>B004DOMK2U</t>
+  </si>
+  <si>
+    <t>B07MV1BKL6</t>
+  </si>
+  <si>
+    <t>0593087631</t>
+  </si>
+  <si>
+    <t>LHL9306</t>
+  </si>
+  <si>
+    <t>B01I2P3NSK</t>
+  </si>
+  <si>
+    <t>B07FXB53BX</t>
+  </si>
+  <si>
+    <t>B07XCWG15C</t>
+  </si>
+  <si>
+    <t>B07KGCPYGP</t>
+  </si>
+  <si>
+    <t>B00B0RUH1O</t>
+  </si>
+  <si>
+    <t>B07F35XBTS</t>
+  </si>
+  <si>
+    <t>B07Z3BRTS2</t>
+  </si>
+  <si>
+    <t>B08CSKL9DR</t>
+  </si>
+  <si>
+    <t>B07RHYYFSK</t>
+  </si>
+  <si>
+    <t>B076MNTYB5</t>
+  </si>
+  <si>
+    <t>B07Y1R82LB</t>
+  </si>
+  <si>
+    <t>VSP391120</t>
+  </si>
+  <si>
+    <t>B01ETRYXA2</t>
+  </si>
+  <si>
+    <t>B07ZR3XRDJ</t>
+  </si>
+  <si>
+    <t>VSPLP1721</t>
+  </si>
+  <si>
+    <t>0789918994</t>
+  </si>
+  <si>
+    <t>B07L5ZH9TK</t>
+  </si>
+  <si>
+    <t>B003URSIKO</t>
+  </si>
+  <si>
+    <t>B07SK1SF81</t>
+  </si>
+  <si>
+    <t>B005A16EOU</t>
+  </si>
+  <si>
+    <t>B07S7ZLHP8</t>
+  </si>
+  <si>
+    <t>B07J5FHBPH</t>
+  </si>
+  <si>
+    <t>B07QZ32KQ7</t>
+  </si>
+  <si>
+    <t>072325804X</t>
+  </si>
+  <si>
+    <t>B071XCCK2Q</t>
+  </si>
+  <si>
+    <t>B0797KY2NP</t>
+  </si>
+  <si>
+    <t>B07WV94NMF</t>
+  </si>
+  <si>
+    <t>B07K7Z8FJ1</t>
+  </si>
+  <si>
+    <t>VSPOY9321</t>
+  </si>
+  <si>
+    <t>0446583200</t>
+  </si>
+  <si>
+    <t>B088P8GSNJ</t>
+  </si>
+  <si>
+    <t>B077F5QCDM</t>
+  </si>
+  <si>
+    <t>B075CPPBNV</t>
+  </si>
+  <si>
+    <t>B07HF6RXGG</t>
+  </si>
+  <si>
+    <t>B07Z3ZHTL7</t>
+  </si>
+  <si>
+    <t>B00H08IOZS</t>
+  </si>
+  <si>
+    <t>0525536221</t>
+  </si>
+  <si>
+    <t>B000AR7RZY</t>
+  </si>
+  <si>
+    <t>B07SH3NFY9</t>
+  </si>
+  <si>
+    <t>VSPZT1521</t>
+  </si>
+  <si>
+    <t>OTC51452</t>
+  </si>
+  <si>
+    <t>B06XYJV79N</t>
+  </si>
+  <si>
+    <t>B000JQJS6M</t>
+  </si>
+  <si>
+    <t>B08KGVCG88</t>
+  </si>
+  <si>
+    <t>JRL482</t>
+  </si>
+  <si>
+    <t>B08KFMHR2W</t>
+  </si>
+  <si>
+    <t>B07N1RFDD5</t>
+  </si>
+  <si>
+    <t>B07TGTJFGX</t>
+  </si>
+  <si>
+    <t>B07NW8K1JS</t>
+  </si>
+  <si>
+    <t>B07CMQSWKJ</t>
+  </si>
+  <si>
+    <t>B07GFBL32F</t>
+  </si>
+  <si>
+    <t>B076MRTDYB</t>
+  </si>
+  <si>
+    <t>0425285197</t>
+  </si>
+  <si>
+    <t>081099741X</t>
+  </si>
+  <si>
+    <t>0762492279</t>
+  </si>
+  <si>
+    <t>B07XB3JZMR</t>
+  </si>
+  <si>
+    <t>150670638X</t>
+  </si>
+  <si>
+    <t>B01MZ3Y8JV</t>
+  </si>
+  <si>
+    <t>B07YMD45RC</t>
+  </si>
+  <si>
+    <t>B00G3JSF22</t>
+  </si>
+  <si>
+    <t>B07KYRNSFF</t>
+  </si>
+  <si>
+    <t>3314-M2407-6</t>
+  </si>
+  <si>
+    <t>B07RG48J5Z</t>
+  </si>
+  <si>
+    <t>0789915367</t>
+  </si>
+  <si>
+    <t>B07J315R4F</t>
+  </si>
+  <si>
+    <t>B08HG3Y66V</t>
+  </si>
+  <si>
+    <t>B07PQ74275</t>
+  </si>
+  <si>
+    <t>B085Q6XMQC</t>
+  </si>
+  <si>
+    <t>B07RM3S69K</t>
+  </si>
+  <si>
+    <t>0316371246</t>
+  </si>
+  <si>
+    <t>B07STX775D</t>
+  </si>
+  <si>
+    <t>B075LG1WZ6</t>
+  </si>
+  <si>
+    <t>B08LGBH3BD</t>
+  </si>
+  <si>
+    <t>B07MTB8FB2</t>
+  </si>
+  <si>
+    <t>B07D66C6XZ</t>
+  </si>
+  <si>
+    <t>B084NMLRGP</t>
+  </si>
+  <si>
+    <t>B074NXS1R8</t>
+  </si>
+  <si>
+    <t>150373935X</t>
+  </si>
+  <si>
+    <t>VSPEV1921</t>
+  </si>
+  <si>
+    <t>B07HP162X2</t>
+  </si>
+  <si>
+    <t>0763689238</t>
+  </si>
+  <si>
+    <t>B07D271QSJ</t>
+  </si>
+  <si>
+    <t>B0058NN4BG</t>
+  </si>
+  <si>
+    <t>B01G5DHJ8G</t>
+  </si>
+  <si>
+    <t>B07CQ7MGY3</t>
+  </si>
+  <si>
+    <t>0829767614</t>
+  </si>
+  <si>
+    <t>B0746JHT5R</t>
+  </si>
+  <si>
+    <t>B074TF2941</t>
+  </si>
+  <si>
+    <t>B094DMT7S2</t>
+  </si>
+  <si>
+    <t>B07R9QW97S</t>
+  </si>
+  <si>
+    <t>B0843G918F</t>
+  </si>
+  <si>
+    <t>B07MD7L5KT</t>
+  </si>
+  <si>
+    <t>B07FT9NS6X</t>
+  </si>
+  <si>
+    <t>B08P2BFNZX</t>
+  </si>
+  <si>
+    <t>B07H1T9NS9</t>
+  </si>
+  <si>
+    <t>B07L5QTPJ9</t>
+  </si>
+  <si>
+    <t>B014MN9RCM</t>
+  </si>
+  <si>
+    <t>B003978QGQ</t>
+  </si>
+  <si>
+    <t>B0012RWDDC</t>
+  </si>
+  <si>
+    <t>B072PC85WR</t>
+  </si>
+  <si>
+    <t>B07SF5768P</t>
+  </si>
+  <si>
+    <t>B076P2R1R6</t>
+  </si>
+  <si>
+    <t>B07VFGJXJY</t>
+  </si>
+  <si>
+    <t>0307719227</t>
+  </si>
+  <si>
+    <t>B07PBZ83TL</t>
+  </si>
+  <si>
+    <t>B07H1CPB65</t>
+  </si>
+  <si>
+    <t>B076HNSLV1</t>
+  </si>
+  <si>
+    <t>B08GYJHHVH</t>
+  </si>
+  <si>
+    <t>059315813X</t>
+  </si>
+  <si>
+    <t>B07NV8HZ3J</t>
+  </si>
+  <si>
+    <t>B074FVDCMY</t>
+  </si>
+  <si>
+    <t>B07ZZP9D3G</t>
+  </si>
+  <si>
+    <t>B07RNKYBFB</t>
+  </si>
+  <si>
+    <t>159285849X</t>
+  </si>
+  <si>
+    <t>B00ZI8695Y</t>
+  </si>
+  <si>
+    <t>B000AR96IK</t>
+  </si>
+  <si>
+    <t>B09WDH6K1T</t>
+  </si>
+  <si>
+    <t>B07RG9XPPW</t>
+  </si>
+  <si>
+    <t>B07V69ZQ24</t>
+  </si>
+  <si>
+    <t>059035342X</t>
+  </si>
+  <si>
+    <t>B00Y8YOEU6</t>
+  </si>
+  <si>
+    <t>B073YDH45K</t>
+  </si>
+  <si>
+    <t>B0791VHH86</t>
+  </si>
+  <si>
+    <t>B09CGCD5XN</t>
+  </si>
+  <si>
+    <t>B07XDYL36R</t>
+  </si>
+  <si>
+    <t>B07B2HTQT7</t>
+  </si>
+  <si>
+    <t>B09K3WV7WH</t>
+  </si>
+  <si>
+    <t>0829747141</t>
+  </si>
+  <si>
+    <t>B0006HVSXA</t>
+  </si>
+  <si>
+    <t>110196636X</t>
+  </si>
+  <si>
+    <t>VSP391220</t>
+  </si>
+  <si>
+    <t>B07R7VWMR3</t>
+  </si>
+  <si>
+    <t>VE3L00322</t>
+  </si>
+  <si>
+    <t>B07HH7ZYGS</t>
+  </si>
+  <si>
+    <t>BIN588199</t>
+  </si>
+  <si>
+    <t>B0777T9SWD</t>
+  </si>
+  <si>
+    <t>B01AA7AQU6</t>
+  </si>
+  <si>
+    <t>B07H8CVD21</t>
+  </si>
+  <si>
+    <t>B07TT9ZB48</t>
+  </si>
+  <si>
+    <t>B085B26YB2</t>
+  </si>
+  <si>
+    <t>B07VXLWJDT</t>
+  </si>
+  <si>
+    <t>B01M32IU71</t>
+  </si>
+  <si>
+    <t>B07R6YMMRB</t>
+  </si>
+  <si>
+    <t>B0756F4ZB4</t>
+  </si>
+  <si>
+    <t>B07VZB4RNM</t>
+  </si>
+  <si>
+    <t>B07RJRFBJL</t>
   </si>
   <si>
     <t>B07BC7R4LW</t>
   </si>
   <si>
-    <t>B01G5DHJ8G</t>
-[...2 lines deleted...]
-    <t>B075LG1WZ6</t>
+    <t>B07H6VSZ6T</t>
+  </si>
+  <si>
+    <t>B078K6RDS6</t>
+  </si>
+  <si>
+    <t>JRL426</t>
+  </si>
+  <si>
+    <t>VSPOS4521</t>
+  </si>
+  <si>
+    <t>0829767851</t>
+  </si>
+  <si>
+    <t>B013DL6S08</t>
+  </si>
+  <si>
+    <t>B01N7HNXTF</t>
+  </si>
+  <si>
+    <t>B07VWVW76F</t>
+  </si>
+  <si>
+    <t>B08DQD37CY</t>
+  </si>
+  <si>
+    <t>SC0195S-30006874004</t>
+  </si>
+  <si>
+    <t>B07K6J8GXW</t>
+  </si>
+  <si>
+    <t>VSPEN4421</t>
+  </si>
+  <si>
+    <t>B07QB4B1SJ</t>
+  </si>
+  <si>
+    <t>B0C65QWGVL</t>
+  </si>
+  <si>
+    <t>B07G9YJ8GD</t>
+  </si>
+  <si>
+    <t>B09BW4CKHV</t>
+  </si>
+  <si>
+    <t>B0B8PF31N8</t>
+  </si>
+  <si>
+    <t>VSP716321</t>
+  </si>
+  <si>
+    <t>PAC91640</t>
+  </si>
+  <si>
+    <t>B01GR7MF4S</t>
+  </si>
+  <si>
+    <t>B00VYAFTEM</t>
+  </si>
+  <si>
+    <t>BB0072S-30008290-001-00011</t>
+  </si>
+  <si>
+    <t>B01N9HGYIH</t>
+  </si>
+  <si>
+    <t>B079PQ7T69</t>
+  </si>
+  <si>
+    <t>B08R12VL74</t>
+  </si>
+  <si>
+    <t>B01LYLD471</t>
+  </si>
+  <si>
+    <t>B076F8QZRG</t>
+  </si>
+  <si>
+    <t>B0833RKK73</t>
+  </si>
+  <si>
+    <t>B01IGDCWKI</t>
+  </si>
+  <si>
+    <t>VSPOY8721</t>
+  </si>
+  <si>
+    <t>B08LZZL4V3</t>
+  </si>
+  <si>
+    <t>B00ELCY4PU</t>
+  </si>
+  <si>
+    <t>B00FQCSMZM</t>
+  </si>
+  <si>
+    <t>159582345X</t>
+  </si>
+  <si>
+    <t>B07PBD4CZK</t>
+  </si>
+  <si>
+    <t>B07S8HKC2R</t>
+  </si>
+  <si>
+    <t>0736436030</t>
+  </si>
+  <si>
+    <t>B00FACLHFU</t>
+  </si>
+  <si>
+    <t>B07SQ4Z1CS</t>
+  </si>
+  <si>
+    <t>B00RM6Q9XW</t>
+  </si>
+  <si>
+    <t>B07YV35MW6</t>
+  </si>
+  <si>
+    <t>B07TWWSLG9</t>
+  </si>
+  <si>
+    <t>VSP1P0721</t>
+  </si>
+  <si>
+    <t>B07S914Y3R</t>
+  </si>
+  <si>
+    <t>B01EMSVUUO</t>
+  </si>
+  <si>
+    <t>B07G6Z3PSG</t>
+  </si>
+  <si>
+    <t>B07XJNG39S</t>
+  </si>
+  <si>
+    <t>B003RNNBXK</t>
+  </si>
+  <si>
+    <t>B004C284M8</t>
+  </si>
+  <si>
+    <t>B08FGLPN7F</t>
+  </si>
+  <si>
+    <t>B07TZHNN92</t>
+  </si>
+  <si>
+    <t>SAR221521</t>
+  </si>
+  <si>
+    <t>B07ZJKMJHZ</t>
   </si>
   <si>
     <t>B081QF2Q1W</t>
   </si>
   <si>
-    <t>B07MTB8FB2</t>
-[...17 lines deleted...]
-    <t>B08FGLPN7F</t>
+    <t>B00WSW02ZG</t>
+  </si>
+  <si>
+    <t>B006CHML4I</t>
   </si>
   <si>
     <t>B078XY2LFH</t>
   </si>
   <si>
+    <t>B06ZXSL6L6</t>
+  </si>
+  <si>
     <t>B07W835DF3</t>
   </si>
   <si>
-    <t>B07L5QTPJ9</t>
+    <t>B07Z34NGHB</t>
+  </si>
+  <si>
+    <t>B077LGB2XN</t>
   </si>
   <si>
     <t>B077T1CXM6</t>
   </si>
   <si>
-    <t>0829767614</t>
-[...2 lines deleted...]
-    <t>B07VWVW76F</t>
+    <t>B07S1XNS9X</t>
+  </si>
+  <si>
+    <t>194199900X</t>
   </si>
   <si>
     <t>B07FFG2223</t>
   </si>
   <si>
     <t>VSPOY7921</t>
   </si>
   <si>
+    <t>B07KX7DP98</t>
+  </si>
+  <si>
     <t>B01CGS0LUW</t>
   </si>
   <si>
-    <t>B07R9QW97S</t>
-[...2 lines deleted...]
-    <t>B07QB4B1SJ</t>
+    <t>B07C6YLNYL</t>
+  </si>
+  <si>
+    <t>B01N6RYRT7</t>
   </si>
   <si>
     <t>SFMZ00422</t>
   </si>
   <si>
     <t>B0758CM8FH</t>
   </si>
   <si>
     <t>B07VK4RKJZ</t>
   </si>
   <si>
     <t>PWAAA1221</t>
   </si>
   <si>
-    <t>159285849X</t>
+    <t>PENBK440BP8M</t>
   </si>
   <si>
     <t>VSP1M0521</t>
   </si>
   <si>
     <t>B085S71LZW</t>
   </si>
   <si>
-    <t>B08JLDQ24L</t>
+    <t>B07RSFRBJ5</t>
   </si>
   <si>
     <t>B07RNG2FGG</t>
   </si>
   <si>
     <t>B075SRTMVY</t>
   </si>
   <si>
-    <t>B07VFGJXJY</t>
-[...1 lines deleted...]
-  <si>
     <t>B0948T6XMN</t>
   </si>
   <si>
-    <t>B07C6YLNYL</t>
-[...17 lines deleted...]
-    <t>B07B2HTQT7</t>
+    <t>B000ST6W1E</t>
+  </si>
+  <si>
+    <t>B07G6RMVL9</t>
+  </si>
+  <si>
+    <t>B07X56X7P1</t>
   </si>
   <si>
     <t>VSP263221</t>
   </si>
   <si>
+    <t>B07HV4N5GL</t>
+  </si>
+  <si>
     <t>B07XNVD8PY</t>
   </si>
   <si>
     <t>B01I9KCN0C</t>
   </si>
   <si>
+    <t>B010EA7RME</t>
+  </si>
+  <si>
     <t>0061906220</t>
   </si>
   <si>
-    <t>110196636X</t>
-[...1 lines deleted...]
-  <si>
     <t>BCPLL1034SCH</t>
   </si>
   <si>
-    <t>B073YDH45K</t>
+    <t>CLI58700</t>
+  </si>
+  <si>
+    <t>B07PY1N5D5</t>
   </si>
   <si>
     <t>B01MUKE4OL</t>
   </si>
   <si>
     <t>B07FXNS28Q</t>
   </si>
   <si>
     <t>B08K1VKZ31</t>
   </si>
   <si>
-    <t>B07RG9XPPW</t>
-[...17 lines deleted...]
-    <t>B07X56X7P1</t>
+    <t>B01N6ZP7F5</t>
+  </si>
+  <si>
+    <t>B072PYHZZP</t>
+  </si>
+  <si>
+    <t>B074X7VB62</t>
+  </si>
+  <si>
+    <t>B01MZ2ZD0X</t>
+  </si>
+  <si>
+    <t>B07WF5H6G5</t>
+  </si>
+  <si>
+    <t>B08LP1M9N7</t>
+  </si>
+  <si>
+    <t>AM0219SA-30008045002</t>
   </si>
   <si>
     <t>B001JTHL62</t>
   </si>
   <si>
-    <t>B07RJRFBJL</t>
-[...4 lines deleted...]
-  <si>
     <t>703c46cb779c42de_5374900</t>
   </si>
   <si>
     <t>VSP1M1021</t>
   </si>
   <si>
-    <t>B07H6VSZ6T</t>
-[...5 lines deleted...]
-    <t>B01AA7AQU6</t>
+    <t>B07MFK5TM1</t>
   </si>
   <si>
     <t>B08Q37D5YW</t>
   </si>
   <si>
-    <t>B07TZHNN92</t>
+    <t>B078JT3LZN</t>
+  </si>
+  <si>
+    <t>B07QWD4SLW</t>
   </si>
   <si>
     <t>B01KF3JF3Y</t>
   </si>
   <si>
-    <t>B072PYHZZP</t>
-[...11 lines deleted...]
-    <t>AM0219SA-30008045002</t>
+    <t>846069965X</t>
+  </si>
+  <si>
+    <t>B07GBBH31J</t>
+  </si>
+  <si>
+    <t>B071L2179Z</t>
+  </si>
+  <si>
+    <t>B081GSTPBJ</t>
   </si>
   <si>
     <t>B088P7S75W</t>
   </si>
   <si>
+    <t>B00QWJYSCE</t>
+  </si>
+  <si>
     <t>161677620X</t>
   </si>
   <si>
+    <t>B07YXZ2VBZ</t>
+  </si>
+  <si>
     <t>0062976583</t>
   </si>
   <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
     <t>B07X9GYRDC</t>
   </si>
   <si>
-    <t>JRL426</t>
-[...7 lines deleted...]
-  <si>
     <t>B07G3YLN58</t>
   </si>
   <si>
     <t>B01MTQMRIL</t>
   </si>
   <si>
     <t>B08FD1ZG6T</t>
   </si>
   <si>
-    <t>B0B8PF31N8</t>
-[...17 lines deleted...]
-    <t>BB0072S-30008290-001-00011</t>
+    <t>B07MJ5NTGP</t>
+  </si>
+  <si>
+    <t>B09D42RQG7</t>
+  </si>
+  <si>
+    <t>B0B4YYRNZN</t>
+  </si>
+  <si>
+    <t>B0789BTDZ4</t>
+  </si>
+  <si>
+    <t>B07XYMNH6P</t>
+  </si>
+  <si>
+    <t>B00TPMDLOG</t>
   </si>
   <si>
     <t>0689847432</t>
   </si>
   <si>
+    <t>B07C8H5W77</t>
+  </si>
+  <si>
+    <t>B01BBWU834</t>
+  </si>
+  <si>
     <t>B07CVDT44Y</t>
   </si>
   <si>
-    <t>B01GR7MF4S</t>
+    <t>PENS52012</t>
   </si>
   <si>
     <t>VSPHI6421</t>
   </si>
   <si>
-    <t>B09D42RQG7</t>
-[...23 lines deleted...]
-    <t>B07XJNG39S</t>
+    <t>B07SZSV9JZ</t>
+  </si>
+  <si>
+    <t>LER7718</t>
+  </si>
+  <si>
+    <t>VSPBH9121</t>
+  </si>
+  <si>
+    <t>B087QTNM4F</t>
+  </si>
+  <si>
+    <t>NT042DEL02</t>
+  </si>
+  <si>
+    <t>B07XC5PVLF</t>
+  </si>
+  <si>
+    <t>B07MV7BXNL</t>
+  </si>
+  <si>
+    <t>B076CMP2J8</t>
+  </si>
+  <si>
+    <t>B008B39MTI</t>
+  </si>
+  <si>
+    <t>B077JNMSXL</t>
   </si>
   <si>
     <t>B083ZMJ8DK</t>
   </si>
   <si>
-    <t>B000ST6W1E</t>
-[...1 lines deleted...]
-  <si>
     <t>B015IYWJWO</t>
   </si>
   <si>
-    <t>B00FQCSMZM</t>
-[...2 lines deleted...]
-    <t>159582345X</t>
+    <t>VSPBH8321</t>
+  </si>
+  <si>
+    <t>B07Y9XRGCJ</t>
+  </si>
+  <si>
+    <t>B00LU0S6O6</t>
   </si>
   <si>
     <t>B06XP738YV</t>
   </si>
   <si>
-    <t>B06WWNCP12</t>
+    <t>B07FLPTK43</t>
   </si>
   <si>
     <t>703c46cb779c42de_IS1009-A</t>
   </si>
   <si>
-    <t>VSPBH9121</t>
-[...17 lines deleted...]
-    <t>B07XC5PVLF</t>
+    <t>B07W965Z8T</t>
+  </si>
+  <si>
+    <t>B07K2YKZLB</t>
+  </si>
+  <si>
+    <t>B07BQPTX7V</t>
+  </si>
+  <si>
+    <t>B01A6UTQK8</t>
   </si>
   <si>
     <t>B07TJHV8W9</t>
   </si>
   <si>
     <t>B07PFXTW2N</t>
   </si>
   <si>
-    <t>B006CHML4I</t>
-[...1 lines deleted...]
-  <si>
     <t>SF1Y01321</t>
   </si>
   <si>
-    <t>B01MZ2ZD0X</t>
+    <t>B06XKZXM85</t>
+  </si>
+  <si>
+    <t>B07V9HM8ZF</t>
+  </si>
+  <si>
+    <t>B096RYZJWS</t>
   </si>
   <si>
     <t>B005LLIQ4U</t>
   </si>
   <si>
-    <t>SAR221521</t>
-[...2 lines deleted...]
-    <t>B07ZJKMJHZ</t>
+    <t>B07PFK81M5</t>
+  </si>
+  <si>
+    <t>B01940RU0E</t>
+  </si>
+  <si>
+    <t>B00186YU4M</t>
   </si>
   <si>
     <t>B003AIL2HE</t>
   </si>
   <si>
     <t>B08J3NRP9Q</t>
   </si>
   <si>
-    <t>194199900X</t>
+    <t>B07VFBVWHG</t>
+  </si>
+  <si>
+    <t>B07TZDN2QV</t>
   </si>
   <si>
     <t>B07GTKZ9ZW</t>
   </si>
   <si>
     <t>B07DHJJCLT</t>
   </si>
   <si>
-    <t>B07KX7DP98</t>
-[...1 lines deleted...]
-  <si>
     <t>B09C75FBC6</t>
   </si>
   <si>
+    <t>B078TF6ZYS</t>
+  </si>
+  <si>
     <t>VSPLI2721</t>
   </si>
   <si>
     <t>0062871773</t>
   </si>
   <si>
     <t>B004N7NFSK</t>
   </si>
   <si>
-    <t>B071L2179Z</t>
-[...1 lines deleted...]
-  <si>
     <t>B01K4SFRFU</t>
   </si>
   <si>
-    <t>B06ZXSL6L6</t>
+    <t>B079Q8BSCN</t>
+  </si>
+  <si>
+    <t>EU-866427</t>
   </si>
   <si>
     <t>VSPZS0521</t>
   </si>
   <si>
     <t>B08B7CXZJF</t>
   </si>
   <si>
-    <t>B01940RU0E</t>
-[...2 lines deleted...]
-    <t>B077LGB2XN</t>
+    <t>B01LXXN48Q</t>
+  </si>
+  <si>
+    <t>B082XGZ455</t>
+  </si>
+  <si>
+    <t>VSPCG2821</t>
   </si>
   <si>
     <t>B07QPL4L8T</t>
   </si>
   <si>
     <t>B07CXQKG5L</t>
   </si>
   <si>
-    <t>PENS52012</t>
-[...4 lines deleted...]
-  <si>
     <t>B00HROBJXY</t>
   </si>
   <si>
+    <t>B07SJS4B5G</t>
+  </si>
+  <si>
     <t>SZP05032</t>
   </si>
   <si>
-    <t>B082XGZ455</t>
-[...8 lines deleted...]
-    <t>VSPCG2821</t>
+    <t>B07RZM2Q2H</t>
+  </si>
+  <si>
+    <t>B07FQJZT8K</t>
+  </si>
+  <si>
+    <t>B07VFZ9Q55</t>
+  </si>
+  <si>
+    <t>B01GZROHEG</t>
+  </si>
+  <si>
+    <t>B07LBSBX5L</t>
+  </si>
+  <si>
+    <t>B004AOLA1A</t>
+  </si>
+  <si>
+    <t>VEBQ01419</t>
+  </si>
+  <si>
+    <t>B07MFWPTVQ</t>
+  </si>
+  <si>
+    <t>0762464402</t>
+  </si>
+  <si>
+    <t>ROM77302</t>
+  </si>
+  <si>
+    <t>B00L4JZ6JQ</t>
   </si>
   <si>
     <t>B0876Q5FJ9</t>
   </si>
   <si>
+    <t>B0058VKHRW</t>
+  </si>
+  <si>
     <t>B0839ST8XX</t>
   </si>
   <si>
+    <t>B01F57LLJQ</t>
+  </si>
+  <si>
+    <t>B07WZFC2H1</t>
+  </si>
+  <si>
     <t>B000G6R7B8</t>
   </si>
   <si>
-    <t>B076CMP2J8</t>
-[...14 lines deleted...]
-    <t>B07Y9XRGCJ</t>
+    <t>B00MNYKCRM</t>
+  </si>
+  <si>
+    <t>B01F4MSGKO</t>
+  </si>
+  <si>
+    <t>0829763783</t>
+  </si>
+  <si>
+    <t>B07HFQFZT6</t>
+  </si>
+  <si>
+    <t>B07D9Z7Q8W</t>
+  </si>
+  <si>
+    <t>039472903X</t>
+  </si>
+  <si>
+    <t>B0041KZNY8</t>
+  </si>
+  <si>
+    <t>B07BW9T6M4</t>
+  </si>
+  <si>
+    <t>B07D26BKL7</t>
+  </si>
+  <si>
+    <t>B07VX8L5WB</t>
+  </si>
+  <si>
+    <t>B07RD81GHJ</t>
   </si>
   <si>
     <t>B07PTNPZC5</t>
   </si>
   <si>
-    <t>B078JT3LZN</t>
-[...1 lines deleted...]
-  <si>
     <t>VSPOY8521</t>
   </si>
   <si>
+    <t>B07WD8HXYQ</t>
+  </si>
+  <si>
     <t>CTU7340BN</t>
   </si>
   <si>
-    <t>B07QWD4SLW</t>
-[...1 lines deleted...]
-  <si>
     <t>B07RZZTMK2</t>
   </si>
   <si>
+    <t>B000GB0G2A</t>
+  </si>
+  <si>
     <t>B00KB879PK</t>
   </si>
   <si>
     <t>GG0268O-30002374001</t>
   </si>
   <si>
-    <t>B07BQPTX7V</t>
-[...4 lines deleted...]
-  <si>
     <t>109689291X</t>
   </si>
   <si>
-    <t>B07HFQFZT6</t>
-[...20 lines deleted...]
-    <t>B079Q8BSCN</t>
+    <t>B000EULZDM</t>
+  </si>
+  <si>
+    <t>B01LEEEFM4</t>
+  </si>
+  <si>
+    <t>B0CK22LJVW</t>
+  </si>
+  <si>
+    <t>B07MW3B78V</t>
+  </si>
+  <si>
+    <t>B06X9S9DQF</t>
+  </si>
+  <si>
+    <t>B07TBDCLKK</t>
+  </si>
+  <si>
+    <t>B01GPM42IC</t>
+  </si>
+  <si>
+    <t>B07YCB711N</t>
+  </si>
+  <si>
+    <t>B00O4UQ1MS</t>
+  </si>
+  <si>
+    <t>B07CZWLGW8</t>
+  </si>
+  <si>
+    <t>B07KN5KC9N</t>
   </si>
   <si>
     <t>B07FN73PBZ</t>
   </si>
   <si>
-    <t>B07MJ5NTGP</t>
-[...8 lines deleted...]
-    <t>VSPLP1421</t>
+    <t>PJ0031O-30006265-007-01123</t>
+  </si>
+  <si>
+    <t>B07S5HP12H</t>
+  </si>
+  <si>
+    <t>0553522779</t>
+  </si>
+  <si>
+    <t>PJ0005O-30000638-002-50032</t>
   </si>
   <si>
     <t>098204075X</t>
   </si>
   <si>
-    <t>B081GSTPBJ</t>
-[...337 lines deleted...]
-  <si>
     <t>B07K34SFDC</t>
   </si>
   <si>
-    <t>B075PQTKPD</t>
-[...464 lines deleted...]
-    <t>0789915367</t>
+    <t>B01HPTZ864</t>
+  </si>
+  <si>
+    <t>B01M07MQZN</t>
+  </si>
+  <si>
+    <t>VSPZZ0421</t>
+  </si>
+  <si>
+    <t>B07Z466PDQ</t>
+  </si>
+  <si>
+    <t>B07CZ2M4TV</t>
+  </si>
+  <si>
+    <t>B07RB9HX52</t>
+  </si>
+  <si>
+    <t>B079C44M78</t>
+  </si>
+  <si>
+    <t>VSP1F3121</t>
+  </si>
+  <si>
+    <t>B07PFHWZNW</t>
+  </si>
+  <si>
+    <t>B0C8D8728D</t>
+  </si>
+  <si>
+    <t>B07WCNDXT9</t>
+  </si>
+  <si>
+    <t>B0757MLWLF</t>
+  </si>
+  <si>
+    <t>B072W5STX4</t>
+  </si>
+  <si>
+    <t>B07Z5Q84MB</t>
+  </si>
+  <si>
+    <t>B00RXGYIH0</t>
+  </si>
+  <si>
+    <t>B07QFSSB3R</t>
+  </si>
+  <si>
+    <t>B07NKXD9RC</t>
+  </si>
+  <si>
+    <t>B079TY3V1S</t>
+  </si>
+  <si>
+    <t>B00N4C2PHC</t>
+  </si>
+  <si>
+    <t>UG-19065</t>
+  </si>
+  <si>
+    <t>VEJB00322</t>
+  </si>
+  <si>
+    <t>B075MD21QM</t>
+  </si>
+  <si>
+    <t>B07W43HX4Y</t>
+  </si>
+  <si>
+    <t>VSPOY8221</t>
+  </si>
+  <si>
+    <t>B097S1M66B</t>
+  </si>
+  <si>
+    <t>B07YDJ5FGY</t>
+  </si>
+  <si>
+    <t>B07VYXG3JL</t>
+  </si>
+  <si>
+    <t>SFUF00621</t>
+  </si>
+  <si>
+    <t>B081PGLYND</t>
+  </si>
+  <si>
+    <t>B074V1FKWM</t>
+  </si>
+  <si>
+    <t>B08J3148DC</t>
+  </si>
+  <si>
+    <t>B07RWL6SVM</t>
+  </si>
+  <si>
+    <t>B08PYS1YKW</t>
+  </si>
+  <si>
+    <t>B076FXKLKJ</t>
+  </si>
+  <si>
+    <t>B07L8TY5LT</t>
+  </si>
+  <si>
+    <t>B07SHQ9Y7B</t>
+  </si>
+  <si>
+    <t>B07BBWNHG9</t>
+  </si>
+  <si>
+    <t>B07XK26CJK</t>
+  </si>
+  <si>
+    <t>0062862669</t>
+  </si>
+  <si>
+    <t>B072L3ZW39</t>
+  </si>
+  <si>
+    <t>B08N4G48QR</t>
+  </si>
+  <si>
+    <t>B07K83B3SD</t>
+  </si>
+  <si>
+    <t>B0824N9XNZ</t>
+  </si>
+  <si>
+    <t>B07Y62KXFD</t>
+  </si>
+  <si>
+    <t>B08RSCTR34</t>
+  </si>
+  <si>
+    <t>B07D6QH9N8</t>
+  </si>
+  <si>
+    <t>SL318-30008269-002</t>
+  </si>
+  <si>
+    <t>B077F74JBD</t>
+  </si>
+  <si>
+    <t>0312492545</t>
+  </si>
+  <si>
+    <t>BV0111O-30001153-002</t>
+  </si>
+  <si>
+    <t>VSPOS5921</t>
+  </si>
+  <si>
+    <t>B07P32YT4J</t>
+  </si>
+  <si>
+    <t>B07VFPTVRG</t>
+  </si>
+  <si>
+    <t>B0747T1CFJ</t>
+  </si>
+  <si>
+    <t>B0012IRYSA</t>
+  </si>
+  <si>
+    <t>B00F2V897S</t>
+  </si>
+  <si>
+    <t>B07WR27DNZ</t>
+  </si>
+  <si>
+    <t>B0774D2XRF</t>
+  </si>
+  <si>
+    <t>B000AR96NU</t>
+  </si>
+  <si>
+    <t>B07YCFHL34</t>
+  </si>
+  <si>
+    <t>B00UN99GGM</t>
+  </si>
+  <si>
+    <t>B075L3MV2D</t>
+  </si>
+  <si>
+    <t>B07T68QDMJ</t>
+  </si>
+  <si>
+    <t>PRE170306</t>
+  </si>
+  <si>
+    <t>B07V1LQ2Q1</t>
+  </si>
+  <si>
+    <t>B0038AJYSS</t>
+  </si>
+  <si>
+    <t>B08V4XKLZZ</t>
+  </si>
+  <si>
+    <t>B07PHX64LK</t>
+  </si>
+  <si>
+    <t>VSPLN1721</t>
+  </si>
+  <si>
+    <t>B08CZTHZJP</t>
+  </si>
+  <si>
+    <t>B076Z819CQ</t>
+  </si>
+  <si>
+    <t>B073Q3B332</t>
+  </si>
+  <si>
+    <t>B00A6JDT9O</t>
+  </si>
+  <si>
+    <t>RWPHMP01</t>
+  </si>
+  <si>
+    <t>B004OYURK6</t>
+  </si>
+  <si>
+    <t>B072LBSZKQ</t>
+  </si>
+  <si>
+    <t>B09BK1B4QN</t>
+  </si>
+  <si>
+    <t>B077PT194P</t>
+  </si>
+  <si>
+    <t>B07MCR814F</t>
+  </si>
+  <si>
+    <t>B01B2H4FVY</t>
+  </si>
+  <si>
+    <t>B00066D6K4</t>
+  </si>
+  <si>
+    <t>VE5A01621</t>
+  </si>
+  <si>
+    <t>198307022X</t>
+  </si>
+  <si>
+    <t>0439064864</t>
+  </si>
+  <si>
+    <t>B07HP2FP2C</t>
+  </si>
+  <si>
+    <t>B000V7UXIG</t>
+  </si>
+  <si>
+    <t>B01DZ624C2</t>
+  </si>
+  <si>
+    <t>B08SBJRFKJ</t>
+  </si>
+  <si>
+    <t>B088PXX1SP</t>
+  </si>
+  <si>
+    <t>B07XKYB92L</t>
+  </si>
+  <si>
+    <t>076245945X</t>
+  </si>
+  <si>
+    <t>B07GB8BH34</t>
+  </si>
+  <si>
+    <t>006114004X</t>
+  </si>
+  <si>
+    <t>038549081X</t>
+  </si>
+  <si>
+    <t>B07PZF3QLP</t>
+  </si>
+  <si>
+    <t>B07SGD63G7</t>
+  </si>
+  <si>
+    <t>B00LMN8ZGK</t>
+  </si>
+  <si>
+    <t>B07XYY95QK</t>
+  </si>
+  <si>
+    <t>B01H59KQX4</t>
+  </si>
+  <si>
+    <t>B07MJDNR1X</t>
+  </si>
+  <si>
+    <t>B01KVVUZHK</t>
+  </si>
+  <si>
+    <t>B000IKWBC2</t>
+  </si>
+  <si>
+    <t>VSPBH7421</t>
+  </si>
+  <si>
+    <t>B076TYSHVK</t>
+  </si>
+  <si>
+    <t>B07Q9LW32M</t>
+  </si>
+  <si>
+    <t>B07DDN5Z64</t>
+  </si>
+  <si>
+    <t>B01MTXLDGE</t>
+  </si>
+  <si>
+    <t>VSP1S3421</t>
+  </si>
+  <si>
+    <t>B07QM7MPZ2</t>
+  </si>
+  <si>
+    <t>B012CDMZQE</t>
+  </si>
+  <si>
+    <t>B00ZHJDT7U</t>
+  </si>
+  <si>
+    <t>B07WZD8L9B</t>
+  </si>
+  <si>
+    <t>B07Z1J3NWX</t>
+  </si>
+  <si>
+    <t>BAUM00063</t>
+  </si>
+  <si>
+    <t>B07CVH6442</t>
+  </si>
+  <si>
+    <t>CHLR49</t>
+  </si>
+  <si>
+    <t>B071WM4296</t>
+  </si>
+  <si>
+    <t>B01N0H3J2L</t>
+  </si>
+  <si>
+    <t>B07TKMP715</t>
+  </si>
+  <si>
+    <t>B07TMD7KFH</t>
+  </si>
+  <si>
+    <t>B09L42VSQV</t>
+  </si>
+  <si>
+    <t>B073CNXM95</t>
+  </si>
+  <si>
+    <t>B0BJPZV2ZM</t>
+  </si>
+  <si>
+    <t>B00296IPUU</t>
+  </si>
+  <si>
+    <t>B074G2FNYL</t>
+  </si>
+  <si>
+    <t>B003DIHC0W</t>
+  </si>
+  <si>
+    <t>B07FKTKJ93</t>
+  </si>
+  <si>
+    <t>B084NM79S1</t>
+  </si>
+  <si>
+    <t>VSPCD2E21</t>
+  </si>
+  <si>
+    <t>B07QKYTGH9</t>
+  </si>
+  <si>
+    <t>B07GWJ6TL2</t>
+  </si>
+  <si>
+    <t>B098T792J4</t>
+  </si>
+  <si>
+    <t>B01N2IZ5C0</t>
+  </si>
+  <si>
+    <t>B071S6RDKB</t>
+  </si>
+  <si>
+    <t>B00LIBK5P0</t>
+  </si>
+  <si>
+    <t>B088BZNBJP</t>
+  </si>
+  <si>
+    <t>B073LVR58L</t>
+  </si>
+  <si>
+    <t>B07BHF993Q</t>
+  </si>
+  <si>
+    <t>B07TPT1N6T</t>
+  </si>
+  <si>
+    <t>0311110266</t>
+  </si>
+  <si>
+    <t>B07QFVQ2DY</t>
+  </si>
+  <si>
+    <t>B0827HJP2W</t>
+  </si>
+  <si>
+    <t>BR0045O-30002505-003</t>
+  </si>
+  <si>
+    <t>B07R6T992J</t>
+  </si>
+  <si>
+    <t>B07MNP5C63</t>
+  </si>
+  <si>
+    <t>B07CZ2YLCK</t>
+  </si>
+  <si>
+    <t>B00DKCHV7U</t>
+  </si>
+  <si>
+    <t>B088WCXSP9</t>
+  </si>
+  <si>
+    <t>B07TMMQ4KZ</t>
+  </si>
+  <si>
+    <t>B07RYCTKMW</t>
+  </si>
+  <si>
+    <t>B06XRN7QS2</t>
+  </si>
+  <si>
+    <t>MAP575400</t>
+  </si>
+  <si>
+    <t>B076W1KW4D</t>
+  </si>
+  <si>
+    <t>B075Q41J9G</t>
+  </si>
+  <si>
+    <t>B07DH7CJCQ</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5428336</t>
+  </si>
+  <si>
+    <t>B07FQSY88G</t>
+  </si>
+  <si>
+    <t>B000FVE3BQ</t>
+  </si>
+  <si>
+    <t>B00TYO76OG</t>
+  </si>
+  <si>
+    <t>B09DNS3TFG</t>
+  </si>
+  <si>
+    <t>B00OAY31LM</t>
+  </si>
+  <si>
+    <t>B00CL4N0EQ</t>
+  </si>
+  <si>
+    <t>B07VV2Y2KP</t>
+  </si>
+  <si>
+    <t>B07Z3T2T8B</t>
+  </si>
+  <si>
+    <t>B08127R4BQ</t>
+  </si>
+  <si>
+    <t>B01MTT30GG</t>
+  </si>
+  <si>
+    <t>B07GSKVG85</t>
+  </si>
+  <si>
+    <t>B07DP9HK1B</t>
+  </si>
+  <si>
+    <t>0829745106</t>
+  </si>
+  <si>
+    <t>B07T2NBLX9</t>
+  </si>
+  <si>
+    <t>0525427570</t>
+  </si>
+  <si>
+    <t>B07W1D8H16</t>
+  </si>
+  <si>
+    <t>B07ZRKBVRL</t>
+  </si>
+  <si>
+    <t>B07DWT3XMW</t>
+  </si>
+  <si>
+    <t>B07Q1HPY88</t>
+  </si>
+  <si>
+    <t>B07SY94X2H</t>
+  </si>
+  <si>
+    <t>JAX8011</t>
+  </si>
+  <si>
+    <t>B00GHLZWPY</t>
+  </si>
+  <si>
+    <t>B0878F8K4X</t>
+  </si>
+  <si>
+    <t>B08QVL13R9</t>
+  </si>
+  <si>
+    <t>VSPEV1821</t>
+  </si>
+  <si>
+    <t>B0120XRXSG</t>
+  </si>
+  <si>
+    <t>B07H48ZC4C</t>
+  </si>
+  <si>
+    <t>PJ0030O-30006264-004-01130</t>
+  </si>
+  <si>
+    <t>B0824L39FX</t>
+  </si>
+  <si>
+    <t>B016RNGLQ0</t>
+  </si>
+  <si>
+    <t>B07DDM81BT</t>
+  </si>
+  <si>
+    <t>CHL87945-3</t>
+  </si>
+  <si>
+    <t>B07K2C4PKL</t>
+  </si>
+  <si>
+    <t>B0813JTHCG</t>
+  </si>
+  <si>
+    <t>B07DFBSH1Z</t>
+  </si>
+  <si>
+    <t>B07HBTYBMB</t>
+  </si>
+  <si>
+    <t>B07SDQZPR2</t>
+  </si>
+  <si>
+    <t>B08YPBT8BT</t>
+  </si>
+  <si>
+    <t>B07BWFVPNT</t>
+  </si>
+  <si>
+    <t>B08FX7PKCZ</t>
+  </si>
+  <si>
+    <t>B012A3QXJQ</t>
+  </si>
+  <si>
+    <t>B07W7RY7T2</t>
+  </si>
+  <si>
+    <t>B084YXDNPL</t>
+  </si>
+  <si>
+    <t>B01A58F934</t>
+  </si>
+  <si>
+    <t>VSP1F3221</t>
+  </si>
+  <si>
+    <t>B00MPCP1B4</t>
+  </si>
+  <si>
+    <t>B014MA166A</t>
+  </si>
+  <si>
+    <t>B07Q9L8XXW</t>
+  </si>
+  <si>
+    <t>B01EB0N7W2</t>
+  </si>
+  <si>
+    <t>B07PP9GWX1</t>
+  </si>
+  <si>
+    <t>B077GQDPYM</t>
+  </si>
+  <si>
+    <t>B07D9XK76G</t>
+  </si>
+  <si>
+    <t>B004168LTQ</t>
+  </si>
+  <si>
+    <t>B07TXWRJXF</t>
+  </si>
+  <si>
+    <t>150714914X</t>
+  </si>
+  <si>
+    <t>B0819XLRVX</t>
+  </si>
+  <si>
+    <t>B077BJC36S</t>
+  </si>
+  <si>
+    <t>B0068NW8KI</t>
+  </si>
+  <si>
+    <t>BIN588703</t>
+  </si>
+  <si>
+    <t>B00178HMCI</t>
+  </si>
+  <si>
+    <t>B00LOV0XME</t>
+  </si>
+  <si>
+    <t>0545670314</t>
+  </si>
+  <si>
+    <t>B0829WT3VF</t>
+  </si>
+  <si>
+    <t>B074RFZXXK</t>
+  </si>
+  <si>
+    <t>B071FQ1D85</t>
+  </si>
+  <si>
+    <t>B08128HYZC</t>
+  </si>
+  <si>
+    <t>B07233P1W2</t>
+  </si>
+  <si>
+    <t>B01EUIGZF6</t>
+  </si>
+  <si>
+    <t>B07ZPZR3BH</t>
+  </si>
+  <si>
+    <t>B07Z36F4VT</t>
+  </si>
+  <si>
+    <t>VSP1Z1921</t>
+  </si>
+  <si>
+    <t>B07Z1QVC9N</t>
+  </si>
+  <si>
+    <t>B0009X3MNU</t>
+  </si>
+  <si>
+    <t>B07G45WPDF</t>
+  </si>
+  <si>
+    <t>B07KN42NT4</t>
+  </si>
+  <si>
+    <t>B07R4TJ1NY</t>
+  </si>
+  <si>
+    <t>B07BHK9J2Q</t>
+  </si>
+  <si>
+    <t>142364543X</t>
+  </si>
+  <si>
+    <t>B07HJ4GG8H</t>
+  </si>
+  <si>
+    <t>B0886YRBCH</t>
+  </si>
+  <si>
+    <t>VSP970821</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5501080</t>
+  </si>
+  <si>
+    <t>B07F6CYB27</t>
+  </si>
+  <si>
+    <t>B0030DFF9A</t>
+  </si>
+  <si>
+    <t>109272141X</t>
+  </si>
+  <si>
+    <t>B016IYMR9S</t>
+  </si>
+  <si>
+    <t>B07RHGVH6N</t>
+  </si>
+  <si>
+    <t>B09Q631LZW</t>
+  </si>
+  <si>
+    <t>PJ0016O-30002079-007-60073</t>
+  </si>
+  <si>
+    <t>B07V4QS5T8</t>
+  </si>
+  <si>
+    <t>B07PWKTNW8</t>
+  </si>
+  <si>
+    <t>B00KIF6HGS</t>
+  </si>
+  <si>
+    <t>0448464969</t>
+  </si>
+  <si>
+    <t>B01KGR9AOS</t>
+  </si>
+  <si>
+    <t>B07MS9PXQX</t>
+  </si>
+  <si>
+    <t>CTU73907</t>
+  </si>
+  <si>
+    <t>B00VK11QX8</t>
+  </si>
+  <si>
+    <t>B00786VYGS</t>
+  </si>
+  <si>
+    <t>B01JA25R3S</t>
+  </si>
+  <si>
+    <t>B07PQ9YBPR</t>
+  </si>
+  <si>
+    <t>014313356X</t>
+  </si>
+  <si>
+    <t>0062803832</t>
+  </si>
+  <si>
+    <t>0547572484</t>
+  </si>
+  <si>
+    <t>B07MD9DGTQ</t>
+  </si>
+  <si>
+    <t>B0742JVD5C</t>
+  </si>
+  <si>
+    <t>B07X11WXLX</t>
+  </si>
+  <si>
+    <t>VSPZY0121</t>
+  </si>
+  <si>
+    <t>MASFBY4</t>
+  </si>
+  <si>
+    <t>B07ZYZ25F4</t>
+  </si>
+  <si>
+    <t>B081C7CJ4D</t>
+  </si>
+  <si>
+    <t>B004OELCYG</t>
+  </si>
+  <si>
+    <t>B07QW593RS</t>
+  </si>
+  <si>
+    <t>B09GQSDFQ1</t>
+  </si>
+  <si>
+    <t>B07S19MD44</t>
+  </si>
+  <si>
+    <t>B000IGMB5I</t>
+  </si>
+  <si>
+    <t>B088LNL5FL</t>
+  </si>
+  <si>
+    <t>B01E49MITS</t>
+  </si>
+  <si>
+    <t>152473165X</t>
+  </si>
+  <si>
+    <t>0062241753</t>
+  </si>
+  <si>
+    <t>B003TPPXAU</t>
+  </si>
+  <si>
+    <t>034553980X</t>
+  </si>
+  <si>
+    <t>B07PQ45TD4</t>
+  </si>
+  <si>
+    <t>B00SIWOX28</t>
+  </si>
+  <si>
+    <t>B07JHZ9RP2</t>
+  </si>
+  <si>
+    <t>B07D9HG6X6</t>
+  </si>
+  <si>
+    <t>B00F9NHAF6</t>
+  </si>
+  <si>
+    <t>0439139600</t>
+  </si>
+  <si>
+    <t>VSPEN2321</t>
+  </si>
+  <si>
+    <t>B07M5MJNK9</t>
+  </si>
+  <si>
+    <t>B088J5CCMG</t>
+  </si>
+  <si>
+    <t>0545935202</t>
+  </si>
+  <si>
+    <t>B00QIJ7DWK</t>
+  </si>
+  <si>
+    <t>BV0225S-30006441003</t>
+  </si>
+  <si>
+    <t>B075FBD9BD</t>
+  </si>
+  <si>
+    <t>B01EABYFN2</t>
+  </si>
+  <si>
+    <t>B07QNW1Z92</t>
+  </si>
+  <si>
+    <t>0394823370</t>
+  </si>
+  <si>
+    <t>B018FD9VH6</t>
+  </si>
+  <si>
+    <t>B07MP5RKC2</t>
+  </si>
+  <si>
+    <t>155643880X</t>
+  </si>
+  <si>
+    <t>B07VKCTMXG</t>
+  </si>
+  <si>
+    <t>B07485X95K</t>
+  </si>
+  <si>
+    <t>GG0469O-30006418-003</t>
+  </si>
+  <si>
+    <t>B07WGBDKYG</t>
+  </si>
+  <si>
+    <t>B07R2K9XMW</t>
+  </si>
+  <si>
+    <t>B07W8VTDZ8</t>
+  </si>
+  <si>
+    <t>B07F3NMWB3</t>
+  </si>
+  <si>
+    <t>B0BNQ7XLS2</t>
+  </si>
+  <si>
+    <t>B07V1CKNSB</t>
+  </si>
+  <si>
+    <t>B005BRY49A</t>
+  </si>
+  <si>
+    <t>B07RQL4M1Y</t>
+  </si>
+  <si>
+    <t>B07L465NGF</t>
+  </si>
+  <si>
+    <t>BIN053521</t>
+  </si>
+  <si>
+    <t>B075FS6JMJ</t>
+  </si>
+  <si>
+    <t>B091HYVHXG</t>
+  </si>
+  <si>
+    <t>B0823R7SX5</t>
+  </si>
+  <si>
+    <t>GG0113S-30001560-007</t>
+  </si>
+  <si>
+    <t>B071VNZYH8</t>
+  </si>
+  <si>
+    <t>B07PQ7DXPJ</t>
+  </si>
+  <si>
+    <t>B0BBFMVQZZ</t>
+  </si>
+  <si>
+    <t>B077F58RHD</t>
+  </si>
+  <si>
+    <t>B01M9CJR92</t>
+  </si>
+  <si>
+    <t>VSPEN4221</t>
+  </si>
+  <si>
+    <t>B07WS1NM23</t>
+  </si>
+  <si>
+    <t>B0773FSL1S</t>
+  </si>
+  <si>
+    <t>B09H2LDNMJ</t>
+  </si>
+  <si>
+    <t>B06VY1KY8M</t>
+  </si>
+  <si>
+    <t>B09ZPFC6W4</t>
+  </si>
+  <si>
+    <t>B096VNTY7H</t>
+  </si>
+  <si>
+    <t>B01MSF452O</t>
+  </si>
+  <si>
+    <t>0060555661</t>
+  </si>
+  <si>
+    <t>B00JWT98LW</t>
+  </si>
+  <si>
+    <t>B07Y9RK8TS</t>
+  </si>
+  <si>
+    <t>B07W63S1RX</t>
+  </si>
+  <si>
+    <t>B07T33S6NZ</t>
+  </si>
+  <si>
+    <t>B009ALFSRA</t>
+  </si>
+  <si>
+    <t>B01MT7NKOF</t>
+  </si>
+  <si>
+    <t>B07W7Q9Y69</t>
+  </si>
+  <si>
+    <t>B07KJLYC7B</t>
+  </si>
+  <si>
+    <t>B0BG7BYG3M</t>
+  </si>
+  <si>
+    <t>B0766P77R6</t>
+  </si>
+  <si>
+    <t>TPG604</t>
+  </si>
+  <si>
+    <t>VSPOY5921</t>
+  </si>
+  <si>
+    <t>B07XKN4JVR</t>
+  </si>
+  <si>
+    <t>B078VMDNRV</t>
+  </si>
+  <si>
+    <t>B07V6FYLKV</t>
+  </si>
+  <si>
+    <t>B000HAY766</t>
+  </si>
+  <si>
+    <t>PRE442606</t>
+  </si>
+  <si>
+    <t>B077G2RT48</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5551797</t>
+  </si>
+  <si>
+    <t>B0791B1XSB</t>
+  </si>
+  <si>
+    <t>B00EAH813C</t>
+  </si>
+  <si>
+    <t>B07DLL65W8</t>
+  </si>
+  <si>
+    <t>B018UB3HU0</t>
+  </si>
+  <si>
+    <t>B01M69Q98M</t>
+  </si>
+  <si>
+    <t>B08XPTX9Y2</t>
+  </si>
+  <si>
+    <t>B00VIM9VQ8</t>
+  </si>
+  <si>
+    <t>0829704345</t>
+  </si>
+  <si>
+    <t>B07V4NXSQJ</t>
+  </si>
+  <si>
+    <t>B000AYTYLW</t>
+  </si>
+  <si>
+    <t>B07TZGSWYK</t>
+  </si>
+  <si>
+    <t>B07XDPDXLS</t>
+  </si>
+  <si>
+    <t>0399594493</t>
+  </si>
+  <si>
+    <t>0545688981</t>
+  </si>
+  <si>
+    <t>B07Z3TP2KF</t>
+  </si>
+  <si>
+    <t>SF1Y01021</t>
+  </si>
+  <si>
+    <t>B074CCY2R5</t>
+  </si>
+  <si>
+    <t>PE0124S-30008793-004</t>
+  </si>
+  <si>
+    <t>B0067MTTWA</t>
+  </si>
+  <si>
+    <t>VSPVO2321</t>
+  </si>
+  <si>
+    <t>B07MZQHVS9</t>
+  </si>
+  <si>
+    <t>B07LC82MLM</t>
+  </si>
+  <si>
+    <t>VSP1S3521</t>
+  </si>
+  <si>
+    <t>0826134564</t>
+  </si>
+  <si>
+    <t>B07SXKKLNC</t>
+  </si>
+  <si>
+    <t>B07GWWFG4M</t>
+  </si>
+  <si>
+    <t>B01E3ELFJ8</t>
+  </si>
+  <si>
+    <t>014240733X</t>
+  </si>
+  <si>
+    <t>B07WNSH5D8</t>
+  </si>
+  <si>
+    <t>B08HVZNRGP</t>
+  </si>
+  <si>
+    <t>B07P422YML</t>
+  </si>
+  <si>
+    <t>0316273716</t>
+  </si>
+  <si>
+    <t>B07C3LJK8V</t>
+  </si>
+  <si>
+    <t>B001RNNBPK</t>
+  </si>
+  <si>
+    <t>B07MJLD9VT</t>
+  </si>
+  <si>
+    <t>B07NWJNB1L</t>
+  </si>
+  <si>
+    <t>B010RBF2C2</t>
+  </si>
+  <si>
+    <t>B00W5BUO7Q</t>
+  </si>
+  <si>
+    <t>VSPBH1P21</t>
+  </si>
+  <si>
+    <t>B07JC28K8N</t>
+  </si>
+  <si>
+    <t>B08GX3X91K</t>
+  </si>
+  <si>
+    <t>AM0331SK-30011454-004</t>
+  </si>
+  <si>
+    <t>B088P91KRW</t>
+  </si>
+  <si>
+    <t>B07LCT1F44</t>
+  </si>
+  <si>
+    <t>B07FL3Z56F</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_5534941</t>
+  </si>
+  <si>
+    <t>B07SH1LNRV</t>
+  </si>
+  <si>
+    <t>B01MSBU03T</t>
+  </si>
+  <si>
+    <t>PAC101315</t>
+  </si>
+  <si>
+    <t>B00YTYH1K0</t>
+  </si>
+  <si>
+    <t>CHL56164</t>
+  </si>
+  <si>
+    <t>B07RXT72VL</t>
+  </si>
+  <si>
+    <t>B08GHLF3G3</t>
+  </si>
+  <si>
+    <t>B075873JLR</t>
+  </si>
+  <si>
+    <t>B07K4PRPYN</t>
+  </si>
+  <si>
+    <t>B0BHMNLL99</t>
+  </si>
+  <si>
+    <t>B07G8PC18W</t>
+  </si>
+  <si>
+    <t>B0732TTYK3</t>
+  </si>
+  <si>
+    <t>B07FCMKK5X</t>
+  </si>
+  <si>
+    <t>B074CJD8TX</t>
+  </si>
+  <si>
+    <t>B01CWM4E5A</t>
+  </si>
+  <si>
+    <t>0066620996</t>
+  </si>
+  <si>
+    <t>B07TDK3YMR</t>
+  </si>
+  <si>
+    <t>B0BG1FTVZK</t>
+  </si>
+  <si>
+    <t>B07XK1MY2N</t>
+  </si>
+  <si>
+    <t>B07CWFSGNJ</t>
+  </si>
+  <si>
+    <t>B07YDPJK7F</t>
+  </si>
+  <si>
+    <t>PWAAA1321</t>
+  </si>
+  <si>
+    <t>B00N0IO83O</t>
+  </si>
+  <si>
+    <t>B073SC366D</t>
+  </si>
+  <si>
+    <t>B019QBNZ9Q</t>
+  </si>
+  <si>
+    <t>B07WXNJ8L6</t>
+  </si>
+  <si>
+    <t>0768445582</t>
+  </si>
+  <si>
+    <t>B004GHLEMQ</t>
+  </si>
+  <si>
+    <t>B091KCHSZP</t>
+  </si>
+  <si>
+    <t>GG0042OA-30001018003</t>
+  </si>
+  <si>
+    <t>B07GTZWCNS</t>
+  </si>
+  <si>
+    <t>PRE005506</t>
+  </si>
+  <si>
+    <t>VSP332721</t>
+  </si>
+  <si>
+    <t>B083SSBX6B</t>
+  </si>
+  <si>
+    <t>B081ND1LWV</t>
+  </si>
+  <si>
+    <t>CTU73937</t>
+  </si>
+  <si>
+    <t>B07GWD3YC6</t>
+  </si>
+  <si>
+    <t>B07KZHJQFM</t>
+  </si>
+  <si>
+    <t>CTU21372</t>
+  </si>
+  <si>
+    <t>B07QMT3K5W</t>
+  </si>
+  <si>
+    <t>B09NMRB51R</t>
+  </si>
+  <si>
+    <t>B07QNNBM7P</t>
+  </si>
+  <si>
+    <t>B07WYSZ8F7</t>
+  </si>
+  <si>
+    <t>B004BNGDSU</t>
+  </si>
+  <si>
+    <t>B000JQJS6W</t>
+  </si>
+  <si>
+    <t>VSPZX0721</t>
+  </si>
+  <si>
+    <t>B07RBK5JVH</t>
+  </si>
+  <si>
+    <t>B07XGLNYSK</t>
+  </si>
+  <si>
+    <t>B07JZ6SPH6</t>
+  </si>
+  <si>
+    <t>B09GXKBVJ9</t>
+  </si>
+  <si>
+    <t>CHL90001</t>
+  </si>
+  <si>
+    <t>B01ATQNHF4</t>
+  </si>
+  <si>
+    <t>B075ZL6Y2L</t>
+  </si>
+  <si>
+    <t>B07QQQ5WZQ</t>
+  </si>
+  <si>
+    <t>B07KSP8GM3</t>
+  </si>
+  <si>
+    <t>B01HGWCPPM</t>
+  </si>
+  <si>
+    <t>B07DLF72R8</t>
+  </si>
+  <si>
+    <t>B00DST1JBO</t>
+  </si>
+  <si>
+    <t>B078MPXYV6</t>
+  </si>
+  <si>
+    <t>B01B1UWB68</t>
+  </si>
+  <si>
+    <t>B0753ZRFCB</t>
+  </si>
+  <si>
+    <t>B0828RX2HW</t>
+  </si>
+  <si>
+    <t>B0006AAS7E</t>
+  </si>
+  <si>
+    <t>B07XPG5R2M</t>
+  </si>
+  <si>
+    <t>B07RJ2H8P5</t>
+  </si>
+  <si>
+    <t>VSPZQ1421</t>
+  </si>
+  <si>
+    <t>B07VV12NWS</t>
+  </si>
+  <si>
+    <t>B07CN9T8RC</t>
+  </si>
+  <si>
+    <t>VEKB00122</t>
+  </si>
+  <si>
+    <t>B082FP4PB3</t>
+  </si>
+  <si>
+    <t>B005C0KN7S</t>
+  </si>
+  <si>
+    <t>B07RT2TKSQ</t>
+  </si>
+  <si>
+    <t>198043509X</t>
+  </si>
+  <si>
+    <t>B077ZTS5PC</t>
+  </si>
+  <si>
+    <t>B000MD57OO</t>
+  </si>
+  <si>
+    <t>B0773N21F5</t>
+  </si>
+  <si>
+    <t>B01K2CHLQQ</t>
+  </si>
+  <si>
+    <t>VEV801021</t>
+  </si>
+  <si>
+    <t>B081YHNXZ5</t>
+  </si>
+  <si>
+    <t>B07F41CVMQ</t>
+  </si>
+  <si>
+    <t>BIN985202</t>
+  </si>
+  <si>
+    <t>0439358078</t>
+  </si>
+  <si>
+    <t>B07YFV1ZSJ</t>
+  </si>
+  <si>
+    <t>B073VZ57XX</t>
+  </si>
+  <si>
+    <t>B07KWRK132</t>
+  </si>
+  <si>
+    <t>B0936HCQF9</t>
+  </si>
+  <si>
+    <t>MQ0026O-30000239002</t>
+  </si>
+  <si>
+    <t>B07QTZ55CD</t>
+  </si>
+  <si>
+    <t>B07472YR11</t>
+  </si>
+  <si>
+    <t>B07C76KWYR</t>
+  </si>
+  <si>
+    <t>B07K8HK3GL</t>
+  </si>
+  <si>
+    <t>B083X6G972</t>
+  </si>
+  <si>
+    <t>B08B9NCGZS</t>
+  </si>
+  <si>
+    <t>B01CEBBNX0</t>
+  </si>
+  <si>
+    <t>B00TKGWB0C</t>
+  </si>
+  <si>
+    <t>B09BZ1XR1Q</t>
+  </si>
+  <si>
+    <t>B07ZK76WLD</t>
+  </si>
+  <si>
+    <t>RPC101005</t>
+  </si>
+  <si>
+    <t>B01MUK7ZVB</t>
+  </si>
+  <si>
+    <t>PWWAA0223</t>
+  </si>
+  <si>
+    <t>CHL77590</t>
+  </si>
+  <si>
+    <t>PWEAA0321</t>
+  </si>
+  <si>
+    <t>B08DXQSVDC</t>
+  </si>
+  <si>
+    <t>B086HPGFL7</t>
+  </si>
+  <si>
+    <t>B07SYHPRWZ</t>
+  </si>
+  <si>
+    <t>193565487X</t>
+  </si>
+  <si>
+    <t>B07NGHM1VG</t>
+  </si>
+  <si>
+    <t>B07PZC7DJ6</t>
+  </si>
+  <si>
+    <t>B07YJHKS2X</t>
+  </si>
+  <si>
+    <t>B07RKRG7TD</t>
+  </si>
+  <si>
+    <t>B07YD3FGNR</t>
+  </si>
+  <si>
+    <t>B099PNZ4TB</t>
+  </si>
+  <si>
+    <t>B07HMQQV9P</t>
+  </si>
+  <si>
+    <t>B0096DK1N8</t>
+  </si>
+  <si>
+    <t>GG0279SA-30002398-001</t>
+  </si>
+  <si>
+    <t>B075PJYHW2</t>
+  </si>
+  <si>
+    <t>B07GZGNGV5</t>
+  </si>
+  <si>
+    <t>B00QWK1WEK</t>
+  </si>
+  <si>
+    <t>B07NW59NGL</t>
+  </si>
+  <si>
+    <t>B07YYVQ62D</t>
+  </si>
+  <si>
+    <t>B07W3VMRKR</t>
+  </si>
+  <si>
+    <t>B07PVHH8GZ</t>
+  </si>
+  <si>
+    <t>B07QK7ZKL6</t>
+  </si>
+  <si>
+    <t>B08LZC6RHD</t>
+  </si>
+  <si>
+    <t>B08YP7M273</t>
+  </si>
+  <si>
+    <t>B07235K14C</t>
+  </si>
+  <si>
+    <t>B07ZNCK4GD</t>
+  </si>
+  <si>
+    <t>B00BI5GZGO</t>
+  </si>
+  <si>
+    <t>B07YD2TMW5</t>
+  </si>
+  <si>
+    <t>0375822666</t>
+  </si>
+  <si>
+    <t>B07YRLK978</t>
+  </si>
+  <si>
+    <t>B00HUTABYE</t>
+  </si>
+  <si>
+    <t>B07ZD1D34R</t>
+  </si>
+  <si>
+    <t>B07C2FD6L5</t>
+  </si>
+  <si>
+    <t>SFYL00820</t>
+  </si>
+  <si>
+    <t>B07MK5ZP56</t>
+  </si>
+  <si>
+    <t>B07C8JCNWX</t>
+  </si>
+  <si>
+    <t>B076VW3SH2</t>
+  </si>
+  <si>
+    <t>VSPOQ2C21</t>
+  </si>
+  <si>
+    <t>B07VG7PJXY</t>
+  </si>
+  <si>
+    <t>B09DK7YFNZ</t>
+  </si>
+  <si>
+    <t>BB0098S-30008870-001</t>
+  </si>
+  <si>
+    <t>0316423092</t>
+  </si>
+  <si>
+    <t>B0BN689NYR</t>
+  </si>
+  <si>
+    <t>B07L62G1QP</t>
+  </si>
+  <si>
+    <t>B07D3QV1GP</t>
+  </si>
+  <si>
+    <t>B07BNBNYNS</t>
+  </si>
+  <si>
+    <t>0765326353</t>
+  </si>
+  <si>
+    <t>B08DQCPFYC</t>
+  </si>
+  <si>
+    <t>B088YTYWSB</t>
+  </si>
+  <si>
+    <t>068485550X</t>
+  </si>
+  <si>
+    <t>B01HXXGY4M</t>
+  </si>
+  <si>
+    <t>B0067MWDPA</t>
+  </si>
+  <si>
+    <t>B07PCNGJP8</t>
+  </si>
+  <si>
+    <t>B004D4S7AY</t>
+  </si>
+  <si>
+    <t>0316221031</t>
+  </si>
+  <si>
+    <t>B072C7FH9W</t>
+  </si>
+  <si>
+    <t>CD-110441BN</t>
+  </si>
+  <si>
+    <t>B07JJB25R9</t>
+  </si>
+  <si>
+    <t>LER2843</t>
+  </si>
+  <si>
+    <t>B075C8Q9Y9</t>
+  </si>
+  <si>
+    <t>038553924X</t>
+  </si>
+  <si>
+    <t>B08MWR9WN6</t>
+  </si>
+  <si>
+    <t>B01KC7KYB0</t>
+  </si>
+  <si>
+    <t>0609602195</t>
+  </si>
+  <si>
+    <t>B07WJYZC3B</t>
+  </si>
+  <si>
+    <t>B0042F99PG</t>
+  </si>
+  <si>
+    <t>B07V34X7H4</t>
+  </si>
+  <si>
+    <t>B07VMFR6N9</t>
+  </si>
+  <si>
+    <t>B07PNW65KQ</t>
+  </si>
+  <si>
+    <t>B0097LKJ90</t>
+  </si>
+  <si>
+    <t>B0852STW6C</t>
+  </si>
+  <si>
+    <t>B002EAYHUS</t>
+  </si>
+  <si>
+    <t>B077DNXBJH</t>
+  </si>
+  <si>
+    <t>B07NTS5D6H</t>
+  </si>
+  <si>
+    <t>0762465921</t>
+  </si>
+  <si>
+    <t>B07TYLV49B</t>
+  </si>
+  <si>
+    <t>0440414806</t>
+  </si>
+  <si>
+    <t>088290700X</t>
+  </si>
+  <si>
+    <t>B07M685T7C</t>
+  </si>
+  <si>
+    <t>B075KX9NS7</t>
+  </si>
+  <si>
+    <t>B07FX8738F</t>
+  </si>
+  <si>
+    <t>VSPVU1121</t>
+  </si>
+  <si>
+    <t>AM0264S-30008686001</t>
+  </si>
+  <si>
+    <t>BIN64</t>
+  </si>
+  <si>
+    <t>B07H7KNT4Z</t>
+  </si>
+  <si>
+    <t>B07521KFRR</t>
+  </si>
+  <si>
+    <t>B002NN12V8</t>
+  </si>
+  <si>
+    <t>B07FFTYCHJ</t>
+  </si>
+  <si>
+    <t>VSPVT1721</t>
+  </si>
+  <si>
+    <t>CLI89311</t>
+  </si>
+  <si>
+    <t>B07H82YTZY</t>
+  </si>
+  <si>
+    <t>B07SJV3WC6</t>
+  </si>
+  <si>
+    <t>B07MQBRZYJ</t>
+  </si>
+  <si>
+    <t>B07V7SH572</t>
+  </si>
+  <si>
+    <t>MLE95015</t>
+  </si>
+  <si>
+    <t>B00K7GUKRK</t>
+  </si>
+  <si>
+    <t>B008LQXR9Q</t>
+  </si>
+  <si>
+    <t>B0BTN35KZD</t>
+  </si>
+  <si>
+    <t>0847866254</t>
+  </si>
+  <si>
+    <t>B07RZ5FR9L</t>
+  </si>
+  <si>
+    <t>B001OJ8JV8</t>
+  </si>
+  <si>
+    <t>B08114P7LF</t>
+  </si>
+  <si>
+    <t>B07NNJ9FHC</t>
+  </si>
+  <si>
+    <t>B00VUYJTZW</t>
+  </si>
+  <si>
+    <t>197541215X</t>
+  </si>
+  <si>
+    <t>B07XSLJQCZ</t>
+  </si>
+  <si>
+    <t>B0BD2TPZ9T</t>
+  </si>
+  <si>
+    <t>B07Z176W4W</t>
+  </si>
+  <si>
+    <t>B075SZQN9Q</t>
+  </si>
+  <si>
+    <t>B001ATEXSU</t>
+  </si>
+  <si>
+    <t>B07VPKFQ9V</t>
+  </si>
+  <si>
+    <t>B07WPH4K44</t>
+  </si>
+  <si>
+    <t>B085V6LFLB</t>
+  </si>
+  <si>
+    <t>B07RNQTBLY</t>
+  </si>
+  <si>
+    <t>B071G5PBGX</t>
+  </si>
+  <si>
+    <t>0836270444</t>
+  </si>
+  <si>
+    <t>CHSSB1000</t>
+  </si>
+  <si>
+    <t>B00CI4OHYQ</t>
+  </si>
+  <si>
+    <t>B00EZVPE0Q</t>
+  </si>
+  <si>
+    <t>B00Z0IIDZ6</t>
+  </si>
+  <si>
+    <t>B07PT3NSD8</t>
+  </si>
+  <si>
+    <t>B004FG8BY2</t>
+  </si>
+  <si>
+    <t>B07WFC41LZ</t>
+  </si>
+  <si>
+    <t>B0B8N65MKN</t>
+  </si>
+  <si>
+    <t>B01C967BQS</t>
+  </si>
+  <si>
+    <t>B06XB1SCKD</t>
+  </si>
+  <si>
+    <t>B07HNZX8KH</t>
+  </si>
+  <si>
+    <t>B07B19C7QG</t>
+  </si>
+  <si>
+    <t>B07L3PGZZN</t>
+  </si>
+  <si>
+    <t>B00GJPWHFG</t>
+  </si>
+  <si>
+    <t>B01H8F3FFG</t>
+  </si>
+  <si>
+    <t>B0778MNL9L</t>
+  </si>
+  <si>
+    <t>B09NB19XFN</t>
+  </si>
+  <si>
+    <t>B08N43378G</t>
+  </si>
+  <si>
+    <t>B01EKU46WI</t>
+  </si>
+  <si>
+    <t>B003DZ7VZG</t>
+  </si>
+  <si>
+    <t>076790592X</t>
+  </si>
+  <si>
+    <t>B07DPPMVZY</t>
+  </si>
+  <si>
+    <t>VSP1Z1421</t>
+  </si>
+  <si>
+    <t>PJ0011O-30000642-002-40024</t>
+  </si>
+  <si>
+    <t>B0718XFS5P</t>
+  </si>
+  <si>
+    <t>B01HSGGXQ8</t>
+  </si>
+  <si>
+    <t>B00KNJCWS6</t>
+  </si>
+  <si>
+    <t>B011N5PBLI</t>
+  </si>
+  <si>
+    <t>0451414063</t>
+  </si>
+  <si>
+    <t>B01NBE9WTU</t>
+  </si>
+  <si>
+    <t>B0787JJ8J9</t>
+  </si>
+  <si>
+    <t>B07WTB151D</t>
+  </si>
+  <si>
+    <t>B07VBRNBXK</t>
+  </si>
+  <si>
+    <t>B01N6S7D5P</t>
+  </si>
+  <si>
+    <t>CK-5172</t>
+  </si>
+  <si>
+    <t>B089ZTF3N6</t>
+  </si>
+  <si>
+    <t>193496851X</t>
+  </si>
+  <si>
+    <t>VE8104122</t>
+  </si>
+  <si>
+    <t>B006ZTJFMO</t>
+  </si>
+  <si>
+    <t>B019QBO9WS</t>
+  </si>
+  <si>
+    <t>B0818J9LG7</t>
+  </si>
+  <si>
+    <t>VSPCD1D21</t>
+  </si>
+  <si>
+    <t>B07WYKFGXP</t>
+  </si>
+  <si>
+    <t>0316310352</t>
+  </si>
+  <si>
+    <t>B07R6NM4XR</t>
+  </si>
+  <si>
+    <t>VSPCD2C21</t>
+  </si>
+  <si>
+    <t>B009DFA43Q</t>
+  </si>
+  <si>
+    <t>0789918951</t>
+  </si>
+  <si>
+    <t>B07DXH8ZLD</t>
+  </si>
+  <si>
+    <t>B01CG04Y94</t>
+  </si>
+  <si>
+    <t>B078W6BJFP</t>
+  </si>
+  <si>
+    <t>B07VW36NVB</t>
+  </si>
+  <si>
+    <t>B07FBX2W72</t>
+  </si>
+  <si>
+    <t>B01B4S425U</t>
+  </si>
+  <si>
+    <t>B00QWK177C</t>
+  </si>
+  <si>
+    <t>B071NWDKFC</t>
+  </si>
+  <si>
+    <t>0439785960</t>
+  </si>
+  <si>
+    <t>B07QFPZYZP</t>
+  </si>
+  <si>
+    <t>B07NLM7QBC</t>
+  </si>
+  <si>
+    <t>B07WV3ZZXW</t>
+  </si>
+  <si>
+    <t>B0948WXNR6</t>
+  </si>
+  <si>
+    <t>B01COSFGEK</t>
+  </si>
+  <si>
+    <t>006280197X</t>
+  </si>
+  <si>
+    <t>B07HG3QZRS</t>
+  </si>
+  <si>
+    <t>B06XY6MNGN</t>
+  </si>
+  <si>
+    <t>UCH1253C</t>
+  </si>
+  <si>
+    <t>B07S3J9743</t>
+  </si>
+  <si>
+    <t>VE2B00621</t>
+  </si>
+  <si>
+    <t>080101526X</t>
+  </si>
+  <si>
+    <t>B07KK7CPPD</t>
+  </si>
+  <si>
+    <t>VE2C00621</t>
+  </si>
+  <si>
+    <t>B07Q2PC166</t>
+  </si>
+  <si>
+    <t>PAC103029</t>
+  </si>
+  <si>
+    <t>B081Z263H8</t>
+  </si>
+  <si>
+    <t>B07DCY69MM</t>
   </si>
   <si>
     <t>B01MRBELWJ</t>
   </si>
   <si>
     <t>B01E679YM2</t>
   </si>
   <si>
-    <t>VEZ700622</t>
-[...5 lines deleted...]
-    <t>0060254920</t>
+    <t>B09XVMC6YJ</t>
+  </si>
+  <si>
+    <t>B09JK1BS5F</t>
+  </si>
+  <si>
+    <t>B06XVPVDSD</t>
   </si>
   <si>
     <t>883135132X</t>
   </si>
   <si>
-    <t>VSPCD1D21</t>
-[...2 lines deleted...]
-    <t>B075DXVLW5</t>
+    <t>B07LC65P8W</t>
   </si>
   <si>
     <t>B00KZNG3D0</t>
   </si>
   <si>
-    <t>B07JB2V92G</t>
-[...5 lines deleted...]
-    <t>B07WLM6TZY</t>
+    <t>B019H3C8L4</t>
+  </si>
+  <si>
+    <t>B077KVTV5R</t>
+  </si>
+  <si>
+    <t>B07BWFB91J</t>
   </si>
   <si>
     <t>B07N3XH6HC</t>
   </si>
   <si>
-    <t>B08CKGCQ2Q</t>
-[...5 lines deleted...]
-    <t>B07RMDK96D</t>
+    <t>B088X41GBS</t>
+  </si>
+  <si>
+    <t>B07L7SMHZS</t>
   </si>
   <si>
     <t>B00NCZ1C0W</t>
   </si>
   <si>
-    <t>B000CDFV18</t>
-[...2 lines deleted...]
-    <t>B07VSPLQVK</t>
+    <t>B07FYT8Z8Z</t>
   </si>
   <si>
     <t>B07KP5VF63</t>
   </si>
   <si>
-    <t>GG0515S-30007781-003</t>
-[...2 lines deleted...]
-    <t>B07PMZYW91</t>
+    <t>B0928789JR</t>
+  </si>
+  <si>
+    <t>B088J9PNVT</t>
+  </si>
+  <si>
+    <t>0785197737</t>
   </si>
   <si>
     <t>B07VQTX7JS</t>
   </si>
   <si>
-    <t>VE8103721</t>
-[...17 lines deleted...]
-    <t>0547577311</t>
+    <t>B0BD4XQV4N</t>
+  </si>
+  <si>
+    <t>B00LSSB55W</t>
+  </si>
+  <si>
+    <t>B0043ZWQWI</t>
+  </si>
+  <si>
+    <t>B087TS5LST</t>
+  </si>
+  <si>
+    <t>B01N8OZOW6</t>
+  </si>
+  <si>
+    <t>B01E7C4H8W</t>
+  </si>
+  <si>
+    <t>B0B5TJ335G</t>
+  </si>
+  <si>
+    <t>VSPOY9921</t>
+  </si>
+  <si>
+    <t>158011721X</t>
+  </si>
+  <si>
+    <t>B07FPVSGMP</t>
+  </si>
+  <si>
+    <t>VSPCA6221</t>
+  </si>
+  <si>
+    <t>B0BD3M3TWR</t>
+  </si>
+  <si>
+    <t>B07JZ6WN3G</t>
+  </si>
+  <si>
+    <t>B00ATULLTU</t>
+  </si>
+  <si>
+    <t>B07WCFDYHL</t>
+  </si>
+  <si>
+    <t>0718036255</t>
+  </si>
+  <si>
+    <t>014312885X</t>
+  </si>
+  <si>
+    <t>0811870413</t>
+  </si>
+  <si>
+    <t>B077867RYQ</t>
+  </si>
+  <si>
+    <t>B07PBCYKHB</t>
+  </si>
+  <si>
+    <t>B07T49HQZG</t>
+  </si>
+  <si>
+    <t>0316128252</t>
+  </si>
+  <si>
+    <t>B07QHD5XWZ</t>
+  </si>
+  <si>
+    <t>VSP391820</t>
+  </si>
+  <si>
+    <t>B0771S4B8B</t>
+  </si>
+  <si>
+    <t>B07VCKQJV3</t>
+  </si>
+  <si>
+    <t>VSPHI0120</t>
+  </si>
+  <si>
+    <t>VSPOQ1N21</t>
+  </si>
+  <si>
+    <t>B000GAYQKY</t>
+  </si>
+  <si>
+    <t>B07XCZCZPY</t>
+  </si>
+  <si>
+    <t>B07X4ZM8LS</t>
+  </si>
+  <si>
+    <t>B07SPRJ36D</t>
+  </si>
+  <si>
+    <t>B07DNYJGYS</t>
+  </si>
+  <si>
+    <t>JRL481</t>
+  </si>
+  <si>
+    <t>B004HSUL46</t>
+  </si>
+  <si>
+    <t>B07TF28SQ6</t>
+  </si>
+  <si>
+    <t>SFMT00422</t>
+  </si>
+  <si>
+    <t>B07TTHSVSJ</t>
+  </si>
+  <si>
+    <t>B071LDBJWR</t>
+  </si>
+  <si>
+    <t>B076H9BBH2</t>
+  </si>
+  <si>
+    <t>B01G84J12Y</t>
+  </si>
+  <si>
+    <t>B001V2KBIC</t>
+  </si>
+  <si>
+    <t>B07PBSM9C8</t>
+  </si>
+  <si>
+    <t>B07YV6BGBG</t>
+  </si>
+  <si>
+    <t>B01LPSNT1W</t>
+  </si>
+  <si>
+    <t>B015BASNIE</t>
+  </si>
+  <si>
+    <t>B07339X2KQ</t>
+  </si>
+  <si>
+    <t>B07CYXHLD8</t>
+  </si>
+  <si>
+    <t>0789920972</t>
+  </si>
+  <si>
+    <t>B018FBLDQU</t>
+  </si>
+  <si>
+    <t>VSPCD1C21</t>
+  </si>
+  <si>
+    <t>B00AATWCZ2</t>
+  </si>
+  <si>
+    <t>B07VHH57KZ</t>
+  </si>
+  <si>
+    <t>0525577726</t>
+  </si>
+  <si>
+    <t>B08ZHNNT7Q</t>
+  </si>
+  <si>
+    <t>B07Y9TJCQM</t>
+  </si>
+  <si>
+    <t>B07VNPQXRH</t>
+  </si>
+  <si>
+    <t>0062439596</t>
+  </si>
+  <si>
+    <t>B07QJB2YP9</t>
+  </si>
+  <si>
+    <t>LER2784</t>
+  </si>
+  <si>
+    <t>B07P5FK76J</t>
+  </si>
+  <si>
+    <t>B01BMW5Q7G</t>
+  </si>
+  <si>
+    <t>B07CTD5VV8</t>
+  </si>
+  <si>
+    <t>B00HYH7HXA</t>
+  </si>
+  <si>
+    <t>0736431411</t>
+  </si>
+  <si>
+    <t>0761163808</t>
+  </si>
+  <si>
+    <t>B08JFXRY1P</t>
+  </si>
+  <si>
+    <t>B07MVVLKCY</t>
+  </si>
+  <si>
+    <t>B07FDLW75V</t>
+  </si>
+  <si>
+    <t>B072WDSJPM</t>
+  </si>
+  <si>
+    <t>B09B7GHZDY</t>
+  </si>
+  <si>
+    <t>B07V7L16NN</t>
+  </si>
+  <si>
+    <t>B07Y9NPVRZ</t>
+  </si>
+  <si>
+    <t>B08HNBHSQV</t>
+  </si>
+  <si>
+    <t>B074PVVWSB</t>
+  </si>
+  <si>
+    <t>B07DCVCHYW</t>
+  </si>
+  <si>
+    <t>B07Z1NXBLG</t>
+  </si>
+  <si>
+    <t>B0B8YKH8PZ</t>
+  </si>
+  <si>
+    <t>VSPOQ1G21</t>
+  </si>
+  <si>
+    <t>B07TWWBFBP</t>
+  </si>
+  <si>
+    <t>B004GXBP1U</t>
+  </si>
+  <si>
+    <t>B07LBC77ZW</t>
+  </si>
+  <si>
+    <t>B001NQHN7S</t>
+  </si>
+  <si>
+    <t>GG1031S-30011783-005-70215-NS</t>
+  </si>
+  <si>
+    <t>B075N9L55M</t>
+  </si>
+  <si>
+    <t>B06XR122F9</t>
+  </si>
+  <si>
+    <t>B004W6JP2W</t>
+  </si>
+  <si>
+    <t>B071FH5C1F</t>
+  </si>
+  <si>
+    <t>B07YX256VN</t>
+  </si>
+  <si>
+    <t>B07DLQRSPY</t>
+  </si>
+  <si>
+    <t>B008AXYWHQ</t>
+  </si>
+  <si>
+    <t>B001W03MBQ</t>
+  </si>
+  <si>
+    <t>B08MKNQ7WT</t>
+  </si>
+  <si>
+    <t>B01H4P678C</t>
+  </si>
+  <si>
+    <t>B07HGZ5947</t>
+  </si>
+  <si>
+    <t>VE8104922</t>
+  </si>
+  <si>
+    <t>B07BMV5T2N</t>
+  </si>
+  <si>
+    <t>B07YY7BQ96</t>
+  </si>
+  <si>
+    <t>B07M9Q9KXZ</t>
+  </si>
+  <si>
+    <t>B07QP57B6X</t>
+  </si>
+  <si>
+    <t>B0719RWN6C</t>
+  </si>
+  <si>
+    <t>0735231508</t>
+  </si>
+  <si>
+    <t>B07RXZLMJT</t>
+  </si>
+  <si>
+    <t>B07YDHVYN2</t>
+  </si>
+  <si>
+    <t>0525582169</t>
+  </si>
+  <si>
+    <t>B0009P66ZY</t>
+  </si>
+  <si>
+    <t>B07WGJ6R9G</t>
+  </si>
+  <si>
+    <t>B00QWK17FY</t>
+  </si>
+  <si>
+    <t>B08BFYPLWF</t>
+  </si>
+  <si>
+    <t>B07C147N9F</t>
+  </si>
+  <si>
+    <t>B07MKKM25N</t>
+  </si>
+  <si>
+    <t>0785192557</t>
+  </si>
+  <si>
+    <t>VSP1S3821</t>
+  </si>
+  <si>
+    <t>GG0042OA-30001018004</t>
+  </si>
+  <si>
+    <t>B009X0G304</t>
+  </si>
+  <si>
+    <t>B06ZYRBDK5</t>
+  </si>
+  <si>
+    <t>B01F0CQXB2</t>
+  </si>
+  <si>
+    <t>B0000AJI8L</t>
+  </si>
+  <si>
+    <t>074345314X</t>
+  </si>
+  <si>
+    <t>B095HHVDVG</t>
+  </si>
+  <si>
+    <t>B01F4MTBEY</t>
+  </si>
+  <si>
+    <t>B07K2WSJVX</t>
+  </si>
+  <si>
+    <t>B01AY001PE</t>
+  </si>
+  <si>
+    <t>B0771V6WH8</t>
+  </si>
+  <si>
+    <t>B07XT4QV1D</t>
+  </si>
+  <si>
+    <t>B07BGB859X</t>
+  </si>
+  <si>
+    <t>VSPBH8921</t>
+  </si>
+  <si>
+    <t>B07KKHSRYH</t>
+  </si>
+  <si>
+    <t>B08Z3337B6</t>
+  </si>
+  <si>
+    <t>B07SDN97Z2</t>
+  </si>
+  <si>
+    <t>B0BN692MRW</t>
+  </si>
+  <si>
+    <t>B073TS5576</t>
+  </si>
+  <si>
+    <t>B0042TUJT2</t>
+  </si>
+  <si>
+    <t>B00LLZZXEQ</t>
+  </si>
+  <si>
+    <t>B07YXKZL7G</t>
+  </si>
+  <si>
+    <t>VSP216421</t>
+  </si>
+  <si>
+    <t>B07FTMN73D</t>
+  </si>
+  <si>
+    <t>B00BT8QJKW</t>
+  </si>
+  <si>
+    <t>STW152279</t>
+  </si>
+  <si>
+    <t>B0055B2RGO</t>
+  </si>
+  <si>
+    <t>B08B4PS64D</t>
+  </si>
+  <si>
+    <t>B07SNRCYJF</t>
+  </si>
+  <si>
+    <t>B01MU0N8WC</t>
+  </si>
+  <si>
+    <t>B076NZ7LHK</t>
+  </si>
+  <si>
+    <t>B00QWK21PY</t>
+  </si>
+  <si>
+    <t>B07VGP7TF2</t>
+  </si>
+  <si>
+    <t>B08RHY3BV2</t>
+  </si>
+  <si>
+    <t>B07QMBS2N2</t>
+  </si>
+  <si>
+    <t>B00BEUATCO</t>
+  </si>
+  <si>
+    <t>B017VCQ73S</t>
+  </si>
+  <si>
+    <t>B07LGXM9PF</t>
+  </si>
+  <si>
+    <t>B07GJSRK1J</t>
+  </si>
+  <si>
+    <t>B07BJ2RCT5</t>
+  </si>
+  <si>
+    <t>B07JRGS4XF</t>
+  </si>
+  <si>
+    <t>B07XRXSWQ6</t>
+  </si>
+  <si>
+    <t>B015H7PHTY</t>
+  </si>
+  <si>
+    <t>B071J4VSHJ</t>
+  </si>
+  <si>
+    <t>B07X2R8DRC</t>
+  </si>
+  <si>
+    <t>PWAAA1021</t>
+  </si>
+  <si>
+    <t>B07P6VYKMY</t>
+  </si>
+  <si>
+    <t>B074XVYRKM</t>
+  </si>
+  <si>
+    <t>B07WP7VSY5</t>
+  </si>
+  <si>
+    <t>B00F2BNP36</t>
+  </si>
+  <si>
+    <t>B07YC8C3M8</t>
+  </si>
+  <si>
+    <t>082974066X</t>
+  </si>
+  <si>
+    <t>B07Z7MLFCZ</t>
+  </si>
+  <si>
+    <t>0062278274</t>
+  </si>
+  <si>
+    <t>B01MTZJKQT</t>
+  </si>
+  <si>
+    <t>B00M3NZYQM</t>
+  </si>
+  <si>
+    <t>B071ZL2CZQ</t>
+  </si>
+  <si>
+    <t>B07Y9JYZTP</t>
+  </si>
+  <si>
+    <t>B07N7ZY48N</t>
+  </si>
+  <si>
+    <t>B07R1G9CGB</t>
+  </si>
+  <si>
+    <t>SFDT01520</t>
+  </si>
+  <si>
+    <t>B07VFH7NH8</t>
+  </si>
+  <si>
+    <t>B073V5DCW9</t>
+  </si>
+  <si>
+    <t>B07C2XMVB4</t>
+  </si>
+  <si>
+    <t>B07SW7PX7V</t>
+  </si>
+  <si>
+    <t>B079SRM2D7</t>
+  </si>
+  <si>
+    <t>B07MTLZCW3</t>
+  </si>
+  <si>
+    <t>B07555PJP4</t>
+  </si>
+  <si>
+    <t>CHL71541</t>
+  </si>
+  <si>
+    <t>B075CX9ZL7</t>
+  </si>
+  <si>
+    <t>B07GL4L32P</t>
+  </si>
+  <si>
+    <t>B00KQ3WOHS</t>
+  </si>
+  <si>
+    <t>B08HW1HW5D</t>
+  </si>
+  <si>
+    <t>B01JZVYEIS</t>
+  </si>
+  <si>
+    <t>B07MTK8RZ1</t>
+  </si>
+  <si>
+    <t>B075V9FDW1</t>
+  </si>
+  <si>
+    <t>B00G3XWHC2</t>
+  </si>
+  <si>
+    <t>B07TJW59YZ</t>
+  </si>
+  <si>
+    <t>B07MVF97L1</t>
+  </si>
+  <si>
+    <t>B07YRMP6TL</t>
+  </si>
+  <si>
+    <t>B01E1O337C</t>
+  </si>
+  <si>
+    <t>VSPQ15221</t>
+  </si>
+  <si>
+    <t>B07FBPGR78</t>
+  </si>
+  <si>
+    <t>B0771KC1L8</t>
+  </si>
+  <si>
+    <t>PJ0018OJ-30002304-006-60517</t>
+  </si>
+  <si>
+    <t>B00MYGS4PQ</t>
+  </si>
+  <si>
+    <t>B07QHN9JTQ</t>
+  </si>
+  <si>
+    <t>039333810X</t>
   </si>
   <si>
     <t>0231175442</t>
   </si>
   <si>
-    <t>0486247929</t>
-[...775 lines deleted...]
-  <si>
     <t>B003SBIXUW</t>
   </si>
   <si>
-    <t>B09JZP2X26</t>
-[...1898 lines deleted...]
-    <t>B000AR96NU</t>
+    <t>B07VLDYL6J</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5590,63 +5626,63 @@
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="B4">
-        <v>1338323024</v>
+      <c r="B4" t="s">
+        <v>6</v>
       </c>
       <c r="C4">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
-      <c r="B5" t="s">
-        <v>6</v>
+      <c r="B5">
+        <v>1338323024</v>
       </c>
       <c r="C5">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6">
         <v>1524797162</v>
       </c>
       <c r="C6">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7">
         <v>18</v>
@@ -5671,1478 +5707,1478 @@
         <v>1524715212</v>
       </c>
       <c r="C9">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>12</v>
       </c>
       <c r="C13">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>3</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>3</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>17</v>
       </c>
       <c r="C18">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
-      <c r="B19">
-        <v>1506713769</v>
+      <c r="B19" t="s">
+        <v>18</v>
       </c>
       <c r="C19">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20">
         <v>1982134488</v>
       </c>
       <c r="C20">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
-      <c r="B21" t="s">
-        <v>18</v>
+      <c r="B21">
+        <v>1506713769</v>
       </c>
       <c r="C21">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
       <c r="C22">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23" t="s">
         <v>20</v>
       </c>
       <c r="C23">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
         <v>21</v>
       </c>
       <c r="C24">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
         <v>22</v>
       </c>
       <c r="C25">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26" t="s">
         <v>23</v>
       </c>
       <c r="C26">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28">
         <v>6070751981</v>
       </c>
       <c r="C28">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
       <c r="B29" t="s">
         <v>25</v>
       </c>
       <c r="C29">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
       <c r="B30" t="s">
         <v>26</v>
       </c>
       <c r="C30">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
-      <c r="B31" t="s">
-        <v>27</v>
+      <c r="B31">
+        <v>1594746168</v>
       </c>
       <c r="C31">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
-      <c r="B32">
-        <v>1594746168</v>
+      <c r="B32" t="s">
+        <v>27</v>
       </c>
       <c r="C32">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
         <v>28</v>
       </c>
       <c r="C33">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>3</v>
       </c>
-      <c r="B34">
-        <v>1609414055</v>
+      <c r="B34" t="s">
+        <v>29</v>
       </c>
       <c r="C34">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
       <c r="B35" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C35">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
       <c r="B36" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C36">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
       <c r="B37" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C37">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
-      <c r="B38" t="s">
-        <v>32</v>
+      <c r="B38">
+        <v>6070740203</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>3</v>
       </c>
       <c r="B39">
-        <v>6070740203</v>
+        <v>1439196834</v>
       </c>
       <c r="C39">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>3</v>
       </c>
-      <c r="B40" t="s">
-        <v>33</v>
+      <c r="B40">
+        <v>8417347291</v>
       </c>
       <c r="C40">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
-      <c r="B41">
-        <v>8417347291</v>
+      <c r="B41" t="s">
+        <v>33</v>
       </c>
       <c r="C41">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
       <c r="B42">
-        <v>1439196834</v>
+        <v>1609414055</v>
       </c>
       <c r="C42">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>3</v>
       </c>
       <c r="B43" t="s">
         <v>34</v>
       </c>
       <c r="C43">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>3</v>
       </c>
-      <c r="B44">
-        <v>1476745420</v>
+      <c r="B44" t="s">
+        <v>35</v>
       </c>
       <c r="C44">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>3</v>
       </c>
       <c r="B45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C45">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>3</v>
       </c>
       <c r="B46" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C46">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>3</v>
       </c>
       <c r="B47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C47">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>3</v>
       </c>
       <c r="B48" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C48">
         <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>3</v>
       </c>
-      <c r="B49" t="s">
-        <v>39</v>
+      <c r="B49">
+        <v>1779501129</v>
       </c>
       <c r="C49">
         <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>3</v>
       </c>
       <c r="B50" t="s">
         <v>40</v>
       </c>
       <c r="C50">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>3</v>
       </c>
       <c r="B51" t="s">
         <v>41</v>
       </c>
       <c r="C51">
         <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>3</v>
       </c>
-      <c r="B52" t="s">
-        <v>42</v>
+      <c r="B52">
+        <v>1476745420</v>
       </c>
       <c r="C52">
         <v>8</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
-      <c r="B53">
-        <v>8491051325</v>
+      <c r="B53" t="s">
+        <v>42</v>
       </c>
       <c r="C53">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
       <c r="B54" t="s">
         <v>43</v>
       </c>
       <c r="C54">
         <v>8</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>3</v>
       </c>
-      <c r="B55">
-        <v>1684128870</v>
+      <c r="B55" t="s">
+        <v>44</v>
       </c>
       <c r="C55">
         <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>3</v>
       </c>
       <c r="B56" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C56">
         <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>3</v>
       </c>
-      <c r="B57">
-        <v>1779501129</v>
+      <c r="B57" t="s">
+        <v>46</v>
       </c>
       <c r="C57">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>3</v>
       </c>
       <c r="B58" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C58">
         <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>3</v>
       </c>
       <c r="B59" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C59">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>3</v>
       </c>
-      <c r="B60" t="s">
-        <v>47</v>
+      <c r="B60">
+        <v>8491051325</v>
       </c>
       <c r="C60">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>3</v>
       </c>
       <c r="B61" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C61">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>3</v>
       </c>
       <c r="B62" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C62">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>3</v>
       </c>
       <c r="B63" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C63">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>3</v>
       </c>
       <c r="B64">
-        <v>6070755944</v>
+        <v>1684128870</v>
       </c>
       <c r="C64">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>3</v>
       </c>
       <c r="B65" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C65">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>3</v>
       </c>
-      <c r="B66">
-        <v>1982958898</v>
+      <c r="B66" t="s">
+        <v>53</v>
       </c>
       <c r="C66">
         <v>7</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>3</v>
       </c>
       <c r="B67" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C67">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>3</v>
       </c>
       <c r="B68" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C68">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>3</v>
       </c>
       <c r="B69" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C69">
         <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>3</v>
       </c>
-      <c r="B70">
-        <v>1947783459</v>
+      <c r="B70" t="s">
+        <v>57</v>
       </c>
       <c r="C70">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>3</v>
       </c>
-      <c r="B71">
-        <v>1338139320</v>
+      <c r="B71" t="s">
+        <v>58</v>
       </c>
       <c r="C71">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>3</v>
       </c>
       <c r="B72" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C72">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>3</v>
       </c>
       <c r="B73" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C73">
         <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>3</v>
       </c>
       <c r="B74" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C74">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>3</v>
       </c>
-      <c r="B75" t="s">
-        <v>58</v>
+      <c r="B75">
+        <v>6070755944</v>
       </c>
       <c r="C75">
         <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>3</v>
       </c>
       <c r="B76" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C76">
         <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>3</v>
       </c>
       <c r="B77" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C77">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>3</v>
       </c>
-      <c r="B78" t="s">
-        <v>61</v>
+      <c r="B78">
+        <v>1982958898</v>
       </c>
       <c r="C78">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>3</v>
       </c>
       <c r="B79" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C79">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>3</v>
       </c>
       <c r="B80" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C80">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>3</v>
       </c>
-      <c r="B81">
-        <v>6070742605</v>
+      <c r="B81" t="s">
+        <v>66</v>
       </c>
       <c r="C81">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>3</v>
       </c>
       <c r="B82" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C82">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>3</v>
       </c>
-      <c r="B83" t="s">
-        <v>65</v>
+      <c r="B83">
+        <v>1947783459</v>
       </c>
       <c r="C83">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>3</v>
       </c>
       <c r="B84">
-        <v>1338230891</v>
+        <v>1338139320</v>
       </c>
       <c r="C84">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>3</v>
       </c>
       <c r="B85" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C85">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>3</v>
       </c>
-      <c r="B86">
-        <v>1569319006</v>
+      <c r="B86" t="s">
+        <v>69</v>
       </c>
       <c r="C86">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>3</v>
       </c>
       <c r="B87" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C87">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>3</v>
       </c>
       <c r="B88" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C88">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>3</v>
       </c>
       <c r="B89" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C89">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>3</v>
       </c>
-      <c r="B90" t="s">
-        <v>70</v>
+      <c r="B90">
+        <v>1524797227</v>
       </c>
       <c r="C90">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>3</v>
       </c>
       <c r="B91">
-        <v>1612436862</v>
+        <v>6070742605</v>
       </c>
       <c r="C91">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>3</v>
       </c>
       <c r="B92" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C92">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>3</v>
       </c>
-      <c r="B93">
-        <v>1984818341</v>
+      <c r="B93" t="s">
+        <v>74</v>
       </c>
       <c r="C93">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>3</v>
       </c>
       <c r="B94" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C94">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>3</v>
       </c>
       <c r="B95">
-        <v>8403519974</v>
+        <v>1338230891</v>
       </c>
       <c r="C95">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>3</v>
       </c>
-      <c r="B96">
-        <v>1984801252</v>
+      <c r="B96" t="s">
+        <v>76</v>
       </c>
       <c r="C96">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>3</v>
       </c>
-      <c r="B97">
-        <v>1421582694</v>
+      <c r="B97" t="s">
+        <v>77</v>
       </c>
       <c r="C97">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>3</v>
       </c>
-      <c r="B98" t="s">
-        <v>73</v>
+      <c r="B98">
+        <v>1569319006</v>
       </c>
       <c r="C98">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>3</v>
       </c>
       <c r="B99" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C99">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>3</v>
       </c>
-      <c r="B100" t="s">
-        <v>75</v>
+      <c r="B100">
+        <v>1612436862</v>
       </c>
       <c r="C100">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>3</v>
       </c>
       <c r="B101" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C101">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>3</v>
       </c>
       <c r="B102" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C102">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>3</v>
       </c>
       <c r="B103">
-        <v>1524797227</v>
+        <v>1984818341</v>
       </c>
       <c r="C103">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>3</v>
       </c>
-      <c r="B104" t="s">
-        <v>78</v>
+      <c r="B104">
+        <v>8403519974</v>
       </c>
       <c r="C104">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>3</v>
       </c>
-      <c r="B105" t="s">
-        <v>79</v>
+      <c r="B105">
+        <v>1984801252</v>
       </c>
       <c r="C105">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>3</v>
       </c>
-      <c r="B106" t="s">
-        <v>80</v>
+      <c r="B106">
+        <v>1421582694</v>
       </c>
       <c r="C106">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>3</v>
       </c>
       <c r="B107" t="s">
         <v>81</v>
       </c>
       <c r="C107">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>3</v>
       </c>
-      <c r="B108">
-        <v>1449483186</v>
+      <c r="B108" t="s">
+        <v>82</v>
       </c>
       <c r="C108">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>3</v>
       </c>
-      <c r="B109">
-        <v>1072728818</v>
+      <c r="B109" t="s">
+        <v>83</v>
       </c>
       <c r="C109">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>3</v>
       </c>
       <c r="B110" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C110">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>3</v>
       </c>
       <c r="B111" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C111">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>3</v>
       </c>
       <c r="B112" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C112">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>3</v>
       </c>
-      <c r="B113">
-        <v>1455530530</v>
+      <c r="B113" t="s">
+        <v>87</v>
       </c>
       <c r="C113">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>3</v>
       </c>
       <c r="B114" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C114">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>3</v>
       </c>
       <c r="B115" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C115">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>3</v>
       </c>
       <c r="B116" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C116">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>3</v>
       </c>
       <c r="B117" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C117">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>3</v>
       </c>
-      <c r="B118">
-        <v>9561412144</v>
+      <c r="B118" t="s">
+        <v>92</v>
       </c>
       <c r="C118">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>3</v>
       </c>
-      <c r="B119" t="s">
-        <v>89</v>
+      <c r="B119">
+        <v>6070757130</v>
       </c>
       <c r="C119">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>3</v>
       </c>
-      <c r="B120">
-        <v>6588651</v>
+      <c r="B120" t="s">
+        <v>93</v>
       </c>
       <c r="C120">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>3</v>
       </c>
-      <c r="B121" t="s">
-        <v>90</v>
+      <c r="B121">
+        <v>1501195433</v>
       </c>
       <c r="C121">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>3</v>
       </c>
       <c r="B122" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C122">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>3</v>
       </c>
-      <c r="B123">
-        <v>1250123569</v>
+      <c r="B123" t="s">
+        <v>95</v>
       </c>
       <c r="C123">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>3</v>
       </c>
       <c r="B124" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C124">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>3</v>
       </c>
       <c r="B125" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C125">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>3</v>
       </c>
       <c r="B126" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C126">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>3</v>
       </c>
       <c r="B127" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C127">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>3</v>
       </c>
       <c r="B128" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C128">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>3</v>
       </c>
       <c r="B129" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C129">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>3</v>
       </c>
       <c r="B130" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C130">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C131">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
-      <c r="B132">
-        <v>1646080483</v>
+      <c r="B132" t="s">
+        <v>104</v>
       </c>
       <c r="C132">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
       <c r="B133" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C133">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C134">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
       <c r="B135" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C135">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
-      <c r="B136" t="s">
-        <v>103</v>
+      <c r="B136">
+        <v>1449483186</v>
       </c>
       <c r="C136">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
       <c r="B137" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C137">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>3</v>
       </c>
-      <c r="B138" t="s">
-        <v>105</v>
+      <c r="B138">
+        <v>9561412144</v>
       </c>
       <c r="C138">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>3</v>
       </c>
-      <c r="B139" t="s">
-        <v>106</v>
+      <c r="B139">
+        <v>1072728818</v>
       </c>
       <c r="C139">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>3</v>
       </c>
-      <c r="B140" t="s">
-        <v>107</v>
+      <c r="B140">
+        <v>6588651</v>
       </c>
       <c r="C140">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>3</v>
       </c>
-      <c r="B141" t="s">
-        <v>108</v>
+      <c r="B141">
+        <v>1455530530</v>
       </c>
       <c r="C141">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>3</v>
       </c>
       <c r="B142" t="s">
         <v>109</v>
       </c>
       <c r="C142">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>3</v>
       </c>
       <c r="B143" t="s">
         <v>110</v>
       </c>
       <c r="C143">
         <v>5</v>
@@ -7163,987 +7199,987 @@
       <c r="A145" t="s">
         <v>3</v>
       </c>
       <c r="B145" t="s">
         <v>112</v>
       </c>
       <c r="C145">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>3</v>
       </c>
       <c r="B146" t="s">
         <v>113</v>
       </c>
       <c r="C146">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>3</v>
       </c>
-      <c r="B147">
-        <v>1338132326</v>
+      <c r="B147" t="s">
+        <v>114</v>
       </c>
       <c r="C147">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>3</v>
       </c>
       <c r="B148" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C148">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>3</v>
       </c>
       <c r="B149" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C149">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>3</v>
       </c>
-      <c r="B150">
-        <v>1501195433</v>
+      <c r="B150" t="s">
+        <v>117</v>
       </c>
       <c r="C150">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>3</v>
       </c>
       <c r="B151" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C151">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>3</v>
       </c>
       <c r="B152" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C152">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>3</v>
       </c>
-      <c r="B153">
-        <v>6070757130</v>
+      <c r="B153" t="s">
+        <v>120</v>
       </c>
       <c r="C153">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>3</v>
       </c>
       <c r="B154" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C154">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>3</v>
       </c>
-      <c r="B155" t="s">
-        <v>119</v>
+      <c r="B155">
+        <v>1250123569</v>
       </c>
       <c r="C155">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>3</v>
       </c>
       <c r="B156" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C156">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>3</v>
       </c>
-      <c r="B157" t="s">
-        <v>121</v>
+      <c r="B157">
+        <v>1646080483</v>
       </c>
       <c r="C157">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>3</v>
       </c>
       <c r="B158" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C158">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>3</v>
       </c>
       <c r="B159" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C159">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>3</v>
       </c>
-      <c r="B160">
-        <v>1506713203</v>
+      <c r="B160" t="s">
+        <v>125</v>
       </c>
       <c r="C160">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>3</v>
       </c>
       <c r="B161" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C161">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>3</v>
       </c>
-      <c r="B162">
-        <v>1697540198</v>
+      <c r="B162" t="s">
+        <v>127</v>
       </c>
       <c r="C162">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>3</v>
       </c>
       <c r="B163" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C163">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>3</v>
       </c>
-      <c r="B164">
-        <v>1535598093</v>
+      <c r="B164" t="s">
+        <v>129</v>
       </c>
       <c r="C164">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>3</v>
       </c>
       <c r="B165" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C165">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>3</v>
       </c>
-      <c r="B166" t="s">
-        <v>127</v>
+      <c r="B166">
+        <v>1338132326</v>
       </c>
       <c r="C166">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>3</v>
       </c>
-      <c r="B167">
-        <v>1419735047</v>
+      <c r="B167" t="s">
+        <v>131</v>
       </c>
       <c r="C167">
         <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>3</v>
       </c>
       <c r="B168" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C168">
         <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>3</v>
       </c>
       <c r="B169" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C169">
         <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>3</v>
       </c>
       <c r="B170" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C170">
         <v>4</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>3</v>
       </c>
-      <c r="B171">
-        <v>1974707091</v>
+      <c r="B171" t="s">
+        <v>135</v>
       </c>
       <c r="C171">
         <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>3</v>
       </c>
       <c r="B172" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C172">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>3</v>
       </c>
       <c r="B173" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C173">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>3</v>
       </c>
       <c r="B174" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C174">
         <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>3</v>
       </c>
       <c r="B175" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C175">
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>3</v>
       </c>
       <c r="B176" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C176">
         <v>4</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>3</v>
       </c>
       <c r="B177" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C177">
         <v>4</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>3</v>
       </c>
       <c r="B178" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C178">
         <v>4</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>3</v>
       </c>
       <c r="B179" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C179">
         <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>3</v>
       </c>
       <c r="B180" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C180">
         <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>3</v>
       </c>
       <c r="B181" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C181">
         <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>3</v>
       </c>
       <c r="B182" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C182">
         <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>3</v>
       </c>
       <c r="B183" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C183">
         <v>4</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>3</v>
       </c>
-      <c r="B184" t="s">
-        <v>143</v>
+      <c r="B184">
+        <v>1454917296</v>
       </c>
       <c r="C184">
         <v>4</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>3</v>
       </c>
       <c r="B185" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C185">
         <v>4</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>3</v>
       </c>
       <c r="B186" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C186">
         <v>4</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>3</v>
       </c>
-      <c r="B187" t="s">
-        <v>146</v>
+      <c r="B187">
+        <v>1452179611</v>
       </c>
       <c r="C187">
         <v>4</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>3</v>
       </c>
       <c r="B188" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C188">
         <v>4</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>3</v>
       </c>
       <c r="B189" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C189">
         <v>4</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>3</v>
       </c>
       <c r="B190" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C190">
         <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>3</v>
       </c>
       <c r="B191" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C191">
         <v>4</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>3</v>
       </c>
       <c r="B192" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C192">
         <v>4</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>3</v>
       </c>
       <c r="B193" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C193">
         <v>4</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>3</v>
       </c>
-      <c r="B194">
-        <v>1629992674</v>
+      <c r="B194" t="s">
+        <v>156</v>
       </c>
       <c r="C194">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>3</v>
       </c>
       <c r="B195" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C195">
         <v>4</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>3</v>
       </c>
-      <c r="B196" t="s">
-        <v>154</v>
+      <c r="B196">
+        <v>1974703797</v>
       </c>
       <c r="C196">
         <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>3</v>
       </c>
-      <c r="B197" t="s">
-        <v>155</v>
+      <c r="B197">
+        <v>1697540198</v>
       </c>
       <c r="C197">
         <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>3</v>
       </c>
       <c r="B198" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C198">
         <v>4</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>3</v>
       </c>
       <c r="B199" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C199">
         <v>4</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>3</v>
       </c>
       <c r="B200" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C200">
         <v>4</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>3</v>
       </c>
       <c r="B201" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C201">
         <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>3</v>
       </c>
       <c r="B202" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C202">
         <v>4</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>3</v>
       </c>
       <c r="B203" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C203">
         <v>4</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>3</v>
       </c>
       <c r="B204" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C204">
         <v>4</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>3</v>
       </c>
       <c r="B205" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C205">
         <v>4</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>3</v>
       </c>
       <c r="B206" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C206">
         <v>4</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>3</v>
       </c>
-      <c r="B207" t="s">
-        <v>165</v>
+      <c r="B207">
+        <v>1501161938</v>
       </c>
       <c r="C207">
         <v>4</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>3</v>
       </c>
-      <c r="B208" t="s">
-        <v>166</v>
+      <c r="B208">
+        <v>1419735047</v>
       </c>
       <c r="C208">
         <v>4</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>3</v>
       </c>
       <c r="B209" t="s">
         <v>167</v>
       </c>
       <c r="C209">
         <v>4</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>3</v>
       </c>
-      <c r="B210">
-        <v>1452179611</v>
+      <c r="B210" t="s">
+        <v>168</v>
       </c>
       <c r="C210">
         <v>4</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>3</v>
       </c>
       <c r="B211" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C211">
         <v>4</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>3</v>
       </c>
-      <c r="B212" t="s">
-        <v>169</v>
+      <c r="B212">
+        <v>1506713203</v>
       </c>
       <c r="C212">
         <v>4</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>3</v>
       </c>
       <c r="B213" t="s">
         <v>170</v>
       </c>
       <c r="C213">
         <v>4</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>3</v>
       </c>
       <c r="B214" t="s">
         <v>171</v>
       </c>
       <c r="C214">
         <v>4</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>3</v>
       </c>
       <c r="B215" t="s">
         <v>172</v>
       </c>
       <c r="C215">
         <v>4</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>3</v>
       </c>
-      <c r="B216" t="s">
-        <v>173</v>
+      <c r="B216">
+        <v>1535598093</v>
       </c>
       <c r="C216">
         <v>4</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>3</v>
       </c>
       <c r="B217" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C217">
         <v>4</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>3</v>
       </c>
       <c r="B218" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C218">
         <v>4</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>3</v>
       </c>
       <c r="B219" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C219">
         <v>4</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>3</v>
       </c>
-      <c r="B220">
-        <v>1454917296</v>
+      <c r="B220" t="s">
+        <v>176</v>
       </c>
       <c r="C220">
         <v>4</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>3</v>
       </c>
       <c r="B221" t="s">
         <v>177</v>
       </c>
       <c r="C221">
         <v>4</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>3</v>
       </c>
-      <c r="B222">
-        <v>1974703797</v>
+      <c r="B222" t="s">
+        <v>178</v>
       </c>
       <c r="C222">
         <v>4</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>3</v>
       </c>
       <c r="B223" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C223">
         <v>4</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>3</v>
       </c>
       <c r="B224" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C224">
         <v>4</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>3</v>
       </c>
-      <c r="B225" t="s">
-        <v>180</v>
+      <c r="B225">
+        <v>1629992674</v>
       </c>
       <c r="C225">
         <v>4</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>3</v>
       </c>
-      <c r="B226" t="s">
-        <v>181</v>
+      <c r="B226">
+        <v>1974707091</v>
       </c>
       <c r="C226">
         <v>4</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>3</v>
       </c>
       <c r="B227" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C227">
         <v>4</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>3</v>
       </c>
       <c r="B228" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C228">
         <v>4</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>3</v>
       </c>
       <c r="B229" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C229">
         <v>4</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>3</v>
       </c>
       <c r="B230" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C230">
         <v>4</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>3</v>
       </c>
       <c r="B231" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C231">
         <v>4</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>3</v>
       </c>
-      <c r="B232">
-        <v>1501161938</v>
+      <c r="B232" t="s">
+        <v>186</v>
       </c>
       <c r="C232">
         <v>4</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>3</v>
       </c>
       <c r="B233" t="s">
         <v>187</v>
       </c>
       <c r="C233">
         <v>4</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>3</v>
       </c>
       <c r="B234" t="s">
         <v>188</v>
       </c>
       <c r="C234">
         <v>4</v>
@@ -8179,2732 +8215,2732 @@
         <v>191</v>
       </c>
       <c r="C237">
         <v>4</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>3</v>
       </c>
       <c r="B238" t="s">
         <v>192</v>
       </c>
       <c r="C238">
         <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
         <v>3</v>
       </c>
       <c r="B239" t="s">
         <v>193</v>
       </c>
       <c r="C239">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>3</v>
       </c>
       <c r="B240" t="s">
         <v>194</v>
       </c>
       <c r="C240">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>3</v>
       </c>
       <c r="B241" t="s">
         <v>195</v>
       </c>
       <c r="C241">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>3</v>
       </c>
       <c r="B242" t="s">
         <v>196</v>
       </c>
       <c r="C242">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>3</v>
       </c>
       <c r="B243" t="s">
         <v>197</v>
       </c>
       <c r="C243">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>3</v>
       </c>
       <c r="B244" t="s">
         <v>198</v>
       </c>
       <c r="C244">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>3</v>
       </c>
       <c r="B245" t="s">
         <v>199</v>
       </c>
       <c r="C245">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>3</v>
       </c>
       <c r="B246" t="s">
         <v>200</v>
       </c>
       <c r="C246">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>3</v>
       </c>
       <c r="B247" t="s">
         <v>201</v>
       </c>
       <c r="C247">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>3</v>
       </c>
       <c r="B248" t="s">
         <v>202</v>
       </c>
       <c r="C248">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>3</v>
       </c>
       <c r="B249" t="s">
         <v>203</v>
       </c>
       <c r="C249">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>3</v>
       </c>
       <c r="B250" t="s">
         <v>204</v>
       </c>
       <c r="C250">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>3</v>
       </c>
       <c r="B251" t="s">
         <v>205</v>
       </c>
       <c r="C251">
         <v>3</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>3</v>
       </c>
-      <c r="B252">
-        <v>1980681252</v>
+      <c r="B252" t="s">
+        <v>206</v>
       </c>
       <c r="C252">
         <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>3</v>
       </c>
       <c r="B253" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C253">
         <v>3</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
         <v>3</v>
       </c>
       <c r="B254" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C254">
         <v>3</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
         <v>3</v>
       </c>
-      <c r="B255">
-        <v>1694847187</v>
+      <c r="B255" t="s">
+        <v>209</v>
       </c>
       <c r="C255">
         <v>3</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
         <v>3</v>
       </c>
       <c r="B256" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C256">
         <v>3</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
         <v>3</v>
       </c>
       <c r="B257" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C257">
         <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>3</v>
       </c>
-      <c r="B258" t="s">
-        <v>210</v>
+      <c r="B258">
+        <v>1607749165</v>
       </c>
       <c r="C258">
         <v>3</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>3</v>
       </c>
       <c r="B259" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C259">
         <v>3</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>3</v>
       </c>
       <c r="B260" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C260">
         <v>3</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>3</v>
       </c>
       <c r="B261" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C261">
         <v>3</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
         <v>3</v>
       </c>
       <c r="B262" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C262">
         <v>3</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>3</v>
       </c>
       <c r="B263" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C263">
         <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
         <v>3</v>
       </c>
       <c r="B264" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C264">
         <v>3</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
         <v>3</v>
       </c>
       <c r="B265" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C265">
         <v>3</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
         <v>3</v>
       </c>
       <c r="B266" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C266">
         <v>3</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
         <v>3</v>
       </c>
       <c r="B267" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C267">
         <v>3</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>3</v>
       </c>
       <c r="B268">
-        <v>1582701962</v>
+        <v>1589796535</v>
       </c>
       <c r="C268">
         <v>3</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>3</v>
       </c>
-      <c r="B269" t="s">
-        <v>220</v>
+      <c r="B269">
+        <v>1338139304</v>
       </c>
       <c r="C269">
         <v>3</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>3</v>
       </c>
-      <c r="B270" t="s">
-        <v>221</v>
+      <c r="B270">
+        <v>6070758455</v>
       </c>
       <c r="C270">
         <v>3</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>3</v>
       </c>
       <c r="B271" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C271">
         <v>3</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
         <v>3</v>
       </c>
       <c r="B272" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C272">
         <v>3</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>3</v>
       </c>
-      <c r="B273" t="s">
-        <v>224</v>
+      <c r="B273">
+        <v>1686136153</v>
       </c>
       <c r="C273">
         <v>3</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>3</v>
       </c>
       <c r="B274" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C274">
         <v>3</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>3</v>
       </c>
-      <c r="B275" t="s">
-        <v>226</v>
+      <c r="B275">
+        <v>1545319014</v>
       </c>
       <c r="C275">
         <v>3</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>3</v>
       </c>
       <c r="B276" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C276">
         <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
         <v>3</v>
       </c>
       <c r="B277" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C277">
         <v>3</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
         <v>3</v>
       </c>
       <c r="B278" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C278">
         <v>3</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
         <v>3</v>
       </c>
       <c r="B279" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C279">
         <v>3</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>3</v>
       </c>
-      <c r="B280">
-        <v>1646090004</v>
+      <c r="B280" t="s">
+        <v>228</v>
       </c>
       <c r="C280">
         <v>3</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>3</v>
       </c>
       <c r="B281" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C281">
         <v>3</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>3</v>
       </c>
-      <c r="B282">
-        <v>1974704432</v>
+      <c r="B282" t="s">
+        <v>230</v>
       </c>
       <c r="C282">
         <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>3</v>
       </c>
       <c r="B283" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C283">
         <v>3</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>3</v>
       </c>
       <c r="B284" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C284">
         <v>3</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>3</v>
       </c>
       <c r="B285" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C285">
         <v>3</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>3</v>
       </c>
       <c r="B286" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C286">
         <v>3</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>3</v>
       </c>
       <c r="B287" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C287">
         <v>3</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>3</v>
       </c>
       <c r="B288" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="C288">
         <v>3</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>3</v>
       </c>
       <c r="B289" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C289">
         <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>3</v>
       </c>
       <c r="B290" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C290">
         <v>3</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
         <v>3</v>
       </c>
       <c r="B291" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C291">
         <v>3</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
         <v>3</v>
       </c>
       <c r="B292" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C292">
         <v>3</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
         <v>3</v>
       </c>
       <c r="B293" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C293">
         <v>3</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
         <v>3</v>
       </c>
       <c r="B294" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C294">
         <v>3</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
         <v>3</v>
       </c>
       <c r="B295" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C295">
         <v>3</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
         <v>3</v>
       </c>
       <c r="B296" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C296">
         <v>3</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
         <v>3</v>
       </c>
       <c r="B297" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C297">
         <v>3</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
         <v>3</v>
       </c>
       <c r="B298" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C298">
         <v>3</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>3</v>
       </c>
       <c r="B299" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C299">
         <v>3</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
         <v>3</v>
       </c>
       <c r="B300" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C300">
         <v>3</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
         <v>3</v>
       </c>
-      <c r="B301" t="s">
-        <v>250</v>
+      <c r="B301">
+        <v>1979211442</v>
       </c>
       <c r="C301">
         <v>3</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
         <v>3</v>
       </c>
-      <c r="B302" t="s">
-        <v>251</v>
+      <c r="B302">
+        <v>1506708013</v>
       </c>
       <c r="C302">
         <v>3</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
         <v>3</v>
       </c>
       <c r="B303" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C303">
         <v>3</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
         <v>3</v>
       </c>
       <c r="B304" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C304">
         <v>3</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
         <v>3</v>
       </c>
-      <c r="B305" t="s">
-        <v>254</v>
+      <c r="B305">
+        <v>1785653636</v>
       </c>
       <c r="C305">
         <v>3</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
         <v>3</v>
       </c>
       <c r="B306" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C306">
         <v>3</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
         <v>3</v>
       </c>
       <c r="B307" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C307">
         <v>3</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
         <v>3</v>
       </c>
       <c r="B308" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C308">
         <v>3</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
         <v>3</v>
       </c>
       <c r="B309" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C309">
         <v>3</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
         <v>3</v>
       </c>
-      <c r="B310">
-        <v>1534437339</v>
+      <c r="B310" t="s">
+        <v>255</v>
       </c>
       <c r="C310">
         <v>3</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
         <v>3</v>
       </c>
       <c r="B311" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C311">
         <v>3</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
         <v>3</v>
       </c>
       <c r="B312" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C312">
         <v>3</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
         <v>3</v>
       </c>
       <c r="B313" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C313">
         <v>3</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
         <v>3</v>
       </c>
       <c r="B314" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C314">
         <v>3</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
         <v>3</v>
       </c>
       <c r="B315" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C315">
         <v>3</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
         <v>3</v>
       </c>
       <c r="B316" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C316">
         <v>3</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
         <v>3</v>
       </c>
-      <c r="B317">
-        <v>1580627560</v>
+      <c r="B317" t="s">
+        <v>262</v>
       </c>
       <c r="C317">
         <v>3</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
         <v>3</v>
       </c>
       <c r="B318" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C318">
         <v>3</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
         <v>3</v>
       </c>
       <c r="B319" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C319">
         <v>3</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
         <v>3</v>
       </c>
       <c r="B320" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C320">
         <v>3</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
         <v>3</v>
       </c>
       <c r="B321" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C321">
         <v>3</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
         <v>3</v>
       </c>
-      <c r="B322">
-        <v>1501128035</v>
+      <c r="B322" t="s">
+        <v>267</v>
       </c>
       <c r="C322">
         <v>3</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
         <v>3</v>
       </c>
-      <c r="B323">
-        <v>1338343920</v>
+      <c r="B323" t="s">
+        <v>268</v>
       </c>
       <c r="C323">
         <v>3</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
         <v>3</v>
       </c>
       <c r="B324" t="s">
         <v>269</v>
       </c>
       <c r="C324">
         <v>3</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
         <v>3</v>
       </c>
       <c r="B325" t="s">
         <v>270</v>
       </c>
       <c r="C325">
         <v>3</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
         <v>3</v>
       </c>
       <c r="B326" t="s">
         <v>271</v>
       </c>
       <c r="C326">
         <v>3</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
         <v>3</v>
       </c>
-      <c r="B327">
-        <v>6075279202</v>
+      <c r="B327" t="s">
+        <v>272</v>
       </c>
       <c r="C327">
         <v>3</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
         <v>3</v>
       </c>
       <c r="B328" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C328">
         <v>3</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
         <v>3</v>
       </c>
       <c r="B329" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C329">
         <v>3</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
         <v>3</v>
       </c>
       <c r="B330" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C330">
         <v>3</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
         <v>3</v>
       </c>
       <c r="B331" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C331">
         <v>3</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>3</v>
       </c>
       <c r="B332" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C332">
         <v>3</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>3</v>
       </c>
       <c r="B333" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C333">
         <v>3</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>3</v>
       </c>
       <c r="B334" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C334">
         <v>3</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>3</v>
       </c>
       <c r="B335" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C335">
         <v>3</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
         <v>3</v>
       </c>
       <c r="B336" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C336">
         <v>3</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
         <v>3</v>
       </c>
       <c r="B337" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C337">
         <v>3</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
         <v>3</v>
       </c>
       <c r="B338" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C338">
         <v>3</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
         <v>3</v>
       </c>
       <c r="B339" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C339">
         <v>3</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
         <v>3</v>
       </c>
       <c r="B340" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C340">
         <v>3</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
         <v>3</v>
       </c>
       <c r="B341" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C341">
         <v>3</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
         <v>3</v>
       </c>
       <c r="B342" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C342">
         <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>3</v>
       </c>
       <c r="B343" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C343">
         <v>3</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
         <v>3</v>
       </c>
       <c r="B344" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C344">
         <v>3</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>3</v>
       </c>
       <c r="B345" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C345">
         <v>3</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>3</v>
       </c>
       <c r="B346" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C346">
         <v>3</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
         <v>3</v>
       </c>
       <c r="B347" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C347">
         <v>3</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
         <v>3</v>
       </c>
-      <c r="B348">
-        <v>1982137975</v>
+      <c r="B348" t="s">
+        <v>293</v>
       </c>
       <c r="C348">
         <v>3</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
         <v>3</v>
       </c>
       <c r="B349" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C349">
         <v>3</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
         <v>3</v>
       </c>
-      <c r="B350">
-        <v>1589796535</v>
+      <c r="B350" t="s">
+        <v>295</v>
       </c>
       <c r="C350">
         <v>3</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
         <v>3</v>
       </c>
       <c r="B351" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C351">
         <v>3</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
         <v>3</v>
       </c>
       <c r="B352" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C352">
         <v>3</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
         <v>3</v>
       </c>
       <c r="B353" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C353">
         <v>3</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
         <v>3</v>
       </c>
       <c r="B354" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C354">
         <v>3</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
         <v>3</v>
       </c>
       <c r="B355" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C355">
         <v>3</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
         <v>3</v>
       </c>
-      <c r="B356" t="s">
-        <v>298</v>
+      <c r="B356">
+        <v>1980681252</v>
       </c>
       <c r="C356">
         <v>3</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
         <v>3</v>
       </c>
       <c r="B357" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C357">
         <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
         <v>3</v>
       </c>
-      <c r="B358">
-        <v>1506708013</v>
+      <c r="B358" t="s">
+        <v>302</v>
       </c>
       <c r="C358">
         <v>3</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
         <v>3</v>
       </c>
       <c r="B359" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C359">
         <v>3</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
         <v>3</v>
       </c>
-      <c r="B360">
-        <v>1785653636</v>
+      <c r="B360" t="s">
+        <v>304</v>
       </c>
       <c r="C360">
         <v>3</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
         <v>3</v>
       </c>
       <c r="B361" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C361">
         <v>3</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
         <v>3</v>
       </c>
       <c r="B362">
-        <v>1607749165</v>
+        <v>1694847187</v>
       </c>
       <c r="C362">
         <v>3</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
         <v>3</v>
       </c>
       <c r="B363" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C363">
         <v>3</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
         <v>3</v>
       </c>
       <c r="B364" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C364">
         <v>3</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
         <v>3</v>
       </c>
-      <c r="B365" t="s">
-        <v>304</v>
+      <c r="B365">
+        <v>1646090004</v>
       </c>
       <c r="C365">
         <v>3</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
         <v>3</v>
       </c>
       <c r="B366" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C366">
         <v>3</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
         <v>3</v>
       </c>
       <c r="B367" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C367">
         <v>3</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
         <v>3</v>
       </c>
       <c r="B368" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C368">
         <v>3</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
         <v>3</v>
       </c>
       <c r="B369" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C369">
         <v>3</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
         <v>3</v>
       </c>
       <c r="B370" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C370">
         <v>3</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>3</v>
       </c>
       <c r="B371" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C371">
         <v>3</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
         <v>3</v>
       </c>
-      <c r="B372">
-        <v>1338139304</v>
+      <c r="B372" t="s">
+        <v>314</v>
       </c>
       <c r="C372">
         <v>3</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
         <v>3</v>
       </c>
-      <c r="B373">
-        <v>6070758455</v>
+      <c r="B373" t="s">
+        <v>315</v>
       </c>
       <c r="C373">
         <v>3</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
         <v>3</v>
       </c>
       <c r="B374" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C374">
         <v>3</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
         <v>3</v>
       </c>
-      <c r="B375">
-        <v>1686136153</v>
+      <c r="B375" t="s">
+        <v>317</v>
       </c>
       <c r="C375">
         <v>3</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
         <v>3</v>
       </c>
       <c r="B376" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C376">
         <v>3</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
         <v>3</v>
       </c>
       <c r="B377" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="C377">
         <v>3</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
         <v>3</v>
       </c>
-      <c r="B378" t="s">
-        <v>314</v>
+      <c r="B378">
+        <v>1582701962</v>
       </c>
       <c r="C378">
         <v>3</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
         <v>3</v>
       </c>
       <c r="B379" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C379">
         <v>3</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
         <v>3</v>
       </c>
       <c r="B380" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C380">
         <v>3</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
         <v>3</v>
       </c>
       <c r="B381" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C381">
         <v>3</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
         <v>3</v>
       </c>
       <c r="B382" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C382">
         <v>3</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
         <v>3</v>
       </c>
-      <c r="B383">
-        <v>1545319014</v>
+      <c r="B383" t="s">
+        <v>324</v>
       </c>
       <c r="C383">
         <v>3</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
         <v>3</v>
       </c>
       <c r="B384" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C384">
         <v>3</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
         <v>3</v>
       </c>
       <c r="B385" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C385">
         <v>3</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
         <v>3</v>
       </c>
       <c r="B386" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C386">
         <v>3</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
         <v>3</v>
       </c>
       <c r="B387" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C387">
         <v>3</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
         <v>3</v>
       </c>
       <c r="B388" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="C388">
         <v>3</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
         <v>3</v>
       </c>
       <c r="B389" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="C389">
         <v>3</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
         <v>3</v>
       </c>
-      <c r="B390" t="s">
-        <v>325</v>
+      <c r="B390">
+        <v>1534437339</v>
       </c>
       <c r="C390">
         <v>3</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
         <v>3</v>
       </c>
       <c r="B391" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C391">
         <v>3</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
         <v>3</v>
       </c>
       <c r="B392" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C392">
         <v>3</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
         <v>3</v>
       </c>
       <c r="B393" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C393">
         <v>3</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
         <v>3</v>
       </c>
       <c r="B394" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C394">
         <v>3</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
         <v>3</v>
       </c>
       <c r="B395" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C395">
         <v>3</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
         <v>3</v>
       </c>
       <c r="B396" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="C396">
         <v>3</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
         <v>3</v>
       </c>
       <c r="B397" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C397">
         <v>3</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>3</v>
       </c>
       <c r="B398" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C398">
         <v>3</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
         <v>3</v>
       </c>
       <c r="B399" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C399">
         <v>3</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
         <v>3</v>
       </c>
-      <c r="B400" t="s">
-        <v>335</v>
+      <c r="B400">
+        <v>1338343920</v>
       </c>
       <c r="C400">
         <v>3</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
         <v>3</v>
       </c>
       <c r="B401" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C401">
         <v>3</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
         <v>3</v>
       </c>
       <c r="B402" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C402">
         <v>3</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
         <v>3</v>
       </c>
       <c r="B403" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C403">
         <v>3</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>3</v>
       </c>
       <c r="B404" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C404">
         <v>3</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>3</v>
       </c>
       <c r="B405" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C405">
         <v>3</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>3</v>
       </c>
       <c r="B406" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C406">
         <v>3</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
         <v>3</v>
       </c>
       <c r="B407" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C407">
         <v>3</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
         <v>3</v>
       </c>
-      <c r="B408" t="s">
-        <v>343</v>
+      <c r="B408">
+        <v>6075279202</v>
       </c>
       <c r="C408">
         <v>3</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>3</v>
       </c>
       <c r="B409" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C409">
         <v>3</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
         <v>3</v>
       </c>
       <c r="B410" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C410">
         <v>3</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
         <v>3</v>
       </c>
-      <c r="B411">
-        <v>1979211442</v>
+      <c r="B411" t="s">
+        <v>349</v>
       </c>
       <c r="C411">
         <v>3</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
         <v>3</v>
       </c>
       <c r="B412" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C412">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>3</v>
       </c>
-      <c r="B413" t="s">
-        <v>347</v>
+      <c r="B413">
+        <v>1974704432</v>
       </c>
       <c r="C413">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
         <v>3</v>
       </c>
-      <c r="B414">
-        <v>1423163249</v>
+      <c r="B414" t="s">
+        <v>351</v>
       </c>
       <c r="C414">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
         <v>3</v>
       </c>
       <c r="B415" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C415">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
         <v>3</v>
       </c>
       <c r="B416" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C416">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
         <v>3</v>
       </c>
       <c r="B417" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C417">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
         <v>3</v>
       </c>
       <c r="B418" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C418">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
         <v>3</v>
       </c>
-      <c r="B419">
-        <v>1981101780</v>
+      <c r="B419" t="s">
+        <v>356</v>
       </c>
       <c r="C419">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
         <v>3</v>
       </c>
-      <c r="B420" t="s">
-        <v>352</v>
+      <c r="B420">
+        <v>1580627560</v>
       </c>
       <c r="C420">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
         <v>3</v>
       </c>
-      <c r="B421">
-        <v>1935906194</v>
+      <c r="B421" t="s">
+        <v>357</v>
       </c>
       <c r="C421">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
         <v>3</v>
       </c>
       <c r="B422" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C422">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
         <v>3</v>
       </c>
-      <c r="B423" t="s">
-        <v>354</v>
+      <c r="B423">
+        <v>1501128035</v>
       </c>
       <c r="C423">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
         <v>3</v>
       </c>
       <c r="B424" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C424">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
         <v>3</v>
       </c>
       <c r="B425" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C425">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
         <v>3</v>
       </c>
       <c r="B426" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C426">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
         <v>3</v>
       </c>
       <c r="B427" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C427">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
         <v>3</v>
       </c>
       <c r="B428" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C428">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
         <v>3</v>
       </c>
       <c r="B429" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C429">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
         <v>3</v>
       </c>
-      <c r="B430" t="s">
-        <v>361</v>
+      <c r="B430">
+        <v>1982137975</v>
       </c>
       <c r="C430">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
         <v>3</v>
       </c>
       <c r="B431" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C431">
         <v>2</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
         <v>3</v>
       </c>
       <c r="B432" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C432">
         <v>2</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
         <v>3</v>
       </c>
-      <c r="B433">
-        <v>1481431870</v>
+      <c r="B433" t="s">
+        <v>367</v>
       </c>
       <c r="C433">
         <v>2</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
         <v>3</v>
       </c>
       <c r="B434" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C434">
         <v>2</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
         <v>3</v>
       </c>
       <c r="B435" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C435">
         <v>2</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
         <v>3</v>
       </c>
       <c r="B436" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C436">
         <v>2</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
         <v>3</v>
       </c>
       <c r="B437" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C437">
         <v>2</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
         <v>3</v>
       </c>
       <c r="B438" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C438">
         <v>2</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
         <v>3</v>
       </c>
       <c r="B439" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C439">
         <v>2</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
         <v>3</v>
       </c>
-      <c r="B440" t="s">
-        <v>370</v>
+      <c r="B440">
+        <v>6070756045</v>
       </c>
       <c r="C440">
         <v>2</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
         <v>3</v>
       </c>
-      <c r="B441">
-        <v>1338029991</v>
+      <c r="B441" t="s">
+        <v>374</v>
       </c>
       <c r="C441">
         <v>2</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
         <v>3</v>
       </c>
       <c r="B442" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C442">
         <v>2</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
         <v>3</v>
       </c>
       <c r="B443" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C443">
         <v>2</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
         <v>3</v>
       </c>
-      <c r="B444" t="s">
-        <v>373</v>
+      <c r="B444">
+        <v>1492688894</v>
       </c>
       <c r="C444">
         <v>2</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
         <v>3</v>
       </c>
-      <c r="B445" t="s">
-        <v>374</v>
+      <c r="B445">
+        <v>1119047072</v>
       </c>
       <c r="C445">
         <v>2</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
         <v>3</v>
       </c>
       <c r="B446" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C446">
         <v>2</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
         <v>3</v>
       </c>
       <c r="B447" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C447">
         <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
         <v>3</v>
       </c>
       <c r="B448" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C448">
         <v>2</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
         <v>3</v>
       </c>
       <c r="B449" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C449">
         <v>2</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
         <v>3</v>
       </c>
       <c r="B450" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C450">
         <v>2</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
         <v>3</v>
       </c>
-      <c r="B451">
-        <v>1433650525</v>
+      <c r="B451" t="s">
+        <v>382</v>
       </c>
       <c r="C451">
         <v>2</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
         <v>3</v>
       </c>
       <c r="B452" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C452">
         <v>2</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
         <v>3</v>
       </c>
       <c r="B453" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C453">
         <v>2</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
         <v>3</v>
       </c>
       <c r="B454" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C454">
         <v>2</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
         <v>3</v>
       </c>
       <c r="B455" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C455">
         <v>2</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>3</v>
       </c>
       <c r="B456" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C456">
         <v>2</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
         <v>3</v>
       </c>
       <c r="B457" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C457">
         <v>2</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
         <v>3</v>
       </c>
       <c r="B458" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C458">
         <v>2</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
         <v>3</v>
       </c>
       <c r="B459" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C459">
         <v>2</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
         <v>3</v>
       </c>
-      <c r="B460" t="s">
-        <v>388</v>
+      <c r="B460">
+        <v>6579018</v>
       </c>
       <c r="C460">
         <v>2</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
         <v>3</v>
       </c>
       <c r="B461" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C461">
         <v>2</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
         <v>3</v>
       </c>
       <c r="B462" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C462">
         <v>2</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
         <v>3</v>
       </c>
       <c r="B463" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C463">
         <v>2</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
         <v>3</v>
       </c>
       <c r="B464" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C464">
         <v>2</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
         <v>3</v>
       </c>
-      <c r="B465" t="s">
-        <v>393</v>
+      <c r="B465">
+        <v>1537407902</v>
       </c>
       <c r="C465">
         <v>2</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
         <v>3</v>
       </c>
       <c r="B466" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C466">
         <v>2</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
         <v>3</v>
       </c>
       <c r="B467" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C467">
         <v>2</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
         <v>3</v>
       </c>
       <c r="B468" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C468">
         <v>2</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
         <v>3</v>
       </c>
       <c r="B469" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C469">
         <v>2</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
         <v>3</v>
       </c>
       <c r="B470" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C470">
         <v>2</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
         <v>3</v>
       </c>
       <c r="B471" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C471">
         <v>2</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
         <v>3</v>
       </c>
       <c r="B472" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C472">
         <v>2</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
         <v>3</v>
       </c>
       <c r="B473" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C473">
         <v>2</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
         <v>3</v>
       </c>
       <c r="B474" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C474">
         <v>2</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
         <v>3</v>
       </c>
       <c r="B475" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C475">
         <v>2</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
         <v>3</v>
       </c>
       <c r="B476" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C476">
         <v>2</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
         <v>3</v>
       </c>
       <c r="B477" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C477">
         <v>2</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
         <v>3</v>
       </c>
       <c r="B478" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C478">
         <v>2</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
         <v>3</v>
       </c>
       <c r="B479" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C479">
         <v>2</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
         <v>3</v>
       </c>
-      <c r="B480" t="s">
-        <v>408</v>
+      <c r="B480">
+        <v>1785866451</v>
       </c>
       <c r="C480">
         <v>2</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
         <v>3</v>
       </c>
-      <c r="B481">
-        <v>1933492953</v>
+      <c r="B481" t="s">
+        <v>409</v>
       </c>
       <c r="C481">
         <v>2</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
         <v>3</v>
       </c>
       <c r="B482" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C482">
         <v>2</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
         <v>3</v>
       </c>
-      <c r="B483" t="s">
-        <v>410</v>
+      <c r="B483">
+        <v>1455560219</v>
       </c>
       <c r="C483">
         <v>2</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
         <v>3</v>
       </c>
       <c r="B484" t="s">
         <v>411</v>
       </c>
       <c r="C484">
         <v>2</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
         <v>3</v>
       </c>
       <c r="B485" t="s">
         <v>412</v>
       </c>
       <c r="C485">
         <v>2</v>
@@ -10981,51 +11017,51 @@
         <v>3</v>
       </c>
       <c r="B492" t="s">
         <v>419</v>
       </c>
       <c r="C492">
         <v>2</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>3</v>
       </c>
       <c r="B493" t="s">
         <v>420</v>
       </c>
       <c r="C493">
         <v>2</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
         <v>3</v>
       </c>
       <c r="B494">
-        <v>1944515631</v>
+        <v>1974709663</v>
       </c>
       <c r="C494">
         <v>2</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>3</v>
       </c>
       <c r="B495" t="s">
         <v>421</v>
       </c>
       <c r="C495">
         <v>2</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
         <v>3</v>
       </c>
       <c r="B496" t="s">
         <v>422</v>
       </c>
       <c r="C496">
         <v>2</v>
@@ -11135,51 +11171,51 @@
         <v>3</v>
       </c>
       <c r="B506" t="s">
         <v>432</v>
       </c>
       <c r="C506">
         <v>2</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
         <v>3</v>
       </c>
       <c r="B507" t="s">
         <v>433</v>
       </c>
       <c r="C507">
         <v>2</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
         <v>3</v>
       </c>
       <c r="B508">
-        <v>1449495761</v>
+        <v>1421522454</v>
       </c>
       <c r="C508">
         <v>2</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>3</v>
       </c>
       <c r="B509" t="s">
         <v>434</v>
       </c>
       <c r="C509">
         <v>2</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>3</v>
       </c>
       <c r="B510" t="s">
         <v>435</v>
       </c>
       <c r="C510">
         <v>2</v>
@@ -11222,129 +11258,129 @@
       <c r="A514" t="s">
         <v>3</v>
       </c>
       <c r="B514" t="s">
         <v>439</v>
       </c>
       <c r="C514">
         <v>2</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>3</v>
       </c>
       <c r="B515" t="s">
         <v>440</v>
       </c>
       <c r="C515">
         <v>2</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
         <v>3</v>
       </c>
-      <c r="B516">
-        <v>1683491874</v>
+      <c r="B516" t="s">
+        <v>441</v>
       </c>
       <c r="C516">
         <v>2</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
         <v>3</v>
       </c>
       <c r="B517" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C517">
         <v>2</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
         <v>3</v>
       </c>
       <c r="B518" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C518">
         <v>2</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>3</v>
       </c>
       <c r="B519" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C519">
         <v>2</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>3</v>
       </c>
       <c r="B520" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C520">
         <v>2</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>3</v>
       </c>
       <c r="B521" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C521">
         <v>2</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
         <v>3</v>
       </c>
       <c r="B522" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C522">
         <v>2</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
         <v>3</v>
       </c>
-      <c r="B523" t="s">
-        <v>447</v>
+      <c r="B523">
+        <v>1421539896</v>
       </c>
       <c r="C523">
         <v>2</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
         <v>3</v>
       </c>
       <c r="B524" t="s">
         <v>448</v>
       </c>
       <c r="C524">
         <v>2</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>3</v>
       </c>
       <c r="B525" t="s">
         <v>449</v>
       </c>
       <c r="C525">
         <v>2</v>
@@ -11464,998 +11500,998 @@
       <c r="A536" t="s">
         <v>3</v>
       </c>
       <c r="B536" t="s">
         <v>460</v>
       </c>
       <c r="C536">
         <v>2</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
         <v>3</v>
       </c>
       <c r="B537" t="s">
         <v>461</v>
       </c>
       <c r="C537">
         <v>2</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
         <v>3</v>
       </c>
-      <c r="B538" t="s">
-        <v>462</v>
+      <c r="B538">
+        <v>1501193325</v>
       </c>
       <c r="C538">
         <v>2</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>3</v>
       </c>
       <c r="B539" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C539">
         <v>2</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
         <v>3</v>
       </c>
       <c r="B540" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C540">
         <v>2</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>3</v>
       </c>
       <c r="B541" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C541">
         <v>2</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>3</v>
       </c>
       <c r="B542" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C542">
         <v>2</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
         <v>3</v>
       </c>
       <c r="B543" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C543">
         <v>2</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>3</v>
       </c>
       <c r="B544" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="C544">
         <v>2</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>3</v>
       </c>
       <c r="B545" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="C545">
         <v>2</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>3</v>
       </c>
-      <c r="B546" t="s">
-        <v>470</v>
+      <c r="B546">
+        <v>1795832010</v>
       </c>
       <c r="C546">
         <v>2</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>3</v>
       </c>
       <c r="B547" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C547">
         <v>2</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>3</v>
       </c>
       <c r="B548" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C548">
         <v>2</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>3</v>
       </c>
-      <c r="B549">
-        <v>1947783327</v>
+      <c r="B549" t="s">
+        <v>471</v>
       </c>
       <c r="C549">
         <v>2</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>3</v>
       </c>
       <c r="B550" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="C550">
         <v>2</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>3</v>
       </c>
       <c r="B551" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="C551">
         <v>2</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>3</v>
       </c>
-      <c r="B552" t="s">
-        <v>475</v>
+      <c r="B552">
+        <v>1421584409</v>
       </c>
       <c r="C552">
         <v>2</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>3</v>
       </c>
-      <c r="B553">
-        <v>1506713521</v>
+      <c r="B553" t="s">
+        <v>474</v>
       </c>
       <c r="C553">
         <v>2</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>3</v>
       </c>
       <c r="B554" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="C554">
         <v>2</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>3</v>
       </c>
       <c r="B555" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="C555">
         <v>2</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>3</v>
       </c>
-      <c r="B556" t="s">
-        <v>478</v>
+      <c r="B556">
+        <v>1729502148</v>
       </c>
       <c r="C556">
         <v>2</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>3</v>
       </c>
-      <c r="B557" t="s">
-        <v>479</v>
+      <c r="B557">
+        <v>1586409840</v>
       </c>
       <c r="C557">
         <v>2</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>3</v>
       </c>
       <c r="B558" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C558">
         <v>2</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>3</v>
       </c>
-      <c r="B559" t="s">
-        <v>481</v>
+      <c r="B559">
+        <v>6070709659</v>
       </c>
       <c r="C559">
         <v>2</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>3</v>
       </c>
-      <c r="B560" t="s">
-        <v>482</v>
+      <c r="B560">
+        <v>1974701573</v>
       </c>
       <c r="C560">
         <v>2</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>3</v>
       </c>
       <c r="B561" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C561">
         <v>2</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>3</v>
       </c>
       <c r="B562" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C562">
         <v>2</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>3</v>
       </c>
       <c r="B563" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="C563">
         <v>2</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
         <v>3</v>
       </c>
       <c r="B564" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C564">
         <v>2</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
         <v>3</v>
       </c>
       <c r="B565" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="C565">
         <v>2</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
         <v>3</v>
       </c>
       <c r="B566" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C566">
         <v>2</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
         <v>3</v>
       </c>
       <c r="B567" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C567">
         <v>2</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
         <v>3</v>
       </c>
       <c r="B568" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C568">
         <v>2</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
         <v>3</v>
       </c>
       <c r="B569" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C569">
         <v>2</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
         <v>3</v>
       </c>
-      <c r="B570" t="s">
-        <v>492</v>
+      <c r="B570">
+        <v>1401262791</v>
       </c>
       <c r="C570">
         <v>2</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
         <v>3</v>
       </c>
       <c r="B571" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C571">
         <v>2</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
         <v>3</v>
       </c>
-      <c r="B572">
-        <v>6072912346</v>
+      <c r="B572" t="s">
+        <v>488</v>
       </c>
       <c r="C572">
         <v>2</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
         <v>3</v>
       </c>
-      <c r="B573">
-        <v>1101934743</v>
+      <c r="B573" t="s">
+        <v>489</v>
       </c>
       <c r="C573">
         <v>2</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
         <v>3</v>
       </c>
       <c r="B574" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C574">
         <v>2</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
         <v>3</v>
       </c>
       <c r="B575" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C575">
         <v>2</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
         <v>3</v>
       </c>
       <c r="B576" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="C576">
         <v>2</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
         <v>3</v>
       </c>
       <c r="B577" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C577">
         <v>2</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
         <v>3</v>
       </c>
       <c r="B578" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C578">
         <v>2</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
         <v>3</v>
       </c>
-      <c r="B579" t="s">
-        <v>499</v>
+      <c r="B579">
+        <v>1421597160</v>
       </c>
       <c r="C579">
         <v>2</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
         <v>3</v>
       </c>
-      <c r="B580">
-        <v>1974704416</v>
+      <c r="B580" t="s">
+        <v>495</v>
       </c>
       <c r="C580">
         <v>2</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
         <v>3</v>
       </c>
       <c r="B581" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="C581">
         <v>2</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
         <v>3</v>
       </c>
       <c r="B582" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C582">
         <v>2</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
         <v>3</v>
       </c>
       <c r="B583" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="C583">
         <v>2</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
         <v>3</v>
       </c>
-      <c r="B584">
-        <v>1974702820</v>
+      <c r="B584" t="s">
+        <v>499</v>
       </c>
       <c r="C584">
         <v>2</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
         <v>3</v>
       </c>
       <c r="B585" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C585">
         <v>2</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
         <v>3</v>
       </c>
       <c r="B586" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="C586">
         <v>2</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
         <v>3</v>
       </c>
       <c r="B587" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="C587">
         <v>2</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
         <v>3</v>
       </c>
-      <c r="B588" t="s">
-        <v>506</v>
+      <c r="B588">
+        <v>1878424319</v>
       </c>
       <c r="C588">
         <v>2</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
         <v>3</v>
       </c>
       <c r="B589" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C589">
         <v>2</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
         <v>3</v>
       </c>
       <c r="B590" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="C590">
         <v>2</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
         <v>3</v>
       </c>
       <c r="B591" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C591">
         <v>2</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
         <v>3</v>
       </c>
       <c r="B592" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C592">
         <v>2</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
         <v>3</v>
       </c>
       <c r="B593" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C593">
         <v>2</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
         <v>3</v>
       </c>
       <c r="B594" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C594">
         <v>2</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
         <v>3</v>
       </c>
-      <c r="B595">
-        <v>1250156947</v>
+      <c r="B595" t="s">
+        <v>509</v>
       </c>
       <c r="C595">
         <v>2</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
         <v>3</v>
       </c>
       <c r="B596" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C596">
         <v>2</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
         <v>3</v>
       </c>
       <c r="B597" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="C597">
         <v>2</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
         <v>3</v>
       </c>
       <c r="B598">
-        <v>8497775767</v>
+        <v>1091399506</v>
       </c>
       <c r="C598">
         <v>2</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
         <v>3</v>
       </c>
       <c r="B599" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C599">
         <v>2</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
         <v>3</v>
       </c>
       <c r="B600" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C600">
         <v>2</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
         <v>3</v>
       </c>
-      <c r="B601">
-        <v>1506715540</v>
+      <c r="B601" t="s">
+        <v>514</v>
       </c>
       <c r="C601">
         <v>2</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
         <v>3</v>
       </c>
       <c r="B602" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C602">
         <v>2</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
         <v>3</v>
       </c>
       <c r="B603" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C603">
         <v>2</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
         <v>3</v>
       </c>
       <c r="B604" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C604">
         <v>2</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
         <v>3</v>
       </c>
-      <c r="B605">
-        <v>1987601459</v>
+      <c r="B605" t="s">
+        <v>518</v>
       </c>
       <c r="C605">
         <v>2</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
         <v>3</v>
       </c>
       <c r="B606" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C606">
         <v>2</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
         <v>3</v>
       </c>
       <c r="B607" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="C607">
         <v>2</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
         <v>3</v>
       </c>
-      <c r="B608">
-        <v>1454938684</v>
+      <c r="B608" t="s">
+        <v>521</v>
       </c>
       <c r="C608">
         <v>2</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" t="s">
         <v>3</v>
       </c>
       <c r="B609" t="s">
         <v>522</v>
       </c>
       <c r="C609">
         <v>2</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" t="s">
         <v>3</v>
       </c>
       <c r="B610" t="s">
         <v>523</v>
       </c>
       <c r="C610">
         <v>2</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" t="s">
         <v>3</v>
       </c>
-      <c r="B611" t="s">
-        <v>524</v>
+      <c r="B611">
+        <v>1481431870</v>
       </c>
       <c r="C611">
         <v>2</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" t="s">
         <v>3</v>
       </c>
       <c r="B612" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C612">
         <v>2</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" t="s">
         <v>3</v>
       </c>
       <c r="B613" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C613">
         <v>2</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" t="s">
         <v>3</v>
       </c>
       <c r="B614" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C614">
         <v>2</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" t="s">
         <v>3</v>
       </c>
       <c r="B615" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C615">
         <v>2</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" t="s">
         <v>3</v>
       </c>
       <c r="B616" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C616">
         <v>2</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" t="s">
         <v>3</v>
       </c>
       <c r="B617" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C617">
         <v>2</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" t="s">
         <v>3</v>
       </c>
       <c r="B618" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C618">
         <v>2</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" t="s">
         <v>3</v>
       </c>
       <c r="B619" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C619">
         <v>2</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" t="s">
         <v>3</v>
       </c>
-      <c r="B620">
-        <v>1936891166</v>
+      <c r="B620" t="s">
+        <v>532</v>
       </c>
       <c r="C620">
         <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" t="s">
         <v>3</v>
       </c>
       <c r="B621" t="s">
         <v>533</v>
       </c>
       <c r="C621">
         <v>2</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" t="s">
         <v>3</v>
       </c>
       <c r="B622" t="s">
         <v>534</v>
       </c>
       <c r="C622">
         <v>2</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" t="s">
         <v>3</v>
       </c>
-      <c r="B623">
-        <v>1609618955</v>
+      <c r="B623" t="s">
+        <v>535</v>
       </c>
       <c r="C623">
         <v>2</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" t="s">
         <v>3</v>
       </c>
-      <c r="B624" t="s">
-        <v>535</v>
+      <c r="B624">
+        <v>6070747747</v>
       </c>
       <c r="C624">
         <v>2</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" t="s">
         <v>3</v>
       </c>
       <c r="B625" t="s">
         <v>536</v>
       </c>
       <c r="C625">
         <v>2</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" t="s">
         <v>3</v>
       </c>
       <c r="B626" t="s">
         <v>537</v>
       </c>
       <c r="C626">
         <v>2</v>
@@ -12553,173 +12589,173 @@
       <c r="A635" t="s">
         <v>3</v>
       </c>
       <c r="B635" t="s">
         <v>546</v>
       </c>
       <c r="C635">
         <v>2</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" t="s">
         <v>3</v>
       </c>
       <c r="B636" t="s">
         <v>547</v>
       </c>
       <c r="C636">
         <v>2</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" t="s">
         <v>3</v>
       </c>
-      <c r="B637" t="s">
-        <v>548</v>
+      <c r="B637">
+        <v>1546010025</v>
       </c>
       <c r="C637">
         <v>2</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" t="s">
         <v>3</v>
       </c>
       <c r="B638" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C638">
         <v>2</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" t="s">
         <v>3</v>
       </c>
-      <c r="B639" t="s">
-        <v>550</v>
+      <c r="B639">
+        <v>1338029991</v>
       </c>
       <c r="C639">
         <v>2</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" t="s">
         <v>3</v>
       </c>
       <c r="B640" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C640">
         <v>2</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" t="s">
         <v>3</v>
       </c>
-      <c r="B641">
-        <v>995157642</v>
+      <c r="B641" t="s">
+        <v>550</v>
       </c>
       <c r="C641">
         <v>2</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" t="s">
         <v>3</v>
       </c>
       <c r="B642" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C642">
         <v>2</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" t="s">
         <v>3</v>
       </c>
       <c r="B643" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C643">
         <v>2</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" t="s">
         <v>3</v>
       </c>
       <c r="B644" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="C644">
         <v>2</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" t="s">
         <v>3</v>
       </c>
       <c r="B645" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C645">
         <v>2</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" t="s">
         <v>3</v>
       </c>
       <c r="B646" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="C646">
         <v>2</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" t="s">
         <v>3</v>
       </c>
       <c r="B647" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="C647">
         <v>2</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" t="s">
         <v>3</v>
       </c>
-      <c r="B648">
-        <v>1452102279</v>
+      <c r="B648" t="s">
+        <v>557</v>
       </c>
       <c r="C648">
         <v>2</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" t="s">
         <v>3</v>
       </c>
       <c r="B649" t="s">
         <v>558</v>
       </c>
       <c r="C649">
         <v>2</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" t="s">
         <v>3</v>
       </c>
       <c r="B650" t="s">
         <v>559</v>
       </c>
       <c r="C650">
         <v>2</v>
@@ -12817,118 +12853,118 @@
       <c r="A659" t="s">
         <v>3</v>
       </c>
       <c r="B659" t="s">
         <v>568</v>
       </c>
       <c r="C659">
         <v>2</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" t="s">
         <v>3</v>
       </c>
       <c r="B660" t="s">
         <v>569</v>
       </c>
       <c r="C660">
         <v>2</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" t="s">
         <v>3</v>
       </c>
-      <c r="B661">
-        <v>8499933009</v>
+      <c r="B661" t="s">
+        <v>570</v>
       </c>
       <c r="C661">
         <v>2</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" t="s">
         <v>3</v>
       </c>
       <c r="B662" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C662">
         <v>2</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" t="s">
         <v>3</v>
       </c>
       <c r="B663" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C663">
         <v>2</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" t="s">
         <v>3</v>
       </c>
       <c r="B664" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C664">
         <v>2</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" t="s">
         <v>3</v>
       </c>
       <c r="B665" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C665">
         <v>2</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" t="s">
         <v>3</v>
       </c>
       <c r="B666" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C666">
         <v>2</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" t="s">
         <v>3</v>
       </c>
-      <c r="B667" t="s">
-        <v>575</v>
+      <c r="B667">
+        <v>1981101780</v>
       </c>
       <c r="C667">
         <v>2</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" t="s">
         <v>3</v>
       </c>
       <c r="B668" t="s">
         <v>576</v>
       </c>
       <c r="C668">
         <v>2</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" t="s">
         <v>3</v>
       </c>
       <c r="B669" t="s">
         <v>577</v>
       </c>
       <c r="C669">
         <v>2</v>
@@ -12972,51 +13008,51 @@
         <v>3</v>
       </c>
       <c r="B673" t="s">
         <v>581</v>
       </c>
       <c r="C673">
         <v>2</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" t="s">
         <v>3</v>
       </c>
       <c r="B674" t="s">
         <v>582</v>
       </c>
       <c r="C674">
         <v>2</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" t="s">
         <v>3</v>
       </c>
       <c r="B675">
-        <v>1419740474</v>
+        <v>1933492953</v>
       </c>
       <c r="C675">
         <v>2</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" t="s">
         <v>3</v>
       </c>
       <c r="B676" t="s">
         <v>583</v>
       </c>
       <c r="C676">
         <v>2</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" t="s">
         <v>3</v>
       </c>
       <c r="B677" t="s">
         <v>584</v>
       </c>
       <c r="C677">
         <v>2</v>
@@ -13081,3025 +13117,3025 @@
       <c r="A683" t="s">
         <v>3</v>
       </c>
       <c r="B683" t="s">
         <v>590</v>
       </c>
       <c r="C683">
         <v>2</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" t="s">
         <v>3</v>
       </c>
       <c r="B684" t="s">
         <v>591</v>
       </c>
       <c r="C684">
         <v>2</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" t="s">
         <v>3</v>
       </c>
-      <c r="B685">
-        <v>1421587025</v>
+      <c r="B685" t="s">
+        <v>592</v>
       </c>
       <c r="C685">
         <v>2</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" t="s">
         <v>3</v>
       </c>
       <c r="B686" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C686">
         <v>2</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" t="s">
         <v>3</v>
       </c>
       <c r="B687" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C687">
         <v>2</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" t="s">
         <v>3</v>
       </c>
       <c r="B688" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C688">
         <v>2</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" t="s">
         <v>3</v>
       </c>
       <c r="B689" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C689">
         <v>2</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" t="s">
         <v>3</v>
       </c>
       <c r="B690" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C690">
         <v>2</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" t="s">
         <v>3</v>
       </c>
       <c r="B691" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C691">
         <v>2</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" t="s">
         <v>3</v>
       </c>
       <c r="B692" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C692">
         <v>2</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" t="s">
         <v>3</v>
       </c>
       <c r="B693" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C693">
         <v>2</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" t="s">
         <v>3</v>
       </c>
-      <c r="B694">
-        <v>1785866451</v>
+      <c r="B694" t="s">
+        <v>601</v>
       </c>
       <c r="C694">
         <v>2</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" t="s">
         <v>3</v>
       </c>
       <c r="B695" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C695">
         <v>2</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" t="s">
         <v>3</v>
       </c>
-      <c r="B696">
-        <v>1455560219</v>
+      <c r="B696" t="s">
+        <v>603</v>
       </c>
       <c r="C696">
         <v>2</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" t="s">
         <v>3</v>
       </c>
       <c r="B697" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C697">
         <v>2</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" t="s">
         <v>3</v>
       </c>
       <c r="B698" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="C698">
         <v>2</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" t="s">
         <v>3</v>
       </c>
       <c r="B699" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C699">
         <v>2</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" t="s">
         <v>3</v>
       </c>
-      <c r="B700">
-        <v>1492688894</v>
+      <c r="B700" t="s">
+        <v>607</v>
       </c>
       <c r="C700">
         <v>2</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" t="s">
         <v>3</v>
       </c>
       <c r="B701" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C701">
         <v>2</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" t="s">
         <v>3</v>
       </c>
-      <c r="B702" t="s">
-        <v>605</v>
+      <c r="B702">
+        <v>1433650525</v>
       </c>
       <c r="C702">
         <v>2</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" t="s">
         <v>3</v>
       </c>
       <c r="B703" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C703">
         <v>2</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" t="s">
         <v>3</v>
       </c>
       <c r="B704" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C704">
         <v>2</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" t="s">
         <v>3</v>
       </c>
       <c r="B705" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C705">
         <v>2</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" t="s">
         <v>3</v>
       </c>
       <c r="B706" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C706">
         <v>2</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" t="s">
         <v>3</v>
       </c>
       <c r="B707" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C707">
         <v>2</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>3</v>
       </c>
       <c r="B708" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C708">
         <v>2</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>3</v>
       </c>
-      <c r="B709">
-        <v>8448849264</v>
+      <c r="B709" t="s">
+        <v>615</v>
       </c>
       <c r="C709">
         <v>2</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
         <v>3</v>
       </c>
       <c r="B710" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C710">
         <v>2</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>3</v>
       </c>
       <c r="B711" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C711">
         <v>2</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
         <v>3</v>
       </c>
       <c r="B712" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C712">
         <v>2</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>3</v>
       </c>
       <c r="B713" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C713">
         <v>2</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>3</v>
       </c>
       <c r="B714" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C714">
         <v>2</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
         <v>3</v>
       </c>
       <c r="B715" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C715">
         <v>2</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>3</v>
       </c>
-      <c r="B716" t="s">
-        <v>618</v>
+      <c r="B716">
+        <v>1455503878</v>
       </c>
       <c r="C716">
         <v>2</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
         <v>3</v>
       </c>
       <c r="B717" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C717">
         <v>2</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
         <v>3</v>
       </c>
-      <c r="B718">
-        <v>1119047072</v>
+      <c r="B718" t="s">
+        <v>623</v>
       </c>
       <c r="C718">
         <v>2</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>3</v>
       </c>
       <c r="B719" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C719">
         <v>2</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>3</v>
       </c>
       <c r="B720" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="C720">
         <v>2</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>3</v>
       </c>
       <c r="B721" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C721">
         <v>2</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>3</v>
       </c>
-      <c r="B722" t="s">
-        <v>623</v>
+      <c r="B722">
+        <v>6073140622</v>
       </c>
       <c r="C722">
         <v>2</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>3</v>
       </c>
       <c r="B723" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C723">
         <v>2</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>3</v>
       </c>
       <c r="B724" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C724">
         <v>2</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>3</v>
       </c>
       <c r="B725" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="C725">
         <v>2</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>3</v>
       </c>
       <c r="B726" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C726">
         <v>2</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>3</v>
       </c>
       <c r="B727" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C727">
         <v>2</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>3</v>
       </c>
-      <c r="B728" t="s">
-        <v>629</v>
+      <c r="B728">
+        <v>1935906194</v>
       </c>
       <c r="C728">
         <v>2</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>3</v>
       </c>
       <c r="B729" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C729">
         <v>2</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>3</v>
       </c>
-      <c r="B730">
-        <v>1506248381</v>
+      <c r="B730" t="s">
+        <v>633</v>
       </c>
       <c r="C730">
         <v>2</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>3</v>
       </c>
       <c r="B731" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C731">
         <v>2</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>3</v>
       </c>
       <c r="B732" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C732">
         <v>2</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>3</v>
       </c>
       <c r="B733" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C733">
         <v>2</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>3</v>
       </c>
-      <c r="B734" t="s">
-        <v>634</v>
+      <c r="B734">
+        <v>1947783327</v>
       </c>
       <c r="C734">
         <v>2</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>3</v>
       </c>
-      <c r="B735" t="s">
-        <v>635</v>
+      <c r="B735">
+        <v>1423163249</v>
       </c>
       <c r="C735">
         <v>2</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>3</v>
       </c>
       <c r="B736" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C736">
         <v>2</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>3</v>
       </c>
       <c r="B737" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C737">
         <v>2</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>3</v>
       </c>
-      <c r="B738">
-        <v>1534445161</v>
+      <c r="B738" t="s">
+        <v>639</v>
       </c>
       <c r="C738">
         <v>2</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>3</v>
       </c>
       <c r="B739" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C739">
         <v>2</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" t="s">
         <v>3</v>
       </c>
       <c r="B740" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C740">
         <v>2</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" t="s">
         <v>3</v>
       </c>
       <c r="B741" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C741">
         <v>2</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" t="s">
         <v>3</v>
       </c>
-      <c r="B742">
-        <v>1501193325</v>
+      <c r="B742" t="s">
+        <v>643</v>
       </c>
       <c r="C742">
         <v>2</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" t="s">
         <v>3</v>
       </c>
       <c r="B743" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C743">
         <v>2</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" t="s">
         <v>3</v>
       </c>
       <c r="B744" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C744">
         <v>2</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" t="s">
         <v>3</v>
       </c>
       <c r="B745" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C745">
         <v>2</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" t="s">
         <v>3</v>
       </c>
       <c r="B746" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C746">
         <v>2</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" t="s">
         <v>3</v>
       </c>
-      <c r="B747">
-        <v>1974709663</v>
+      <c r="B747" t="s">
+        <v>648</v>
       </c>
       <c r="C747">
         <v>2</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" t="s">
         <v>3</v>
       </c>
       <c r="B748" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C748">
         <v>2</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" t="s">
         <v>3</v>
       </c>
-      <c r="B749">
-        <v>6571348</v>
+      <c r="B749" t="s">
+        <v>650</v>
       </c>
       <c r="C749">
         <v>2</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" t="s">
         <v>3</v>
       </c>
       <c r="B750" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="C750">
         <v>2</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" t="s">
         <v>3</v>
       </c>
       <c r="B751" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C751">
         <v>2</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" t="s">
         <v>3</v>
       </c>
-      <c r="B752" t="s">
-        <v>648</v>
+      <c r="B752">
+        <v>1101934743</v>
       </c>
       <c r="C752">
         <v>2</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" t="s">
         <v>3</v>
       </c>
       <c r="B753" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C753">
         <v>2</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" t="s">
         <v>3</v>
       </c>
       <c r="B754" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="C754">
         <v>2</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" t="s">
         <v>3</v>
       </c>
       <c r="B755" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="C755">
         <v>2</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" t="s">
         <v>3</v>
       </c>
       <c r="B756" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C756">
         <v>2</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" t="s">
         <v>3</v>
       </c>
-      <c r="B757" t="s">
-        <v>653</v>
+      <c r="B757">
+        <v>1683491874</v>
       </c>
       <c r="C757">
         <v>2</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" t="s">
         <v>3</v>
       </c>
       <c r="B758" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C758">
         <v>2</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" t="s">
         <v>3</v>
       </c>
       <c r="B759" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C759">
         <v>2</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" t="s">
         <v>3</v>
       </c>
       <c r="B760" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C760">
         <v>2</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" t="s">
         <v>3</v>
       </c>
       <c r="B761" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C761">
         <v>2</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" t="s">
         <v>3</v>
       </c>
-      <c r="B762">
-        <v>1974701573</v>
+      <c r="B762" t="s">
+        <v>661</v>
       </c>
       <c r="C762">
         <v>2</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" t="s">
         <v>3</v>
       </c>
       <c r="B763" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C763">
         <v>2</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" t="s">
         <v>3</v>
       </c>
       <c r="B764" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C764">
         <v>2</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" t="s">
         <v>3</v>
       </c>
       <c r="B765" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="C765">
         <v>2</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" t="s">
         <v>3</v>
       </c>
       <c r="B766" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C766">
         <v>2</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" t="s">
         <v>3</v>
       </c>
       <c r="B767" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C767">
         <v>2</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" t="s">
         <v>3</v>
       </c>
       <c r="B768" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="C768">
         <v>2</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" t="s">
         <v>3</v>
       </c>
       <c r="B769" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="C769">
         <v>2</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" t="s">
         <v>3</v>
       </c>
       <c r="B770" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C770">
         <v>2</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" t="s">
         <v>3</v>
       </c>
-      <c r="B771">
-        <v>1401262791</v>
+      <c r="B771" t="s">
+        <v>670</v>
       </c>
       <c r="C771">
         <v>2</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" t="s">
         <v>3</v>
       </c>
       <c r="B772" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="C772">
         <v>2</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" t="s">
         <v>3</v>
       </c>
       <c r="B773" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="C773">
         <v>2</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" t="s">
         <v>3</v>
       </c>
       <c r="B774" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C774">
         <v>2</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" t="s">
         <v>3</v>
       </c>
       <c r="B775" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="C775">
         <v>2</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" t="s">
         <v>3</v>
       </c>
-      <c r="B776">
-        <v>6070756045</v>
+      <c r="B776" t="s">
+        <v>675</v>
       </c>
       <c r="C776">
         <v>2</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" t="s">
         <v>3</v>
       </c>
-      <c r="B777">
-        <v>1586409840</v>
+      <c r="B777" t="s">
+        <v>676</v>
       </c>
       <c r="C777">
         <v>2</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" t="s">
         <v>3</v>
       </c>
       <c r="B778" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="C778">
         <v>2</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" t="s">
         <v>3</v>
       </c>
       <c r="B779" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C779">
         <v>2</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" t="s">
         <v>3</v>
       </c>
       <c r="B780" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C780">
         <v>2</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" t="s">
         <v>3</v>
       </c>
       <c r="B781" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C781">
         <v>2</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" t="s">
         <v>3</v>
       </c>
       <c r="B782" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="C782">
         <v>2</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" t="s">
         <v>3</v>
       </c>
       <c r="B783" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="C783">
         <v>2</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" t="s">
         <v>3</v>
       </c>
       <c r="B784" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C784">
         <v>2</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" t="s">
         <v>3</v>
       </c>
-      <c r="B785" t="s">
-        <v>677</v>
+      <c r="B785">
+        <v>1506715540</v>
       </c>
       <c r="C785">
         <v>2</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" t="s">
         <v>3</v>
       </c>
       <c r="B786" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C786">
         <v>2</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" t="s">
         <v>3</v>
       </c>
-      <c r="B787">
-        <v>6579018</v>
+      <c r="B787" t="s">
+        <v>685</v>
       </c>
       <c r="C787">
         <v>2</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" t="s">
         <v>3</v>
       </c>
       <c r="B788" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C788">
         <v>2</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" t="s">
         <v>3</v>
       </c>
       <c r="B789" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="C789">
         <v>2</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" t="s">
         <v>3</v>
       </c>
-      <c r="B790">
-        <v>1091399506</v>
+      <c r="B790" t="s">
+        <v>688</v>
       </c>
       <c r="C790">
         <v>2</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" t="s">
         <v>3</v>
       </c>
       <c r="B791" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="C791">
         <v>2</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" t="s">
         <v>3</v>
       </c>
       <c r="B792" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="C792">
         <v>2</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" t="s">
         <v>3</v>
       </c>
       <c r="B793" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C793">
         <v>2</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" t="s">
         <v>3</v>
       </c>
       <c r="B794" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="C794">
         <v>2</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" t="s">
         <v>3</v>
       </c>
       <c r="B795" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C795">
         <v>2</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" t="s">
         <v>3</v>
       </c>
       <c r="B796" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="C796">
         <v>2</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" t="s">
         <v>3</v>
       </c>
       <c r="B797" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C797">
         <v>2</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" t="s">
         <v>3</v>
       </c>
       <c r="B798" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="C798">
         <v>2</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" t="s">
         <v>3</v>
       </c>
-      <c r="B799">
-        <v>1537407902</v>
+      <c r="B799" t="s">
+        <v>697</v>
       </c>
       <c r="C799">
         <v>2</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" t="s">
         <v>3</v>
       </c>
       <c r="B800" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="C800">
         <v>2</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" t="s">
         <v>3</v>
       </c>
       <c r="B801" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="C801">
         <v>2</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" t="s">
         <v>3</v>
       </c>
-      <c r="B802" t="s">
-        <v>691</v>
+      <c r="B802">
+        <v>1944515631</v>
       </c>
       <c r="C802">
         <v>2</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" t="s">
         <v>3</v>
       </c>
       <c r="B803" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="C803">
         <v>2</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" t="s">
         <v>3</v>
       </c>
       <c r="B804" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C804">
         <v>2</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" t="s">
         <v>3</v>
       </c>
       <c r="B805" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="C805">
         <v>2</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" t="s">
         <v>3</v>
       </c>
       <c r="B806" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="C806">
         <v>2</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" t="s">
         <v>3</v>
       </c>
       <c r="B807" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="C807">
         <v>2</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" t="s">
         <v>3</v>
       </c>
       <c r="B808" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C808">
         <v>2</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" t="s">
         <v>3</v>
       </c>
       <c r="B809" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="C809">
         <v>2</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" t="s">
         <v>3</v>
       </c>
       <c r="B810" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C810">
         <v>2</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" t="s">
         <v>3</v>
       </c>
       <c r="B811" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="C811">
         <v>2</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" t="s">
         <v>3</v>
       </c>
       <c r="B812" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="C812">
         <v>2</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" t="s">
         <v>3</v>
       </c>
       <c r="B813" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="C813">
         <v>2</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" t="s">
         <v>3</v>
       </c>
-      <c r="B814" t="s">
-        <v>703</v>
+      <c r="B814">
+        <v>6072912346</v>
       </c>
       <c r="C814">
         <v>2</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" t="s">
         <v>3</v>
       </c>
       <c r="B815" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="C815">
         <v>2</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" t="s">
         <v>3</v>
       </c>
       <c r="B816" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="C816">
         <v>2</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" t="s">
         <v>3</v>
       </c>
       <c r="B817" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="C817">
         <v>2</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" t="s">
         <v>3</v>
       </c>
-      <c r="B818" t="s">
-        <v>707</v>
+      <c r="B818">
+        <v>1449495761</v>
       </c>
       <c r="C818">
         <v>2</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" t="s">
         <v>3</v>
       </c>
       <c r="B819" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C819">
         <v>2</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" t="s">
         <v>3</v>
       </c>
       <c r="B820" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="C820">
         <v>2</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" t="s">
         <v>3</v>
       </c>
-      <c r="B821">
-        <v>1421522454</v>
+      <c r="B821" t="s">
+        <v>716</v>
       </c>
       <c r="C821">
         <v>2</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" t="s">
         <v>3</v>
       </c>
       <c r="B822" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="C822">
         <v>2</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" t="s">
         <v>3</v>
       </c>
       <c r="B823" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="C823">
         <v>2</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" t="s">
         <v>3</v>
       </c>
       <c r="B824" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="C824">
         <v>2</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" t="s">
         <v>3</v>
       </c>
       <c r="B825" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="C825">
         <v>2</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" t="s">
         <v>3</v>
       </c>
-      <c r="B826">
-        <v>1546010025</v>
+      <c r="B826" t="s">
+        <v>721</v>
       </c>
       <c r="C826">
         <v>2</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" t="s">
         <v>3</v>
       </c>
       <c r="B827" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="C827">
         <v>2</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" t="s">
         <v>3</v>
       </c>
-      <c r="B828">
-        <v>6070709659</v>
+      <c r="B828" t="s">
+        <v>723</v>
       </c>
       <c r="C828">
         <v>2</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" t="s">
         <v>3</v>
       </c>
       <c r="B829" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="C829">
         <v>2</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" t="s">
         <v>3</v>
       </c>
       <c r="B830" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="C830">
         <v>2</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" t="s">
         <v>3</v>
       </c>
       <c r="B831" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="C831">
         <v>2</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" t="s">
         <v>3</v>
       </c>
       <c r="B832" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="C832">
         <v>2</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" t="s">
         <v>3</v>
       </c>
       <c r="B833" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="C833">
         <v>2</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" t="s">
         <v>3</v>
       </c>
-      <c r="B834">
-        <v>1878424319</v>
+      <c r="B834" t="s">
+        <v>729</v>
       </c>
       <c r="C834">
         <v>2</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" t="s">
         <v>3</v>
       </c>
       <c r="B835" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="C835">
         <v>2</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" t="s">
         <v>3</v>
       </c>
       <c r="B836" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="C836">
         <v>2</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" t="s">
         <v>3</v>
       </c>
       <c r="B837">
-        <v>1421539896</v>
+        <v>995157642</v>
       </c>
       <c r="C837">
         <v>2</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" t="s">
         <v>3</v>
       </c>
       <c r="B838" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="C838">
         <v>2</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" t="s">
         <v>3</v>
       </c>
       <c r="B839" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="C839">
         <v>2</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" t="s">
         <v>3</v>
       </c>
       <c r="B840" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="C840">
         <v>2</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" t="s">
         <v>3</v>
       </c>
       <c r="B841" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="C841">
         <v>2</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" t="s">
         <v>3</v>
       </c>
       <c r="B842" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="C842">
         <v>2</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" t="s">
         <v>3</v>
       </c>
       <c r="B843" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="C843">
         <v>2</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" t="s">
         <v>3</v>
       </c>
-      <c r="B844">
-        <v>1421597160</v>
+      <c r="B844" t="s">
+        <v>738</v>
       </c>
       <c r="C844">
         <v>2</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" t="s">
         <v>3</v>
       </c>
       <c r="B845" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="C845">
         <v>2</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" t="s">
         <v>3</v>
       </c>
       <c r="B846" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="C846">
         <v>2</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" t="s">
         <v>3</v>
       </c>
       <c r="B847" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="C847">
         <v>2</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" t="s">
         <v>3</v>
       </c>
       <c r="B848" t="s">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="C848">
         <v>2</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" t="s">
         <v>3</v>
       </c>
       <c r="B849" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="C849">
         <v>2</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" t="s">
         <v>3</v>
       </c>
       <c r="B850" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="C850">
         <v>2</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" t="s">
         <v>3</v>
       </c>
-      <c r="B851" t="s">
-        <v>734</v>
+      <c r="B851">
+        <v>1987601459</v>
       </c>
       <c r="C851">
         <v>2</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" t="s">
         <v>3</v>
       </c>
-      <c r="B852" t="s">
-        <v>735</v>
+      <c r="B852">
+        <v>1454938684</v>
       </c>
       <c r="C852">
         <v>2</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" t="s">
         <v>3</v>
       </c>
       <c r="B853" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="C853">
         <v>2</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" t="s">
         <v>3</v>
       </c>
       <c r="B854" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="C854">
         <v>2</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" t="s">
         <v>3</v>
       </c>
       <c r="B855" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="C855">
         <v>2</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" t="s">
         <v>3</v>
       </c>
       <c r="B856" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="C856">
         <v>2</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" t="s">
         <v>3</v>
       </c>
       <c r="B857" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="C857">
         <v>2</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" t="s">
         <v>3</v>
       </c>
-      <c r="B858" t="s">
-        <v>741</v>
+      <c r="B858">
+        <v>1250156947</v>
       </c>
       <c r="C858">
         <v>2</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" t="s">
         <v>3</v>
       </c>
       <c r="B859" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="C859">
         <v>2</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" t="s">
         <v>3</v>
       </c>
-      <c r="B860" t="s">
-        <v>743</v>
+      <c r="B860">
+        <v>1421587025</v>
       </c>
       <c r="C860">
         <v>2</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" t="s">
         <v>3</v>
       </c>
       <c r="B861" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="C861">
         <v>2</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" t="s">
         <v>3</v>
       </c>
       <c r="B862" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="C862">
         <v>2</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" t="s">
         <v>3</v>
       </c>
       <c r="B863" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C863">
         <v>2</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" t="s">
         <v>3</v>
       </c>
       <c r="B864" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C864">
         <v>2</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" t="s">
         <v>3</v>
       </c>
-      <c r="B865" t="s">
-        <v>748</v>
+      <c r="B865">
+        <v>1609618955</v>
       </c>
       <c r="C865">
         <v>2</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" t="s">
         <v>3</v>
       </c>
       <c r="B866" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="C866">
         <v>2</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" t="s">
         <v>3</v>
       </c>
       <c r="B867" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="C867">
         <v>2</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" t="s">
         <v>3</v>
       </c>
-      <c r="B868" t="s">
-        <v>751</v>
+      <c r="B868">
+        <v>1506713521</v>
       </c>
       <c r="C868">
         <v>2</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" t="s">
         <v>3</v>
       </c>
       <c r="B869" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C869">
         <v>2</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" t="s">
         <v>3</v>
       </c>
       <c r="B870" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="C870">
         <v>2</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" t="s">
         <v>3</v>
       </c>
       <c r="B871" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C871">
         <v>2</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" t="s">
         <v>3</v>
       </c>
       <c r="B872" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="C872">
         <v>2</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" t="s">
         <v>3</v>
       </c>
       <c r="B873" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="C873">
         <v>2</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" t="s">
         <v>3</v>
       </c>
       <c r="B874" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C874">
         <v>2</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" t="s">
         <v>3</v>
       </c>
-      <c r="B875" t="s">
-        <v>758</v>
+      <c r="B875">
+        <v>1419740474</v>
       </c>
       <c r="C875">
         <v>2</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" t="s">
         <v>3</v>
       </c>
-      <c r="B876">
-        <v>1795832010</v>
+      <c r="B876" t="s">
+        <v>763</v>
       </c>
       <c r="C876">
         <v>2</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" t="s">
         <v>3</v>
       </c>
       <c r="B877" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="C877">
         <v>2</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" t="s">
         <v>3</v>
       </c>
       <c r="B878" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C878">
         <v>2</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" t="s">
         <v>3</v>
       </c>
       <c r="B879" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="C879">
         <v>2</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" t="s">
         <v>3</v>
       </c>
       <c r="B880" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="C880">
         <v>2</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" t="s">
         <v>3</v>
       </c>
       <c r="B881" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C881">
         <v>2</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" t="s">
         <v>3</v>
       </c>
       <c r="B882" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="C882">
         <v>2</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" t="s">
         <v>3</v>
       </c>
       <c r="B883" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C883">
         <v>2</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" t="s">
         <v>3</v>
       </c>
       <c r="B884" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C884">
         <v>2</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" t="s">
         <v>3</v>
       </c>
       <c r="B885" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="C885">
         <v>2</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" t="s">
         <v>3</v>
       </c>
       <c r="B886" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="C886">
         <v>2</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" t="s">
         <v>3</v>
       </c>
       <c r="B887">
-        <v>1421584409</v>
+        <v>8448849264</v>
       </c>
       <c r="C887">
         <v>2</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" t="s">
         <v>3</v>
       </c>
       <c r="B888" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C888">
         <v>2</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" t="s">
         <v>3</v>
       </c>
       <c r="B889" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="C889">
         <v>2</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" t="s">
         <v>3</v>
       </c>
       <c r="B890" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="C890">
         <v>2</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" t="s">
         <v>3</v>
       </c>
-      <c r="B891">
-        <v>6070747747</v>
+      <c r="B891" t="s">
+        <v>777</v>
       </c>
       <c r="C891">
         <v>2</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" t="s">
         <v>3</v>
       </c>
-      <c r="B892">
-        <v>1729502148</v>
+      <c r="B892" t="s">
+        <v>778</v>
       </c>
       <c r="C892">
         <v>2</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" t="s">
         <v>3</v>
       </c>
-      <c r="B893" t="s">
-        <v>772</v>
+      <c r="B893">
+        <v>1452102279</v>
       </c>
       <c r="C893">
         <v>2</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" t="s">
         <v>3</v>
       </c>
       <c r="B894" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="C894">
         <v>2</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" t="s">
         <v>3</v>
       </c>
       <c r="B895" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="C895">
         <v>2</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" t="s">
         <v>3</v>
       </c>
       <c r="B896" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C896">
         <v>2</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" t="s">
         <v>3</v>
       </c>
       <c r="B897" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="C897">
         <v>2</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" t="s">
         <v>3</v>
       </c>
       <c r="B898" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="C898">
         <v>2</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" t="s">
         <v>3</v>
       </c>
       <c r="B899" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="C899">
         <v>2</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
         <v>3</v>
       </c>
       <c r="B900" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C900">
         <v>2</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
         <v>3</v>
       </c>
       <c r="B901" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="C901">
         <v>2</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
         <v>3</v>
       </c>
-      <c r="B902" t="s">
-        <v>781</v>
+      <c r="B902">
+        <v>1974704416</v>
       </c>
       <c r="C902">
         <v>2</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
         <v>3</v>
       </c>
       <c r="B903" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="C903">
         <v>2</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
         <v>3</v>
       </c>
       <c r="B904" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="C904">
         <v>2</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
         <v>3</v>
       </c>
-      <c r="B905" t="s">
-        <v>784</v>
+      <c r="B905">
+        <v>1506248381</v>
       </c>
       <c r="C905">
         <v>2</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
         <v>3</v>
       </c>
       <c r="B906" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C906">
         <v>2</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
         <v>3</v>
       </c>
       <c r="B907" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C907">
         <v>2</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
         <v>3</v>
       </c>
       <c r="B908" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C908">
         <v>2</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
         <v>3</v>
       </c>
       <c r="B909" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="C909">
         <v>2</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
         <v>3</v>
       </c>
       <c r="B910" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C910">
         <v>2</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
         <v>3</v>
       </c>
       <c r="B911" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="C911">
         <v>2</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
         <v>3</v>
       </c>
-      <c r="B912" t="s">
-        <v>791</v>
+      <c r="B912">
+        <v>1974702820</v>
       </c>
       <c r="C912">
         <v>2</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
         <v>3</v>
       </c>
       <c r="B913" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C913">
         <v>2</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
         <v>3</v>
       </c>
-      <c r="B914">
-        <v>1455503878</v>
+      <c r="B914" t="s">
+        <v>796</v>
       </c>
       <c r="C914">
         <v>2</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
         <v>3</v>
       </c>
       <c r="B915" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C915">
         <v>2</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
         <v>3</v>
       </c>
       <c r="B916" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="C916">
         <v>2</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
         <v>3</v>
       </c>
-      <c r="B917" t="s">
-        <v>795</v>
+      <c r="B917">
+        <v>1534445161</v>
       </c>
       <c r="C917">
         <v>2</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
         <v>3</v>
       </c>
       <c r="B918" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="C918">
         <v>2</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
         <v>3</v>
       </c>
-      <c r="B919">
-        <v>6073140622</v>
+      <c r="B919" t="s">
+        <v>800</v>
       </c>
       <c r="C919">
         <v>2</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
         <v>3</v>
       </c>
-      <c r="B920" t="s">
-        <v>797</v>
+      <c r="B920">
+        <v>6587807</v>
       </c>
       <c r="C920">
         <v>2</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
         <v>3</v>
       </c>
       <c r="B921" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C921">
         <v>2</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
         <v>3</v>
       </c>
       <c r="B922" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="C922">
         <v>2</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
         <v>3</v>
       </c>
       <c r="B923" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C923">
         <v>2</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
         <v>3</v>
       </c>
       <c r="B924" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="C924">
         <v>2</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
         <v>3</v>
       </c>
       <c r="B925" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C925">
         <v>2</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
         <v>3</v>
       </c>
       <c r="B926" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="C926">
         <v>2</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
         <v>3</v>
       </c>
-      <c r="B927">
-        <v>1682612384</v>
+      <c r="B927" t="s">
+        <v>807</v>
       </c>
       <c r="C927">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
         <v>3</v>
       </c>
       <c r="B928" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C928">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
         <v>3</v>
       </c>
       <c r="B929" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="C929">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
         <v>3</v>
       </c>
-      <c r="B930" t="s">
-        <v>806</v>
+      <c r="B930">
+        <v>8497775767</v>
       </c>
       <c r="C930">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
         <v>3</v>
       </c>
       <c r="B931" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="C931">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
         <v>3</v>
       </c>
       <c r="B932" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C932">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
         <v>3</v>
       </c>
       <c r="B933" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C933">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
         <v>3</v>
       </c>
       <c r="B934" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C934">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
         <v>3</v>
       </c>
       <c r="B935" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C935">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
         <v>3</v>
       </c>
-      <c r="B936" t="s">
-        <v>812</v>
+      <c r="B936">
+        <v>8499933009</v>
       </c>
       <c r="C936">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
         <v>3</v>
       </c>
       <c r="B937" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C937">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
         <v>3</v>
       </c>
       <c r="B938" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C938">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
         <v>3</v>
       </c>
       <c r="B939" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C939">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
         <v>3</v>
       </c>
       <c r="B940" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C940">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
         <v>3</v>
       </c>
-      <c r="B941" t="s">
-        <v>817</v>
+      <c r="B941">
+        <v>6571348</v>
       </c>
       <c r="C941">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
         <v>3</v>
       </c>
       <c r="B942" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C942">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
         <v>3</v>
       </c>
       <c r="B943" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C943">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
         <v>3</v>
       </c>
       <c r="B944" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C944">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
         <v>3</v>
       </c>
       <c r="B945" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C945">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
         <v>3</v>
       </c>
       <c r="B946" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C946">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
         <v>3</v>
       </c>
       <c r="B947" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C947">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
         <v>3</v>
       </c>
       <c r="B948" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C948">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
         <v>3</v>
       </c>
       <c r="B949" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C949">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
         <v>3</v>
       </c>
       <c r="B950" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C950">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
         <v>3</v>
       </c>
       <c r="B951" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C951">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
         <v>3</v>
       </c>
       <c r="B952" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C952">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
         <v>3</v>
       </c>
-      <c r="B953" t="s">
-        <v>829</v>
+      <c r="B953">
+        <v>1936891166</v>
       </c>
       <c r="C953">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
         <v>3</v>
       </c>
       <c r="B954" t="s">
         <v>830</v>
       </c>
       <c r="C954">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
         <v>3</v>
       </c>
       <c r="B955" t="s">
         <v>831</v>
       </c>
       <c r="C955">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
         <v>3</v>
       </c>
       <c r="B956" t="s">
         <v>832</v>
       </c>
       <c r="C956">
         <v>1</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
         <v>3</v>
       </c>
       <c r="B957" t="s">
         <v>833</v>
       </c>
       <c r="C957">
         <v>1</v>
       </c>
     </row>
     <row r="958" spans="1:3">
@@ -16128,195 +16164,195 @@
       <c r="A960" t="s">
         <v>3</v>
       </c>
       <c r="B960" t="s">
         <v>836</v>
       </c>
       <c r="C960">
         <v>1</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
         <v>3</v>
       </c>
       <c r="B961" t="s">
         <v>837</v>
       </c>
       <c r="C961">
         <v>1</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
         <v>3</v>
       </c>
-      <c r="B962">
-        <v>1982111615</v>
+      <c r="B962" t="s">
+        <v>838</v>
       </c>
       <c r="C962">
         <v>1</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
         <v>3</v>
       </c>
       <c r="B963" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C963">
         <v>1</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
         <v>3</v>
       </c>
       <c r="B964" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C964">
         <v>1</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
         <v>3</v>
       </c>
       <c r="B965" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C965">
         <v>1</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
         <v>3</v>
       </c>
       <c r="B966" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C966">
         <v>1</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
         <v>3</v>
       </c>
       <c r="B967" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C967">
         <v>1</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
         <v>3</v>
       </c>
       <c r="B968" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C968">
         <v>1</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
         <v>3</v>
       </c>
       <c r="B969" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C969">
         <v>1</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
         <v>3</v>
       </c>
       <c r="B970" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C970">
         <v>1</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
         <v>3</v>
       </c>
       <c r="B971" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C971">
         <v>1</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
         <v>3</v>
       </c>
       <c r="B972" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C972">
         <v>1</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
         <v>3</v>
       </c>
       <c r="B973" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C973">
         <v>1</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
         <v>3</v>
       </c>
       <c r="B974" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C974">
         <v>1</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
         <v>3</v>
       </c>
-      <c r="B975" t="s">
-        <v>850</v>
+      <c r="B975">
+        <v>1626860661</v>
       </c>
       <c r="C975">
         <v>1</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
         <v>3</v>
       </c>
       <c r="B976" t="s">
         <v>851</v>
       </c>
       <c r="C976">
         <v>1</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
         <v>3</v>
       </c>
       <c r="B977" t="s">
         <v>852</v>
       </c>
       <c r="C977">
         <v>1</v>
@@ -16359,1900 +16395,1900 @@
       <c r="A981" t="s">
         <v>3</v>
       </c>
       <c r="B981" t="s">
         <v>856</v>
       </c>
       <c r="C981">
         <v>1</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
         <v>3</v>
       </c>
       <c r="B982" t="s">
         <v>857</v>
       </c>
       <c r="C982">
         <v>1</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
         <v>3</v>
       </c>
-      <c r="B983">
-        <v>486272982</v>
+      <c r="B983" t="s">
+        <v>858</v>
       </c>
       <c r="C983">
         <v>1</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
         <v>3</v>
       </c>
       <c r="B984" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C984">
         <v>1</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
         <v>3</v>
       </c>
       <c r="B985">
-        <v>1974704874</v>
+        <v>1476753830</v>
       </c>
       <c r="C985">
         <v>1</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
         <v>3</v>
       </c>
       <c r="B986" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C986">
         <v>1</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
         <v>3</v>
       </c>
-      <c r="B987" t="s">
-        <v>860</v>
+      <c r="B987">
+        <v>1613835051</v>
       </c>
       <c r="C987">
         <v>1</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
         <v>3</v>
       </c>
-      <c r="B988" t="s">
-        <v>861</v>
+      <c r="B988">
+        <v>1421541254</v>
       </c>
       <c r="C988">
         <v>1</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
         <v>3</v>
       </c>
       <c r="B989" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="C989">
         <v>1</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
         <v>3</v>
       </c>
-      <c r="B990">
-        <v>6583757</v>
+      <c r="B990" t="s">
+        <v>862</v>
       </c>
       <c r="C990">
         <v>1</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
         <v>3</v>
       </c>
       <c r="B991" t="s">
         <v>863</v>
       </c>
       <c r="C991">
         <v>1</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
         <v>3</v>
       </c>
-      <c r="B992" t="s">
-        <v>864</v>
+      <c r="B992">
+        <v>1974704467</v>
       </c>
       <c r="C992">
         <v>1</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
         <v>3</v>
       </c>
       <c r="B993">
-        <v>3961711828</v>
+        <v>6070746716</v>
       </c>
       <c r="C993">
         <v>1</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
         <v>3</v>
       </c>
-      <c r="B994" t="s">
-        <v>865</v>
+      <c r="B994">
+        <v>8420452173</v>
       </c>
       <c r="C994">
         <v>1</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
         <v>3</v>
       </c>
       <c r="B995" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="C995">
         <v>1</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
         <v>3</v>
       </c>
       <c r="B996" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="C996">
         <v>1</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
         <v>3</v>
       </c>
-      <c r="B997">
-        <v>1947783416</v>
+      <c r="B997" t="s">
+        <v>866</v>
       </c>
       <c r="C997">
         <v>1</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
         <v>3</v>
       </c>
       <c r="B998" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="C998">
         <v>1</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
         <v>3</v>
       </c>
       <c r="B999" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="C999">
         <v>1</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
         <v>3</v>
       </c>
       <c r="B1000">
-        <v>399593209</v>
+        <v>1501163221</v>
       </c>
       <c r="C1000">
         <v>1</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
         <v>3</v>
       </c>
       <c r="B1001" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="C1001">
         <v>1</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
         <v>3</v>
       </c>
       <c r="B1002" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="C1002">
         <v>1</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
         <v>3</v>
       </c>
       <c r="B1003" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C1003">
         <v>1</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
         <v>3</v>
       </c>
       <c r="B1004" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="C1004">
         <v>1</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
         <v>3</v>
       </c>
       <c r="B1005" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="C1005">
         <v>1</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
         <v>3</v>
       </c>
       <c r="B1006" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="C1006">
         <v>1</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
         <v>3</v>
       </c>
       <c r="B1007" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="C1007">
         <v>1</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
         <v>3</v>
       </c>
       <c r="B1008" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="C1008">
         <v>1</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
         <v>3</v>
       </c>
       <c r="B1009" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="C1009">
         <v>1</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
         <v>3</v>
       </c>
       <c r="B1010" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="C1010">
         <v>1</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
         <v>3</v>
       </c>
       <c r="B1011" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="C1011">
         <v>1</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
         <v>3</v>
       </c>
       <c r="B1012">
-        <v>1973121522</v>
+        <v>1465437886</v>
       </c>
       <c r="C1012">
         <v>1</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
         <v>3</v>
       </c>
       <c r="B1013" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="C1013">
         <v>1</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
         <v>3</v>
       </c>
       <c r="B1014" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="C1014">
         <v>1</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
         <v>3</v>
       </c>
-      <c r="B1015" t="s">
-        <v>883</v>
+      <c r="B1015">
+        <v>6070752937</v>
       </c>
       <c r="C1015">
         <v>1</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
         <v>3</v>
       </c>
       <c r="B1016" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C1016">
         <v>1</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
         <v>3</v>
       </c>
       <c r="B1017" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C1017">
         <v>1</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
         <v>3</v>
       </c>
       <c r="B1018" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="C1018">
         <v>1</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
         <v>3</v>
       </c>
       <c r="B1019" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C1019">
         <v>1</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
         <v>3</v>
       </c>
-      <c r="B1020" t="s">
-        <v>888</v>
+      <c r="B1020">
+        <v>6586163</v>
       </c>
       <c r="C1020">
         <v>1</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
         <v>3</v>
       </c>
       <c r="B1021" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="C1021">
         <v>1</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
         <v>3</v>
       </c>
       <c r="B1022" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="C1022">
         <v>1</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
         <v>3</v>
       </c>
       <c r="B1023" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C1023">
         <v>1</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
         <v>3</v>
       </c>
       <c r="B1024" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C1024">
         <v>1</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
         <v>3</v>
       </c>
       <c r="B1025" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C1025">
         <v>1</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
         <v>3</v>
       </c>
       <c r="B1026" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="C1026">
         <v>1</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
         <v>3</v>
       </c>
       <c r="B1027">
-        <v>1481430491</v>
+        <v>1119167965</v>
       </c>
       <c r="C1027">
         <v>1</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
         <v>3</v>
       </c>
-      <c r="B1028">
-        <v>812995546</v>
+      <c r="B1028" t="s">
+        <v>892</v>
       </c>
       <c r="C1028">
         <v>1</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
         <v>3</v>
       </c>
       <c r="B1029" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="C1029">
         <v>1</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
         <v>3</v>
       </c>
       <c r="B1030" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="C1030">
         <v>1</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" t="s">
         <v>3</v>
       </c>
-      <c r="B1031" t="s">
-        <v>897</v>
+      <c r="B1031">
+        <v>1945683953</v>
       </c>
       <c r="C1031">
         <v>1</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" t="s">
         <v>3</v>
       </c>
-      <c r="B1032" t="s">
-        <v>898</v>
+      <c r="B1032">
+        <v>1641522305</v>
       </c>
       <c r="C1032">
         <v>1</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" t="s">
         <v>3</v>
       </c>
       <c r="B1033" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="C1033">
         <v>1</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" t="s">
         <v>3</v>
       </c>
       <c r="B1034" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="C1034">
         <v>1</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" t="s">
         <v>3</v>
       </c>
       <c r="B1035" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="C1035">
         <v>1</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" t="s">
         <v>3</v>
       </c>
       <c r="B1036" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="C1036">
         <v>1</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" t="s">
         <v>3</v>
       </c>
-      <c r="B1037">
-        <v>1942306156</v>
+      <c r="B1037" t="s">
+        <v>899</v>
       </c>
       <c r="C1037">
         <v>1</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" t="s">
         <v>3</v>
       </c>
-      <c r="B1038" t="s">
-        <v>903</v>
+      <c r="B1038">
+        <v>1506530168</v>
       </c>
       <c r="C1038">
         <v>1</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" t="s">
         <v>3</v>
       </c>
       <c r="B1039" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="C1039">
         <v>1</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" t="s">
         <v>3</v>
       </c>
       <c r="B1040" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="C1040">
         <v>1</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" t="s">
         <v>3</v>
       </c>
       <c r="B1041" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="C1041">
         <v>1</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" t="s">
         <v>3</v>
       </c>
       <c r="B1042" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="C1042">
         <v>1</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" t="s">
         <v>3</v>
       </c>
-      <c r="B1043" t="s">
-        <v>908</v>
+      <c r="B1043">
+        <v>6586557</v>
       </c>
       <c r="C1043">
         <v>1</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" t="s">
         <v>3</v>
       </c>
       <c r="B1044" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="C1044">
         <v>1</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" t="s">
         <v>3</v>
       </c>
       <c r="B1045" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="C1045">
         <v>1</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" t="s">
         <v>3</v>
       </c>
       <c r="B1046" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="C1046">
         <v>1</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" t="s">
         <v>3</v>
       </c>
       <c r="B1047" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="C1047">
         <v>1</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" t="s">
         <v>3</v>
       </c>
       <c r="B1048" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="C1048">
         <v>1</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" t="s">
         <v>3</v>
       </c>
-      <c r="B1049" t="s">
-        <v>914</v>
+      <c r="B1049">
+        <v>1465478906</v>
       </c>
       <c r="C1049">
         <v>1</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" t="s">
         <v>3</v>
       </c>
       <c r="B1050" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="C1050">
         <v>1</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" t="s">
         <v>3</v>
       </c>
       <c r="B1051" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="C1051">
         <v>1</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" t="s">
         <v>3</v>
       </c>
       <c r="B1052" t="s">
-        <v>917</v>
+        <v>911</v>
       </c>
       <c r="C1052">
         <v>1</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" t="s">
         <v>3</v>
       </c>
-      <c r="B1053">
-        <v>1795632461</v>
+      <c r="B1053" t="s">
+        <v>912</v>
       </c>
       <c r="C1053">
         <v>1</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" t="s">
         <v>3</v>
       </c>
       <c r="B1054" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="C1054">
         <v>1</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" t="s">
         <v>3</v>
       </c>
-      <c r="B1055">
-        <v>1481444433</v>
+      <c r="B1055" t="s">
+        <v>914</v>
       </c>
       <c r="C1055">
         <v>1</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" t="s">
         <v>3</v>
       </c>
       <c r="B1056" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="C1056">
         <v>1</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" t="s">
         <v>3</v>
       </c>
       <c r="B1057" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="C1057">
         <v>1</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" t="s">
         <v>3</v>
       </c>
       <c r="B1058" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="C1058">
         <v>1</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" t="s">
         <v>3</v>
       </c>
-      <c r="B1059" t="s">
-        <v>922</v>
+      <c r="B1059">
+        <v>6073185839</v>
       </c>
       <c r="C1059">
         <v>1</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" t="s">
         <v>3</v>
       </c>
-      <c r="B1060">
-        <v>6070755626</v>
+      <c r="B1060" t="s">
+        <v>918</v>
       </c>
       <c r="C1060">
         <v>1</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" t="s">
         <v>3</v>
       </c>
       <c r="B1061" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="C1061">
         <v>1</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" t="s">
         <v>3</v>
       </c>
       <c r="B1062" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C1062">
         <v>1</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" t="s">
         <v>3</v>
       </c>
       <c r="B1063" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="C1063">
         <v>1</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" t="s">
         <v>3</v>
       </c>
       <c r="B1064" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="C1064">
         <v>1</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" t="s">
         <v>3</v>
       </c>
       <c r="B1065" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="C1065">
         <v>1</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" t="s">
         <v>3</v>
       </c>
       <c r="B1066">
-        <v>1607747308</v>
+        <v>1433541386</v>
       </c>
       <c r="C1066">
         <v>1</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" t="s">
         <v>3</v>
       </c>
       <c r="B1067" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C1067">
         <v>1</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" t="s">
         <v>3</v>
       </c>
       <c r="B1068" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="C1068">
         <v>1</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" t="s">
         <v>3</v>
       </c>
       <c r="B1069" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="C1069">
         <v>1</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" t="s">
         <v>3</v>
       </c>
       <c r="B1070" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="C1070">
         <v>1</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" t="s">
         <v>3</v>
       </c>
-      <c r="B1071" t="s">
-        <v>932</v>
+      <c r="B1071">
+        <v>1421540185</v>
       </c>
       <c r="C1071">
         <v>1</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" t="s">
         <v>3</v>
       </c>
       <c r="B1072" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C1072">
         <v>1</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" t="s">
         <v>3</v>
       </c>
       <c r="B1073" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="C1073">
         <v>1</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" t="s">
         <v>3</v>
       </c>
       <c r="B1074" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="C1074">
         <v>1</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" t="s">
         <v>3</v>
       </c>
       <c r="B1075" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="C1075">
         <v>1</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" t="s">
         <v>3</v>
       </c>
-      <c r="B1076">
-        <v>1338305743</v>
+      <c r="B1076" t="s">
+        <v>932</v>
       </c>
       <c r="C1076">
         <v>1</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" t="s">
         <v>3</v>
       </c>
       <c r="B1077" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="C1077">
         <v>1</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" t="s">
         <v>3</v>
       </c>
       <c r="B1078" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C1078">
         <v>1</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" t="s">
         <v>3</v>
       </c>
       <c r="B1079" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="C1079">
         <v>1</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" t="s">
         <v>3</v>
       </c>
       <c r="B1080" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="C1080">
         <v>1</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" t="s">
         <v>3</v>
       </c>
       <c r="B1081" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="C1081">
         <v>1</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" t="s">
         <v>3</v>
       </c>
       <c r="B1082" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C1082">
         <v>1</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" t="s">
         <v>3</v>
       </c>
       <c r="B1083" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="C1083">
         <v>1</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" t="s">
         <v>3</v>
       </c>
       <c r="B1084" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="C1084">
         <v>1</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" t="s">
         <v>3</v>
       </c>
-      <c r="B1085">
-        <v>1338588982</v>
+      <c r="B1085" t="s">
+        <v>941</v>
       </c>
       <c r="C1085">
         <v>1</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" t="s">
         <v>3</v>
       </c>
       <c r="B1086" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="C1086">
         <v>1</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" t="s">
         <v>3</v>
       </c>
       <c r="B1087" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C1087">
         <v>1</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" t="s">
         <v>3</v>
       </c>
       <c r="B1088" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="C1088">
         <v>1</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" t="s">
         <v>3</v>
       </c>
-      <c r="B1089">
-        <v>1974701409</v>
+      <c r="B1089" t="s">
+        <v>945</v>
       </c>
       <c r="C1089">
         <v>1</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" t="s">
         <v>3</v>
       </c>
       <c r="B1090" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C1090">
         <v>1</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" t="s">
         <v>3</v>
       </c>
       <c r="B1091" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C1091">
         <v>1</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" t="s">
         <v>3</v>
       </c>
       <c r="B1092">
-        <v>1506714811</v>
+        <v>1506715222</v>
       </c>
       <c r="C1092">
         <v>1</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" t="s">
         <v>3</v>
       </c>
       <c r="B1093" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C1093">
         <v>1</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" t="s">
         <v>3</v>
       </c>
       <c r="B1094" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="C1094">
         <v>1</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" t="s">
         <v>3</v>
       </c>
       <c r="B1095" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C1095">
         <v>1</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" t="s">
         <v>3</v>
       </c>
       <c r="B1096" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="C1096">
         <v>1</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" t="s">
         <v>3</v>
       </c>
       <c r="B1097" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="C1097">
         <v>1</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" t="s">
         <v>3</v>
       </c>
-      <c r="B1098" t="s">
-        <v>955</v>
+      <c r="B1098">
+        <v>1338289098</v>
       </c>
       <c r="C1098">
         <v>1</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" t="s">
         <v>3</v>
       </c>
-      <c r="B1099" t="s">
-        <v>956</v>
+      <c r="B1099">
+        <v>1421520540</v>
       </c>
       <c r="C1099">
         <v>1</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" t="s">
         <v>3</v>
       </c>
-      <c r="B1100" t="s">
-        <v>957</v>
+      <c r="B1100">
+        <v>1089146353</v>
       </c>
       <c r="C1100">
         <v>1</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" t="s">
         <v>3</v>
       </c>
       <c r="B1101" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C1101">
         <v>1</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" t="s">
         <v>3</v>
       </c>
       <c r="B1102" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="C1102">
         <v>1</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" t="s">
         <v>3</v>
       </c>
       <c r="B1103" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="C1103">
         <v>1</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" t="s">
         <v>3</v>
       </c>
       <c r="B1104" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="C1104">
         <v>1</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" t="s">
         <v>3</v>
       </c>
       <c r="B1105" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C1105">
         <v>1</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" t="s">
         <v>3</v>
       </c>
-      <c r="B1106">
-        <v>1506703763</v>
+      <c r="B1106" t="s">
+        <v>958</v>
       </c>
       <c r="C1106">
         <v>1</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" t="s">
         <v>3</v>
       </c>
       <c r="B1107">
-        <v>1421542420</v>
+        <v>9681343158</v>
       </c>
       <c r="C1107">
         <v>1</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" t="s">
         <v>3</v>
       </c>
       <c r="B1108" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="C1108">
         <v>1</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" t="s">
         <v>3</v>
       </c>
       <c r="B1109" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="C1109">
         <v>1</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" t="s">
         <v>3</v>
       </c>
-      <c r="B1110">
-        <v>1442429771</v>
+      <c r="B1110" t="s">
+        <v>961</v>
       </c>
       <c r="C1110">
         <v>1</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" t="s">
         <v>3</v>
       </c>
       <c r="B1111" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="C1111">
         <v>1</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" t="s">
         <v>3</v>
       </c>
       <c r="B1112" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C1112">
         <v>1</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" t="s">
         <v>3</v>
       </c>
       <c r="B1113" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="C1113">
         <v>1</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" t="s">
         <v>3</v>
       </c>
       <c r="B1114" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C1114">
         <v>1</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" t="s">
         <v>3</v>
       </c>
       <c r="B1115" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="C1115">
         <v>1</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" t="s">
         <v>3</v>
       </c>
       <c r="B1116" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="C1116">
         <v>1</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" t="s">
         <v>3</v>
       </c>
       <c r="B1117" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="C1117">
         <v>1</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" t="s">
         <v>3</v>
       </c>
       <c r="B1118" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C1118">
         <v>1</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" t="s">
         <v>3</v>
       </c>
-      <c r="B1119">
-        <v>1328566315</v>
+      <c r="B1119" t="s">
+        <v>970</v>
       </c>
       <c r="C1119">
         <v>1</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" t="s">
         <v>3</v>
       </c>
       <c r="B1120" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="C1120">
         <v>1</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" t="s">
         <v>3</v>
       </c>
       <c r="B1121" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="C1121">
         <v>1</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" t="s">
         <v>3</v>
       </c>
       <c r="B1122" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="C1122">
         <v>1</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" t="s">
         <v>3</v>
       </c>
       <c r="B1123" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="C1123">
         <v>1</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" t="s">
         <v>3</v>
       </c>
       <c r="B1124" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="C1124">
         <v>1</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" t="s">
         <v>3</v>
       </c>
       <c r="B1125" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="C1125">
         <v>1</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" t="s">
         <v>3</v>
       </c>
-      <c r="B1126">
-        <v>1646080750</v>
+      <c r="B1126" t="s">
+        <v>977</v>
       </c>
       <c r="C1126">
         <v>1</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" t="s">
         <v>3</v>
       </c>
       <c r="B1127" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="C1127">
         <v>1</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" t="s">
         <v>3</v>
       </c>
       <c r="B1128" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="C1128">
         <v>1</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" t="s">
         <v>3</v>
       </c>
-      <c r="B1129">
-        <v>1717308589</v>
+      <c r="B1129" t="s">
+        <v>980</v>
       </c>
       <c r="C1129">
         <v>1</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" t="s">
         <v>3</v>
       </c>
       <c r="B1130" t="s">
         <v>981</v>
       </c>
       <c r="C1130">
         <v>1</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" t="s">
         <v>3</v>
       </c>
-      <c r="B1131" t="s">
-        <v>982</v>
+      <c r="B1131">
+        <v>1538729741</v>
       </c>
       <c r="C1131">
         <v>1</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" t="s">
         <v>3</v>
       </c>
       <c r="B1132" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C1132">
         <v>1</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" t="s">
         <v>3</v>
       </c>
-      <c r="B1133" t="s">
-        <v>984</v>
+      <c r="B1133">
+        <v>1250146070</v>
       </c>
       <c r="C1133">
         <v>1</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" t="s">
         <v>3</v>
       </c>
       <c r="B1134" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="C1134">
         <v>1</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" t="s">
         <v>3</v>
       </c>
-      <c r="B1135" t="s">
-        <v>986</v>
+      <c r="B1135">
+        <v>1974707989</v>
       </c>
       <c r="C1135">
         <v>1</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" t="s">
         <v>3</v>
       </c>
       <c r="B1136" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="C1136">
         <v>1</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" t="s">
         <v>3</v>
       </c>
       <c r="B1137" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="C1137">
         <v>1</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" t="s">
         <v>3</v>
       </c>
       <c r="B1138" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="C1138">
         <v>1</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" t="s">
         <v>3</v>
       </c>
       <c r="B1139" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C1139">
         <v>1</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" t="s">
         <v>3</v>
       </c>
       <c r="B1140" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="C1140">
         <v>1</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" t="s">
         <v>3</v>
       </c>
-      <c r="B1141" t="s">
-        <v>992</v>
+      <c r="B1141">
+        <v>1506236952</v>
       </c>
       <c r="C1141">
         <v>1</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" t="s">
         <v>3</v>
       </c>
       <c r="B1142" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="C1142">
         <v>1</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" t="s">
         <v>3</v>
       </c>
-      <c r="B1143">
-        <v>1096233576</v>
+      <c r="B1143" t="s">
+        <v>990</v>
       </c>
       <c r="C1143">
         <v>1</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" t="s">
         <v>3</v>
       </c>
       <c r="B1144" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C1144">
         <v>1</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" t="s">
         <v>3</v>
       </c>
-      <c r="B1145">
-        <v>1984894501</v>
+      <c r="B1145" t="s">
+        <v>992</v>
       </c>
       <c r="C1145">
         <v>1</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" t="s">
         <v>3</v>
       </c>
-      <c r="B1146">
-        <v>1696399092</v>
+      <c r="B1146" t="s">
+        <v>993</v>
       </c>
       <c r="C1146">
         <v>1</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" t="s">
         <v>3</v>
       </c>
       <c r="B1147" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="C1147">
         <v>1</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" t="s">
         <v>3</v>
       </c>
       <c r="B1148" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="C1148">
         <v>1</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" t="s">
         <v>3</v>
       </c>
       <c r="B1149" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="C1149">
         <v>1</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" t="s">
         <v>3</v>
       </c>
       <c r="B1150" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="C1150">
         <v>1</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" t="s">
         <v>3</v>
       </c>
-      <c r="B1151">
-        <v>1945888210</v>
+      <c r="B1151" t="s">
+        <v>998</v>
       </c>
       <c r="C1151">
         <v>1</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" t="s">
         <v>3</v>
       </c>
       <c r="B1152" t="s">
         <v>999</v>
       </c>
       <c r="C1152">
         <v>1</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" t="s">
         <v>3</v>
       </c>
       <c r="B1153" t="s">
         <v>1000</v>
       </c>
       <c r="C1153">
         <v>1</v>
@@ -18262,9347 +18298,9347 @@
       <c r="A1154" t="s">
         <v>3</v>
       </c>
       <c r="B1154" t="s">
         <v>1001</v>
       </c>
       <c r="C1154">
         <v>1</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" t="s">
         <v>3</v>
       </c>
       <c r="B1155" t="s">
         <v>1002</v>
       </c>
       <c r="C1155">
         <v>1</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" t="s">
         <v>3</v>
       </c>
-      <c r="B1156">
-        <v>1449495087</v>
+      <c r="B1156" t="s">
+        <v>1003</v>
       </c>
       <c r="C1156">
         <v>1</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" t="s">
         <v>3</v>
       </c>
       <c r="B1157" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C1157">
         <v>1</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" t="s">
         <v>3</v>
       </c>
       <c r="B1158" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C1158">
         <v>1</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" t="s">
         <v>3</v>
       </c>
       <c r="B1159" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C1159">
         <v>1</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" t="s">
         <v>3</v>
       </c>
       <c r="B1160" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C1160">
         <v>1</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" t="s">
         <v>3</v>
       </c>
-      <c r="B1161">
-        <v>6577859</v>
+      <c r="B1161" t="s">
+        <v>1008</v>
       </c>
       <c r="C1161">
         <v>1</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" t="s">
         <v>3</v>
       </c>
       <c r="B1162" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C1162">
         <v>1</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" t="s">
         <v>3</v>
       </c>
-      <c r="B1163" t="s">
-        <v>1008</v>
+      <c r="B1163">
+        <v>8479539038</v>
       </c>
       <c r="C1163">
         <v>1</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" t="s">
         <v>3</v>
       </c>
       <c r="B1164" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C1164">
         <v>1</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" t="s">
         <v>3</v>
       </c>
       <c r="B1165" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C1165">
         <v>1</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" t="s">
         <v>3</v>
       </c>
-      <c r="B1166">
-        <v>1517508371</v>
+      <c r="B1166" t="s">
+        <v>1012</v>
       </c>
       <c r="C1166">
         <v>1</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" t="s">
         <v>3</v>
       </c>
-      <c r="B1167" t="s">
-        <v>1011</v>
+      <c r="B1167">
+        <v>1071415166</v>
       </c>
       <c r="C1167">
         <v>1</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" t="s">
         <v>3</v>
       </c>
       <c r="B1168" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C1168">
         <v>1</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" t="s">
         <v>3</v>
       </c>
       <c r="B1169" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C1169">
         <v>1</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" t="s">
         <v>3</v>
       </c>
       <c r="B1170" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C1170">
         <v>1</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" t="s">
         <v>3</v>
       </c>
       <c r="B1171">
-        <v>8408159429</v>
+        <v>1549759485</v>
       </c>
       <c r="C1171">
         <v>1</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" t="s">
         <v>3</v>
       </c>
       <c r="B1172" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C1172">
         <v>1</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" t="s">
         <v>3</v>
       </c>
       <c r="B1173" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C1173">
         <v>1</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" t="s">
         <v>3</v>
       </c>
       <c r="B1174" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C1174">
         <v>1</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" t="s">
         <v>3</v>
       </c>
       <c r="B1175" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C1175">
         <v>1</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" t="s">
         <v>3</v>
       </c>
       <c r="B1176" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C1176">
         <v>1</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" t="s">
         <v>3</v>
       </c>
       <c r="B1177" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C1177">
         <v>1</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" t="s">
         <v>3</v>
       </c>
       <c r="B1178" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C1178">
         <v>1</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" t="s">
         <v>3</v>
       </c>
       <c r="B1179" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C1179">
         <v>1</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" t="s">
         <v>3</v>
       </c>
       <c r="B1180" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C1180">
         <v>1</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" t="s">
         <v>3</v>
       </c>
       <c r="B1181" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C1181">
         <v>1</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" t="s">
         <v>3</v>
       </c>
-      <c r="B1182">
-        <v>1476785635</v>
+      <c r="B1182" t="s">
+        <v>1026</v>
       </c>
       <c r="C1182">
         <v>1</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" t="s">
         <v>3</v>
       </c>
-      <c r="B1183" t="s">
-        <v>1025</v>
+      <c r="B1183">
+        <v>1506715214</v>
       </c>
       <c r="C1183">
         <v>1</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" t="s">
         <v>3</v>
       </c>
       <c r="B1184" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C1184">
         <v>1</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" t="s">
         <v>3</v>
       </c>
       <c r="B1185" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C1185">
         <v>1</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" t="s">
         <v>3</v>
       </c>
       <c r="B1186" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C1186">
         <v>1</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" t="s">
         <v>3</v>
       </c>
       <c r="B1187" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C1187">
         <v>1</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" t="s">
         <v>3</v>
       </c>
-      <c r="B1188" t="s">
-        <v>1030</v>
+      <c r="B1188">
+        <v>6589765</v>
       </c>
       <c r="C1188">
         <v>1</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" t="s">
         <v>3</v>
       </c>
-      <c r="B1189">
-        <v>1935800574</v>
+      <c r="B1189" t="s">
+        <v>1031</v>
       </c>
       <c r="C1189">
         <v>1</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" t="s">
         <v>3</v>
       </c>
       <c r="B1190" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C1190">
         <v>1</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" t="s">
         <v>3</v>
       </c>
-      <c r="B1191">
-        <v>1416947205</v>
+      <c r="B1191" t="s">
+        <v>1033</v>
       </c>
       <c r="C1191">
         <v>1</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" t="s">
         <v>3</v>
       </c>
       <c r="B1192" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C1192">
         <v>1</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" t="s">
         <v>3</v>
       </c>
       <c r="B1193" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C1193">
         <v>1</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" t="s">
         <v>3</v>
       </c>
-      <c r="B1194">
-        <v>634022296</v>
+      <c r="B1194" t="s">
+        <v>1036</v>
       </c>
       <c r="C1194">
         <v>1</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" t="s">
         <v>3</v>
       </c>
       <c r="B1195" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="C1195">
         <v>1</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" t="s">
         <v>3</v>
       </c>
       <c r="B1196" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C1196">
         <v>1</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" t="s">
         <v>3</v>
       </c>
       <c r="B1197" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="C1197">
         <v>1</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" t="s">
         <v>3</v>
       </c>
       <c r="B1198" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="C1198">
         <v>1</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" t="s">
         <v>3</v>
       </c>
-      <c r="B1199">
-        <v>1629988227</v>
+      <c r="B1199" t="s">
+        <v>1041</v>
       </c>
       <c r="C1199">
         <v>1</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" t="s">
         <v>3</v>
       </c>
       <c r="B1200" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="C1200">
         <v>1</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" t="s">
         <v>3</v>
       </c>
-      <c r="B1201" t="s">
-        <v>1039</v>
+      <c r="B1201">
+        <v>1591842808</v>
       </c>
       <c r="C1201">
         <v>1</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" t="s">
         <v>3</v>
       </c>
       <c r="B1202" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="C1202">
         <v>1</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" t="s">
         <v>3</v>
       </c>
-      <c r="B1203">
-        <v>1940777046</v>
+      <c r="B1203" t="s">
+        <v>1044</v>
       </c>
       <c r="C1203">
         <v>1</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" t="s">
         <v>3</v>
       </c>
       <c r="B1204" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="C1204">
         <v>1</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" t="s">
         <v>3</v>
       </c>
       <c r="B1205" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="C1205">
         <v>1</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" t="s">
         <v>3</v>
       </c>
       <c r="B1206" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="C1206">
         <v>1</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" t="s">
         <v>3</v>
       </c>
       <c r="B1207" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="C1207">
         <v>1</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" t="s">
         <v>3</v>
       </c>
       <c r="B1208" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="C1208">
         <v>1</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" t="s">
         <v>3</v>
       </c>
       <c r="B1209" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C1209">
         <v>1</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" t="s">
         <v>3</v>
       </c>
       <c r="B1210" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="C1210">
         <v>1</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" t="s">
         <v>3</v>
       </c>
       <c r="B1211" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="C1211">
         <v>1</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" t="s">
         <v>3</v>
       </c>
       <c r="B1212" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C1212">
         <v>1</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" t="s">
         <v>3</v>
       </c>
       <c r="B1213" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C1213">
         <v>1</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" t="s">
         <v>3</v>
       </c>
       <c r="B1214" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="C1214">
         <v>1</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" t="s">
         <v>3</v>
       </c>
-      <c r="B1215" t="s">
-        <v>1052</v>
+      <c r="B1215">
+        <v>1795375051</v>
       </c>
       <c r="C1215">
         <v>1</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" t="s">
         <v>3</v>
       </c>
-      <c r="B1216" t="s">
-        <v>1053</v>
+      <c r="B1216">
+        <v>553380958</v>
       </c>
       <c r="C1216">
         <v>1</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" t="s">
         <v>3</v>
       </c>
       <c r="B1217" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C1217">
         <v>1</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" t="s">
         <v>3</v>
       </c>
       <c r="B1218" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C1218">
         <v>1</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" t="s">
         <v>3</v>
       </c>
       <c r="B1219" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C1219">
         <v>1</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" t="s">
         <v>3</v>
       </c>
       <c r="B1220" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C1220">
         <v>1</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" t="s">
         <v>3</v>
       </c>
-      <c r="B1221" t="s">
-        <v>1058</v>
+      <c r="B1221">
+        <v>1503724409</v>
       </c>
       <c r="C1221">
         <v>1</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" t="s">
         <v>3</v>
       </c>
       <c r="B1222" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C1222">
         <v>1</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" t="s">
         <v>3</v>
       </c>
       <c r="B1223" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C1223">
         <v>1</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" t="s">
         <v>3</v>
       </c>
       <c r="B1224" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C1224">
         <v>1</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" t="s">
         <v>3</v>
       </c>
-      <c r="B1225" t="s">
-        <v>1062</v>
+      <c r="B1225">
+        <v>1537079077</v>
       </c>
       <c r="C1225">
         <v>1</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" t="s">
         <v>3</v>
       </c>
-      <c r="B1226">
-        <v>1567184855</v>
+      <c r="B1226" t="s">
+        <v>1063</v>
       </c>
       <c r="C1226">
         <v>1</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" t="s">
         <v>3</v>
       </c>
       <c r="B1227" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C1227">
         <v>1</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" t="s">
         <v>3</v>
       </c>
-      <c r="B1228" t="s">
-        <v>1064</v>
+      <c r="B1228">
+        <v>1250295637</v>
       </c>
       <c r="C1228">
         <v>1</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" t="s">
         <v>3</v>
       </c>
-      <c r="B1229">
-        <v>1683836545</v>
+      <c r="B1229" t="s">
+        <v>1065</v>
       </c>
       <c r="C1229">
         <v>1</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" t="s">
         <v>3</v>
       </c>
       <c r="B1230" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C1230">
         <v>1</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" t="s">
         <v>3</v>
       </c>
-      <c r="B1231" t="s">
-        <v>1066</v>
+      <c r="B1231">
+        <v>3330094753</v>
       </c>
       <c r="C1231">
         <v>1</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" t="s">
         <v>3</v>
       </c>
       <c r="B1232" t="s">
         <v>1067</v>
       </c>
       <c r="C1232">
         <v>1</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" t="s">
         <v>3</v>
       </c>
-      <c r="B1233" t="s">
-        <v>1068</v>
+      <c r="B1233">
+        <v>1973231115</v>
       </c>
       <c r="C1233">
         <v>1</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" t="s">
         <v>3</v>
       </c>
       <c r="B1234" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="C1234">
         <v>1</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" t="s">
         <v>3</v>
       </c>
-      <c r="B1235">
-        <v>8417305637</v>
+      <c r="B1235" t="s">
+        <v>1069</v>
       </c>
       <c r="C1235">
         <v>1</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" t="s">
         <v>3</v>
       </c>
       <c r="B1236" t="s">
         <v>1070</v>
       </c>
       <c r="C1236">
         <v>1</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" t="s">
         <v>3</v>
       </c>
-      <c r="B1237">
-        <v>1980242674</v>
+      <c r="B1237" t="s">
+        <v>1071</v>
       </c>
       <c r="C1237">
         <v>1</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" t="s">
         <v>3</v>
       </c>
-      <c r="B1238">
-        <v>1911267264</v>
+      <c r="B1238" t="s">
+        <v>1072</v>
       </c>
       <c r="C1238">
         <v>1</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" t="s">
         <v>3</v>
       </c>
       <c r="B1239" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C1239">
         <v>1</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" t="s">
         <v>3</v>
       </c>
       <c r="B1240" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C1240">
         <v>1</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" t="s">
         <v>3</v>
       </c>
       <c r="B1241" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C1241">
         <v>1</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" t="s">
         <v>3</v>
       </c>
       <c r="B1242" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C1242">
         <v>1</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" t="s">
         <v>3</v>
       </c>
       <c r="B1243" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C1243">
         <v>1</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" t="s">
         <v>3</v>
       </c>
       <c r="B1244" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C1244">
         <v>1</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" t="s">
         <v>3</v>
       </c>
       <c r="B1245" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="C1245">
         <v>1</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" t="s">
         <v>3</v>
       </c>
       <c r="B1246" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C1246">
         <v>1</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" t="s">
         <v>3</v>
       </c>
       <c r="B1247" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="C1247">
         <v>1</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" t="s">
         <v>3</v>
       </c>
       <c r="B1248" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C1248">
         <v>1</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" t="s">
         <v>3</v>
       </c>
       <c r="B1249" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C1249">
         <v>1</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" t="s">
         <v>3</v>
       </c>
       <c r="B1250" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C1250">
         <v>1</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" t="s">
         <v>3</v>
       </c>
       <c r="B1251" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C1251">
         <v>1</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" t="s">
         <v>3</v>
       </c>
       <c r="B1252" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="C1252">
         <v>1</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" t="s">
         <v>3</v>
       </c>
       <c r="B1253" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="C1253">
         <v>1</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" t="s">
         <v>3</v>
       </c>
       <c r="B1254" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C1254">
         <v>1</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" t="s">
         <v>3</v>
       </c>
       <c r="B1255" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="C1255">
         <v>1</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" t="s">
         <v>3</v>
       </c>
       <c r="B1256" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="C1256">
         <v>1</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" t="s">
         <v>3</v>
       </c>
       <c r="B1257" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C1257">
         <v>1</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" t="s">
         <v>3</v>
       </c>
-      <c r="B1258" t="s">
-        <v>1090</v>
+      <c r="B1258">
+        <v>8491050477</v>
       </c>
       <c r="C1258">
         <v>1</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" t="s">
         <v>3</v>
       </c>
       <c r="B1259" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C1259">
         <v>1</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" t="s">
         <v>3</v>
       </c>
       <c r="B1260" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C1260">
         <v>1</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" t="s">
         <v>3</v>
       </c>
       <c r="B1261" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C1261">
         <v>1</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" t="s">
         <v>3</v>
       </c>
       <c r="B1262" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C1262">
         <v>1</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" t="s">
         <v>3</v>
       </c>
       <c r="B1263" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C1263">
         <v>1</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" t="s">
         <v>3</v>
       </c>
-      <c r="B1264" t="s">
-        <v>1096</v>
+      <c r="B1264">
+        <v>1785659758</v>
       </c>
       <c r="C1264">
         <v>1</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" t="s">
         <v>3</v>
       </c>
       <c r="B1265" t="s">
         <v>1097</v>
       </c>
       <c r="C1265">
         <v>1</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" t="s">
         <v>3</v>
       </c>
-      <c r="B1266" t="s">
-        <v>1098</v>
+      <c r="B1266">
+        <v>6588658</v>
       </c>
       <c r="C1266">
         <v>1</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" t="s">
         <v>3</v>
       </c>
       <c r="B1267" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="C1267">
         <v>1</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" t="s">
         <v>3</v>
       </c>
       <c r="B1268" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="C1268">
         <v>1</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" t="s">
         <v>3</v>
       </c>
       <c r="B1269" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="C1269">
         <v>1</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" t="s">
         <v>3</v>
       </c>
-      <c r="B1270">
-        <v>8497771672</v>
+      <c r="B1270" t="s">
+        <v>1101</v>
       </c>
       <c r="C1270">
         <v>1</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" t="s">
         <v>3</v>
       </c>
       <c r="B1271" t="s">
         <v>1102</v>
       </c>
       <c r="C1271">
         <v>1</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" t="s">
         <v>3</v>
       </c>
       <c r="B1272" t="s">
         <v>1103</v>
       </c>
       <c r="C1272">
         <v>1</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" t="s">
         <v>3</v>
       </c>
-      <c r="B1273">
-        <v>1593079788</v>
+      <c r="B1273" t="s">
+        <v>1104</v>
       </c>
       <c r="C1273">
         <v>1</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" t="s">
         <v>3</v>
       </c>
-      <c r="B1274">
-        <v>1250131588</v>
+      <c r="B1274" t="s">
+        <v>1105</v>
       </c>
       <c r="C1274">
         <v>1</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" t="s">
         <v>3</v>
       </c>
       <c r="B1275" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="C1275">
         <v>1</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" t="s">
         <v>3</v>
       </c>
       <c r="B1276" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C1276">
         <v>1</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" t="s">
         <v>3</v>
       </c>
       <c r="B1277" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C1277">
         <v>1</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" t="s">
         <v>3</v>
       </c>
       <c r="B1278" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="C1278">
         <v>1</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" t="s">
         <v>3</v>
       </c>
       <c r="B1279" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C1279">
         <v>1</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" t="s">
         <v>3</v>
       </c>
       <c r="B1280" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C1280">
         <v>1</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" t="s">
         <v>3</v>
       </c>
-      <c r="B1281">
-        <v>8469776150</v>
+      <c r="B1281" t="s">
+        <v>1112</v>
       </c>
       <c r="C1281">
         <v>1</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" t="s">
         <v>3</v>
       </c>
       <c r="B1282" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C1282">
         <v>1</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" t="s">
         <v>3</v>
       </c>
       <c r="B1283" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C1283">
         <v>1</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" t="s">
         <v>3</v>
       </c>
       <c r="B1284" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="C1284">
         <v>1</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" t="s">
         <v>3</v>
       </c>
       <c r="B1285" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="C1285">
         <v>1</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" t="s">
         <v>3</v>
       </c>
-      <c r="B1286" t="s">
-        <v>1114</v>
+      <c r="B1286">
+        <v>9491882066</v>
       </c>
       <c r="C1286">
         <v>1</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" t="s">
         <v>3</v>
       </c>
       <c r="B1287" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C1287">
         <v>1</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" t="s">
         <v>3</v>
       </c>
       <c r="B1288" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C1288">
         <v>1</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" t="s">
         <v>3</v>
       </c>
       <c r="B1289" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C1289">
         <v>1</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" t="s">
         <v>3</v>
       </c>
-      <c r="B1290">
-        <v>1606600222</v>
+      <c r="B1290" t="s">
+        <v>1120</v>
       </c>
       <c r="C1290">
         <v>1</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" t="s">
         <v>3</v>
       </c>
-      <c r="B1291" t="s">
-        <v>1118</v>
+      <c r="B1291">
+        <v>1999523504</v>
       </c>
       <c r="C1291">
         <v>1</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" t="s">
         <v>3</v>
       </c>
       <c r="B1292" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C1292">
         <v>1</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" t="s">
         <v>3</v>
       </c>
       <c r="B1293" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C1293">
         <v>1</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" t="s">
         <v>3</v>
       </c>
       <c r="B1294" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C1294">
         <v>1</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" t="s">
         <v>3</v>
       </c>
       <c r="B1295" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C1295">
         <v>1</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" t="s">
         <v>3</v>
       </c>
       <c r="B1296" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C1296">
         <v>1</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" t="s">
         <v>3</v>
       </c>
       <c r="B1297" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C1297">
         <v>1</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" t="s">
         <v>3</v>
       </c>
       <c r="B1298" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C1298">
         <v>1</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" t="s">
         <v>3</v>
       </c>
       <c r="B1299" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C1299">
         <v>1</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" t="s">
         <v>3</v>
       </c>
       <c r="B1300" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="C1300">
         <v>1</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" t="s">
         <v>3</v>
       </c>
       <c r="B1301" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C1301">
         <v>1</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" t="s">
         <v>3</v>
       </c>
       <c r="B1302" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C1302">
         <v>1</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" t="s">
         <v>3</v>
       </c>
-      <c r="B1303">
-        <v>1250142288</v>
+      <c r="B1303" t="s">
+        <v>1132</v>
       </c>
       <c r="C1303">
         <v>1</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" t="s">
         <v>3</v>
       </c>
       <c r="B1304" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="C1304">
         <v>1</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" t="s">
         <v>3</v>
       </c>
       <c r="B1305" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="C1305">
         <v>1</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" t="s">
         <v>3</v>
       </c>
       <c r="B1306" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C1306">
         <v>1</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" t="s">
         <v>3</v>
       </c>
-      <c r="B1307">
-        <v>2952980020</v>
+      <c r="B1307" t="s">
+        <v>1136</v>
       </c>
       <c r="C1307">
         <v>1</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" t="s">
         <v>3</v>
       </c>
       <c r="B1308" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="C1308">
         <v>1</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" t="s">
         <v>3</v>
       </c>
       <c r="B1309" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C1309">
         <v>1</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" t="s">
         <v>3</v>
       </c>
       <c r="B1310" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="C1310">
         <v>1</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" t="s">
         <v>3</v>
       </c>
       <c r="B1311" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="C1311">
         <v>1</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" t="s">
         <v>3</v>
       </c>
       <c r="B1312" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="C1312">
         <v>1</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" t="s">
         <v>3</v>
       </c>
-      <c r="B1313" t="s">
-        <v>1138</v>
+      <c r="B1313">
+        <v>1974706990</v>
       </c>
       <c r="C1313">
         <v>1</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" t="s">
         <v>3</v>
       </c>
       <c r="B1314" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="C1314">
         <v>1</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" t="s">
         <v>3</v>
       </c>
       <c r="B1315" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="C1315">
         <v>1</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" t="s">
         <v>3</v>
       </c>
-      <c r="B1316" t="s">
-        <v>1141</v>
+      <c r="B1316">
+        <v>2806294436</v>
       </c>
       <c r="C1316">
         <v>1</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" t="s">
         <v>3</v>
       </c>
       <c r="B1317" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C1317">
         <v>1</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" t="s">
         <v>3</v>
       </c>
-      <c r="B1318" t="s">
-        <v>1143</v>
+      <c r="B1318">
+        <v>1454936061</v>
       </c>
       <c r="C1318">
         <v>1</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" t="s">
         <v>3</v>
       </c>
-      <c r="B1319">
-        <v>1338030000</v>
+      <c r="B1319" t="s">
+        <v>1145</v>
       </c>
       <c r="C1319">
         <v>1</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" t="s">
         <v>3</v>
       </c>
       <c r="B1320" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C1320">
         <v>1</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" t="s">
         <v>3</v>
       </c>
       <c r="B1321" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C1321">
         <v>1</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" t="s">
         <v>3</v>
       </c>
-      <c r="B1322" t="s">
-        <v>1146</v>
+      <c r="B1322">
+        <v>6574077</v>
       </c>
       <c r="C1322">
         <v>1</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" t="s">
         <v>3</v>
       </c>
       <c r="B1323" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C1323">
         <v>1</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" t="s">
         <v>3</v>
       </c>
       <c r="B1324" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C1324">
         <v>1</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" t="s">
         <v>3</v>
       </c>
-      <c r="B1325">
-        <v>6578164</v>
+      <c r="B1325" t="s">
+        <v>1150</v>
       </c>
       <c r="C1325">
         <v>1</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" t="s">
         <v>3</v>
       </c>
       <c r="B1326" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C1326">
         <v>1</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" t="s">
         <v>3</v>
       </c>
       <c r="B1327" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C1327">
         <v>1</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" t="s">
         <v>3</v>
       </c>
-      <c r="B1328">
-        <v>1681984482</v>
+      <c r="B1328" t="s">
+        <v>1153</v>
       </c>
       <c r="C1328">
         <v>1</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" t="s">
         <v>3</v>
       </c>
-      <c r="B1329">
-        <v>1520451164</v>
+      <c r="B1329" t="s">
+        <v>1154</v>
       </c>
       <c r="C1329">
         <v>1</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
         <v>3</v>
       </c>
-      <c r="B1330">
-        <v>1607745860</v>
+      <c r="B1330" t="s">
+        <v>1155</v>
       </c>
       <c r="C1330">
         <v>1</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
         <v>3</v>
       </c>
       <c r="B1331" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="C1331">
         <v>1</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" t="s">
         <v>3</v>
       </c>
       <c r="B1332" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C1332">
         <v>1</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" t="s">
         <v>3</v>
       </c>
-      <c r="B1333">
-        <v>1641524227</v>
+      <c r="B1333" t="s">
+        <v>1158</v>
       </c>
       <c r="C1333">
         <v>1</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" t="s">
         <v>3</v>
       </c>
       <c r="B1334" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="C1334">
         <v>1</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" t="s">
         <v>3</v>
       </c>
       <c r="B1335" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="C1335">
         <v>1</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" t="s">
         <v>3</v>
       </c>
       <c r="B1336" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="C1336">
         <v>1</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" t="s">
         <v>3</v>
       </c>
       <c r="B1337" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="C1337">
         <v>1</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" t="s">
         <v>3</v>
       </c>
-      <c r="B1338" t="s">
-        <v>1157</v>
+      <c r="B1338">
+        <v>1086089707</v>
       </c>
       <c r="C1338">
         <v>1</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" t="s">
         <v>3</v>
       </c>
       <c r="B1339" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="C1339">
         <v>1</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" t="s">
         <v>3</v>
       </c>
       <c r="B1340" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="C1340">
         <v>1</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" t="s">
         <v>3</v>
       </c>
-      <c r="B1341">
-        <v>1616200464</v>
+      <c r="B1341" t="s">
+        <v>1165</v>
       </c>
       <c r="C1341">
         <v>1</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" t="s">
         <v>3</v>
       </c>
       <c r="B1342" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="C1342">
         <v>1</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" t="s">
         <v>3</v>
       </c>
-      <c r="B1343" t="s">
-        <v>1161</v>
+      <c r="B1343">
+        <v>1086641450</v>
       </c>
       <c r="C1343">
         <v>1</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" t="s">
         <v>3</v>
       </c>
       <c r="B1344" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="C1344">
         <v>1</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" t="s">
         <v>3</v>
       </c>
       <c r="B1345" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="C1345">
         <v>1</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" t="s">
         <v>3</v>
       </c>
-      <c r="B1346">
-        <v>1497511038</v>
+      <c r="B1346" t="s">
+        <v>1169</v>
       </c>
       <c r="C1346">
         <v>1</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" t="s">
         <v>3</v>
       </c>
       <c r="B1347">
-        <v>1524759724</v>
+        <v>1501106406</v>
       </c>
       <c r="C1347">
         <v>1</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" t="s">
         <v>3</v>
       </c>
       <c r="B1348" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="C1348">
         <v>1</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" t="s">
         <v>3</v>
       </c>
-      <c r="B1349" t="s">
-        <v>1165</v>
+      <c r="B1349">
+        <v>1616770759</v>
       </c>
       <c r="C1349">
         <v>1</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" t="s">
         <v>3</v>
       </c>
       <c r="B1350" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="C1350">
         <v>1</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" t="s">
         <v>3</v>
       </c>
-      <c r="B1351" t="s">
-        <v>1167</v>
+      <c r="B1351">
+        <v>1481495089</v>
       </c>
       <c r="C1351">
         <v>1</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" t="s">
         <v>3</v>
       </c>
-      <c r="B1352" t="s">
-        <v>1168</v>
+      <c r="B1352">
+        <v>1948489643</v>
       </c>
       <c r="C1352">
         <v>1</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" t="s">
         <v>3</v>
       </c>
       <c r="B1353" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="C1353">
         <v>1</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" t="s">
         <v>3</v>
       </c>
       <c r="B1354" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="C1354">
         <v>1</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" t="s">
         <v>3</v>
       </c>
       <c r="B1355" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="C1355">
         <v>1</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" t="s">
         <v>3</v>
       </c>
       <c r="B1356" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C1356">
         <v>1</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" t="s">
         <v>3</v>
       </c>
       <c r="B1357" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="C1357">
         <v>1</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" t="s">
         <v>3</v>
       </c>
-      <c r="B1358">
-        <v>1602559392</v>
+      <c r="B1358" t="s">
+        <v>1177</v>
       </c>
       <c r="C1358">
         <v>1</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" t="s">
         <v>3</v>
       </c>
-      <c r="B1359" t="s">
-        <v>1174</v>
+      <c r="B1359">
+        <v>1419740385</v>
       </c>
       <c r="C1359">
         <v>1</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" t="s">
         <v>3</v>
       </c>
-      <c r="B1360">
-        <v>1706561911</v>
+      <c r="B1360" t="s">
+        <v>1178</v>
       </c>
       <c r="C1360">
         <v>1</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
         <v>3</v>
       </c>
-      <c r="B1361" t="s">
-        <v>1175</v>
+      <c r="B1361">
+        <v>8416997233</v>
       </c>
       <c r="C1361">
         <v>1</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
         <v>3</v>
       </c>
-      <c r="B1362">
-        <v>6070757211</v>
+      <c r="B1362" t="s">
+        <v>1179</v>
       </c>
       <c r="C1362">
         <v>1</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" t="s">
         <v>3</v>
       </c>
-      <c r="B1363">
-        <v>8490629153</v>
+      <c r="B1363" t="s">
+        <v>1180</v>
       </c>
       <c r="C1363">
         <v>1</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" t="s">
         <v>3</v>
       </c>
       <c r="B1364" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="C1364">
         <v>1</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" t="s">
         <v>3</v>
       </c>
       <c r="B1365" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="C1365">
         <v>1</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" t="s">
         <v>3</v>
       </c>
       <c r="B1366" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C1366">
         <v>1</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" t="s">
         <v>3</v>
       </c>
       <c r="B1367" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="C1367">
         <v>1</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" t="s">
         <v>3</v>
       </c>
       <c r="B1368" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="C1368">
         <v>1</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" t="s">
         <v>3</v>
       </c>
       <c r="B1369" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="C1369">
         <v>1</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" t="s">
         <v>3</v>
       </c>
       <c r="B1370" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="C1370">
         <v>1</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" t="s">
         <v>3</v>
       </c>
       <c r="B1371" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C1371">
         <v>1</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" t="s">
         <v>3</v>
       </c>
       <c r="B1372" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="C1372">
         <v>1</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" t="s">
         <v>3</v>
       </c>
       <c r="B1373" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="C1373">
         <v>1</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" t="s">
         <v>3</v>
       </c>
       <c r="B1374" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="C1374">
         <v>1</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" t="s">
         <v>3</v>
       </c>
       <c r="B1375" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C1375">
         <v>1</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" t="s">
         <v>3</v>
       </c>
       <c r="B1376" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="C1376">
         <v>1</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" t="s">
         <v>3</v>
       </c>
       <c r="B1377" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="C1377">
         <v>1</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" t="s">
         <v>3</v>
       </c>
       <c r="B1378" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="C1378">
         <v>1</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" t="s">
         <v>3</v>
       </c>
       <c r="B1379">
-        <v>1604382058</v>
+        <v>6073156030</v>
       </c>
       <c r="C1379">
         <v>1</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" t="s">
         <v>3</v>
       </c>
       <c r="B1380" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="C1380">
         <v>1</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" t="s">
         <v>3</v>
       </c>
       <c r="B1381" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="C1381">
         <v>1</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" t="s">
         <v>3</v>
       </c>
       <c r="B1382" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="C1382">
         <v>1</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" t="s">
         <v>3</v>
       </c>
       <c r="B1383" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="C1383">
         <v>1</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" t="s">
         <v>3</v>
       </c>
       <c r="B1384" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="C1384">
         <v>1</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" t="s">
         <v>3</v>
       </c>
       <c r="B1385" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="C1385">
         <v>1</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" t="s">
         <v>3</v>
       </c>
       <c r="B1386" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="C1386">
         <v>1</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" t="s">
         <v>3</v>
       </c>
       <c r="B1387" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="C1387">
         <v>1</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" t="s">
         <v>3</v>
       </c>
       <c r="B1388" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="C1388">
         <v>1</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" t="s">
         <v>3</v>
       </c>
       <c r="B1389" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="C1389">
         <v>1</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" t="s">
         <v>3</v>
       </c>
-      <c r="B1390" t="s">
-        <v>1201</v>
+      <c r="B1390">
+        <v>1073385272</v>
       </c>
       <c r="C1390">
         <v>1</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" t="s">
         <v>3</v>
       </c>
-      <c r="B1391">
-        <v>1250151074</v>
+      <c r="B1391" t="s">
+        <v>1206</v>
       </c>
       <c r="C1391">
         <v>1</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" t="s">
         <v>3</v>
       </c>
       <c r="B1392" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="C1392">
         <v>1</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" t="s">
         <v>3</v>
       </c>
       <c r="B1393" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="C1393">
         <v>1</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" t="s">
         <v>3</v>
       </c>
       <c r="B1394" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="C1394">
         <v>1</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" t="s">
         <v>3</v>
       </c>
       <c r="B1395" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="C1395">
         <v>1</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" t="s">
         <v>3</v>
       </c>
       <c r="B1396" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C1396">
         <v>1</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" t="s">
         <v>3</v>
       </c>
       <c r="B1397" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="C1397">
         <v>1</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" t="s">
         <v>3</v>
       </c>
       <c r="B1398" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="C1398">
         <v>1</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" t="s">
         <v>3</v>
       </c>
       <c r="B1399" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="C1399">
         <v>1</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" t="s">
         <v>3</v>
       </c>
-      <c r="B1400">
-        <v>1595824626</v>
+      <c r="B1400" t="s">
+        <v>1215</v>
       </c>
       <c r="C1400">
         <v>1</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" t="s">
         <v>3</v>
       </c>
       <c r="B1401" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C1401">
         <v>1</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" t="s">
         <v>3</v>
       </c>
       <c r="B1402" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="C1402">
         <v>1</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" t="s">
         <v>3</v>
       </c>
       <c r="B1403" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="C1403">
         <v>1</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" t="s">
         <v>3</v>
       </c>
       <c r="B1404" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="C1404">
         <v>1</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" t="s">
         <v>3</v>
       </c>
       <c r="B1405" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="C1405">
         <v>1</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" t="s">
         <v>3</v>
       </c>
       <c r="B1406" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="C1406">
         <v>1</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" t="s">
         <v>3</v>
       </c>
       <c r="B1407" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="C1407">
         <v>1</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" t="s">
         <v>3</v>
       </c>
-      <c r="B1408">
-        <v>1845769287</v>
+      <c r="B1408" t="s">
+        <v>1223</v>
       </c>
       <c r="C1408">
         <v>1</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" t="s">
         <v>3</v>
       </c>
       <c r="B1409" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="C1409">
         <v>1</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" t="s">
         <v>3</v>
       </c>
       <c r="B1410" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="C1410">
         <v>1</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" t="s">
         <v>3</v>
       </c>
       <c r="B1411">
-        <v>1421591715</v>
+        <v>1501180975</v>
       </c>
       <c r="C1411">
         <v>1</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" t="s">
         <v>3</v>
       </c>
-      <c r="B1412" t="s">
-        <v>1219</v>
+      <c r="B1412">
+        <v>1786578107</v>
       </c>
       <c r="C1412">
         <v>1</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" t="s">
         <v>3</v>
       </c>
       <c r="B1413" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="C1413">
         <v>1</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" t="s">
         <v>3</v>
       </c>
       <c r="B1414" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="C1414">
         <v>1</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" t="s">
         <v>3</v>
       </c>
       <c r="B1415" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="C1415">
         <v>1</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" t="s">
         <v>3</v>
       </c>
-      <c r="B1416">
-        <v>1546516476</v>
+      <c r="B1416" t="s">
+        <v>1229</v>
       </c>
       <c r="C1416">
         <v>1</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" t="s">
         <v>3</v>
       </c>
-      <c r="B1417" t="s">
-        <v>1223</v>
+      <c r="B1417">
+        <v>1097569357</v>
       </c>
       <c r="C1417">
         <v>1</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" t="s">
         <v>3</v>
       </c>
       <c r="B1418" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="C1418">
         <v>1</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" t="s">
         <v>3</v>
       </c>
       <c r="B1419" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="C1419">
         <v>1</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" t="s">
         <v>3</v>
       </c>
       <c r="B1420" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="C1420">
         <v>1</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" t="s">
         <v>3</v>
       </c>
-      <c r="B1421" t="s">
-        <v>1227</v>
+      <c r="B1421">
+        <v>1683838262</v>
       </c>
       <c r="C1421">
         <v>1</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" t="s">
         <v>3</v>
       </c>
       <c r="B1422" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="C1422">
         <v>1</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" t="s">
         <v>3</v>
       </c>
       <c r="B1423" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="C1423">
         <v>1</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" t="s">
         <v>3</v>
       </c>
       <c r="B1424" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="C1424">
         <v>1</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" t="s">
         <v>3</v>
       </c>
       <c r="B1425" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="C1425">
         <v>1</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" t="s">
         <v>3</v>
       </c>
       <c r="B1426" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="C1426">
         <v>1</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" t="s">
         <v>3</v>
       </c>
-      <c r="B1427" t="s">
-        <v>1233</v>
+      <c r="B1427">
+        <v>6576886</v>
       </c>
       <c r="C1427">
         <v>1</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" t="s">
         <v>3</v>
       </c>
       <c r="B1428" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="C1428">
         <v>1</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" t="s">
         <v>3</v>
       </c>
       <c r="B1429" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="C1429">
         <v>1</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" t="s">
         <v>3</v>
       </c>
-      <c r="B1430">
-        <v>1368009921</v>
+      <c r="B1430" t="s">
+        <v>1240</v>
       </c>
       <c r="C1430">
         <v>1</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" t="s">
         <v>3</v>
       </c>
-      <c r="B1431">
-        <v>1795726644</v>
+      <c r="B1431" t="s">
+        <v>1241</v>
       </c>
       <c r="C1431">
         <v>1</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" t="s">
         <v>3</v>
       </c>
       <c r="B1432" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="C1432">
         <v>1</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" t="s">
         <v>3</v>
       </c>
       <c r="B1433" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="C1433">
         <v>1</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" t="s">
         <v>3</v>
       </c>
       <c r="B1434" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="C1434">
         <v>1</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" t="s">
         <v>3</v>
       </c>
-      <c r="B1435">
-        <v>1680525794</v>
+      <c r="B1435" t="s">
+        <v>1245</v>
       </c>
       <c r="C1435">
         <v>1</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" t="s">
         <v>3</v>
       </c>
-      <c r="B1436">
-        <v>1421596563</v>
+      <c r="B1436" t="s">
+        <v>1246</v>
       </c>
       <c r="C1436">
         <v>1</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" t="s">
         <v>3</v>
       </c>
-      <c r="B1437">
-        <v>1524851841</v>
+      <c r="B1437" t="s">
+        <v>1247</v>
       </c>
       <c r="C1437">
         <v>1</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" t="s">
         <v>3</v>
       </c>
       <c r="B1438" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="C1438">
         <v>1</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" t="s">
         <v>3</v>
       </c>
       <c r="B1439" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="C1439">
         <v>1</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" t="s">
         <v>3</v>
       </c>
-      <c r="B1440">
-        <v>6594648</v>
+      <c r="B1440" t="s">
+        <v>1250</v>
       </c>
       <c r="C1440">
         <v>1</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" t="s">
         <v>3</v>
       </c>
       <c r="B1441" t="s">
-        <v>1241</v>
+        <v>1251</v>
       </c>
       <c r="C1441">
         <v>1</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" t="s">
         <v>3</v>
       </c>
       <c r="B1442" t="s">
-        <v>1242</v>
+        <v>1252</v>
       </c>
       <c r="C1442">
         <v>1</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" t="s">
         <v>3</v>
       </c>
       <c r="B1443" t="s">
-        <v>1243</v>
+        <v>1253</v>
       </c>
       <c r="C1443">
         <v>1</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" t="s">
         <v>3</v>
       </c>
       <c r="B1444" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="C1444">
         <v>1</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" t="s">
         <v>3</v>
       </c>
       <c r="B1445" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="C1445">
         <v>1</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" t="s">
         <v>3</v>
       </c>
       <c r="B1446" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="C1446">
         <v>1</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" t="s">
         <v>3</v>
       </c>
-      <c r="B1447" t="s">
-        <v>1247</v>
+      <c r="B1447">
+        <v>6578462</v>
       </c>
       <c r="C1447">
         <v>1</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" t="s">
         <v>3</v>
       </c>
       <c r="B1448" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="C1448">
         <v>1</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" t="s">
         <v>3</v>
       </c>
       <c r="B1449" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
       <c r="C1449">
         <v>1</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" t="s">
         <v>3</v>
       </c>
-      <c r="B1450" t="s">
-        <v>1250</v>
+      <c r="B1450">
+        <v>1785657968</v>
       </c>
       <c r="C1450">
         <v>1</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" t="s">
         <v>3</v>
       </c>
       <c r="B1451" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="C1451">
         <v>1</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" t="s">
         <v>3</v>
       </c>
-      <c r="B1452" t="s">
-        <v>1252</v>
+      <c r="B1452">
+        <v>1074017811</v>
       </c>
       <c r="C1452">
         <v>1</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" t="s">
         <v>3</v>
       </c>
       <c r="B1453" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="C1453">
         <v>1</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" t="s">
         <v>3</v>
       </c>
       <c r="B1454" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="C1454">
         <v>1</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" t="s">
         <v>3</v>
       </c>
       <c r="B1455" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="C1455">
         <v>1</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" t="s">
         <v>3</v>
       </c>
       <c r="B1456" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="C1456">
         <v>1</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" t="s">
         <v>3</v>
       </c>
       <c r="B1457" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="C1457">
         <v>1</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" t="s">
         <v>3</v>
       </c>
       <c r="B1458" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="C1458">
         <v>1</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" t="s">
         <v>3</v>
       </c>
-      <c r="B1459">
-        <v>1401275249</v>
+      <c r="B1459" t="s">
+        <v>1266</v>
       </c>
       <c r="C1459">
         <v>1</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" t="s">
         <v>3</v>
       </c>
       <c r="B1460" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="C1460">
         <v>1</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" t="s">
         <v>3</v>
       </c>
       <c r="B1461" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="C1461">
         <v>1</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" t="s">
         <v>3</v>
       </c>
       <c r="B1462" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="C1462">
         <v>1</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" t="s">
         <v>3</v>
       </c>
-      <c r="B1463">
-        <v>1524764124</v>
+      <c r="B1463" t="s">
+        <v>1270</v>
       </c>
       <c r="C1463">
         <v>1</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" t="s">
         <v>3</v>
       </c>
       <c r="B1464" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="C1464">
         <v>1</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" t="s">
         <v>3</v>
       </c>
       <c r="B1465" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="C1465">
         <v>1</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" t="s">
         <v>3</v>
       </c>
       <c r="B1466" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="C1466">
         <v>1</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" t="s">
         <v>3</v>
       </c>
       <c r="B1467" t="s">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="C1467">
         <v>1</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" t="s">
         <v>3</v>
       </c>
       <c r="B1468" t="s">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="C1468">
         <v>1</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" t="s">
         <v>3</v>
       </c>
       <c r="B1469" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="C1469">
         <v>1</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" t="s">
         <v>3</v>
       </c>
       <c r="B1470" t="s">
-        <v>1268</v>
+        <v>1277</v>
       </c>
       <c r="C1470">
         <v>1</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" t="s">
         <v>3</v>
       </c>
       <c r="B1471" t="s">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="C1471">
         <v>1</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" t="s">
         <v>3</v>
       </c>
       <c r="B1472" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="C1472">
         <v>1</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" t="s">
         <v>3</v>
       </c>
-      <c r="B1473" t="s">
-        <v>1271</v>
+      <c r="B1473">
+        <v>1730929001</v>
       </c>
       <c r="C1473">
         <v>1</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" t="s">
         <v>3</v>
       </c>
       <c r="B1474" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="C1474">
         <v>1</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" t="s">
         <v>3</v>
       </c>
       <c r="B1475" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="C1475">
         <v>1</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" t="s">
         <v>3</v>
       </c>
       <c r="B1476" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="C1476">
         <v>1</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" t="s">
         <v>3</v>
       </c>
-      <c r="B1477">
-        <v>1095386867</v>
+      <c r="B1477" t="s">
+        <v>1283</v>
       </c>
       <c r="C1477">
         <v>1</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" t="s">
         <v>3</v>
       </c>
       <c r="B1478" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="C1478">
         <v>1</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" t="s">
         <v>3</v>
       </c>
       <c r="B1479" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="C1479">
         <v>1</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" t="s">
         <v>3</v>
       </c>
-      <c r="B1480" t="s">
-        <v>1277</v>
+      <c r="B1480">
+        <v>312117337</v>
       </c>
       <c r="C1480">
         <v>1</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" t="s">
         <v>3</v>
       </c>
       <c r="B1481" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="C1481">
         <v>1</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" t="s">
         <v>3</v>
       </c>
       <c r="B1482" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="C1482">
         <v>1</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" t="s">
         <v>3</v>
       </c>
       <c r="B1483" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="C1483">
         <v>1</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" t="s">
         <v>3</v>
       </c>
       <c r="B1484" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="C1484">
         <v>1</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" t="s">
         <v>3</v>
       </c>
       <c r="B1485" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="C1485">
         <v>1</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" t="s">
         <v>3</v>
       </c>
-      <c r="B1486">
-        <v>1621368335</v>
+      <c r="B1486" t="s">
+        <v>1291</v>
       </c>
       <c r="C1486">
         <v>1</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" t="s">
         <v>3</v>
       </c>
       <c r="B1487" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="C1487">
         <v>1</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" t="s">
         <v>3</v>
       </c>
-      <c r="B1488" t="s">
-        <v>1284</v>
+      <c r="B1488">
+        <v>1088467709</v>
       </c>
       <c r="C1488">
         <v>1</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" t="s">
         <v>3</v>
       </c>
       <c r="B1489" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="C1489">
         <v>1</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" t="s">
         <v>3</v>
       </c>
       <c r="B1490" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="C1490">
         <v>1</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" t="s">
         <v>3</v>
       </c>
       <c r="B1491" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="C1491">
         <v>1</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" t="s">
         <v>3</v>
       </c>
       <c r="B1492" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="C1492">
         <v>1</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" t="s">
         <v>3</v>
       </c>
       <c r="B1493" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="C1493">
         <v>1</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" t="s">
         <v>3</v>
       </c>
-      <c r="B1494">
-        <v>1583949623</v>
+      <c r="B1494" t="s">
+        <v>1298</v>
       </c>
       <c r="C1494">
         <v>1</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" t="s">
         <v>3</v>
       </c>
       <c r="B1495" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="C1495">
         <v>1</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" t="s">
         <v>3</v>
       </c>
       <c r="B1496" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="C1496">
         <v>1</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" t="s">
         <v>3</v>
       </c>
-      <c r="B1497" t="s">
-        <v>1292</v>
+      <c r="B1497">
+        <v>1503705250</v>
       </c>
       <c r="C1497">
         <v>1</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" t="s">
         <v>3</v>
       </c>
-      <c r="B1498">
-        <v>1442468416</v>
+      <c r="B1498" t="s">
+        <v>1301</v>
       </c>
       <c r="C1498">
         <v>1</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" t="s">
         <v>3</v>
       </c>
       <c r="B1499" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="C1499">
         <v>1</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" t="s">
         <v>3</v>
       </c>
       <c r="B1500" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="C1500">
         <v>1</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" t="s">
         <v>3</v>
       </c>
       <c r="B1501" t="s">
-        <v>1295</v>
+        <v>1304</v>
       </c>
       <c r="C1501">
         <v>1</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" t="s">
         <v>3</v>
       </c>
       <c r="B1502" t="s">
-        <v>1296</v>
+        <v>1305</v>
       </c>
       <c r="C1502">
         <v>1</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" t="s">
         <v>3</v>
       </c>
       <c r="B1503" t="s">
-        <v>1297</v>
+        <v>1306</v>
       </c>
       <c r="C1503">
         <v>1</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" t="s">
         <v>3</v>
       </c>
       <c r="B1504" t="s">
-        <v>1298</v>
+        <v>1307</v>
       </c>
       <c r="C1504">
         <v>1</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" t="s">
         <v>3</v>
       </c>
       <c r="B1505" t="s">
-        <v>1299</v>
+        <v>1308</v>
       </c>
       <c r="C1505">
         <v>1</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" t="s">
         <v>3</v>
       </c>
       <c r="B1506" t="s">
-        <v>1300</v>
+        <v>1309</v>
       </c>
       <c r="C1506">
         <v>1</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" t="s">
         <v>3</v>
       </c>
-      <c r="B1507">
-        <v>1532869029</v>
+      <c r="B1507" t="s">
+        <v>1310</v>
       </c>
       <c r="C1507">
         <v>1</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" t="s">
         <v>3</v>
       </c>
       <c r="B1508" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="C1508">
         <v>1</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" t="s">
         <v>3</v>
       </c>
       <c r="B1509" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="C1509">
         <v>1</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" t="s">
         <v>3</v>
       </c>
       <c r="B1510" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="C1510">
         <v>1</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" t="s">
         <v>3</v>
       </c>
       <c r="B1511" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="C1511">
         <v>1</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" t="s">
         <v>3</v>
       </c>
       <c r="B1512" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="C1512">
         <v>1</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" t="s">
         <v>3</v>
       </c>
       <c r="B1513" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="C1513">
         <v>1</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" t="s">
         <v>3</v>
       </c>
       <c r="B1514" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
       <c r="C1514">
         <v>1</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" t="s">
         <v>3</v>
       </c>
-      <c r="B1515">
-        <v>1540861244</v>
+      <c r="B1515" t="s">
+        <v>1318</v>
       </c>
       <c r="C1515">
         <v>1</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" t="s">
         <v>3</v>
       </c>
       <c r="B1516" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="C1516">
         <v>1</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" t="s">
         <v>3</v>
       </c>
       <c r="B1517" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="C1517">
         <v>1</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" t="s">
         <v>3</v>
       </c>
       <c r="B1518" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="C1518">
         <v>1</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" t="s">
         <v>3</v>
       </c>
-      <c r="B1519">
-        <v>1421579154</v>
+      <c r="B1519" t="s">
+        <v>1322</v>
       </c>
       <c r="C1519">
         <v>1</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" t="s">
         <v>3</v>
       </c>
       <c r="B1520" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="C1520">
         <v>1</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" t="s">
         <v>3</v>
       </c>
       <c r="B1521" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="C1521">
         <v>1</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" t="s">
         <v>3</v>
       </c>
-      <c r="B1522" t="s">
-        <v>1313</v>
+      <c r="B1522">
+        <v>1506712320</v>
       </c>
       <c r="C1522">
         <v>1</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" t="s">
         <v>3</v>
       </c>
-      <c r="B1523">
-        <v>1541724038</v>
+      <c r="B1523" t="s">
+        <v>1325</v>
       </c>
       <c r="C1523">
         <v>1</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" t="s">
         <v>3</v>
       </c>
       <c r="B1524" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="C1524">
         <v>1</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" t="s">
         <v>3</v>
       </c>
       <c r="B1525" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="C1525">
         <v>1</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" t="s">
         <v>3</v>
       </c>
       <c r="B1526" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="C1526">
         <v>1</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" t="s">
         <v>3</v>
       </c>
-      <c r="B1527" t="s">
-        <v>1317</v>
+      <c r="B1527">
+        <v>1092642722</v>
       </c>
       <c r="C1527">
         <v>1</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" t="s">
         <v>3</v>
       </c>
       <c r="B1528" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="C1528">
         <v>1</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" t="s">
         <v>3</v>
       </c>
       <c r="B1529" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="C1529">
         <v>1</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" t="s">
         <v>3</v>
       </c>
       <c r="B1530" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="C1530">
         <v>1</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" t="s">
         <v>3</v>
       </c>
       <c r="B1531" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="C1531">
         <v>1</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" t="s">
         <v>3</v>
       </c>
       <c r="B1532" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="C1532">
         <v>1</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" t="s">
         <v>3</v>
       </c>
       <c r="B1533" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="C1533">
         <v>1</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" t="s">
         <v>3</v>
       </c>
       <c r="B1534" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="C1534">
         <v>1</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" t="s">
         <v>3</v>
       </c>
       <c r="B1535" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="C1535">
         <v>1</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" t="s">
         <v>3</v>
       </c>
       <c r="B1536" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="C1536">
         <v>1</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" t="s">
         <v>3</v>
       </c>
       <c r="B1537" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="C1537">
         <v>1</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" t="s">
         <v>3</v>
       </c>
       <c r="B1538" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="C1538">
         <v>1</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" t="s">
         <v>3</v>
       </c>
       <c r="B1539" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="C1539">
         <v>1</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" t="s">
         <v>3</v>
       </c>
       <c r="B1540" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="C1540">
         <v>1</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" t="s">
         <v>3</v>
       </c>
       <c r="B1541" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="C1541">
         <v>1</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" t="s">
         <v>3</v>
       </c>
-      <c r="B1542" t="s">
-        <v>1332</v>
+      <c r="B1542">
+        <v>6579032</v>
       </c>
       <c r="C1542">
         <v>1</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" t="s">
         <v>3</v>
       </c>
-      <c r="B1543" t="s">
-        <v>1333</v>
+      <c r="B1543">
+        <v>1497644895</v>
       </c>
       <c r="C1543">
         <v>1</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" t="s">
         <v>3</v>
       </c>
-      <c r="B1544" t="s">
-        <v>1334</v>
+      <c r="B1544">
+        <v>1421522446</v>
       </c>
       <c r="C1544">
         <v>1</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" t="s">
         <v>3</v>
       </c>
       <c r="B1545" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="C1545">
         <v>1</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" t="s">
         <v>3</v>
       </c>
-      <c r="B1546" t="s">
-        <v>1336</v>
+      <c r="B1546">
+        <v>1484780361</v>
       </c>
       <c r="C1546">
         <v>1</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" t="s">
         <v>3</v>
       </c>
-      <c r="B1547">
-        <v>399582630</v>
+      <c r="B1547" t="s">
+        <v>1344</v>
       </c>
       <c r="C1547">
         <v>1</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" t="s">
         <v>3</v>
       </c>
-      <c r="B1548" t="s">
-        <v>1337</v>
+      <c r="B1548">
+        <v>1974707407</v>
       </c>
       <c r="C1548">
         <v>1</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" t="s">
         <v>3</v>
       </c>
-      <c r="B1549" t="s">
-        <v>1338</v>
+      <c r="B1549">
+        <v>6563078</v>
       </c>
       <c r="C1549">
         <v>1</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" t="s">
         <v>3</v>
       </c>
-      <c r="B1550">
-        <v>1091852979</v>
+      <c r="B1550" t="s">
+        <v>1345</v>
       </c>
       <c r="C1550">
         <v>1</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" t="s">
         <v>3</v>
       </c>
       <c r="B1551" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="C1551">
         <v>1</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" t="s">
         <v>3</v>
       </c>
       <c r="B1552" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="C1552">
         <v>1</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" t="s">
         <v>3</v>
       </c>
       <c r="B1553" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="C1553">
         <v>1</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" t="s">
         <v>3</v>
       </c>
       <c r="B1554" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="C1554">
         <v>1</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" t="s">
         <v>3</v>
       </c>
-      <c r="B1555" t="s">
-        <v>1343</v>
+      <c r="B1555">
+        <v>1577311523</v>
       </c>
       <c r="C1555">
         <v>1</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" t="s">
         <v>3</v>
       </c>
       <c r="B1556" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="C1556">
         <v>1</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" t="s">
         <v>3</v>
       </c>
       <c r="B1557" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="C1557">
         <v>1</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" t="s">
         <v>3</v>
       </c>
       <c r="B1558" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C1558">
         <v>1</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" t="s">
         <v>3</v>
       </c>
       <c r="B1559" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="C1559">
         <v>1</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" t="s">
         <v>3</v>
       </c>
       <c r="B1560" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="C1560">
         <v>1</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" t="s">
         <v>3</v>
       </c>
       <c r="B1561" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="C1561">
         <v>1</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" t="s">
         <v>3</v>
       </c>
       <c r="B1562" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="C1562">
         <v>1</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" t="s">
         <v>3</v>
       </c>
       <c r="B1563" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="C1563">
         <v>1</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" t="s">
         <v>3</v>
       </c>
       <c r="B1564" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="C1564">
         <v>1</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" t="s">
         <v>3</v>
       </c>
       <c r="B1565" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="C1565">
         <v>1</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" t="s">
         <v>3</v>
       </c>
       <c r="B1566" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="C1566">
         <v>1</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" t="s">
         <v>3</v>
       </c>
-      <c r="B1567" t="s">
-        <v>1355</v>
+      <c r="B1567">
+        <v>6073175582</v>
       </c>
       <c r="C1567">
         <v>1</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" t="s">
         <v>3</v>
       </c>
       <c r="B1568" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="C1568">
         <v>1</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" t="s">
         <v>3</v>
       </c>
-      <c r="B1569">
-        <v>1465460888</v>
+      <c r="B1569" t="s">
+        <v>1362</v>
       </c>
       <c r="C1569">
         <v>1</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" t="s">
         <v>3</v>
       </c>
       <c r="B1570" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="C1570">
         <v>1</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" t="s">
         <v>3</v>
       </c>
-      <c r="B1571" t="s">
-        <v>1358</v>
+      <c r="B1571">
+        <v>316489271</v>
       </c>
       <c r="C1571">
         <v>1</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" t="s">
         <v>3</v>
       </c>
       <c r="B1572" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="C1572">
         <v>1</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" t="s">
         <v>3</v>
       </c>
-      <c r="B1573">
-        <v>1635893860</v>
+      <c r="B1573" t="s">
+        <v>1365</v>
       </c>
       <c r="C1573">
         <v>1</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" t="s">
         <v>3</v>
       </c>
       <c r="B1574" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="C1574">
         <v>1</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" t="s">
         <v>3</v>
       </c>
-      <c r="B1575" t="s">
-        <v>1361</v>
+      <c r="B1575">
+        <v>1534433627</v>
       </c>
       <c r="C1575">
         <v>1</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" t="s">
         <v>3</v>
       </c>
       <c r="B1576" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="C1576">
         <v>1</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" t="s">
         <v>3</v>
       </c>
-      <c r="B1577">
-        <v>1698900635</v>
+      <c r="B1577" t="s">
+        <v>1368</v>
       </c>
       <c r="C1577">
         <v>1</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" t="s">
         <v>3</v>
       </c>
       <c r="B1578" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="C1578">
         <v>1</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" t="s">
         <v>3</v>
       </c>
       <c r="B1579" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="C1579">
         <v>1</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" t="s">
         <v>3</v>
       </c>
-      <c r="B1580" t="s">
-        <v>1365</v>
+      <c r="B1580">
+        <v>1099030544</v>
       </c>
       <c r="C1580">
         <v>1</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" t="s">
         <v>3</v>
       </c>
       <c r="B1581" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="C1581">
         <v>1</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" t="s">
         <v>3</v>
       </c>
-      <c r="B1582">
-        <v>1455560243</v>
+      <c r="B1582" t="s">
+        <v>1372</v>
       </c>
       <c r="C1582">
         <v>1</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" t="s">
         <v>3</v>
       </c>
       <c r="B1583" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="C1583">
         <v>1</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" t="s">
         <v>3</v>
       </c>
       <c r="B1584" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="C1584">
         <v>1</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" t="s">
         <v>3</v>
       </c>
       <c r="B1585" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="C1585">
         <v>1</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" t="s">
         <v>3</v>
       </c>
       <c r="B1586" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="C1586">
         <v>1</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" t="s">
         <v>3</v>
       </c>
       <c r="B1587" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="C1587">
         <v>1</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" t="s">
         <v>3</v>
       </c>
       <c r="B1588" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="C1588">
         <v>1</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" t="s">
         <v>3</v>
       </c>
       <c r="B1589" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="C1589">
         <v>1</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" t="s">
         <v>3</v>
       </c>
       <c r="B1590" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="C1590">
         <v>1</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" t="s">
         <v>3</v>
       </c>
       <c r="B1591" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="C1591">
         <v>1</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" t="s">
         <v>3</v>
       </c>
       <c r="B1592" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="C1592">
         <v>1</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" t="s">
         <v>3</v>
       </c>
       <c r="B1593" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="C1593">
         <v>1</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" t="s">
         <v>3</v>
       </c>
       <c r="B1594" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="C1594">
         <v>1</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" t="s">
         <v>3</v>
       </c>
       <c r="B1595" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="C1595">
         <v>1</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" t="s">
         <v>3</v>
       </c>
       <c r="B1596" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="C1596">
         <v>1</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" t="s">
         <v>3</v>
       </c>
       <c r="B1597" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="C1597">
         <v>1</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" t="s">
         <v>3</v>
       </c>
       <c r="B1598" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="C1598">
         <v>1</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" t="s">
         <v>3</v>
       </c>
-      <c r="B1599" t="s">
-        <v>1383</v>
+      <c r="B1599">
+        <v>1843104814</v>
       </c>
       <c r="C1599">
         <v>1</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" t="s">
         <v>3</v>
       </c>
-      <c r="B1600" t="s">
-        <v>1384</v>
+      <c r="B1600">
+        <v>1401283594</v>
       </c>
       <c r="C1600">
         <v>1</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" t="s">
         <v>3</v>
       </c>
       <c r="B1601" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="C1601">
         <v>1</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" t="s">
         <v>3</v>
       </c>
       <c r="B1602" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="C1602">
         <v>1</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" t="s">
         <v>3</v>
       </c>
       <c r="B1603" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="C1603">
         <v>1</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" t="s">
         <v>3</v>
       </c>
-      <c r="B1604">
-        <v>1790863147</v>
+      <c r="B1604" t="s">
+        <v>1392</v>
       </c>
       <c r="C1604">
         <v>1</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" t="s">
         <v>3</v>
       </c>
       <c r="B1605" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="C1605">
         <v>1</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" t="s">
         <v>3</v>
       </c>
       <c r="B1606" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C1606">
         <v>1</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" t="s">
         <v>3</v>
       </c>
       <c r="B1607" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="C1607">
         <v>1</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" t="s">
         <v>3</v>
       </c>
       <c r="B1608" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="C1608">
         <v>1</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" t="s">
         <v>3</v>
       </c>
-      <c r="B1609">
-        <v>8493914525</v>
+      <c r="B1609" t="s">
+        <v>1397</v>
       </c>
       <c r="C1609">
         <v>1</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" t="s">
         <v>3</v>
       </c>
       <c r="B1610" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="C1610">
         <v>1</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" t="s">
         <v>3</v>
       </c>
       <c r="B1611" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="C1611">
         <v>1</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" t="s">
         <v>3</v>
       </c>
-      <c r="B1612">
-        <v>1250156793</v>
+      <c r="B1612" t="s">
+        <v>1400</v>
       </c>
       <c r="C1612">
         <v>1</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" t="s">
         <v>3</v>
       </c>
       <c r="B1613" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="C1613">
         <v>1</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" t="s">
         <v>3</v>
       </c>
       <c r="B1614" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="C1614">
         <v>1</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" t="s">
         <v>3</v>
       </c>
       <c r="B1615" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="C1615">
         <v>1</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" t="s">
         <v>3</v>
       </c>
       <c r="B1616" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="C1616">
         <v>1</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" t="s">
         <v>3</v>
       </c>
-      <c r="B1617" t="s">
-        <v>1398</v>
+      <c r="B1617">
+        <v>1421597152</v>
       </c>
       <c r="C1617">
         <v>1</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" t="s">
         <v>3</v>
       </c>
       <c r="B1618" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="C1618">
         <v>1</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" t="s">
         <v>3</v>
       </c>
       <c r="B1619" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="C1619">
         <v>1</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" t="s">
         <v>3</v>
       </c>
       <c r="B1620" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="C1620">
         <v>1</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" t="s">
         <v>3</v>
       </c>
       <c r="B1621" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="C1621">
         <v>1</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" t="s">
         <v>3</v>
       </c>
-      <c r="B1622">
-        <v>8433026917</v>
+      <c r="B1622" t="s">
+        <v>1409</v>
       </c>
       <c r="C1622">
         <v>1</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" t="s">
         <v>3</v>
       </c>
       <c r="B1623" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="C1623">
         <v>1</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" t="s">
         <v>3</v>
       </c>
-      <c r="B1624">
-        <v>1338323210</v>
+      <c r="B1624" t="s">
+        <v>1411</v>
       </c>
       <c r="C1624">
         <v>1</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" t="s">
         <v>3</v>
       </c>
       <c r="B1625" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="C1625">
         <v>1</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" t="s">
         <v>3</v>
       </c>
       <c r="B1626" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="C1626">
         <v>1</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" t="s">
         <v>3</v>
       </c>
       <c r="B1627" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="C1627">
         <v>1</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" t="s">
         <v>3</v>
       </c>
       <c r="B1628" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="C1628">
         <v>1</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" t="s">
         <v>3</v>
       </c>
       <c r="B1629" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="C1629">
         <v>1</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" t="s">
         <v>3</v>
       </c>
-      <c r="B1630">
-        <v>1401274587</v>
+      <c r="B1630" t="s">
+        <v>1417</v>
       </c>
       <c r="C1630">
         <v>1</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" t="s">
         <v>3</v>
       </c>
-      <c r="B1631" t="s">
-        <v>1409</v>
+      <c r="B1631">
+        <v>6587794</v>
       </c>
       <c r="C1631">
         <v>1</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" t="s">
         <v>3</v>
       </c>
       <c r="B1632" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="C1632">
         <v>1</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" t="s">
         <v>3</v>
       </c>
       <c r="B1633" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="C1633">
         <v>1</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" t="s">
         <v>3</v>
       </c>
       <c r="B1634" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="C1634">
         <v>1</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" t="s">
         <v>3</v>
       </c>
       <c r="B1635" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="C1635">
         <v>1</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" t="s">
         <v>3</v>
       </c>
       <c r="B1636" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="C1636">
         <v>1</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" t="s">
         <v>3</v>
       </c>
       <c r="B1637" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="C1637">
         <v>1</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" t="s">
         <v>3</v>
       </c>
-      <c r="B1638">
-        <v>1484715470</v>
+      <c r="B1638" t="s">
+        <v>1424</v>
       </c>
       <c r="C1638">
         <v>1</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" t="s">
         <v>3</v>
       </c>
       <c r="B1639" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="C1639">
         <v>1</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" t="s">
         <v>3</v>
       </c>
       <c r="B1640" t="s">
-        <v>1417</v>
+        <v>1426</v>
       </c>
       <c r="C1640">
         <v>1</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" t="s">
         <v>3</v>
       </c>
       <c r="B1641" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
       <c r="C1641">
         <v>1</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" t="s">
         <v>3</v>
       </c>
-      <c r="B1642" t="s">
-        <v>1419</v>
+      <c r="B1642">
+        <v>1933492732</v>
       </c>
       <c r="C1642">
         <v>1</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" t="s">
         <v>3</v>
       </c>
-      <c r="B1643">
-        <v>1616776242</v>
+      <c r="B1643" t="s">
+        <v>1428</v>
       </c>
       <c r="C1643">
         <v>1</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" t="s">
         <v>3</v>
       </c>
-      <c r="B1644">
-        <v>1885167776</v>
+      <c r="B1644" t="s">
+        <v>1429</v>
       </c>
       <c r="C1644">
         <v>1</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" t="s">
         <v>3</v>
       </c>
       <c r="B1645" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
       <c r="C1645">
         <v>1</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" t="s">
         <v>3</v>
       </c>
       <c r="B1646" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="C1646">
         <v>1</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" t="s">
         <v>3</v>
       </c>
       <c r="B1647" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="C1647">
         <v>1</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" t="s">
         <v>3</v>
       </c>
-      <c r="B1648" t="s">
-        <v>1423</v>
+      <c r="B1648">
+        <v>1539661806</v>
       </c>
       <c r="C1648">
         <v>1</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" t="s">
         <v>3</v>
       </c>
       <c r="B1649" t="s">
-        <v>1424</v>
+        <v>1433</v>
       </c>
       <c r="C1649">
         <v>1</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" t="s">
         <v>3</v>
       </c>
       <c r="B1650" t="s">
-        <v>1425</v>
+        <v>1434</v>
       </c>
       <c r="C1650">
         <v>1</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" t="s">
         <v>3</v>
       </c>
       <c r="B1651" t="s">
-        <v>1426</v>
+        <v>1435</v>
       </c>
       <c r="C1651">
         <v>1</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" t="s">
         <v>3</v>
       </c>
       <c r="B1652" t="s">
-        <v>1427</v>
+        <v>1436</v>
       </c>
       <c r="C1652">
         <v>1</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" t="s">
         <v>3</v>
       </c>
       <c r="B1653" t="s">
-        <v>1428</v>
+        <v>1437</v>
       </c>
       <c r="C1653">
         <v>1</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" t="s">
         <v>3</v>
       </c>
       <c r="B1654" t="s">
-        <v>1429</v>
+        <v>1438</v>
       </c>
       <c r="C1654">
         <v>1</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" t="s">
         <v>3</v>
       </c>
       <c r="B1655" t="s">
-        <v>1430</v>
+        <v>1439</v>
       </c>
       <c r="C1655">
         <v>1</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" t="s">
         <v>3</v>
       </c>
-      <c r="B1656" t="s">
-        <v>1431</v>
+      <c r="B1656">
+        <v>1732265186</v>
       </c>
       <c r="C1656">
         <v>1</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" t="s">
         <v>3</v>
       </c>
       <c r="B1657" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="C1657">
         <v>1</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" t="s">
         <v>3</v>
       </c>
-      <c r="B1658">
-        <v>1974701581</v>
+      <c r="B1658" t="s">
+        <v>1441</v>
       </c>
       <c r="C1658">
         <v>1</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" t="s">
         <v>3</v>
       </c>
       <c r="B1659" t="s">
-        <v>1433</v>
+        <v>1442</v>
       </c>
       <c r="C1659">
         <v>1</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" t="s">
         <v>3</v>
       </c>
-      <c r="B1660">
-        <v>1795408804</v>
+      <c r="B1660" t="s">
+        <v>1443</v>
       </c>
       <c r="C1660">
         <v>1</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" t="s">
         <v>3</v>
       </c>
-      <c r="B1661" t="s">
-        <v>1434</v>
+      <c r="B1661">
+        <v>1718738072</v>
       </c>
       <c r="C1661">
         <v>1</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" t="s">
         <v>3</v>
       </c>
       <c r="B1662" t="s">
-        <v>1435</v>
+        <v>1444</v>
       </c>
       <c r="C1662">
         <v>1</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" t="s">
         <v>3</v>
       </c>
       <c r="B1663" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="C1663">
         <v>1</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" t="s">
         <v>3</v>
       </c>
       <c r="B1664" t="s">
-        <v>1437</v>
+        <v>1446</v>
       </c>
       <c r="C1664">
         <v>1</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" t="s">
         <v>3</v>
       </c>
       <c r="B1665" t="s">
-        <v>1438</v>
+        <v>1447</v>
       </c>
       <c r="C1665">
         <v>1</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" t="s">
         <v>3</v>
       </c>
       <c r="B1666" t="s">
-        <v>1439</v>
+        <v>1448</v>
       </c>
       <c r="C1666">
         <v>1</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" t="s">
         <v>3</v>
       </c>
       <c r="B1667" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="C1667">
         <v>1</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" t="s">
         <v>3</v>
       </c>
       <c r="B1668">
-        <v>1095987283</v>
+        <v>1541645634</v>
       </c>
       <c r="C1668">
         <v>1</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" t="s">
         <v>3</v>
       </c>
       <c r="B1669" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="C1669">
         <v>1</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" t="s">
         <v>3</v>
       </c>
       <c r="B1670" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
       <c r="C1670">
         <v>1</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" t="s">
         <v>3</v>
       </c>
       <c r="B1671" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="C1671">
         <v>1</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" t="s">
         <v>3</v>
       </c>
       <c r="B1672" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
       <c r="C1672">
         <v>1</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" t="s">
         <v>3</v>
       </c>
-      <c r="B1673" t="s">
-        <v>1445</v>
+      <c r="B1673">
+        <v>1974705528</v>
       </c>
       <c r="C1673">
         <v>1</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" t="s">
         <v>3</v>
       </c>
       <c r="B1674" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="C1674">
         <v>1</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" t="s">
         <v>3</v>
       </c>
       <c r="B1675" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="C1675">
         <v>1</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" t="s">
         <v>3</v>
       </c>
       <c r="B1676" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="C1676">
         <v>1</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" t="s">
         <v>3</v>
       </c>
       <c r="B1677" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="C1677">
         <v>1</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" t="s">
         <v>3</v>
       </c>
       <c r="B1678" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="C1678">
         <v>1</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" t="s">
         <v>3</v>
       </c>
-      <c r="B1679">
-        <v>1414317271</v>
+      <c r="B1679" t="s">
+        <v>1459</v>
       </c>
       <c r="C1679">
         <v>1</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" t="s">
         <v>3</v>
       </c>
       <c r="B1680" t="s">
-        <v>1451</v>
+        <v>1460</v>
       </c>
       <c r="C1680">
         <v>1</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" t="s">
         <v>3</v>
       </c>
-      <c r="B1681">
-        <v>1973595168</v>
+      <c r="B1681" t="s">
+        <v>1461</v>
       </c>
       <c r="C1681">
         <v>1</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" t="s">
         <v>3</v>
       </c>
       <c r="B1682" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
       <c r="C1682">
         <v>1</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" t="s">
         <v>3</v>
       </c>
       <c r="B1683" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="C1683">
         <v>1</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" t="s">
         <v>3</v>
       </c>
       <c r="B1684" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
       <c r="C1684">
         <v>1</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" t="s">
         <v>3</v>
       </c>
       <c r="B1685" t="s">
-        <v>1455</v>
+        <v>1465</v>
       </c>
       <c r="C1685">
         <v>1</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" t="s">
         <v>3</v>
       </c>
       <c r="B1686" t="s">
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="C1686">
         <v>1</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" t="s">
         <v>3</v>
       </c>
       <c r="B1687" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
       <c r="C1687">
         <v>1</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" t="s">
         <v>3</v>
       </c>
-      <c r="B1688" t="s">
-        <v>1458</v>
+      <c r="B1688">
+        <v>1506713750</v>
       </c>
       <c r="C1688">
         <v>1</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" t="s">
         <v>3</v>
       </c>
-      <c r="B1689" t="s">
-        <v>1459</v>
+      <c r="B1689">
+        <v>1401294030</v>
       </c>
       <c r="C1689">
         <v>1</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" t="s">
         <v>3</v>
       </c>
       <c r="B1690" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="C1690">
         <v>1</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" t="s">
         <v>3</v>
       </c>
       <c r="B1691" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="C1691">
         <v>1</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" t="s">
         <v>3</v>
       </c>
       <c r="B1692" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="C1692">
         <v>1</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" t="s">
         <v>3</v>
       </c>
       <c r="B1693" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="C1693">
         <v>1</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" t="s">
         <v>3</v>
       </c>
       <c r="B1694" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="C1694">
         <v>1</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" t="s">
         <v>3</v>
       </c>
-      <c r="B1695">
-        <v>1974705641</v>
+      <c r="B1695" t="s">
+        <v>1473</v>
       </c>
       <c r="C1695">
         <v>1</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" t="s">
         <v>3</v>
       </c>
       <c r="B1696" t="s">
-        <v>1465</v>
+        <v>1474</v>
       </c>
       <c r="C1696">
         <v>1</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" t="s">
         <v>3</v>
       </c>
       <c r="B1697" t="s">
-        <v>1466</v>
+        <v>1475</v>
       </c>
       <c r="C1697">
         <v>1</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" t="s">
         <v>3</v>
       </c>
       <c r="B1698" t="s">
-        <v>1467</v>
+        <v>1476</v>
       </c>
       <c r="C1698">
         <v>1</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" t="s">
         <v>3</v>
       </c>
-      <c r="B1699" t="s">
-        <v>1468</v>
+      <c r="B1699">
+        <v>1540658325</v>
       </c>
       <c r="C1699">
         <v>1</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" t="s">
         <v>3</v>
       </c>
       <c r="B1700" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="C1700">
         <v>1</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" t="s">
         <v>3</v>
       </c>
       <c r="B1701" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="C1701">
         <v>1</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" t="s">
         <v>3</v>
       </c>
-      <c r="B1702">
-        <v>1976708001</v>
+      <c r="B1702" t="s">
+        <v>1479</v>
       </c>
       <c r="C1702">
         <v>1</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" t="s">
         <v>3</v>
       </c>
       <c r="B1703" t="s">
-        <v>1471</v>
+        <v>1480</v>
       </c>
       <c r="C1703">
         <v>1</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" t="s">
         <v>3</v>
       </c>
-      <c r="B1704">
-        <v>1401246028</v>
+      <c r="B1704" t="s">
+        <v>1481</v>
       </c>
       <c r="C1704">
         <v>1</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" t="s">
         <v>3</v>
       </c>
       <c r="B1705" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="C1705">
         <v>1</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" t="s">
         <v>3</v>
       </c>
       <c r="B1706" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="C1706">
         <v>1</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" t="s">
         <v>3</v>
       </c>
       <c r="B1707" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="C1707">
         <v>1</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" t="s">
         <v>3</v>
       </c>
-      <c r="B1708">
-        <v>1506711421</v>
+      <c r="B1708" t="s">
+        <v>1485</v>
       </c>
       <c r="C1708">
         <v>1</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" t="s">
         <v>3</v>
       </c>
-      <c r="B1709">
-        <v>1096697130</v>
+      <c r="B1709" t="s">
+        <v>1486</v>
       </c>
       <c r="C1709">
         <v>1</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" t="s">
         <v>3</v>
       </c>
       <c r="B1710" t="s">
-        <v>1475</v>
+        <v>1487</v>
       </c>
       <c r="C1710">
         <v>1</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" t="s">
         <v>3</v>
       </c>
       <c r="B1711" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
       <c r="C1711">
         <v>1</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" t="s">
         <v>3</v>
       </c>
       <c r="B1712" t="s">
-        <v>1477</v>
+        <v>1489</v>
       </c>
       <c r="C1712">
         <v>1</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" t="s">
         <v>3</v>
       </c>
       <c r="B1713" t="s">
-        <v>1478</v>
+        <v>1490</v>
       </c>
       <c r="C1713">
         <v>1</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" t="s">
         <v>3</v>
       </c>
       <c r="B1714" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="C1714">
         <v>1</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" t="s">
         <v>3</v>
       </c>
       <c r="B1715" t="s">
-        <v>1480</v>
+        <v>1492</v>
       </c>
       <c r="C1715">
         <v>1</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" t="s">
         <v>3</v>
       </c>
       <c r="B1716" t="s">
-        <v>1481</v>
+        <v>1493</v>
       </c>
       <c r="C1716">
         <v>1</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" t="s">
         <v>3</v>
       </c>
       <c r="B1717" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="C1717">
         <v>1</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" t="s">
         <v>3</v>
       </c>
       <c r="B1718" t="s">
-        <v>1483</v>
+        <v>1495</v>
       </c>
       <c r="C1718">
         <v>1</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" t="s">
         <v>3</v>
       </c>
       <c r="B1719" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="C1719">
         <v>1</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" t="s">
         <v>3</v>
       </c>
-      <c r="B1720" t="s">
-        <v>1485</v>
+      <c r="B1720">
+        <v>486272982</v>
       </c>
       <c r="C1720">
         <v>1</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" t="s">
         <v>3</v>
       </c>
       <c r="B1721" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="C1721">
         <v>1</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" t="s">
         <v>3</v>
       </c>
       <c r="B1722" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="C1722">
         <v>1</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" t="s">
         <v>3</v>
       </c>
-      <c r="B1723">
-        <v>1974708098</v>
+      <c r="B1723" t="s">
+        <v>1499</v>
       </c>
       <c r="C1723">
         <v>1</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" t="s">
         <v>3</v>
       </c>
       <c r="B1724" t="s">
-        <v>1488</v>
+        <v>1500</v>
       </c>
       <c r="C1724">
         <v>1</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" t="s">
         <v>3</v>
       </c>
       <c r="B1725" t="s">
-        <v>1489</v>
+        <v>1501</v>
       </c>
       <c r="C1725">
         <v>1</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" t="s">
         <v>3</v>
       </c>
       <c r="B1726" t="s">
-        <v>1490</v>
+        <v>1502</v>
       </c>
       <c r="C1726">
         <v>1</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" t="s">
         <v>3</v>
       </c>
       <c r="B1727" t="s">
-        <v>1491</v>
+        <v>1503</v>
       </c>
       <c r="C1727">
         <v>1</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" t="s">
         <v>3</v>
       </c>
-      <c r="B1728">
-        <v>1799216888</v>
+      <c r="B1728" t="s">
+        <v>1504</v>
       </c>
       <c r="C1728">
         <v>1</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" t="s">
         <v>3</v>
       </c>
       <c r="B1729" t="s">
-        <v>1492</v>
+        <v>1505</v>
       </c>
       <c r="C1729">
         <v>1</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" t="s">
         <v>3</v>
       </c>
       <c r="B1730" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
       <c r="C1730">
         <v>1</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" t="s">
         <v>3</v>
       </c>
-      <c r="B1731" t="s">
-        <v>1494</v>
+      <c r="B1731">
+        <v>3961711828</v>
       </c>
       <c r="C1731">
         <v>1</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" t="s">
         <v>3</v>
       </c>
       <c r="B1732" t="s">
-        <v>1495</v>
+        <v>1507</v>
       </c>
       <c r="C1732">
         <v>1</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" t="s">
         <v>3</v>
       </c>
       <c r="B1733">
-        <v>6571337</v>
+        <v>1092577858</v>
       </c>
       <c r="C1733">
         <v>1</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" t="s">
         <v>3</v>
       </c>
-      <c r="B1734" t="s">
-        <v>1496</v>
+      <c r="B1734">
+        <v>1484723643</v>
       </c>
       <c r="C1734">
         <v>1</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" t="s">
         <v>3</v>
       </c>
       <c r="B1735" t="s">
-        <v>1497</v>
+        <v>1508</v>
       </c>
       <c r="C1735">
         <v>1</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" t="s">
         <v>3</v>
       </c>
       <c r="B1736" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="C1736">
         <v>1</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" t="s">
         <v>3</v>
       </c>
       <c r="B1737" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
       <c r="C1737">
         <v>1</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" t="s">
         <v>3</v>
       </c>
-      <c r="B1738" t="s">
-        <v>1500</v>
+      <c r="B1738">
+        <v>399593209</v>
       </c>
       <c r="C1738">
         <v>1</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" t="s">
         <v>3</v>
       </c>
       <c r="B1739" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="C1739">
         <v>1</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" t="s">
         <v>3</v>
       </c>
       <c r="B1740" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="C1740">
         <v>1</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" t="s">
         <v>3</v>
       </c>
       <c r="B1741" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
       <c r="C1741">
         <v>1</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" t="s">
         <v>3</v>
       </c>
       <c r="B1742" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="C1742">
         <v>1</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" t="s">
         <v>3</v>
       </c>
       <c r="B1743" t="s">
-        <v>1505</v>
+        <v>1515</v>
       </c>
       <c r="C1743">
         <v>1</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" t="s">
         <v>3</v>
       </c>
       <c r="B1744" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
       <c r="C1744">
         <v>1</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" t="s">
         <v>3</v>
       </c>
-      <c r="B1745">
-        <v>1616558458</v>
+      <c r="B1745" t="s">
+        <v>1517</v>
       </c>
       <c r="C1745">
         <v>1</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" t="s">
         <v>3</v>
       </c>
       <c r="B1746" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="C1746">
         <v>1</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" t="s">
         <v>3</v>
       </c>
       <c r="B1747" t="s">
-        <v>1508</v>
+        <v>1519</v>
       </c>
       <c r="C1747">
         <v>1</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" t="s">
         <v>3</v>
       </c>
       <c r="B1748" t="s">
-        <v>1509</v>
+        <v>1520</v>
       </c>
       <c r="C1748">
         <v>1</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" t="s">
         <v>3</v>
       </c>
       <c r="B1749" t="s">
-        <v>1510</v>
+        <v>1521</v>
       </c>
       <c r="C1749">
         <v>1</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" t="s">
         <v>3</v>
       </c>
-      <c r="B1750">
-        <v>1077791682</v>
+      <c r="B1750" t="s">
+        <v>1522</v>
       </c>
       <c r="C1750">
         <v>1</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" t="s">
         <v>3</v>
       </c>
       <c r="B1751" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="C1751">
         <v>1</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" t="s">
         <v>3</v>
       </c>
       <c r="B1752" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="C1752">
         <v>1</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" t="s">
         <v>3</v>
       </c>
-      <c r="B1753">
-        <v>1885254865</v>
+      <c r="B1753" t="s">
+        <v>1525</v>
       </c>
       <c r="C1753">
         <v>1</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" t="s">
         <v>3</v>
       </c>
       <c r="B1754" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="C1754">
         <v>1</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" t="s">
         <v>3</v>
       </c>
       <c r="B1755" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
       <c r="C1755">
         <v>1</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" t="s">
         <v>3</v>
       </c>
       <c r="B1756" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
       <c r="C1756">
         <v>1</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" t="s">
         <v>3</v>
       </c>
       <c r="B1757" t="s">
-        <v>1516</v>
+        <v>1529</v>
       </c>
       <c r="C1757">
         <v>1</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" t="s">
         <v>3</v>
       </c>
       <c r="B1758" t="s">
-        <v>1517</v>
+        <v>1530</v>
       </c>
       <c r="C1758">
         <v>1</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" t="s">
         <v>3</v>
       </c>
       <c r="B1759" t="s">
-        <v>1518</v>
+        <v>1531</v>
       </c>
       <c r="C1759">
         <v>1</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" t="s">
         <v>3</v>
       </c>
       <c r="B1760" t="s">
-        <v>1519</v>
+        <v>1532</v>
       </c>
       <c r="C1760">
         <v>1</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" t="s">
         <v>3</v>
       </c>
       <c r="B1761" t="s">
-        <v>1520</v>
+        <v>1533</v>
       </c>
       <c r="C1761">
         <v>1</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" t="s">
         <v>3</v>
       </c>
       <c r="B1762" t="s">
-        <v>1521</v>
+        <v>1534</v>
       </c>
       <c r="C1762">
         <v>1</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" t="s">
         <v>3</v>
       </c>
-      <c r="B1763" t="s">
-        <v>1522</v>
+      <c r="B1763">
+        <v>6583757</v>
       </c>
       <c r="C1763">
         <v>1</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" t="s">
         <v>3</v>
       </c>
       <c r="B1764" t="s">
-        <v>1523</v>
+        <v>1535</v>
       </c>
       <c r="C1764">
         <v>1</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" t="s">
         <v>3</v>
       </c>
       <c r="B1765" t="s">
-        <v>1524</v>
+        <v>1536</v>
       </c>
       <c r="C1765">
         <v>1</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" t="s">
         <v>3</v>
       </c>
-      <c r="B1766">
-        <v>1368051723</v>
+      <c r="B1766" t="s">
+        <v>1537</v>
       </c>
       <c r="C1766">
         <v>1</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" t="s">
         <v>3</v>
       </c>
       <c r="B1767" t="s">
-        <v>1525</v>
+        <v>1538</v>
       </c>
       <c r="C1767">
         <v>1</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" t="s">
         <v>3</v>
       </c>
       <c r="B1768" t="s">
-        <v>1526</v>
+        <v>1539</v>
       </c>
       <c r="C1768">
         <v>1</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" t="s">
         <v>3</v>
       </c>
       <c r="B1769" t="s">
-        <v>1527</v>
+        <v>1540</v>
       </c>
       <c r="C1769">
         <v>1</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" t="s">
         <v>3</v>
       </c>
       <c r="B1770" t="s">
-        <v>1528</v>
+        <v>1541</v>
       </c>
       <c r="C1770">
         <v>1</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" t="s">
         <v>3</v>
       </c>
       <c r="B1771" t="s">
-        <v>1529</v>
+        <v>1542</v>
       </c>
       <c r="C1771">
         <v>1</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" t="s">
         <v>3</v>
       </c>
-      <c r="B1772">
-        <v>1364950588</v>
+      <c r="B1772" t="s">
+        <v>1543</v>
       </c>
       <c r="C1772">
         <v>1</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" t="s">
         <v>3</v>
       </c>
       <c r="B1773" t="s">
-        <v>1530</v>
+        <v>1544</v>
       </c>
       <c r="C1773">
         <v>1</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" t="s">
         <v>3</v>
       </c>
       <c r="B1774" t="s">
-        <v>1531</v>
+        <v>1545</v>
       </c>
       <c r="C1774">
         <v>1</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" t="s">
         <v>3</v>
       </c>
       <c r="B1775" t="s">
-        <v>1532</v>
+        <v>1546</v>
       </c>
       <c r="C1775">
         <v>1</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" t="s">
         <v>3</v>
       </c>
-      <c r="B1776" t="s">
-        <v>1533</v>
+      <c r="B1776">
+        <v>1942306156</v>
       </c>
       <c r="C1776">
         <v>1</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" t="s">
         <v>3</v>
       </c>
       <c r="B1777" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="C1777">
         <v>1</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" t="s">
         <v>3</v>
       </c>
       <c r="B1778" t="s">
-        <v>1535</v>
+        <v>1548</v>
       </c>
       <c r="C1778">
         <v>1</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" t="s">
         <v>3</v>
       </c>
-      <c r="B1779" t="s">
-        <v>1536</v>
+      <c r="B1779">
+        <v>1936096862</v>
       </c>
       <c r="C1779">
         <v>1</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" t="s">
         <v>3</v>
       </c>
       <c r="B1780" t="s">
-        <v>1537</v>
+        <v>1549</v>
       </c>
       <c r="C1780">
         <v>1</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" t="s">
         <v>3</v>
       </c>
       <c r="B1781" t="s">
-        <v>1538</v>
+        <v>1550</v>
       </c>
       <c r="C1781">
         <v>1</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" t="s">
         <v>3</v>
       </c>
       <c r="B1782" t="s">
-        <v>1539</v>
+        <v>1551</v>
       </c>
       <c r="C1782">
         <v>1</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" t="s">
         <v>3</v>
       </c>
       <c r="B1783" t="s">
-        <v>1540</v>
+        <v>1552</v>
       </c>
       <c r="C1783">
         <v>1</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" t="s">
         <v>3</v>
       </c>
       <c r="B1784" t="s">
-        <v>1541</v>
+        <v>1553</v>
       </c>
       <c r="C1784">
         <v>1</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" t="s">
         <v>3</v>
       </c>
       <c r="B1785" t="s">
-        <v>1542</v>
+        <v>1554</v>
       </c>
       <c r="C1785">
         <v>1</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" t="s">
         <v>3</v>
       </c>
       <c r="B1786" t="s">
-        <v>1543</v>
+        <v>1555</v>
       </c>
       <c r="C1786">
         <v>1</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" t="s">
         <v>3</v>
       </c>
       <c r="B1787" t="s">
-        <v>1544</v>
+        <v>1556</v>
       </c>
       <c r="C1787">
         <v>1</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" t="s">
         <v>3</v>
       </c>
       <c r="B1788" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="C1788">
         <v>1</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" t="s">
         <v>3</v>
       </c>
       <c r="B1789" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="C1789">
         <v>1</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" t="s">
         <v>3</v>
       </c>
       <c r="B1790" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
       <c r="C1790">
         <v>1</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" t="s">
         <v>3</v>
       </c>
       <c r="B1791" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="C1791">
         <v>1</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" t="s">
         <v>3</v>
       </c>
       <c r="B1792" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="C1792">
         <v>1</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" t="s">
         <v>3</v>
       </c>
       <c r="B1793" t="s">
-        <v>1550</v>
+        <v>1562</v>
       </c>
       <c r="C1793">
         <v>1</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" t="s">
         <v>3</v>
       </c>
-      <c r="B1794" t="s">
-        <v>1551</v>
+      <c r="B1794">
+        <v>1481444433</v>
       </c>
       <c r="C1794">
         <v>1</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" t="s">
         <v>3</v>
       </c>
       <c r="B1795" t="s">
-        <v>1552</v>
+        <v>1563</v>
       </c>
       <c r="C1795">
         <v>1</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" t="s">
         <v>3</v>
       </c>
-      <c r="B1796">
-        <v>6587539</v>
+      <c r="B1796" t="s">
+        <v>1564</v>
       </c>
       <c r="C1796">
         <v>1</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" t="s">
         <v>3</v>
       </c>
-      <c r="B1797" t="s">
-        <v>1553</v>
+      <c r="B1797">
+        <v>1793003491</v>
       </c>
       <c r="C1797">
         <v>1</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" t="s">
         <v>3</v>
       </c>
-      <c r="B1798" t="s">
-        <v>1554</v>
+      <c r="B1798">
+        <v>1949061906</v>
       </c>
       <c r="C1798">
         <v>1</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" t="s">
         <v>3</v>
       </c>
       <c r="B1799" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="C1799">
         <v>1</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" t="s">
         <v>3</v>
       </c>
       <c r="B1800" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="C1800">
         <v>1</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" t="s">
         <v>3</v>
       </c>
-      <c r="B1801">
-        <v>1612127770</v>
+      <c r="B1801" t="s">
+        <v>1567</v>
       </c>
       <c r="C1801">
         <v>1</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" t="s">
         <v>3</v>
       </c>
       <c r="B1802" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
       <c r="C1802">
         <v>1</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" t="s">
         <v>3</v>
       </c>
-      <c r="B1803" t="s">
-        <v>1558</v>
+      <c r="B1803">
+        <v>6070755626</v>
       </c>
       <c r="C1803">
         <v>1</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" t="s">
         <v>3</v>
       </c>
       <c r="B1804" t="s">
-        <v>1559</v>
+        <v>1569</v>
       </c>
       <c r="C1804">
         <v>1</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" t="s">
         <v>3</v>
       </c>
       <c r="B1805" t="s">
-        <v>1560</v>
+        <v>1570</v>
       </c>
       <c r="C1805">
         <v>1</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" t="s">
         <v>3</v>
       </c>
       <c r="B1806" t="s">
-        <v>1561</v>
+        <v>1571</v>
       </c>
       <c r="C1806">
         <v>1</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" t="s">
         <v>3</v>
       </c>
       <c r="B1807" t="s">
-        <v>1562</v>
+        <v>1572</v>
       </c>
       <c r="C1807">
         <v>1</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" t="s">
         <v>3</v>
       </c>
-      <c r="B1808">
-        <v>1524771031</v>
+      <c r="B1808" t="s">
+        <v>1573</v>
       </c>
       <c r="C1808">
         <v>1</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" t="s">
         <v>3</v>
       </c>
       <c r="B1809" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
       <c r="C1809">
         <v>1</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" t="s">
         <v>3</v>
       </c>
       <c r="B1810" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="C1810">
         <v>1</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" t="s">
         <v>3</v>
       </c>
       <c r="B1811" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="C1811">
         <v>1</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" t="s">
         <v>3</v>
       </c>
-      <c r="B1812">
-        <v>300218699</v>
+      <c r="B1812" t="s">
+        <v>1577</v>
       </c>
       <c r="C1812">
         <v>1</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" t="s">
         <v>3</v>
       </c>
       <c r="B1813" t="s">
-        <v>1566</v>
+        <v>1578</v>
       </c>
       <c r="C1813">
         <v>1</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" t="s">
         <v>3</v>
       </c>
       <c r="B1814" t="s">
-        <v>1567</v>
+        <v>1579</v>
       </c>
       <c r="C1814">
         <v>1</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" t="s">
         <v>3</v>
       </c>
-      <c r="B1815" t="s">
-        <v>1568</v>
+      <c r="B1815">
+        <v>1097378705</v>
       </c>
       <c r="C1815">
         <v>1</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" t="s">
         <v>3</v>
       </c>
-      <c r="B1816" t="s">
-        <v>1569</v>
+      <c r="B1816">
+        <v>1338305743</v>
       </c>
       <c r="C1816">
         <v>1</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" t="s">
         <v>3</v>
       </c>
       <c r="B1817" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
       <c r="C1817">
         <v>1</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" t="s">
         <v>3</v>
       </c>
-      <c r="B1818">
-        <v>1980264872</v>
+      <c r="B1818" t="s">
+        <v>1581</v>
       </c>
       <c r="C1818">
         <v>1</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" t="s">
         <v>3</v>
       </c>
       <c r="B1819" t="s">
-        <v>1571</v>
+        <v>1582</v>
       </c>
       <c r="C1819">
         <v>1</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" t="s">
         <v>3</v>
       </c>
       <c r="B1820" t="s">
-        <v>1572</v>
+        <v>1583</v>
       </c>
       <c r="C1820">
         <v>1</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" t="s">
         <v>3</v>
       </c>
       <c r="B1821" t="s">
-        <v>1573</v>
+        <v>1584</v>
       </c>
       <c r="C1821">
         <v>1</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" t="s">
         <v>3</v>
       </c>
       <c r="B1822" t="s">
-        <v>1574</v>
+        <v>1585</v>
       </c>
       <c r="C1822">
         <v>1</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" t="s">
         <v>3</v>
       </c>
       <c r="B1823" t="s">
-        <v>1575</v>
+        <v>1586</v>
       </c>
       <c r="C1823">
         <v>1</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" t="s">
         <v>3</v>
       </c>
-      <c r="B1824">
-        <v>1250166535</v>
+      <c r="B1824" t="s">
+        <v>1587</v>
       </c>
       <c r="C1824">
         <v>1</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" t="s">
         <v>3</v>
       </c>
       <c r="B1825" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="C1825">
         <v>1</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" t="s">
         <v>3</v>
       </c>
       <c r="B1826" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C1826">
         <v>1</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" t="s">
         <v>3</v>
       </c>
-      <c r="B1827">
-        <v>1439170916</v>
+      <c r="B1827" t="s">
+        <v>1590</v>
       </c>
       <c r="C1827">
         <v>1</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" t="s">
         <v>3</v>
       </c>
       <c r="B1828" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
       <c r="C1828">
         <v>1</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" t="s">
         <v>3</v>
       </c>
       <c r="B1829" t="s">
-        <v>1579</v>
+        <v>1592</v>
       </c>
       <c r="C1829">
         <v>1</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" t="s">
         <v>3</v>
       </c>
       <c r="B1830" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="C1830">
         <v>1</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" t="s">
         <v>3</v>
       </c>
       <c r="B1831" t="s">
-        <v>1581</v>
+        <v>1594</v>
       </c>
       <c r="C1831">
         <v>1</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" t="s">
         <v>3</v>
       </c>
       <c r="B1832" t="s">
-        <v>1582</v>
+        <v>1595</v>
       </c>
       <c r="C1832">
         <v>1</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" t="s">
         <v>3</v>
       </c>
-      <c r="B1833">
-        <v>1635574048</v>
+      <c r="B1833" t="s">
+        <v>1596</v>
       </c>
       <c r="C1833">
         <v>1</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" t="s">
         <v>3</v>
       </c>
       <c r="B1834" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="C1834">
         <v>1</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" t="s">
         <v>3</v>
       </c>
       <c r="B1835" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="C1835">
         <v>1</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" t="s">
         <v>3</v>
       </c>
-      <c r="B1836" t="s">
-        <v>1585</v>
+      <c r="B1836">
+        <v>1452174474</v>
       </c>
       <c r="C1836">
         <v>1</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" t="s">
         <v>3</v>
       </c>
-      <c r="B1837" t="s">
-        <v>1586</v>
+      <c r="B1837">
+        <v>1695570405</v>
       </c>
       <c r="C1837">
         <v>1</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" t="s">
         <v>3</v>
       </c>
       <c r="B1838" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="C1838">
         <v>1</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" t="s">
         <v>3</v>
       </c>
       <c r="B1839" t="s">
-        <v>1588</v>
+        <v>1600</v>
       </c>
       <c r="C1839">
         <v>1</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" t="s">
         <v>3</v>
       </c>
       <c r="B1840" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="C1840">
         <v>1</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" t="s">
         <v>3</v>
       </c>
       <c r="B1841" t="s">
-        <v>1590</v>
+        <v>1602</v>
       </c>
       <c r="C1841">
         <v>1</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" t="s">
         <v>3</v>
       </c>
       <c r="B1842" t="s">
-        <v>1591</v>
+        <v>1603</v>
       </c>
       <c r="C1842">
         <v>1</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" t="s">
         <v>3</v>
       </c>
-      <c r="B1843" t="s">
-        <v>1592</v>
+      <c r="B1843">
+        <v>1974701476</v>
       </c>
       <c r="C1843">
         <v>1</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" t="s">
         <v>3</v>
       </c>
-      <c r="B1844" t="s">
-        <v>1593</v>
+      <c r="B1844">
+        <v>812995546</v>
       </c>
       <c r="C1844">
         <v>1</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" t="s">
         <v>3</v>
       </c>
       <c r="B1845" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="C1845">
         <v>1</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" t="s">
         <v>3</v>
       </c>
       <c r="B1846" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="C1846">
         <v>1</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" t="s">
         <v>3</v>
       </c>
       <c r="B1847" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="C1847">
         <v>1</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" t="s">
         <v>3</v>
       </c>
       <c r="B1848" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="C1848">
         <v>1</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" t="s">
         <v>3</v>
       </c>
       <c r="B1849" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="C1849">
         <v>1</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" t="s">
         <v>3</v>
       </c>
       <c r="B1850" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="C1850">
         <v>1</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" t="s">
         <v>3</v>
       </c>
       <c r="B1851" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="C1851">
         <v>1</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" t="s">
         <v>3</v>
       </c>
       <c r="B1852" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="C1852">
         <v>1</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" t="s">
         <v>3</v>
       </c>
       <c r="B1853" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="C1853">
         <v>1</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" t="s">
         <v>3</v>
       </c>
       <c r="B1854" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="C1854">
         <v>1</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" t="s">
         <v>3</v>
       </c>
       <c r="B1855" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="C1855">
         <v>1</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" t="s">
         <v>3</v>
       </c>
       <c r="B1856" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
       <c r="C1856">
         <v>1</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" t="s">
         <v>3</v>
       </c>
       <c r="B1857" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="C1857">
         <v>1</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" t="s">
         <v>3</v>
       </c>
       <c r="B1858" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="C1858">
         <v>1</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" t="s">
         <v>3</v>
       </c>
       <c r="B1859" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="C1859">
         <v>1</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" t="s">
         <v>3</v>
       </c>
       <c r="B1860" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="C1860">
         <v>1</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" t="s">
         <v>3</v>
       </c>
       <c r="B1861" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="C1861">
         <v>1</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" t="s">
         <v>3</v>
       </c>
-      <c r="B1862">
-        <v>1603094695</v>
+      <c r="B1862" t="s">
+        <v>1621</v>
       </c>
       <c r="C1862">
         <v>1</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" t="s">
         <v>3</v>
       </c>
       <c r="B1863" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="C1863">
         <v>1</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" t="s">
         <v>3</v>
       </c>
       <c r="B1864" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="C1864">
         <v>1</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" t="s">
         <v>3</v>
       </c>
       <c r="B1865" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="C1865">
         <v>1</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" t="s">
         <v>3</v>
       </c>
       <c r="B1866" t="s">
-        <v>1614</v>
+        <v>1625</v>
       </c>
       <c r="C1866">
         <v>1</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" t="s">
         <v>3</v>
       </c>
-      <c r="B1867">
-        <v>1521975523</v>
+      <c r="B1867" t="s">
+        <v>1626</v>
       </c>
       <c r="C1867">
         <v>1</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" t="s">
         <v>3</v>
       </c>
       <c r="B1868" t="s">
-        <v>1615</v>
+        <v>1627</v>
       </c>
       <c r="C1868">
         <v>1</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" t="s">
         <v>3</v>
       </c>
       <c r="B1869" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="C1869">
         <v>1</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" t="s">
         <v>3</v>
       </c>
-      <c r="B1870" t="s">
-        <v>1617</v>
+      <c r="B1870">
+        <v>1646080750</v>
       </c>
       <c r="C1870">
         <v>1</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" t="s">
         <v>3</v>
       </c>
       <c r="B1871" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
       <c r="C1871">
         <v>1</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" t="s">
         <v>3</v>
       </c>
       <c r="B1872" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="C1872">
         <v>1</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" t="s">
         <v>3</v>
       </c>
       <c r="B1873" t="s">
-        <v>1620</v>
+        <v>1631</v>
       </c>
       <c r="C1873">
         <v>1</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" t="s">
         <v>3</v>
       </c>
-      <c r="B1874" t="s">
-        <v>1621</v>
+      <c r="B1874">
+        <v>1717308589</v>
       </c>
       <c r="C1874">
         <v>1</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" t="s">
         <v>3</v>
       </c>
-      <c r="B1875">
-        <v>1721560335</v>
+      <c r="B1875" t="s">
+        <v>1632</v>
       </c>
       <c r="C1875">
         <v>1</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" t="s">
         <v>3</v>
       </c>
       <c r="B1876" t="s">
-        <v>1622</v>
+        <v>1633</v>
       </c>
       <c r="C1876">
         <v>1</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" t="s">
         <v>3</v>
       </c>
-      <c r="B1877">
-        <v>1476814767</v>
+      <c r="B1877" t="s">
+        <v>1634</v>
       </c>
       <c r="C1877">
         <v>1</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" t="s">
         <v>3</v>
       </c>
       <c r="B1878" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="C1878">
         <v>1</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" t="s">
         <v>3</v>
       </c>
       <c r="B1879" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="C1879">
         <v>1</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" t="s">
         <v>3</v>
       </c>
       <c r="B1880" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="C1880">
         <v>1</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" t="s">
         <v>3</v>
       </c>
       <c r="B1881" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="C1881">
         <v>1</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" t="s">
         <v>3</v>
       </c>
       <c r="B1882" t="s">
-        <v>1627</v>
+        <v>1639</v>
       </c>
       <c r="C1882">
         <v>1</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" t="s">
         <v>3</v>
       </c>
-      <c r="B1883">
-        <v>1978036957</v>
+      <c r="B1883" t="s">
+        <v>1640</v>
       </c>
       <c r="C1883">
         <v>1</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" t="s">
         <v>3</v>
       </c>
       <c r="B1884" t="s">
-        <v>1628</v>
+        <v>1641</v>
       </c>
       <c r="C1884">
         <v>1</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" t="s">
         <v>3</v>
       </c>
       <c r="B1885" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="C1885">
         <v>1</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" t="s">
         <v>3</v>
       </c>
       <c r="B1886" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
       <c r="C1886">
         <v>1</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" t="s">
         <v>3</v>
       </c>
       <c r="B1887" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="C1887">
         <v>1</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" t="s">
         <v>3</v>
       </c>
       <c r="B1888" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
       <c r="C1888">
         <v>1</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" t="s">
         <v>3</v>
       </c>
-      <c r="B1889" t="s">
-        <v>1633</v>
+      <c r="B1889">
+        <v>1096233576</v>
       </c>
       <c r="C1889">
         <v>1</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" t="s">
         <v>3</v>
       </c>
       <c r="B1890" t="s">
-        <v>1634</v>
+        <v>1646</v>
       </c>
       <c r="C1890">
         <v>1</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" t="s">
         <v>3</v>
       </c>
       <c r="B1891" t="s">
-        <v>1635</v>
+        <v>1647</v>
       </c>
       <c r="C1891">
         <v>1</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" t="s">
         <v>3</v>
       </c>
       <c r="B1892" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="C1892">
         <v>1</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" t="s">
         <v>3</v>
       </c>
       <c r="B1893" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="C1893">
         <v>1</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" t="s">
         <v>3</v>
       </c>
       <c r="B1894" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="C1894">
         <v>1</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" t="s">
         <v>3</v>
       </c>
       <c r="B1895" t="s">
-        <v>1639</v>
+        <v>1651</v>
       </c>
       <c r="C1895">
         <v>1</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" t="s">
         <v>3</v>
       </c>
-      <c r="B1896" t="s">
-        <v>1640</v>
+      <c r="B1896">
+        <v>1945888210</v>
       </c>
       <c r="C1896">
         <v>1</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" t="s">
         <v>3</v>
       </c>
-      <c r="B1897">
-        <v>1640300058</v>
+      <c r="B1897" t="s">
+        <v>1652</v>
       </c>
       <c r="C1897">
         <v>1</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" t="s">
         <v>3</v>
       </c>
       <c r="B1898" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="C1898">
         <v>1</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" t="s">
         <v>3</v>
       </c>
       <c r="B1899" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
       <c r="C1899">
         <v>1</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" t="s">
         <v>3</v>
       </c>
       <c r="B1900" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="C1900">
         <v>1</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" t="s">
         <v>3</v>
       </c>
       <c r="B1901" t="s">
-        <v>1644</v>
+        <v>1656</v>
       </c>
       <c r="C1901">
         <v>1</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" t="s">
         <v>3</v>
       </c>
       <c r="B1902" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="C1902">
         <v>1</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" t="s">
         <v>3</v>
       </c>
-      <c r="B1903">
-        <v>1250180635</v>
+      <c r="B1903" t="s">
+        <v>1658</v>
       </c>
       <c r="C1903">
         <v>1</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" t="s">
         <v>3</v>
       </c>
       <c r="B1904" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="C1904">
         <v>1</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" t="s">
         <v>3</v>
       </c>
       <c r="B1905" t="s">
-        <v>1647</v>
+        <v>1660</v>
       </c>
       <c r="C1905">
         <v>1</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" t="s">
         <v>3</v>
       </c>
       <c r="B1906" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="C1906">
         <v>1</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" t="s">
         <v>3</v>
       </c>
       <c r="B1907" t="s">
-        <v>1649</v>
+        <v>1662</v>
       </c>
       <c r="C1907">
         <v>1</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" t="s">
         <v>3</v>
       </c>
       <c r="B1908" t="s">
-        <v>1650</v>
+        <v>1663</v>
       </c>
       <c r="C1908">
         <v>1</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" t="s">
         <v>3</v>
       </c>
       <c r="B1909" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
       <c r="C1909">
         <v>1</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" t="s">
         <v>3</v>
       </c>
       <c r="B1910" t="s">
-        <v>1652</v>
+        <v>1665</v>
       </c>
       <c r="C1910">
         <v>1</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" t="s">
         <v>3</v>
       </c>
-      <c r="B1911" t="s">
-        <v>1653</v>
+      <c r="B1911">
+        <v>1624148573</v>
       </c>
       <c r="C1911">
         <v>1</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" t="s">
         <v>3</v>
       </c>
       <c r="B1912" t="s">
-        <v>1654</v>
+        <v>1666</v>
       </c>
       <c r="C1912">
         <v>1</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" t="s">
         <v>3</v>
       </c>
       <c r="B1913" t="s">
-        <v>1655</v>
+        <v>1667</v>
       </c>
       <c r="C1913">
         <v>1</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" t="s">
         <v>3</v>
       </c>
       <c r="B1914" t="s">
-        <v>1656</v>
+        <v>1668</v>
       </c>
       <c r="C1914">
         <v>1</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" t="s">
         <v>3</v>
       </c>
       <c r="B1915" t="s">
-        <v>1657</v>
+        <v>1669</v>
       </c>
       <c r="C1915">
         <v>1</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" t="s">
         <v>3</v>
       </c>
       <c r="B1916" t="s">
-        <v>1658</v>
+        <v>1670</v>
       </c>
       <c r="C1916">
         <v>1</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" t="s">
         <v>3</v>
       </c>
       <c r="B1917" t="s">
-        <v>1659</v>
+        <v>1671</v>
       </c>
       <c r="C1917">
         <v>1</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" t="s">
         <v>3</v>
       </c>
-      <c r="B1918">
-        <v>1401207529</v>
+      <c r="B1918" t="s">
+        <v>1672</v>
       </c>
       <c r="C1918">
         <v>1</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" t="s">
         <v>3</v>
       </c>
       <c r="B1919" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="C1919">
         <v>1</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" t="s">
         <v>3</v>
       </c>
       <c r="B1920" t="s">
-        <v>1661</v>
+        <v>1674</v>
       </c>
       <c r="C1920">
         <v>1</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" t="s">
         <v>3</v>
       </c>
       <c r="B1921" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
       <c r="C1921">
         <v>1</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" t="s">
         <v>3</v>
       </c>
       <c r="B1922" t="s">
-        <v>1663</v>
+        <v>1676</v>
       </c>
       <c r="C1922">
         <v>1</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" t="s">
         <v>3</v>
       </c>
       <c r="B1923" t="s">
-        <v>1664</v>
+        <v>1677</v>
       </c>
       <c r="C1923">
         <v>1</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" t="s">
         <v>3</v>
       </c>
       <c r="B1924" t="s">
-        <v>1665</v>
+        <v>1678</v>
       </c>
       <c r="C1924">
         <v>1</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" t="s">
         <v>3</v>
       </c>
-      <c r="B1925" t="s">
-        <v>1666</v>
+      <c r="B1925">
+        <v>1476785635</v>
       </c>
       <c r="C1925">
         <v>1</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" t="s">
         <v>3</v>
       </c>
       <c r="B1926" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="C1926">
         <v>1</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" t="s">
         <v>3</v>
       </c>
       <c r="B1927" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
       <c r="C1927">
         <v>1</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" t="s">
         <v>3</v>
       </c>
       <c r="B1928" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
       <c r="C1928">
         <v>1</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" t="s">
         <v>3</v>
       </c>
       <c r="B1929" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="C1929">
         <v>1</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" t="s">
         <v>3</v>
       </c>
       <c r="B1930" t="s">
-        <v>1671</v>
+        <v>1683</v>
       </c>
       <c r="C1930">
         <v>1</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" t="s">
         <v>3</v>
       </c>
-      <c r="B1931" t="s">
-        <v>1672</v>
+      <c r="B1931">
+        <v>1973978504</v>
       </c>
       <c r="C1931">
         <v>1</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" t="s">
         <v>3</v>
       </c>
-      <c r="B1932" t="s">
-        <v>1673</v>
+      <c r="B1932">
+        <v>1935800574</v>
       </c>
       <c r="C1932">
         <v>1</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" t="s">
         <v>3</v>
       </c>
       <c r="B1933" t="s">
-        <v>1674</v>
+        <v>1684</v>
       </c>
       <c r="C1933">
         <v>1</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" t="s">
         <v>3</v>
       </c>
       <c r="B1934" t="s">
-        <v>1675</v>
+        <v>1685</v>
       </c>
       <c r="C1934">
         <v>1</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" t="s">
         <v>3</v>
       </c>
       <c r="B1935" t="s">
-        <v>1676</v>
+        <v>1686</v>
       </c>
       <c r="C1935">
         <v>1</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" t="s">
         <v>3</v>
       </c>
       <c r="B1936" t="s">
-        <v>1677</v>
+        <v>1687</v>
       </c>
       <c r="C1936">
         <v>1</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" t="s">
         <v>3</v>
       </c>
       <c r="B1937">
-        <v>1631597558</v>
+        <v>634022296</v>
       </c>
       <c r="C1937">
         <v>1</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" t="s">
         <v>3</v>
       </c>
-      <c r="B1938" t="s">
-        <v>1678</v>
+      <c r="B1938">
+        <v>6577859</v>
       </c>
       <c r="C1938">
         <v>1</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" t="s">
         <v>3</v>
       </c>
       <c r="B1939" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="C1939">
         <v>1</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" t="s">
         <v>3</v>
       </c>
-      <c r="B1940" t="s">
-        <v>1680</v>
+      <c r="B1940">
+        <v>1088615740</v>
       </c>
       <c r="C1940">
         <v>1</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" t="s">
         <v>3</v>
       </c>
-      <c r="B1941" t="s">
-        <v>1681</v>
+      <c r="B1941">
+        <v>6570214</v>
       </c>
       <c r="C1941">
         <v>1</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" t="s">
         <v>3</v>
       </c>
-      <c r="B1942" t="s">
-        <v>1682</v>
+      <c r="B1942">
+        <v>1680528718</v>
       </c>
       <c r="C1942">
         <v>1</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" t="s">
         <v>3</v>
       </c>
-      <c r="B1943">
-        <v>6073159242</v>
+      <c r="B1943" t="s">
+        <v>1689</v>
       </c>
       <c r="C1943">
         <v>1</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" t="s">
         <v>3</v>
       </c>
-      <c r="B1944" t="s">
-        <v>1683</v>
+      <c r="B1944">
+        <v>1629988227</v>
       </c>
       <c r="C1944">
         <v>1</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" t="s">
         <v>3</v>
       </c>
       <c r="B1945" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="C1945">
         <v>1</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" t="s">
         <v>3</v>
       </c>
       <c r="B1946" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="C1946">
         <v>1</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" t="s">
         <v>3</v>
       </c>
       <c r="B1947" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="C1947">
         <v>1</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" t="s">
         <v>3</v>
       </c>
       <c r="B1948" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="C1948">
         <v>1</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" t="s">
         <v>3</v>
       </c>
-      <c r="B1949" t="s">
-        <v>1688</v>
+      <c r="B1949">
+        <v>1084105497</v>
       </c>
       <c r="C1949">
         <v>1</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" t="s">
         <v>3</v>
       </c>
       <c r="B1950" t="s">
-        <v>1689</v>
+        <v>1694</v>
       </c>
       <c r="C1950">
         <v>1</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" t="s">
         <v>3</v>
       </c>
       <c r="B1951" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="C1951">
         <v>1</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" t="s">
         <v>3</v>
       </c>
       <c r="B1952" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="C1952">
         <v>1</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" t="s">
         <v>3</v>
       </c>
       <c r="B1953" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="C1953">
         <v>1</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" t="s">
         <v>3</v>
       </c>
       <c r="B1954" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="C1954">
         <v>1</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" t="s">
         <v>3</v>
       </c>
       <c r="B1955" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="C1955">
         <v>1</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" t="s">
         <v>3</v>
       </c>
       <c r="B1956" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="C1956">
         <v>1</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" t="s">
         <v>3</v>
       </c>
       <c r="B1957" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="C1957">
         <v>1</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" t="s">
         <v>3</v>
       </c>
       <c r="B1958" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="C1958">
         <v>1</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" t="s">
         <v>3</v>
       </c>
       <c r="B1959" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="C1959">
         <v>1</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" t="s">
         <v>3</v>
       </c>
-      <c r="B1960">
-        <v>1476753830</v>
+      <c r="B1960" t="s">
+        <v>1704</v>
       </c>
       <c r="C1960">
         <v>1</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" t="s">
         <v>3</v>
       </c>
       <c r="B1961" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="C1961">
         <v>1</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" t="s">
         <v>3</v>
       </c>
       <c r="B1962" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="C1962">
         <v>1</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" t="s">
         <v>3</v>
       </c>
       <c r="B1963" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="C1963">
         <v>1</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" t="s">
         <v>3</v>
       </c>
       <c r="B1964" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="C1964">
         <v>1</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" t="s">
         <v>3</v>
       </c>
-      <c r="B1965">
-        <v>829757864</v>
+      <c r="B1965" t="s">
+        <v>1709</v>
       </c>
       <c r="C1965">
         <v>1</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" t="s">
         <v>3</v>
       </c>
-      <c r="B1966">
-        <v>1613835051</v>
+      <c r="B1966" t="s">
+        <v>1710</v>
       </c>
       <c r="C1966">
         <v>1</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" t="s">
         <v>3</v>
       </c>
       <c r="B1967" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="C1967">
         <v>1</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" t="s">
         <v>3</v>
       </c>
-      <c r="B1968" t="s">
-        <v>1704</v>
+      <c r="B1968">
+        <v>1544512287</v>
       </c>
       <c r="C1968">
         <v>1</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" t="s">
         <v>3</v>
       </c>
-      <c r="B1969" t="s">
-        <v>1705</v>
+      <c r="B1969">
+        <v>1683836545</v>
       </c>
       <c r="C1969">
         <v>1</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" t="s">
         <v>3</v>
       </c>
       <c r="B1970" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="C1970">
         <v>1</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" t="s">
         <v>3</v>
       </c>
       <c r="B1971" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="C1971">
         <v>1</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" t="s">
         <v>3</v>
       </c>
-      <c r="B1972">
-        <v>1477800832</v>
+      <c r="B1972" t="s">
+        <v>1714</v>
       </c>
       <c r="C1972">
         <v>1</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" t="s">
         <v>3</v>
       </c>
       <c r="B1973" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="C1973">
         <v>1</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" t="s">
         <v>3</v>
       </c>
       <c r="B1974" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="C1974">
         <v>1</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" t="s">
         <v>3</v>
       </c>
-      <c r="B1975">
-        <v>1501163221</v>
+      <c r="B1975" t="s">
+        <v>1717</v>
       </c>
       <c r="C1975">
         <v>1</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" t="s">
         <v>3</v>
       </c>
       <c r="B1976" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="C1976">
         <v>1</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" t="s">
         <v>3</v>
       </c>
       <c r="B1977" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="C1977">
         <v>1</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" t="s">
         <v>3</v>
       </c>
       <c r="B1978" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="C1978">
         <v>1</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" t="s">
         <v>3</v>
       </c>
       <c r="B1979">
-        <v>545670314</v>
+        <v>1974704424</v>
       </c>
       <c r="C1979">
         <v>1</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" t="s">
         <v>3</v>
       </c>
-      <c r="B1980">
-        <v>1465450947</v>
+      <c r="B1980" t="s">
+        <v>1721</v>
       </c>
       <c r="C1980">
         <v>1</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" t="s">
         <v>3</v>
       </c>
-      <c r="B1981" t="s">
-        <v>1713</v>
+      <c r="B1981">
+        <v>1517508371</v>
       </c>
       <c r="C1981">
         <v>1</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" t="s">
         <v>3</v>
       </c>
       <c r="B1982" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="C1982">
         <v>1</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" t="s">
         <v>3</v>
       </c>
-      <c r="B1983" t="s">
-        <v>1715</v>
+      <c r="B1983">
+        <v>8408159429</v>
       </c>
       <c r="C1983">
         <v>1</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" t="s">
         <v>3</v>
       </c>
       <c r="B1984" t="s">
-        <v>1716</v>
+        <v>1723</v>
       </c>
       <c r="C1984">
         <v>1</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" t="s">
         <v>3</v>
       </c>
       <c r="B1985" t="s">
-        <v>1717</v>
+        <v>1724</v>
       </c>
       <c r="C1985">
         <v>1</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" t="s">
         <v>3</v>
       </c>
       <c r="B1986" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="C1986">
         <v>1</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" t="s">
         <v>3</v>
       </c>
       <c r="B1987" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="C1987">
         <v>1</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" t="s">
         <v>3</v>
       </c>
       <c r="B1988" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
       <c r="C1988">
         <v>1</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" t="s">
         <v>3</v>
       </c>
       <c r="B1989" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="C1989">
         <v>1</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" t="s">
         <v>3</v>
       </c>
       <c r="B1990" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="C1990">
         <v>1</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" t="s">
         <v>3</v>
       </c>
       <c r="B1991" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="C1991">
         <v>1</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" t="s">
         <v>3</v>
       </c>
-      <c r="B1992">
-        <v>6579039</v>
+      <c r="B1992" t="s">
+        <v>1731</v>
       </c>
       <c r="C1992">
         <v>1</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" t="s">
         <v>3</v>
       </c>
-      <c r="B1993">
-        <v>6070752937</v>
+      <c r="B1993" t="s">
+        <v>1732</v>
       </c>
       <c r="C1993">
         <v>1</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" t="s">
         <v>3</v>
       </c>
       <c r="B1994" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="C1994">
         <v>1</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" t="s">
         <v>3</v>
       </c>
       <c r="B1995" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="C1995">
         <v>1</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" t="s">
         <v>3</v>
       </c>
       <c r="B1996" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
       <c r="C1996">
         <v>1</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" t="s">
         <v>3</v>
       </c>
-      <c r="B1997">
-        <v>1942788762</v>
+      <c r="B1997" t="s">
+        <v>1736</v>
       </c>
       <c r="C1997">
         <v>1</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" t="s">
         <v>3</v>
       </c>
       <c r="B1998" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="C1998">
         <v>1</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" t="s">
         <v>3</v>
       </c>
       <c r="B1999" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
       <c r="C1999">
         <v>1</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" t="s">
         <v>3</v>
       </c>
-      <c r="B2000">
-        <v>1450862772</v>
+      <c r="B2000" t="s">
+        <v>1739</v>
       </c>
       <c r="C2000">
         <v>1</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" t="s">
         <v>3</v>
       </c>
-      <c r="B2001">
-        <v>1119167965</v>
+      <c r="B2001" t="s">
+        <v>1740</v>
       </c>
       <c r="C2001">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>