--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -29,6030 +29,6030 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1999">
   <si>
     <t>cs_site_id</t>
   </si>
   <si>
     <t>sku</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>RIPLEYPE</t>
   </si>
   <si>
     <t>B08ZR65PLQ</t>
   </si>
   <si>
+    <t>B0000UMLYI</t>
+  </si>
+  <si>
     <t>B073H552FJ</t>
   </si>
   <si>
     <t>B07CXG6C9W</t>
   </si>
   <si>
     <t>B07VM1HQ87</t>
   </si>
   <si>
     <t>B07PZYWW5F</t>
   </si>
   <si>
-    <t>B0000UMLYI</t>
+    <t>B07WDDT3G5</t>
   </si>
   <si>
     <t>B07L613BT1</t>
   </si>
   <si>
-    <t>B07WDDT3G5</t>
-[...1 lines deleted...]
-  <si>
     <t>B07VFWRVPS</t>
   </si>
   <si>
     <t>B07SH6DS6G</t>
   </si>
   <si>
     <t>B08Y5MFRV8</t>
   </si>
   <si>
     <t>B00Y8YOEU6</t>
   </si>
   <si>
     <t>B01MUK7ZVB</t>
   </si>
   <si>
     <t>B07PZBG2BQ</t>
   </si>
   <si>
     <t>B08BFH5W1L</t>
   </si>
   <si>
     <t>B07XSF7TF3</t>
   </si>
   <si>
+    <t>B00NHQF6MG</t>
+  </si>
+  <si>
+    <t>B092LJ32MM</t>
+  </si>
+  <si>
     <t>B071WK4Z3Q</t>
   </si>
   <si>
-    <t>B00NHQF6MG</t>
-[...2 lines deleted...]
-    <t>B092LJ32MM</t>
+    <t>B074ZDP7FZ</t>
+  </si>
+  <si>
+    <t>B08PYS1YKW</t>
   </si>
   <si>
     <t>B07KD718K4</t>
   </si>
   <si>
+    <t>B0716Z6WSJ</t>
+  </si>
+  <si>
     <t>B08C9JVVT3</t>
   </si>
   <si>
-    <t>B0716Z6WSJ</t>
-[...1 lines deleted...]
-  <si>
     <t>B07SM6G1PD</t>
   </si>
   <si>
+    <t>B07RJTFRFK</t>
+  </si>
+  <si>
+    <t>B07YS3TFHZ</t>
+  </si>
+  <si>
+    <t>B01CCJJGGA</t>
+  </si>
+  <si>
+    <t>B08FRR2YSN</t>
+  </si>
+  <si>
+    <t>B07L63RXBG</t>
+  </si>
+  <si>
     <t>B073ZN7B52</t>
   </si>
   <si>
+    <t>B077RZY8Z6</t>
+  </si>
+  <si>
     <t>B08KXKVT4K</t>
   </si>
   <si>
-    <t>B07RJTFRFK</t>
-[...13 lines deleted...]
-  <si>
     <t>B084RPZD6T</t>
   </si>
   <si>
     <t>B00OU5WEKA</t>
   </si>
   <si>
-    <t>B07YS3TFHZ</t>
-[...2 lines deleted...]
-    <t>B077RZY8Z6</t>
+    <t>B07NP8J83T</t>
+  </si>
+  <si>
+    <t>B07V9JRTLL</t>
+  </si>
+  <si>
+    <t>B0888HQWGB</t>
+  </si>
+  <si>
+    <t>B088LPDXLZ</t>
   </si>
   <si>
     <t>B07JG4F5FN</t>
   </si>
   <si>
-    <t>B088LPDXLZ</t>
-[...2 lines deleted...]
-    <t>B07NP8J83T</t>
+    <t>B08TMH4991</t>
   </si>
   <si>
     <t>B077CKJB23</t>
   </si>
   <si>
-    <t>B07V9JRTLL</t>
-[...2 lines deleted...]
-    <t>B0888HQWGB</t>
+    <t>B000KDQJL6</t>
+  </si>
+  <si>
+    <t>B01DRV2AS8</t>
+  </si>
+  <si>
+    <t>B07KK9QQGJ</t>
+  </si>
+  <si>
+    <t>B07LG52H5N</t>
+  </si>
+  <si>
+    <t>B06XQJVXHL</t>
+  </si>
+  <si>
+    <t>B00081K4CK</t>
   </si>
   <si>
     <t>B08SV15Q2R</t>
   </si>
   <si>
-    <t>B01DRV2AS8</t>
-[...8 lines deleted...]
-    <t>B06XQJVXHL</t>
+    <t>B001OC5UNK</t>
   </si>
   <si>
     <t>B00APAQSP6</t>
   </si>
   <si>
-    <t>B07KK9QQGJ</t>
+    <t>B06XPKHVHC</t>
   </si>
   <si>
     <t>B07RSHWSR2</t>
   </si>
   <si>
-    <t>B07LG52H5N</t>
-[...5 lines deleted...]
-    <t>B06XPKHVHC</t>
+    <t>B08BZRHMCG</t>
+  </si>
+  <si>
+    <t>B07539JCNB</t>
+  </si>
+  <si>
+    <t>B07YPY31FL</t>
+  </si>
+  <si>
+    <t>B07978J597</t>
   </si>
   <si>
     <t>B085B1PFY7</t>
   </si>
   <si>
-    <t>B07YPY31FL</t>
+    <t>B08CGY2BKN</t>
+  </si>
+  <si>
+    <t>B01M9K6F8V</t>
+  </si>
+  <si>
+    <t>B08F369MN4</t>
+  </si>
+  <si>
+    <t>B07DWW5WSR</t>
+  </si>
+  <si>
+    <t>B08GTYFC37</t>
+  </si>
+  <si>
+    <t>B01G5DHJ8G</t>
+  </si>
+  <si>
+    <t>B016UMUA8I</t>
   </si>
   <si>
     <t>B07XNVD8PY</t>
   </si>
   <si>
-    <t>B074ZDP7FZ</t>
-[...16 lines deleted...]
-  <si>
     <t>B00VUTAFR8</t>
   </si>
   <si>
     <t>B08BXJRZHJ</t>
   </si>
   <si>
-    <t>B08CGY2BKN</t>
-[...13 lines deleted...]
-  <si>
     <t>B09D42RQG7</t>
   </si>
   <si>
     <t>B07W4G2KY1</t>
   </si>
   <si>
+    <t>B07Z4Q5YPN</t>
+  </si>
+  <si>
+    <t>B095WV5PGK</t>
+  </si>
+  <si>
     <t>B00M1C4UVU</t>
   </si>
   <si>
+    <t>B08CK674K8</t>
+  </si>
+  <si>
+    <t>B09H1XX1JT</t>
+  </si>
+  <si>
+    <t>B07GNB82PC</t>
+  </si>
+  <si>
+    <t>B01MSQDE0U</t>
+  </si>
+  <si>
+    <t>VSPOY9021</t>
+  </si>
+  <si>
+    <t>B07K8Q5W7D</t>
+  </si>
+  <si>
+    <t>B083ZMJ8DK</t>
+  </si>
+  <si>
+    <t>B00GGY85EC</t>
+  </si>
+  <si>
+    <t>B0765Q57Y3</t>
+  </si>
+  <si>
+    <t>B07C79SGBC</t>
+  </si>
+  <si>
+    <t>B003BJFQW4</t>
+  </si>
+  <si>
+    <t>B07NVK1VW7</t>
+  </si>
+  <si>
+    <t>B09CGWVHGH</t>
+  </si>
+  <si>
+    <t>B085B26YB2</t>
+  </si>
+  <si>
+    <t>B08R3BG7W1</t>
+  </si>
+  <si>
+    <t>B09BRFKXKX</t>
+  </si>
+  <si>
+    <t>B0BW93RPZW</t>
+  </si>
+  <si>
+    <t>B08YPBBRR5</t>
+  </si>
+  <si>
     <t>B0912P8D5W</t>
   </si>
   <si>
+    <t>B08J41PMYF</t>
+  </si>
+  <si>
     <t>B08H7SDZRB</t>
   </si>
   <si>
-    <t>B09H1XX1JT</t>
-[...8 lines deleted...]
-    <t>B07NVK1VW7</t>
+    <t>B06WW5XXJL</t>
   </si>
   <si>
     <t>B07F7TLZF4</t>
   </si>
   <si>
-    <t>B000KDQJL6</t>
-[...7 lines deleted...]
-  <si>
     <t>B07MF8YFSL</t>
   </si>
   <si>
-    <t>B08YPBBRR5</t>
-[...14 lines deleted...]
-    <t>B083ZMJ8DK</t>
+    <t>B08YKD2XHL</t>
   </si>
   <si>
     <t>B07K1WWBJK</t>
   </si>
   <si>
-    <t>B08YKD2XHL</t>
-[...14 lines deleted...]
-    <t>B08R3BG7W1</t>
+    <t>B07PF1FYPG</t>
   </si>
   <si>
     <t>B09S362S8H</t>
   </si>
   <si>
+    <t>B009EGE87M</t>
+  </si>
+  <si>
     <t>B009KYJAJY</t>
   </si>
   <si>
+    <t>B077T1CXM6</t>
+  </si>
+  <si>
+    <t>B07FP8PG9N</t>
+  </si>
+  <si>
+    <t>B009EVYPDY</t>
+  </si>
+  <si>
+    <t>B08XWKGQ9H</t>
+  </si>
+  <si>
+    <t>B07MNVHMTD</t>
+  </si>
+  <si>
+    <t>B000FDXEN2</t>
+  </si>
+  <si>
+    <t>B09B9CD1YB</t>
+  </si>
+  <si>
     <t>B0825PDSP1</t>
   </si>
   <si>
-    <t>B077T1CXM6</t>
-[...20 lines deleted...]
-    <t>B00GGY85EC</t>
+    <t>B095351SQM</t>
+  </si>
+  <si>
+    <t>B098JYFGWS</t>
+  </si>
+  <si>
+    <t>B07WRYK1BD</t>
+  </si>
+  <si>
+    <t>B07QDCBSP7</t>
+  </si>
+  <si>
+    <t>B08KFMHR2W</t>
+  </si>
+  <si>
+    <t>B089FRSHLV</t>
+  </si>
+  <si>
+    <t>B085HNNPG6</t>
+  </si>
+  <si>
+    <t>B085FDR67C</t>
+  </si>
+  <si>
+    <t>B08C36CYNW</t>
+  </si>
+  <si>
+    <t>B093FXJSJB</t>
+  </si>
+  <si>
+    <t>B0C236ZB9T</t>
+  </si>
+  <si>
+    <t>B0816HCK6Y</t>
+  </si>
+  <si>
+    <t>B079FSPRXM</t>
+  </si>
+  <si>
+    <t>B07SHS625J</t>
+  </si>
+  <si>
+    <t>B07Y1KG9SR</t>
+  </si>
+  <si>
+    <t>B07ZM7BFM5</t>
+  </si>
+  <si>
+    <t>B08FM9ZD2M</t>
+  </si>
+  <si>
+    <t>B018GFBCO8</t>
+  </si>
+  <si>
+    <t>B08YXFD5N6</t>
+  </si>
+  <si>
+    <t>B08JH262KV</t>
+  </si>
+  <si>
+    <t>B08XTQY3JB</t>
   </si>
   <si>
     <t>B07TCQV8CG</t>
   </si>
   <si>
-    <t>B098JYFGWS</t>
-[...65 lines deleted...]
-    <t>B009EVYPDY</t>
+    <t>B07Y94W69D</t>
+  </si>
+  <si>
+    <t>B07SR4K2R9</t>
+  </si>
+  <si>
+    <t>B074CMD8DK</t>
+  </si>
+  <si>
+    <t>B07RP2TVNH</t>
+  </si>
+  <si>
+    <t>B07D4Q35WC</t>
+  </si>
+  <si>
+    <t>B08HSYLM7V</t>
+  </si>
+  <si>
+    <t>B08DHRC97Q</t>
+  </si>
+  <si>
+    <t>B07XX8FGR6</t>
+  </si>
+  <si>
+    <t>B01LZU0GYY</t>
   </si>
   <si>
     <t>B082LSQ8DK</t>
   </si>
   <si>
-    <t>B074CMD8DK</t>
-[...5 lines deleted...]
-    <t>B08HSYLM7V</t>
+    <t>B000GB0G2A</t>
+  </si>
+  <si>
+    <t>B08RRTF4GY</t>
+  </si>
+  <si>
+    <t>B07H3HTZDR</t>
+  </si>
+  <si>
+    <t>B072J44KRH</t>
+  </si>
+  <si>
+    <t>B088P7JL9C</t>
+  </si>
+  <si>
+    <t>B08FX7PKCZ</t>
   </si>
   <si>
     <t>B07FKR6KXF</t>
   </si>
   <si>
-    <t>B08DHRC97Q</t>
+    <t>B082MGLWDZ</t>
+  </si>
+  <si>
+    <t>B07F8SKW17</t>
+  </si>
+  <si>
+    <t>B08VLXBYVV</t>
+  </si>
+  <si>
+    <t>B08GYJHHVH</t>
+  </si>
+  <si>
+    <t>B07XDX59G9</t>
+  </si>
+  <si>
+    <t>B07C73FKHF</t>
+  </si>
+  <si>
+    <t>B087LX5L4J</t>
+  </si>
+  <si>
+    <t>B07SD4HR1M</t>
+  </si>
+  <si>
+    <t>B09TWCHCX6</t>
+  </si>
+  <si>
+    <t>GG0356S-30002943-007</t>
+  </si>
+  <si>
+    <t>B0012RWDDC</t>
+  </si>
+  <si>
+    <t>B01MU7H89G</t>
+  </si>
+  <si>
+    <t>B07M7P7VLX</t>
+  </si>
+  <si>
+    <t>B0C4NJN3TS</t>
+  </si>
+  <si>
+    <t>B0868HY623</t>
+  </si>
+  <si>
+    <t>B012CDMRM6</t>
   </si>
   <si>
     <t>B08B13JGN4</t>
   </si>
   <si>
-    <t>B07XX8FGR6</t>
-[...20 lines deleted...]
-    <t>B0868HY623</t>
+    <t>B000FGECAI</t>
+  </si>
+  <si>
+    <t>B08JTZ2Q4T</t>
+  </si>
+  <si>
+    <t>B07HRQNQT8</t>
+  </si>
+  <si>
+    <t>B07W197T5J</t>
+  </si>
+  <si>
+    <t>B01B1V10KA</t>
+  </si>
+  <si>
+    <t>B07YFV1ZSJ</t>
+  </si>
+  <si>
+    <t>B09Q8WL8DR</t>
   </si>
   <si>
     <t>B08VNR3NRW</t>
   </si>
   <si>
-    <t>B08FX7PKCZ</t>
-[...65 lines deleted...]
-    <t>B09Q8WL8DR</t>
+    <t>B005A16EOU</t>
   </si>
   <si>
     <t>B08P1MLBLR</t>
   </si>
   <si>
-    <t>B07XDX59G9</t>
-[...8 lines deleted...]
-    <t>B07SR4K2R9</t>
+    <t>B01N7BWYJF</t>
+  </si>
+  <si>
+    <t>B07P7MB88J</t>
+  </si>
+  <si>
+    <t>B091BMFL15</t>
+  </si>
+  <si>
+    <t>B0B61VYWKP</t>
+  </si>
+  <si>
+    <t>B000LS6QYK</t>
+  </si>
+  <si>
+    <t>B079J2FSQ7</t>
   </si>
   <si>
     <t>B07VKZPQDF</t>
   </si>
   <si>
+    <t>B003D3YLM4</t>
+  </si>
+  <si>
+    <t>B00DV6SI3Q</t>
+  </si>
+  <si>
+    <t>6cc0175821a18053_PR-PS01US-UFK5L0-59</t>
+  </si>
+  <si>
+    <t>B0B3DQ279T</t>
+  </si>
+  <si>
+    <t>B07PGLBCFG</t>
+  </si>
+  <si>
+    <t>B08NFZ5D81</t>
+  </si>
+  <si>
+    <t>B0894NWJD6</t>
+  </si>
+  <si>
+    <t>B089QH3D7W</t>
+  </si>
+  <si>
+    <t>B07TMNRM9M</t>
+  </si>
+  <si>
+    <t>B073XP9G78</t>
+  </si>
+  <si>
+    <t>B07BQPTX7V</t>
+  </si>
+  <si>
+    <t>B07D265W3Z</t>
+  </si>
+  <si>
+    <t>B079J7DCXN</t>
+  </si>
+  <si>
+    <t>VSPOQ2H21</t>
+  </si>
+  <si>
+    <t>B07PFB9SQ8</t>
+  </si>
+  <si>
+    <t>B07P9HQGXP</t>
+  </si>
+  <si>
+    <t>B084B11FD5</t>
+  </si>
+  <si>
+    <t>B0C6TLLL92</t>
+  </si>
+  <si>
+    <t>B00BZP91Q8</t>
+  </si>
+  <si>
+    <t>B07VXS8P5F</t>
+  </si>
+  <si>
+    <t>B006EPM74W</t>
+  </si>
+  <si>
+    <t>B08PF4T8W1</t>
+  </si>
+  <si>
+    <t>B01EN6LXC0</t>
+  </si>
+  <si>
+    <t>B08S45H5GY</t>
+  </si>
+  <si>
     <t>B07YMKD6SM</t>
   </si>
   <si>
-    <t>B00DV6SI3Q</t>
+    <t>B0B2Z5JHN4</t>
+  </si>
+  <si>
+    <t>B085ZDXGZW</t>
+  </si>
+  <si>
+    <t>B01ICAU41E</t>
+  </si>
+  <si>
+    <t>B07W3S6VX1</t>
+  </si>
+  <si>
+    <t>B0848LL7GF</t>
+  </si>
+  <si>
+    <t>B082HB3KC9</t>
+  </si>
+  <si>
+    <t>B07VFRRT2Q</t>
+  </si>
+  <si>
+    <t>B08DTNBJNW</t>
+  </si>
+  <si>
+    <t>B078GTQ3VB</t>
+  </si>
+  <si>
+    <t>B07CQ7MGY3</t>
+  </si>
+  <si>
+    <t>B01EN6LXAW</t>
+  </si>
+  <si>
+    <t>B00NIDA43Y</t>
+  </si>
+  <si>
+    <t>B07FZ8S74R</t>
+  </si>
+  <si>
+    <t>B01JKD4HYC</t>
+  </si>
+  <si>
+    <t>B07XFD83J2</t>
+  </si>
+  <si>
+    <t>B07Y91NDJB</t>
+  </si>
+  <si>
+    <t>B07VZ2CW2X</t>
+  </si>
+  <si>
+    <t>B01NBE9WTU</t>
+  </si>
+  <si>
+    <t>B017VCQ5M6</t>
+  </si>
+  <si>
+    <t>B07Y1KKFBH</t>
   </si>
   <si>
     <t>B008AXYWHQ</t>
   </si>
   <si>
-    <t>B07W3S6VX1</t>
-[...17 lines deleted...]
-    <t>B07PGLBCFG</t>
+    <t>B07D34L57F</t>
+  </si>
+  <si>
+    <t>B07M7LNPTJ</t>
+  </si>
+  <si>
+    <t>B08PQNV9T8</t>
+  </si>
+  <si>
+    <t>B001HFA2KU</t>
+  </si>
+  <si>
+    <t>B08HYKYZNW</t>
   </si>
   <si>
     <t>B00BZP66HK</t>
   </si>
   <si>
-    <t>VSPOQ2H21</t>
+    <t>B008OIHAIK</t>
+  </si>
+  <si>
+    <t>B07XY6SJBQ</t>
+  </si>
+  <si>
+    <t>B07ZYVLQBX</t>
+  </si>
+  <si>
+    <t>B081YV2RX5</t>
+  </si>
+  <si>
+    <t>B07CR7GRW4</t>
+  </si>
+  <si>
+    <t>B08XXDBCV1</t>
+  </si>
+  <si>
+    <t>B0C595S61X</t>
   </si>
   <si>
     <t>B0066T2GAQ</t>
   </si>
   <si>
-    <t>B07D265W3Z</t>
-[...17 lines deleted...]
-    <t>B07FZ8S74R</t>
+    <t>B076KHCFVK</t>
+  </si>
+  <si>
+    <t>B005GYUTWO</t>
+  </si>
+  <si>
+    <t>B072J9JVZ1</t>
+  </si>
+  <si>
+    <t>B07JGP75ZX</t>
+  </si>
+  <si>
+    <t>B07MZYBQYJ</t>
+  </si>
+  <si>
+    <t>B09Q9848S5</t>
   </si>
   <si>
     <t>B07VMTNDMK</t>
   </si>
   <si>
-    <t>B07VZ2CW2X</t>
+    <t>B07DS63C9F</t>
+  </si>
+  <si>
+    <t>B0834L5KWB</t>
+  </si>
+  <si>
+    <t>B07VZ65M7H</t>
+  </si>
+  <si>
+    <t>B07GXJF55Y</t>
   </si>
   <si>
     <t>B08T6D17WN</t>
   </si>
   <si>
-    <t>B08S45H5GY</t>
-[...134 lines deleted...]
-    <t>B07GXJF55Y</t>
+    <t>B08GS3CQ2Y</t>
+  </si>
+  <si>
+    <t>B08H1Y8S21</t>
   </si>
   <si>
     <t>B01BY7JU76</t>
   </si>
   <si>
-    <t>B08GS3CQ2Y</t>
-[...32 lines deleted...]
-    <t>B008OIHAIK</t>
+    <t>B00B1Z6EXU</t>
+  </si>
+  <si>
+    <t>B07MGDRBBF</t>
+  </si>
+  <si>
+    <t>B07TNF5CLV</t>
+  </si>
+  <si>
+    <t>B0734XQ4Q1</t>
+  </si>
+  <si>
+    <t>B07DL586N6</t>
+  </si>
+  <si>
+    <t>B085MYXBB9</t>
+  </si>
+  <si>
+    <t>B08Y1CJ7Y7</t>
+  </si>
+  <si>
+    <t>B07SF5Z66K</t>
+  </si>
+  <si>
+    <t>B08CF8FHXK</t>
+  </si>
+  <si>
+    <t>B085Y3Y32G</t>
+  </si>
+  <si>
+    <t>B07G467V9B</t>
+  </si>
+  <si>
+    <t>B0083XFHIG</t>
+  </si>
+  <si>
+    <t>B075HTKBNP</t>
   </si>
   <si>
     <t>B087B6W9RH</t>
   </si>
   <si>
     <t>B083VMXGR4</t>
   </si>
   <si>
+    <t>B079HNJLRC</t>
+  </si>
+  <si>
+    <t>B081ZYJ76D</t>
+  </si>
+  <si>
+    <t>VSPOY9121</t>
+  </si>
+  <si>
+    <t>B09Q3SFX6Q</t>
+  </si>
+  <si>
+    <t>B07WNHT769</t>
+  </si>
+  <si>
+    <t>B082XC2149</t>
+  </si>
+  <si>
+    <t>B07PV9XLBW</t>
+  </si>
+  <si>
+    <t>B0009X3MNU</t>
+  </si>
+  <si>
+    <t>B08KXQ3GG9</t>
+  </si>
+  <si>
+    <t>B0851KPVDS</t>
+  </si>
+  <si>
+    <t>B06ZYMQYCW</t>
+  </si>
+  <si>
+    <t>B083THHH3B</t>
+  </si>
+  <si>
+    <t>B07D8JTLFG</t>
+  </si>
+  <si>
+    <t>B073M1FTQ7</t>
+  </si>
+  <si>
+    <t>B07TZM63SS</t>
+  </si>
+  <si>
+    <t>B07Y7KC6WH</t>
+  </si>
+  <si>
+    <t>B00QIM5CMA</t>
+  </si>
+  <si>
+    <t>B07146KPHT</t>
+  </si>
+  <si>
+    <t>B07RX88389</t>
+  </si>
+  <si>
+    <t>B07Y5Y4YD7</t>
+  </si>
+  <si>
+    <t>B010NU84ZE</t>
+  </si>
+  <si>
+    <t>B08L55VNCG</t>
+  </si>
+  <si>
+    <t>B0038APD2E</t>
+  </si>
+  <si>
+    <t>B00R6MKDDE</t>
+  </si>
+  <si>
+    <t>B07WNLND34</t>
+  </si>
+  <si>
+    <t>VSPOY8021</t>
+  </si>
+  <si>
+    <t>B09G62P2LG</t>
+  </si>
+  <si>
+    <t>B08929KKQD</t>
+  </si>
+  <si>
+    <t>B07QZWLSTH</t>
+  </si>
+  <si>
+    <t>B09BJ8LR71</t>
+  </si>
+  <si>
+    <t>B088WCY8SF</t>
+  </si>
+  <si>
+    <t>B011BKZ3TU</t>
+  </si>
+  <si>
+    <t>B0BLJRDMC4</t>
+  </si>
+  <si>
+    <t>B07T4GYVFD</t>
+  </si>
+  <si>
+    <t>GG0023S-30000970-003</t>
+  </si>
+  <si>
+    <t>B004UQL20C</t>
+  </si>
+  <si>
+    <t>B0732PKPDZ</t>
+  </si>
+  <si>
+    <t>B08MWNQGC7</t>
+  </si>
+  <si>
+    <t>B07FW2KT8F</t>
+  </si>
+  <si>
+    <t>B0762M2QF7</t>
+  </si>
+  <si>
     <t>B003VWL6TI</t>
   </si>
   <si>
-    <t>VSPOY9121</t>
-[...14 lines deleted...]
-    <t>B082XC2149</t>
+    <t>B08NP2Q8XP</t>
+  </si>
+  <si>
+    <t>B09QH7BBL7</t>
+  </si>
+  <si>
+    <t>B01MTYS3BW</t>
+  </si>
+  <si>
+    <t>B07YN9RNQV</t>
+  </si>
+  <si>
+    <t>B087LP9Y93</t>
+  </si>
+  <si>
+    <t>B077BJC36S</t>
+  </si>
+  <si>
+    <t>B0089HDZWQ</t>
+  </si>
+  <si>
+    <t>B094ML5CNK</t>
+  </si>
+  <si>
+    <t>B09FX81T1Z</t>
+  </si>
+  <si>
+    <t>B015DK94R6</t>
+  </si>
+  <si>
+    <t>B0198WFEHO</t>
+  </si>
+  <si>
+    <t>B07F5X9KSK</t>
+  </si>
+  <si>
+    <t>B07P5FK76J</t>
+  </si>
+  <si>
+    <t>B07QBP9Y7V</t>
+  </si>
+  <si>
+    <t>B06XHY8J7M</t>
+  </si>
+  <si>
+    <t>B00FQT2JKE</t>
+  </si>
+  <si>
+    <t>B08FY5PH3T</t>
+  </si>
+  <si>
+    <t>B07VV2Y2KP</t>
+  </si>
+  <si>
+    <t>B07PCNGJP8</t>
+  </si>
+  <si>
+    <t>B000JQFX1G</t>
+  </si>
+  <si>
+    <t>B07TWQSFG2</t>
+  </si>
+  <si>
+    <t>B07DLRG9VH</t>
+  </si>
+  <si>
+    <t>B07N7XV5BD</t>
+  </si>
+  <si>
+    <t>B07DNR4VB3</t>
+  </si>
+  <si>
+    <t>B0BLJR5FLV</t>
+  </si>
+  <si>
+    <t>B000XGJDHM</t>
+  </si>
+  <si>
+    <t>B078MRMMQG</t>
+  </si>
+  <si>
+    <t>B07H8TJMX7</t>
+  </si>
+  <si>
+    <t>B085Q6XMQC</t>
+  </si>
+  <si>
+    <t>B07B5YCY92</t>
+  </si>
+  <si>
+    <t>B00134OJYA</t>
+  </si>
+  <si>
+    <t>B072S9L5VC</t>
+  </si>
+  <si>
+    <t>B07H4GYKWX</t>
+  </si>
+  <si>
+    <t>B01J6HPYFI</t>
+  </si>
+  <si>
+    <t>B0786MWJ2J</t>
+  </si>
+  <si>
+    <t>B015EB27VY</t>
+  </si>
+  <si>
+    <t>B08P39QTMB</t>
+  </si>
+  <si>
+    <t>B07L2LS9SK</t>
+  </si>
+  <si>
+    <t>B07PXR5J2D</t>
+  </si>
+  <si>
+    <t>B08D745WS1</t>
+  </si>
+  <si>
+    <t>B001IKU3QM</t>
+  </si>
+  <si>
+    <t>B07L7ZZYJP</t>
   </si>
   <si>
     <t>B078P4GTB8</t>
   </si>
   <si>
     <t>B08GL8ZT4N</t>
   </si>
   <si>
+    <t>B07QT74TT9</t>
+  </si>
+  <si>
+    <t>B08DXQSVDC</t>
+  </si>
+  <si>
+    <t>GG0008S-30000955-003</t>
+  </si>
+  <si>
+    <t>B08HCMS5LK</t>
+  </si>
+  <si>
+    <t>B07G3X5V7F</t>
+  </si>
+  <si>
+    <t>B01M6WK3KU</t>
+  </si>
+  <si>
+    <t>B09JKW3NT7</t>
+  </si>
+  <si>
+    <t>B09KRL1M3W</t>
+  </si>
+  <si>
+    <t>B07VFF4TZG</t>
+  </si>
+  <si>
+    <t>B07BZYL5F8</t>
+  </si>
+  <si>
+    <t>B086HMQ8VH</t>
+  </si>
+  <si>
+    <t>VSPOQ7721</t>
+  </si>
+  <si>
+    <t>B089P14H76</t>
+  </si>
+  <si>
+    <t>B00LX0IVWK</t>
+  </si>
+  <si>
+    <t>B071K9GBKW</t>
+  </si>
+  <si>
+    <t>B0721CGJMT</t>
+  </si>
+  <si>
+    <t>B085B1XTT4</t>
+  </si>
+  <si>
+    <t>B08B76LJK3</t>
+  </si>
+  <si>
+    <t>B07VNGVKGF</t>
+  </si>
+  <si>
+    <t>VSPLP1921</t>
+  </si>
+  <si>
+    <t>B097N7KD41</t>
+  </si>
+  <si>
+    <t>B08R6D148D</t>
+  </si>
+  <si>
     <t>B0143UM4TC</t>
   </si>
   <si>
-    <t>B09Q3SFX6Q</t>
-[...26 lines deleted...]
-    <t>B010NU84ZE</t>
+    <t>B07QP57B6X</t>
+  </si>
+  <si>
+    <t>B07WMBCGG2</t>
+  </si>
+  <si>
+    <t>B08RP7RTDX</t>
+  </si>
+  <si>
+    <t>B0836W1QNB</t>
+  </si>
+  <si>
+    <t>B0791HG3V8</t>
+  </si>
+  <si>
+    <t>B0775RYQZ3</t>
+  </si>
+  <si>
+    <t>B000EULZDM</t>
+  </si>
+  <si>
+    <t>B086V6HD7P</t>
   </si>
   <si>
     <t>B003DIHBFI</t>
   </si>
   <si>
-    <t>B00FQT2JKE</t>
-[...47 lines deleted...]
-    <t>B004UQL20C</t>
+    <t>B09DNS3TFG</t>
+  </si>
+  <si>
+    <t>B08ZHFHFGC</t>
+  </si>
+  <si>
+    <t>VSPHI4121</t>
+  </si>
+  <si>
+    <t>B07BZFWVRB</t>
+  </si>
+  <si>
+    <t>B07CSQQJS3</t>
+  </si>
+  <si>
+    <t>B00075U5I0</t>
+  </si>
+  <si>
+    <t>B07TLVNZG8</t>
+  </si>
+  <si>
+    <t>B08P4T4V5C</t>
+  </si>
+  <si>
+    <t>B07YJFH22W</t>
   </si>
   <si>
     <t>B00X9L90RG</t>
   </si>
   <si>
-    <t>B0762M2QF7</t>
-[...167 lines deleted...]
-    <t>VSPLP1921</t>
+    <t>B075YYK9NL</t>
+  </si>
+  <si>
+    <t>B08SWMD7QK</t>
+  </si>
+  <si>
+    <t>B08CSKL9DR</t>
+  </si>
+  <si>
+    <t>B095X8YSCS</t>
+  </si>
+  <si>
+    <t>B09F4RKM3T</t>
+  </si>
+  <si>
+    <t>B002XUKUEQ</t>
+  </si>
+  <si>
+    <t>B004X4Y9ME</t>
   </si>
   <si>
     <t>B08DFFTGRN</t>
   </si>
   <si>
-    <t>B07YN9RNQV</t>
-[...92 lines deleted...]
-    <t>B08XTQY3JB</t>
+    <t>B082YHPC3Z</t>
   </si>
   <si>
     <t>B07J4NTGPC</t>
   </si>
   <si>
-    <t>B082YHPC3Z</t>
+    <t>B004OELCYG</t>
   </si>
   <si>
     <t>B004QGY56Y</t>
   </si>
   <si>
-    <t>B004OELCYG</t>
-[...16 lines deleted...]
-  <si>
     <t>B01MQ26QIY</t>
   </si>
   <si>
-    <t>B07WNLND34</t>
-[...17 lines deleted...]
-    <t>B07H4GYKWX</t>
+    <t>B08KH7BD4H</t>
+  </si>
+  <si>
+    <t>B08QLM9ZS4</t>
+  </si>
+  <si>
+    <t>6c90e10d69ae7f80_TIST0814201701701</t>
+  </si>
+  <si>
+    <t>B08M6H284G</t>
+  </si>
+  <si>
+    <t>B07CF98GRX</t>
+  </si>
+  <si>
+    <t>CH0021OA-30009911-003-00287-NS</t>
+  </si>
+  <si>
+    <t>B07T629NFJ</t>
+  </si>
+  <si>
+    <t>B07Q519NJJ</t>
+  </si>
+  <si>
+    <t>B07ZWFD994</t>
+  </si>
+  <si>
+    <t>B07DVX1HQM</t>
+  </si>
+  <si>
+    <t>B073Q15NR2</t>
+  </si>
+  <si>
+    <t>B073S4PQ6H</t>
+  </si>
+  <si>
+    <t>B084C2RYK6</t>
+  </si>
+  <si>
+    <t>B008CO80SA</t>
+  </si>
+  <si>
+    <t>B07V49T7HB</t>
+  </si>
+  <si>
+    <t>B08QMLPNSH</t>
+  </si>
+  <si>
+    <t>B085V695WK</t>
+  </si>
+  <si>
+    <t>B07QZ3S1X9</t>
+  </si>
+  <si>
+    <t>B082HRRCGD</t>
+  </si>
+  <si>
+    <t>B07JG4Z1HZ</t>
+  </si>
+  <si>
+    <t>B084BKPKMG</t>
+  </si>
+  <si>
+    <t>B097RG67QB</t>
+  </si>
+  <si>
+    <t>B014JMKONM</t>
   </si>
   <si>
     <t>B088HFXRP3</t>
   </si>
   <si>
+    <t>B07YH3S9WQ</t>
+  </si>
+  <si>
     <t>B09N7169JD</t>
   </si>
   <si>
     <t>B071LTYQXL</t>
   </si>
   <si>
+    <t>B08PSJCJQX</t>
+  </si>
+  <si>
+    <t>B083PZWGM7</t>
+  </si>
+  <si>
+    <t>B08GSS945H</t>
+  </si>
+  <si>
+    <t>B0183G40B2</t>
+  </si>
+  <si>
+    <t>B08258N6LK</t>
+  </si>
+  <si>
+    <t>B07TS2GZCJ</t>
+  </si>
+  <si>
+    <t>B08R8LJMCX</t>
+  </si>
+  <si>
+    <t>B07SHJZH7X</t>
+  </si>
+  <si>
+    <t>B076C67G6V</t>
+  </si>
+  <si>
+    <t>VSPHH3021</t>
+  </si>
+  <si>
+    <t>B08GCZDY6Z</t>
+  </si>
+  <si>
+    <t>B00ANTSLJK</t>
+  </si>
+  <si>
+    <t>B08CDB5JTQ</t>
+  </si>
+  <si>
+    <t>B01MQYP11W</t>
+  </si>
+  <si>
+    <t>B01G3J3238</t>
+  </si>
+  <si>
+    <t>B09GVHY3S1</t>
+  </si>
+  <si>
+    <t>B09PBK2255</t>
+  </si>
+  <si>
+    <t>B07PC8W9XW</t>
+  </si>
+  <si>
+    <t>B072L6MNX1</t>
+  </si>
+  <si>
+    <t>B00HR3A7LK</t>
+  </si>
+  <si>
+    <t>B07DNXJNXT</t>
+  </si>
+  <si>
+    <t>B0822YH9SC</t>
+  </si>
+  <si>
+    <t>B08JLTJ98S</t>
+  </si>
+  <si>
+    <t>B07GF6MX6X</t>
+  </si>
+  <si>
+    <t>B078WM314M</t>
+  </si>
+  <si>
+    <t>B08FQCDGXC</t>
+  </si>
+  <si>
+    <t>B08HFD54R2</t>
+  </si>
+  <si>
+    <t>B099BWY7WT</t>
+  </si>
+  <si>
+    <t>B07YVYZ8T5</t>
+  </si>
+  <si>
+    <t>B08T1KHHR9</t>
+  </si>
+  <si>
+    <t>B071HL6MDK</t>
+  </si>
+  <si>
+    <t>B002SSUQFG</t>
+  </si>
+  <si>
+    <t>B07XSPN2BL</t>
+  </si>
+  <si>
+    <t>B0863XS8JD</t>
+  </si>
+  <si>
+    <t>B00V82MG2O</t>
+  </si>
+  <si>
+    <t>B08G211JLR</t>
+  </si>
+  <si>
+    <t>B0006AAS5G</t>
+  </si>
+  <si>
+    <t>B07QFJ4SZK</t>
+  </si>
+  <si>
+    <t>B06XFYGRX7</t>
+  </si>
+  <si>
+    <t>B087972NFW</t>
+  </si>
+  <si>
+    <t>B07YZQSHY3</t>
+  </si>
+  <si>
+    <t>B014MN9RCM</t>
+  </si>
+  <si>
+    <t>B07YQNMNJX</t>
+  </si>
+  <si>
+    <t>B08PG6HXRW</t>
+  </si>
+  <si>
+    <t>B08G4QN19X</t>
+  </si>
+  <si>
+    <t>VSPZS0721</t>
+  </si>
+  <si>
+    <t>B0006HVM4A</t>
+  </si>
+  <si>
+    <t>B004VR9HP2</t>
+  </si>
+  <si>
+    <t>B08SKYD8LL</t>
+  </si>
+  <si>
+    <t>B07VSDF7XT</t>
+  </si>
+  <si>
+    <t>B01J4XNLN6</t>
+  </si>
+  <si>
+    <t>B00WADKDES</t>
+  </si>
+  <si>
+    <t>B08XM8X4VQ</t>
+  </si>
+  <si>
+    <t>B07MCSR25Q</t>
+  </si>
+  <si>
+    <t>B01EM42AVQ</t>
+  </si>
+  <si>
+    <t>B00962GZJ8</t>
+  </si>
+  <si>
+    <t>B094DMT7S2</t>
+  </si>
+  <si>
+    <t>B00HXLP766</t>
+  </si>
+  <si>
+    <t>B01MTESC9F</t>
+  </si>
+  <si>
+    <t>B09LKL672D</t>
+  </si>
+  <si>
+    <t>B07DNXXTK1</t>
+  </si>
+  <si>
+    <t>SC0230S-30008702002</t>
+  </si>
+  <si>
+    <t>B0026ZPTD0</t>
+  </si>
+  <si>
+    <t>B086XCY57Y</t>
+  </si>
+  <si>
+    <t>B08WWS77R2</t>
+  </si>
+  <si>
+    <t>B08LYR3LV7</t>
+  </si>
+  <si>
+    <t>B06XW4LGMQ</t>
+  </si>
+  <si>
+    <t>B082YFK1T5</t>
+  </si>
+  <si>
+    <t>B07D4F42KT</t>
+  </si>
+  <si>
+    <t>VSPLI2521</t>
+  </si>
+  <si>
+    <t>B08D67TSG6</t>
+  </si>
+  <si>
+    <t>B09GYSX2CD</t>
+  </si>
+  <si>
+    <t>B0791JHHLQ</t>
+  </si>
+  <si>
+    <t>B07DF91SF1</t>
+  </si>
+  <si>
+    <t>B004FG8BY2</t>
+  </si>
+  <si>
+    <t>B07HP2FP2C</t>
+  </si>
+  <si>
+    <t>B07G7546RW</t>
+  </si>
+  <si>
+    <t>BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>B094YQ8LKX</t>
+  </si>
+  <si>
+    <t>B098ND6PSR</t>
+  </si>
+  <si>
+    <t>B07FQYJR8P</t>
+  </si>
+  <si>
+    <t>B00CYX26BC</t>
+  </si>
+  <si>
+    <t>B07QGVMCJG</t>
+  </si>
+  <si>
+    <t>B000FVE3BG</t>
+  </si>
+  <si>
+    <t>B08ZJ2J2Z7</t>
+  </si>
+  <si>
+    <t>B01HFASX56</t>
+  </si>
+  <si>
+    <t>B07F6M2SHW</t>
+  </si>
+  <si>
     <t>B07G9Y3ZMC</t>
   </si>
   <si>
-    <t>B07YH3S9WQ</t>
-[...5 lines deleted...]
-    <t>B08GSS945H</t>
+    <t>B0919F9CKS</t>
+  </si>
+  <si>
+    <t>B07SNBHQ28</t>
+  </si>
+  <si>
+    <t>B07DMTBP11</t>
+  </si>
+  <si>
+    <t>B08MPPJ9K1</t>
+  </si>
+  <si>
+    <t>B01ALYD1WI</t>
+  </si>
+  <si>
+    <t>B081VHSB2V</t>
+  </si>
+  <si>
+    <t>B06XD1VYDB</t>
+  </si>
+  <si>
+    <t>B074HGLXL8</t>
+  </si>
+  <si>
+    <t>B0828RX2HW</t>
+  </si>
+  <si>
+    <t>B0BLHGTGN7</t>
+  </si>
+  <si>
+    <t>B09CBB1KXZ</t>
+  </si>
+  <si>
+    <t>B08FDL2J1W</t>
+  </si>
+  <si>
+    <t>B07D3KKY82</t>
+  </si>
+  <si>
+    <t>B08FYJK82F</t>
+  </si>
+  <si>
+    <t>B07W9B6P54</t>
+  </si>
+  <si>
+    <t>B00962GV3S</t>
+  </si>
+  <si>
+    <t>B07ZJZWPG2</t>
+  </si>
+  <si>
+    <t>B08R3DZH85</t>
+  </si>
+  <si>
+    <t>B007JLUESG</t>
+  </si>
+  <si>
+    <t>B087BG9C1D</t>
+  </si>
+  <si>
+    <t>B0897MKSKX</t>
+  </si>
+  <si>
+    <t>B07V4FY3Q2</t>
+  </si>
+  <si>
+    <t>B019NWQVDU</t>
+  </si>
+  <si>
+    <t>B07JR1XZ78</t>
+  </si>
+  <si>
+    <t>B08YJR9HDL</t>
+  </si>
+  <si>
+    <t>B07D271QSJ</t>
+  </si>
+  <si>
+    <t>B09H143Q2P</t>
+  </si>
+  <si>
+    <t>B000ASB66O</t>
+  </si>
+  <si>
+    <t>B07MNZ1PWB</t>
+  </si>
+  <si>
+    <t>B07ZYQ9FV6</t>
+  </si>
+  <si>
+    <t>B076JGPSGH</t>
+  </si>
+  <si>
+    <t>B014SU3GHG</t>
+  </si>
+  <si>
+    <t>B00ITTI3VW</t>
+  </si>
+  <si>
+    <t>B07Z38QXJF</t>
+  </si>
+  <si>
+    <t>B003MYYJD0</t>
+  </si>
+  <si>
+    <t>B01MDJ0HVG</t>
+  </si>
+  <si>
+    <t>B092J8YNS9</t>
+  </si>
+  <si>
+    <t>B07DR6VQ6M</t>
+  </si>
+  <si>
+    <t>B08SQTYX33</t>
+  </si>
+  <si>
+    <t>B00L3QE8G2</t>
+  </si>
+  <si>
+    <t>B07R1WWM56</t>
+  </si>
+  <si>
+    <t>B08VN58N6M</t>
+  </si>
+  <si>
+    <t>B07TYJCQVB</t>
+  </si>
+  <si>
+    <t>B00790RLMO</t>
+  </si>
+  <si>
+    <t>B00ATULLTU</t>
+  </si>
+  <si>
+    <t>B00854DIXE</t>
+  </si>
+  <si>
+    <t>B007RWZHXO</t>
+  </si>
+  <si>
+    <t>B09H8KSW5J</t>
+  </si>
+  <si>
+    <t>B07VXN5BQ8</t>
+  </si>
+  <si>
+    <t>B00BQCBCDA</t>
+  </si>
+  <si>
+    <t>B086HFDSLN</t>
+  </si>
+  <si>
+    <t>B09BLS4WTP</t>
+  </si>
+  <si>
+    <t>B08V5KXBX2</t>
+  </si>
+  <si>
+    <t>B07BY7127G</t>
+  </si>
+  <si>
+    <t>B01HSGGUNO</t>
+  </si>
+  <si>
+    <t>B08HJ5547T</t>
+  </si>
+  <si>
+    <t>B000AYW0M2</t>
+  </si>
+  <si>
+    <t>B07P5PQZY7</t>
+  </si>
+  <si>
+    <t>B071K5ZV2T</t>
+  </si>
+  <si>
+    <t>B01N6KTU29</t>
+  </si>
+  <si>
+    <t>B07YTHMM3B</t>
+  </si>
+  <si>
+    <t>B0BLJRBPRH</t>
+  </si>
+  <si>
+    <t>B08DFJSYHR</t>
+  </si>
+  <si>
+    <t>VSPLD1021</t>
+  </si>
+  <si>
+    <t>B07VTFN6HM</t>
+  </si>
+  <si>
+    <t>B07KG6TR7X</t>
+  </si>
+  <si>
+    <t>B0000AJI8L</t>
+  </si>
+  <si>
+    <t>B0BNQ7XLS2</t>
+  </si>
+  <si>
+    <t>B07XYPXB9Q</t>
+  </si>
+  <si>
+    <t>VSPOY8521</t>
+  </si>
+  <si>
+    <t>B01LAXDKXE</t>
+  </si>
+  <si>
+    <t>B00021HB9U</t>
+  </si>
+  <si>
+    <t>B0027YRSFC</t>
+  </si>
+  <si>
+    <t>VSPHH2521</t>
+  </si>
+  <si>
+    <t>B08SBJRFKJ</t>
+  </si>
+  <si>
+    <t>VSPCI4521</t>
+  </si>
+  <si>
+    <t>B07VW36NVB</t>
+  </si>
+  <si>
+    <t>B083553XK8</t>
+  </si>
+  <si>
+    <t>B07N7YGXZW</t>
+  </si>
+  <si>
+    <t>B01M1SA2AU</t>
+  </si>
+  <si>
+    <t>B08KGVJ5S3</t>
+  </si>
+  <si>
+    <t>B08GCCZT34</t>
+  </si>
+  <si>
+    <t>B01N9HGYIH</t>
+  </si>
+  <si>
+    <t>B07X244VLK</t>
+  </si>
+  <si>
+    <t>B07THFMNQ2</t>
+  </si>
+  <si>
+    <t>B01BMW5Q7G</t>
+  </si>
+  <si>
+    <t>B07Z1TYVTZ</t>
+  </si>
+  <si>
+    <t>B08HSZYDFT</t>
+  </si>
+  <si>
+    <t>B08V1R5VQL</t>
+  </si>
+  <si>
+    <t>GG0368S-30006035-002</t>
+  </si>
+  <si>
+    <t>B00GGZ2E3E</t>
+  </si>
+  <si>
+    <t>B01N0TPHAE</t>
+  </si>
+  <si>
+    <t>B08VCJXYKK</t>
+  </si>
+  <si>
+    <t>B06XWGDZYK</t>
+  </si>
+  <si>
+    <t>B00RXEWOAA</t>
+  </si>
+  <si>
+    <t>B07XKF5RM3</t>
+  </si>
+  <si>
+    <t>B07DQR8GHQ</t>
+  </si>
+  <si>
+    <t>B084N589MH</t>
+  </si>
+  <si>
+    <t>B01601JPWQ</t>
+  </si>
+  <si>
+    <t>SL228-30002652-001</t>
+  </si>
+  <si>
+    <t>VSPOQ9521</t>
+  </si>
+  <si>
+    <t>B084YQ7BFZ</t>
+  </si>
+  <si>
+    <t>B075KX9NS7</t>
+  </si>
+  <si>
+    <t>B07QL3D2N3</t>
+  </si>
+  <si>
+    <t>B08QVC1C76</t>
   </si>
   <si>
     <t>B07DW46BG4</t>
   </si>
   <si>
-    <t>B07JG4Z1HZ</t>
-[...113 lines deleted...]
-    <t>B07QL3D2N3</t>
+    <t>B077XYGMKJ</t>
+  </si>
+  <si>
+    <t>B081JNN23B</t>
+  </si>
+  <si>
+    <t>B06Y56DGV3</t>
+  </si>
+  <si>
+    <t>B07KG5GZJC</t>
+  </si>
+  <si>
+    <t>B08KYMSHC4</t>
+  </si>
+  <si>
+    <t>B08HR77JDQ</t>
+  </si>
+  <si>
+    <t>BB0072S-30008290-001-00011</t>
+  </si>
+  <si>
+    <t>B07TG8Z8GR</t>
+  </si>
+  <si>
+    <t>B07S2N5RM6</t>
+  </si>
+  <si>
+    <t>B00EANJWH0</t>
+  </si>
+  <si>
+    <t>B013D2ULO6</t>
+  </si>
+  <si>
+    <t>VSPBH3321</t>
+  </si>
+  <si>
+    <t>B08TWX6RZ6</t>
+  </si>
+  <si>
+    <t>B08XZNKR34</t>
+  </si>
+  <si>
+    <t>B07J26LNY7</t>
+  </si>
+  <si>
+    <t>B089GZQD9M</t>
+  </si>
+  <si>
+    <t>B0BLFT7SLX</t>
+  </si>
+  <si>
+    <t>B07WCT6HZ7</t>
+  </si>
+  <si>
+    <t>B07LFKD3XX</t>
+  </si>
+  <si>
+    <t>B074W9WMV5</t>
+  </si>
+  <si>
+    <t>B01DY818JG</t>
+  </si>
+  <si>
+    <t>B07GWNB3NP</t>
+  </si>
+  <si>
+    <t>B085878WLK</t>
+  </si>
+  <si>
+    <t>B08T1LR5ZL</t>
+  </si>
+  <si>
+    <t>B074NRHNX4</t>
+  </si>
+  <si>
+    <t>B088GB848W</t>
+  </si>
+  <si>
+    <t>VSPOY7421</t>
+  </si>
+  <si>
+    <t>VSPHI6421</t>
+  </si>
+  <si>
+    <t>B01M8GSBON</t>
+  </si>
+  <si>
+    <t>B08YR1Y2WG</t>
+  </si>
+  <si>
+    <t>B0CCVX6FSD</t>
+  </si>
+  <si>
+    <t>B000XQKFHE</t>
+  </si>
+  <si>
+    <t>B0797SS7BC</t>
+  </si>
+  <si>
+    <t>B08CZY6J87</t>
+  </si>
+  <si>
+    <t>B000GAYQKO</t>
+  </si>
+  <si>
+    <t>B08KHT2HDT</t>
+  </si>
+  <si>
+    <t>B08QMT98P3</t>
+  </si>
+  <si>
+    <t>B08C4TN56Z</t>
+  </si>
+  <si>
+    <t>B08L4VJYSF</t>
+  </si>
+  <si>
+    <t>B08HRDS5YX</t>
+  </si>
+  <si>
+    <t>B08347676T</t>
+  </si>
+  <si>
+    <t>B0006AAS5Q</t>
+  </si>
+  <si>
+    <t>B08KD4Y2QR</t>
+  </si>
+  <si>
+    <t>B01NAX314L</t>
+  </si>
+  <si>
+    <t>VSPOY9921</t>
+  </si>
+  <si>
+    <t>B07QMNF2WM</t>
+  </si>
+  <si>
+    <t>B018WMQRYK</t>
+  </si>
+  <si>
+    <t>B08R6ZGXN7</t>
+  </si>
+  <si>
+    <t>B0093Q0VB0</t>
+  </si>
+  <si>
+    <t>B076ZQ3KP2</t>
+  </si>
+  <si>
+    <t>B07GTTYJMG</t>
+  </si>
+  <si>
+    <t>DIORCLUBS-MTBKBLUE</t>
+  </si>
+  <si>
+    <t>B004C284M8</t>
   </si>
   <si>
     <t>B086YGQDC6</t>
   </si>
   <si>
-    <t>B01J4XNLN6</t>
-[...4 lines deleted...]
-  <si>
     <t>B07XLJH63N</t>
   </si>
   <si>
-    <t>B00WADKDES</t>
-[...29 lines deleted...]
-    <t>B00962GZJ8</t>
+    <t>B008B39MTI</t>
   </si>
   <si>
     <t>B001T6OPZ0</t>
   </si>
   <si>
-    <t>B08XM8X4VQ</t>
-[...2 lines deleted...]
-    <t>B08WWS77R2</t>
+    <t>B001S14DYO</t>
+  </si>
+  <si>
+    <t>B07TQJYHKR</t>
+  </si>
+  <si>
+    <t>B08DNYW674</t>
+  </si>
+  <si>
+    <t>B07Z4CGBD3</t>
+  </si>
+  <si>
+    <t>B07WVLCC84</t>
+  </si>
+  <si>
+    <t>B073XNZR53</t>
+  </si>
+  <si>
+    <t>B017XAMPV6</t>
+  </si>
+  <si>
+    <t>B08889LQ21</t>
+  </si>
+  <si>
+    <t>B07ZKB4SLK</t>
+  </si>
+  <si>
+    <t>B07XM95HZY</t>
+  </si>
+  <si>
+    <t>B0B5HSR626</t>
+  </si>
+  <si>
+    <t>B08F9HRLFR</t>
+  </si>
+  <si>
+    <t>B08594CZ31</t>
+  </si>
+  <si>
+    <t>B07GBSGTKV</t>
   </si>
   <si>
     <t>B008BLZTU6</t>
   </si>
   <si>
-    <t>B08LYR3LV7</t>
-[...23 lines deleted...]
-    <t>B082YFK1T5</t>
+    <t>B07BY6F8D9</t>
+  </si>
+  <si>
+    <t>B009WHV3BM</t>
+  </si>
+  <si>
+    <t>B0794WBPHK</t>
+  </si>
+  <si>
+    <t>B09Q2BCDHD</t>
   </si>
   <si>
     <t>B078ZL79D2</t>
   </si>
   <si>
-    <t>B08D67TSG6</t>
-[...4 lines deleted...]
-  <si>
     <t>B01NAI6YC5</t>
   </si>
   <si>
-    <t>B07DF91SF1</t>
-[...29 lines deleted...]
-    <t>B0089HDZWQ</t>
+    <t>B07534BWBF</t>
+  </si>
+  <si>
+    <t>B085Z3572J</t>
+  </si>
+  <si>
+    <t>B083QB9PSV</t>
+  </si>
+  <si>
+    <t>B000051ZOA</t>
+  </si>
+  <si>
+    <t>B016MAK38U</t>
+  </si>
+  <si>
+    <t>B07CTXHNSL</t>
+  </si>
+  <si>
+    <t>B00MCHH9R6</t>
+  </si>
+  <si>
+    <t>B08TLVKND8</t>
+  </si>
+  <si>
+    <t>B07G2NN1VS</t>
+  </si>
+  <si>
+    <t>B0007ZKN5U</t>
+  </si>
+  <si>
+    <t>B07P5X2F4X</t>
+  </si>
+  <si>
+    <t>B08JBRDFKY</t>
+  </si>
+  <si>
+    <t>VSPLM2521</t>
+  </si>
+  <si>
+    <t>B088DFMC2L</t>
+  </si>
+  <si>
+    <t>VSP332721</t>
   </si>
   <si>
     <t>B0843PTSW5</t>
   </si>
   <si>
-    <t>B07TQJYHKR</t>
-[...5 lines deleted...]
-    <t>B0BLHGTGN7</t>
+    <t>703c46cb779c42de_CK20521S-410</t>
+  </si>
+  <si>
+    <t>B0829F278W</t>
+  </si>
+  <si>
+    <t>B077PLWFH5</t>
   </si>
   <si>
     <t>B08N5ZP6Z2</t>
   </si>
   <si>
-    <t>B07DMTBP11</t>
-[...310 lines deleted...]
-  <si>
     <t>B081YTQZXZ</t>
   </si>
   <si>
-    <t>VSPBH3321</t>
-[...299 lines deleted...]
-    <t>B073S4PQ6H</t>
+    <t>B07DFN4JH7</t>
+  </si>
+  <si>
+    <t>SC0173S-30006076001</t>
+  </si>
+  <si>
+    <t>B086G1J6CN</t>
+  </si>
+  <si>
+    <t>B099KW2J32</t>
+  </si>
+  <si>
+    <t>GG0081SK-30001052-002</t>
+  </si>
+  <si>
+    <t>B074CH2S9G</t>
+  </si>
+  <si>
+    <t>B084JR4G5F</t>
+  </si>
+  <si>
+    <t>B07CJDP3LP</t>
+  </si>
+  <si>
+    <t>B09RX3P1HV</t>
+  </si>
+  <si>
+    <t>B00BB807OE</t>
+  </si>
+  <si>
+    <t>B08C7CJ8XZ</t>
+  </si>
+  <si>
+    <t>B08BX7FV5L</t>
+  </si>
+  <si>
+    <t>VSPOS6121</t>
+  </si>
+  <si>
+    <t>B076891R13</t>
+  </si>
+  <si>
+    <t>B088X7PJWF</t>
+  </si>
+  <si>
+    <t>B081GX6KVZ</t>
+  </si>
+  <si>
+    <t>B08WWV4P6R</t>
+  </si>
+  <si>
+    <t>3KUU6</t>
+  </si>
+  <si>
+    <t>B00F8393W0</t>
+  </si>
+  <si>
+    <t>B07BQM75MH</t>
+  </si>
+  <si>
+    <t>B00Y43YHFS</t>
+  </si>
+  <si>
+    <t>B08M64DDZX</t>
+  </si>
+  <si>
+    <t>B088LLK89G</t>
+  </si>
+  <si>
+    <t>B0943TL9DQ</t>
+  </si>
+  <si>
+    <t>B09B94RL1R</t>
+  </si>
+  <si>
+    <t>B08HMWZBXC</t>
+  </si>
+  <si>
+    <t>B0094B79CI</t>
+  </si>
+  <si>
+    <t>B07SMBH8SQ</t>
+  </si>
+  <si>
+    <t>B07BQ22LWD</t>
+  </si>
+  <si>
+    <t>B08T6BDDZQ</t>
+  </si>
+  <si>
+    <t>B07GD7W5RL</t>
+  </si>
+  <si>
+    <t>B07BHPX25P</t>
+  </si>
+  <si>
+    <t>B07TXWRJXF</t>
+  </si>
+  <si>
+    <t>B071YDXHJH</t>
+  </si>
+  <si>
+    <t>B08FDHMWWN</t>
+  </si>
+  <si>
+    <t>B09C2BMHGW</t>
+  </si>
+  <si>
+    <t>B08FT4J52Z</t>
+  </si>
+  <si>
+    <t>B08ZHNNT7Q</t>
+  </si>
+  <si>
+    <t>B084ZWGRDM</t>
+  </si>
+  <si>
+    <t>B003DIHC0W</t>
+  </si>
+  <si>
+    <t>B08KSLK3PZ</t>
+  </si>
+  <si>
+    <t>B08TW7BRTJ</t>
+  </si>
+  <si>
+    <t>B077XMZ2JJ</t>
+  </si>
+  <si>
+    <t>B08378B8BJ</t>
+  </si>
+  <si>
+    <t>B0178FBHHO</t>
+  </si>
+  <si>
+    <t>B08Y5X8MKT</t>
+  </si>
+  <si>
+    <t>B08TZYNGW8</t>
+  </si>
+  <si>
+    <t>B09925S3R9</t>
+  </si>
+  <si>
+    <t>B07W9G64V9</t>
+  </si>
+  <si>
+    <t>B01N7GOSXY</t>
+  </si>
+  <si>
+    <t>B08SWTTVZT</t>
+  </si>
+  <si>
+    <t>B01N9U5FLM</t>
+  </si>
+  <si>
+    <t>B00786VY22</t>
+  </si>
+  <si>
+    <t>B08QJNSN21</t>
+  </si>
+  <si>
+    <t>B08R5Z43PB</t>
+  </si>
+  <si>
+    <t>B08M94BTYC</t>
+  </si>
+  <si>
+    <t>B07CSG684C</t>
+  </si>
+  <si>
+    <t>B08FZXB8TG</t>
+  </si>
+  <si>
+    <t>B00GAML7OK</t>
+  </si>
+  <si>
+    <t>B08P17CQYP</t>
+  </si>
+  <si>
+    <t>B08P52R2PL</t>
+  </si>
+  <si>
+    <t>B083X9N2VB</t>
+  </si>
+  <si>
+    <t>B07QP6G5JV</t>
+  </si>
+  <si>
+    <t>B07X1NQQFS</t>
+  </si>
+  <si>
+    <t>B09DY1VZJS</t>
+  </si>
+  <si>
+    <t>VE8103821</t>
+  </si>
+  <si>
+    <t>B08KDG6CFK</t>
+  </si>
+  <si>
+    <t>GG0244S-30002385-001</t>
+  </si>
+  <si>
+    <t>B08PKDWQC5</t>
+  </si>
+  <si>
+    <t>B07V6H4Q9H</t>
+  </si>
+  <si>
+    <t>B00NPLB5HI</t>
+  </si>
+  <si>
+    <t>B08J3234L3</t>
+  </si>
+  <si>
+    <t>B08FWRPDZY</t>
+  </si>
+  <si>
+    <t>GG0439O-30006461-006</t>
+  </si>
+  <si>
+    <t>B086BFSR76</t>
+  </si>
+  <si>
+    <t>B00AASPDX6</t>
+  </si>
+  <si>
+    <t>B08GX3X91K</t>
+  </si>
+  <si>
+    <t>BB0070S-30008288-006</t>
+  </si>
+  <si>
+    <t>B075767KZM</t>
+  </si>
+  <si>
+    <t>B09D43K2VB</t>
+  </si>
+  <si>
+    <t>B08G1JRW3Q</t>
+  </si>
+  <si>
+    <t>B00TLEMRKM</t>
+  </si>
+  <si>
+    <t>B083LFZS3C</t>
+  </si>
+  <si>
+    <t>B0768BPZFB</t>
+  </si>
+  <si>
+    <t>B000A6VLZW</t>
+  </si>
+  <si>
+    <t>B092DYHW2K</t>
+  </si>
+  <si>
+    <t>B01KVVSRV6</t>
+  </si>
+  <si>
+    <t>B087X5L17B</t>
+  </si>
+  <si>
+    <t>B0006B486K</t>
+  </si>
+  <si>
+    <t>B00NQQTXNK</t>
+  </si>
+  <si>
+    <t>B00005M22M</t>
+  </si>
+  <si>
+    <t>B0BFKVVLWL</t>
+  </si>
+  <si>
+    <t>B085DR8K3M</t>
+  </si>
+  <si>
+    <t>B07HQV4SPN</t>
+  </si>
+  <si>
+    <t>B08LQVD6ZR</t>
+  </si>
+  <si>
+    <t>B07PBSM9C8</t>
+  </si>
+  <si>
+    <t>B07DVX1NXT</t>
+  </si>
+  <si>
+    <t>B01MSF457M</t>
+  </si>
+  <si>
+    <t>B07T5Z3XDV</t>
+  </si>
+  <si>
+    <t>B075QRWPPJ</t>
+  </si>
+  <si>
+    <t>B08R8GWBSM</t>
+  </si>
+  <si>
+    <t>B01LYRGY7M</t>
+  </si>
+  <si>
+    <t>B07SZLRD2B</t>
+  </si>
+  <si>
+    <t>B08LKSC6YG</t>
+  </si>
+  <si>
+    <t>B07GWZNF91</t>
+  </si>
+  <si>
+    <t>B0BZYLH1RQ</t>
+  </si>
+  <si>
+    <t>B08CHMCZ89</t>
+  </si>
+  <si>
+    <t>B09BFQ9KK2</t>
+  </si>
+  <si>
+    <t>B08HG3GR32</t>
+  </si>
+  <si>
+    <t>B08977K3LY</t>
+  </si>
+  <si>
+    <t>22KK64</t>
+  </si>
+  <si>
+    <t>B082DGZJ9C</t>
+  </si>
+  <si>
+    <t>B07Y4K9G72</t>
+  </si>
+  <si>
+    <t>B0872J8WVN</t>
+  </si>
+  <si>
+    <t>B07C35YR6V</t>
+  </si>
+  <si>
+    <t>B07GTC9S35</t>
+  </si>
+  <si>
+    <t>B087Q6PTGC</t>
+  </si>
+  <si>
+    <t>B07DWX47SH</t>
+  </si>
+  <si>
+    <t>B07W4P5W38</t>
+  </si>
+  <si>
+    <t>B08JZKZ1L3</t>
+  </si>
+  <si>
+    <t>B08QN93WDF</t>
+  </si>
+  <si>
+    <t>B078K5VWW7</t>
+  </si>
+  <si>
+    <t>B084CWCJTW</t>
+  </si>
+  <si>
+    <t>B00QIM5CMK</t>
+  </si>
+  <si>
+    <t>VSPLI2121</t>
+  </si>
+  <si>
+    <t>B01ISQ521O</t>
+  </si>
+  <si>
+    <t>VSP647021</t>
+  </si>
+  <si>
+    <t>B08L3QYTK9</t>
+  </si>
+  <si>
+    <t>B072Y2MRY2</t>
+  </si>
+  <si>
+    <t>B08541QCKJ</t>
+  </si>
+  <si>
+    <t>B07M7LTWV5</t>
+  </si>
+  <si>
+    <t>VSPHI5521</t>
+  </si>
+  <si>
+    <t>B095RHW1DJ</t>
+  </si>
+  <si>
+    <t>B01H5SYFWI</t>
+  </si>
+  <si>
+    <t>B0851KQ3BS</t>
+  </si>
+  <si>
+    <t>B07H5GXV2G</t>
+  </si>
+  <si>
+    <t>PWCAA1121</t>
+  </si>
+  <si>
+    <t>B003R27HQS</t>
+  </si>
+  <si>
+    <t>B00PQ9YNI0</t>
+  </si>
+  <si>
+    <t>B07NJBR15F</t>
+  </si>
+  <si>
+    <t>B07Q8GYGVY</t>
+  </si>
+  <si>
+    <t>B07GSN3BFR</t>
+  </si>
+  <si>
+    <t>B09CWSZ4B6</t>
+  </si>
+  <si>
+    <t>B08ZCM3HKH</t>
+  </si>
+  <si>
+    <t>B07M72G743</t>
+  </si>
+  <si>
+    <t>B0897LQ4FJ</t>
+  </si>
+  <si>
+    <t>B074KLZDL3</t>
+  </si>
+  <si>
+    <t>B01JPOLKDW</t>
+  </si>
+  <si>
+    <t>B003KRP0P0</t>
+  </si>
+  <si>
+    <t>VSPOY9221</t>
+  </si>
+  <si>
+    <t>B071ZSFWCG</t>
+  </si>
+  <si>
+    <t>B00NIYNU66</t>
+  </si>
+  <si>
+    <t>B08P57RJHP</t>
+  </si>
+  <si>
+    <t>B07TKWPLCV</t>
+  </si>
+  <si>
+    <t>B017Y5YVM6</t>
+  </si>
+  <si>
+    <t>B06VXMV6JB</t>
+  </si>
+  <si>
+    <t>B074VTDVWP</t>
+  </si>
+  <si>
+    <t>B00TXI1NEW</t>
+  </si>
+  <si>
+    <t>B075RNKT6G</t>
+  </si>
+  <si>
+    <t>B007R9WK9Q</t>
+  </si>
+  <si>
+    <t>B07YT7VC43</t>
+  </si>
+  <si>
+    <t>B01I6I1WKO</t>
+  </si>
+  <si>
+    <t>B086226DDB</t>
+  </si>
+  <si>
+    <t>B08ZLM93CV</t>
+  </si>
+  <si>
+    <t>B09MD4XPFS</t>
+  </si>
+  <si>
+    <t>B07QPL4L8T</t>
+  </si>
+  <si>
+    <t>B08NSVHFLX</t>
+  </si>
+  <si>
+    <t>B078DPCY3T</t>
+  </si>
+  <si>
+    <t>B07X6C9RMF</t>
+  </si>
+  <si>
+    <t>B07M9XBXSH</t>
+  </si>
+  <si>
+    <t>B071YCHDX1</t>
+  </si>
+  <si>
+    <t>B085DTY4VS</t>
+  </si>
+  <si>
+    <t>B011N5PBLI</t>
+  </si>
+  <si>
+    <t>B076QSZBNH</t>
+  </si>
+  <si>
+    <t>B08LMWNW22</t>
+  </si>
+  <si>
+    <t>VSPQ14721</t>
+  </si>
+  <si>
+    <t>B086JY8WVK</t>
+  </si>
+  <si>
+    <t>B07BGMMSRG</t>
+  </si>
+  <si>
+    <t>B096G1R7KD</t>
+  </si>
+  <si>
+    <t>B097RBG8TZ</t>
+  </si>
+  <si>
+    <t>B09C21ZP5F</t>
+  </si>
+  <si>
+    <t>B07S3DB76Z</t>
+  </si>
+  <si>
+    <t>B07MWZVNRW</t>
+  </si>
+  <si>
+    <t>B091L2SS52</t>
+  </si>
+  <si>
+    <t>B01FVS6TGO</t>
+  </si>
+  <si>
+    <t>B098XGQS6G</t>
+  </si>
+  <si>
+    <t>1ARY9</t>
+  </si>
+  <si>
+    <t>B0832KL21T</t>
+  </si>
+  <si>
+    <t>B07BZFCRNZ</t>
+  </si>
+  <si>
+    <t>VEV800821</t>
+  </si>
+  <si>
+    <t>B00OGPSW4G</t>
+  </si>
+  <si>
+    <t>B07KXLKPZC</t>
+  </si>
+  <si>
+    <t>B0837XJRR6</t>
+  </si>
+  <si>
+    <t>B07R8HC3KW</t>
+  </si>
+  <si>
+    <t>PJ0029O-30006263-003-40048</t>
+  </si>
+  <si>
+    <t>B01NCV01GY</t>
+  </si>
+  <si>
+    <t>B08WZ1MB43</t>
+  </si>
+  <si>
+    <t>B07CLYNW78</t>
+  </si>
+  <si>
+    <t>B0943CFBRJ</t>
+  </si>
+  <si>
+    <t>B08BSJYBZL</t>
+  </si>
+  <si>
+    <t>B01M3Z6CE4</t>
+  </si>
+  <si>
+    <t>B01EM0X1Q8</t>
+  </si>
+  <si>
+    <t>B097YYD918</t>
+  </si>
+  <si>
+    <t>B0CGCZG6VB</t>
+  </si>
+  <si>
+    <t>B08J5T81NP</t>
+  </si>
+  <si>
+    <t>B0851L54GD</t>
+  </si>
+  <si>
+    <t>B07RQDL19B</t>
+  </si>
+  <si>
+    <t>B01I1WKTUO</t>
+  </si>
+  <si>
+    <t>B07V31V8W9</t>
+  </si>
+  <si>
+    <t>B09KGQKQBK</t>
+  </si>
+  <si>
+    <t>B07Y9537Z7</t>
+  </si>
+  <si>
+    <t>B08RS13GQY</t>
+  </si>
+  <si>
+    <t>B073QN5SDZ</t>
+  </si>
+  <si>
+    <t>B07VR5Y39T</t>
+  </si>
+  <si>
+    <t>GG0230S-30001828-002</t>
+  </si>
+  <si>
+    <t>B001PJZIR0</t>
+  </si>
+  <si>
+    <t>B07CPNZDL9</t>
+  </si>
+  <si>
+    <t>B08GYHH2ZV</t>
+  </si>
+  <si>
+    <t>B08R3H4M6C</t>
+  </si>
+  <si>
+    <t>B08FCBQQLL</t>
+  </si>
+  <si>
+    <t>B07FY5HQRD</t>
+  </si>
+  <si>
+    <t>B019N9W54W</t>
+  </si>
+  <si>
+    <t>B07WKBLKSL</t>
+  </si>
+  <si>
+    <t>B08ZZZFPG9</t>
+  </si>
+  <si>
+    <t>B09YSYJZ92</t>
+  </si>
+  <si>
+    <t>B06XSY1PST</t>
+  </si>
+  <si>
+    <t>B01HRVVTK4</t>
+  </si>
+  <si>
+    <t>B07P2VK73D</t>
+  </si>
+  <si>
+    <t>B08CMY45WB</t>
+  </si>
+  <si>
+    <t>B07Y4ZZ7LQ</t>
+  </si>
+  <si>
+    <t>B08931JJLV</t>
+  </si>
+  <si>
+    <t>B07KM3S6DP</t>
+  </si>
+  <si>
+    <t>B073FBYFNR</t>
+  </si>
+  <si>
+    <t>B0897BBCYP</t>
+  </si>
+  <si>
+    <t>B08YP7M273</t>
+  </si>
+  <si>
+    <t>B07PLTL5WY</t>
+  </si>
+  <si>
+    <t>B07FL3Z56F</t>
+  </si>
+  <si>
+    <t>B09TXTGMBR</t>
+  </si>
+  <si>
+    <t>B008XT3PH0</t>
+  </si>
+  <si>
+    <t>B01CQTWNN4</t>
+  </si>
+  <si>
+    <t>B07PQBSH8S</t>
+  </si>
+  <si>
+    <t>B079HL9YSF</t>
+  </si>
+  <si>
+    <t>B08W4JKX7T</t>
+  </si>
+  <si>
+    <t>B088693Y8F</t>
+  </si>
+  <si>
+    <t>B07QCP491R</t>
+  </si>
+  <si>
+    <t>B00H8OINX2</t>
+  </si>
+  <si>
+    <t>B08PBM78V3</t>
+  </si>
+  <si>
+    <t>B01BGOL4WG</t>
+  </si>
+  <si>
+    <t>B07JJGCSHR</t>
+  </si>
+  <si>
+    <t>B012CDMZQE</t>
+  </si>
+  <si>
+    <t>B07FPWYY79</t>
+  </si>
+  <si>
+    <t>B00CLXSKKQ</t>
+  </si>
+  <si>
+    <t>B004C5ZVLM</t>
+  </si>
+  <si>
+    <t>B00AWE6UPS</t>
+  </si>
+  <si>
+    <t>B07TP64VWD</t>
+  </si>
+  <si>
+    <t>B08RMMKYKP</t>
+  </si>
+  <si>
+    <t>B08F2VS4YM</t>
+  </si>
+  <si>
+    <t>B07ZQXJZPB</t>
+  </si>
+  <si>
+    <t>B00FWPTJXC</t>
+  </si>
+  <si>
+    <t>B084GVM6NC</t>
+  </si>
+  <si>
+    <t>B07ZPMK3J5</t>
+  </si>
+  <si>
+    <t>B002AQ755K</t>
+  </si>
+  <si>
+    <t>VSPLP1421</t>
+  </si>
+  <si>
+    <t>B07XZRQBGV</t>
+  </si>
+  <si>
+    <t>B08R88KTW9</t>
+  </si>
+  <si>
+    <t>B07H2RR55Q</t>
+  </si>
+  <si>
+    <t>GG0288SA-30002408-002</t>
+  </si>
+  <si>
+    <t>B07YF8TS2D</t>
+  </si>
+  <si>
+    <t>VSP647221</t>
+  </si>
+  <si>
+    <t>B01H59KQX4</t>
+  </si>
+  <si>
+    <t>B08L9Z8BMJ</t>
+  </si>
+  <si>
+    <t>B087LS37F7</t>
+  </si>
+  <si>
+    <t>GG0028S-30000975-001</t>
+  </si>
+  <si>
+    <t>B09XM6WPWB</t>
+  </si>
+  <si>
+    <t>B074P532CB</t>
+  </si>
+  <si>
+    <t>B000MUWMH2</t>
+  </si>
+  <si>
+    <t>GG0468S-30006410-001</t>
+  </si>
+  <si>
+    <t>B00DSIQS3O</t>
+  </si>
+  <si>
+    <t>B07KGFYR2F</t>
+  </si>
+  <si>
+    <t>B085B1YYY6</t>
+  </si>
+  <si>
+    <t>B09BRD98T4</t>
+  </si>
+  <si>
+    <t>B09LCZMM7T</t>
+  </si>
+  <si>
+    <t>B07RXRNT26</t>
+  </si>
+  <si>
+    <t>B09SWTG9GF</t>
+  </si>
+  <si>
+    <t>B09Z8XZH14</t>
+  </si>
+  <si>
+    <t>B087T7SKR2</t>
+  </si>
+  <si>
+    <t>B07RP33M7M</t>
+  </si>
+  <si>
+    <t>B08K2K6FD8</t>
+  </si>
+  <si>
+    <t>B084ZQVW1W</t>
+  </si>
+  <si>
+    <t>B07F6B2JLW</t>
+  </si>
+  <si>
+    <t>B08ZNN7SFH</t>
+  </si>
+  <si>
+    <t>B00ENF16L0</t>
+  </si>
+  <si>
+    <t>B085S71LZW</t>
+  </si>
+  <si>
+    <t>B0B988XQ67</t>
+  </si>
+  <si>
+    <t>B000KKO85S</t>
+  </si>
+  <si>
+    <t>B07V2D1C2K</t>
+  </si>
+  <si>
+    <t>B01KZ6UMUQ</t>
+  </si>
+  <si>
+    <t>B07TRZJYRV</t>
+  </si>
+  <si>
+    <t>B085ZRKGC6</t>
+  </si>
+  <si>
+    <t>B08R73NK7V</t>
+  </si>
+  <si>
+    <t>B08FVHJ1ZJ</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_IS1010-B</t>
+  </si>
+  <si>
+    <t>B002GKM2Z8</t>
+  </si>
+  <si>
+    <t>B09C18QKJX</t>
+  </si>
+  <si>
+    <t>B01FWFWOHO</t>
+  </si>
+  <si>
+    <t>B08K41RDKX</t>
+  </si>
+  <si>
+    <t>B08TYL2529</t>
+  </si>
+  <si>
+    <t>B07N1QTWPR</t>
+  </si>
+  <si>
+    <t>B09QPX69DW</t>
+  </si>
+  <si>
+    <t>B07YPC3BQC</t>
+  </si>
+  <si>
+    <t>B01MSF452O</t>
+  </si>
+  <si>
+    <t>B0058VJWTQ</t>
+  </si>
+  <si>
+    <t>B07WWLXY7X</t>
+  </si>
+  <si>
+    <t>B07T64NFR1</t>
+  </si>
+  <si>
+    <t>B07T8LXPSS</t>
+  </si>
+  <si>
+    <t>B08NJQ35JL</t>
+  </si>
+  <si>
+    <t>B005CX9S8A</t>
+  </si>
+  <si>
+    <t>B01FWI3W40</t>
+  </si>
+  <si>
+    <t>B08JCKK9CC</t>
+  </si>
+  <si>
+    <t>B08T8SGRRC</t>
+  </si>
+  <si>
+    <t>B078Y4LM3Q</t>
+  </si>
+  <si>
+    <t>B085B23C3V</t>
+  </si>
+  <si>
+    <t>B004E4AVY8</t>
+  </si>
+  <si>
+    <t>B07RTH8LM7</t>
+  </si>
+  <si>
+    <t>B07Q4FHN32</t>
+  </si>
+  <si>
+    <t>B08TW3PSQC</t>
+  </si>
+  <si>
+    <t>B08XXJJTZZ</t>
+  </si>
+  <si>
+    <t>B0044TK0VW</t>
+  </si>
+  <si>
+    <t>B09JHRBS18</t>
+  </si>
+  <si>
+    <t>B08GH9BLTN</t>
+  </si>
+  <si>
+    <t>B01N5BO4E3</t>
+  </si>
+  <si>
+    <t>B07JB2V92G</t>
+  </si>
+  <si>
+    <t>B082W21L63</t>
+  </si>
+  <si>
+    <t>B01I407G40</t>
+  </si>
+  <si>
+    <t>B08DNX3LSB</t>
+  </si>
+  <si>
+    <t>B086ZFDNT8</t>
+  </si>
+  <si>
+    <t>B01EDVT3R2</t>
+  </si>
+  <si>
+    <t>B089GPLX7M</t>
+  </si>
+  <si>
+    <t>B00SCPUXNO</t>
+  </si>
+  <si>
+    <t>B07Z3T2T8B</t>
+  </si>
+  <si>
+    <t>B07VPV36B3</t>
+  </si>
+  <si>
+    <t>B01M11FLUJ</t>
+  </si>
+  <si>
+    <t>B07R4R75DP</t>
+  </si>
+  <si>
+    <t>B005P5D7G4</t>
+  </si>
+  <si>
+    <t>B07S57ZHY1</t>
+  </si>
+  <si>
+    <t>VSPLI2821</t>
+  </si>
+  <si>
+    <t>BB0025S-30007742-003</t>
+  </si>
+  <si>
+    <t>B00CFC4QB0</t>
+  </si>
+  <si>
+    <t>B071JW56XY</t>
+  </si>
+  <si>
+    <t>B08CX6VHKH</t>
+  </si>
+  <si>
+    <t>B01JO75SJC</t>
+  </si>
+  <si>
+    <t>B07GBTLB49</t>
+  </si>
+  <si>
+    <t>B08B495319</t>
+  </si>
+  <si>
+    <t>B079MFTYMV</t>
+  </si>
+  <si>
+    <t>B072LNKK81</t>
+  </si>
+  <si>
+    <t>B07VMLRQV4</t>
+  </si>
+  <si>
+    <t>B06WLNVN4V</t>
+  </si>
+  <si>
+    <t>B0114HUAMU</t>
+  </si>
+  <si>
+    <t>B072LNB73C</t>
+  </si>
+  <si>
+    <t>B076F4TMNZ</t>
+  </si>
+  <si>
+    <t>B09JKZVBQ9</t>
+  </si>
+  <si>
+    <t>B07QNWCTFV</t>
+  </si>
+  <si>
+    <t>B00BYIMWYE</t>
+  </si>
+  <si>
+    <t>B07FY5R77T</t>
+  </si>
+  <si>
+    <t>B08CH355M4</t>
+  </si>
+  <si>
+    <t>B0777STP6T</t>
+  </si>
+  <si>
+    <t>B0032HM6JG</t>
+  </si>
+  <si>
+    <t>B0824Q49C5</t>
+  </si>
+  <si>
+    <t>B082HTM6Z4</t>
+  </si>
+  <si>
+    <t>B0787T1W28</t>
+  </si>
+  <si>
+    <t>B0BJ63R9JR</t>
+  </si>
+  <si>
+    <t>B074TC9XCS</t>
+  </si>
+  <si>
+    <t>B085B24NK4</t>
+  </si>
+  <si>
+    <t>B098NHYL67</t>
+  </si>
+  <si>
+    <t>B0979ZYBGW</t>
+  </si>
+  <si>
+    <t>B07RJLKBRD</t>
+  </si>
+  <si>
+    <t>B08P4WYHMS</t>
+  </si>
+  <si>
+    <t>B0BSN5GSK7</t>
+  </si>
+  <si>
+    <t>B01N24D2W3</t>
+  </si>
+  <si>
+    <t>BB0098S-30008870-001</t>
+  </si>
+  <si>
+    <t>B002KHLPSW</t>
+  </si>
+  <si>
+    <t>B004EFQZTM</t>
+  </si>
+  <si>
+    <t>B078BBQFV4</t>
+  </si>
+  <si>
+    <t>B083NLH8FK</t>
+  </si>
+  <si>
+    <t>B07Y1C6GDS</t>
+  </si>
+  <si>
+    <t>B00IRV005E</t>
+  </si>
+  <si>
+    <t>B08CV8RQ8S</t>
+  </si>
+  <si>
+    <t>B07KGKJ3L5</t>
+  </si>
+  <si>
+    <t>VSPGN2419</t>
+  </si>
+  <si>
+    <t>B01G643EU6</t>
+  </si>
+  <si>
+    <t>B07QM7DWWV</t>
+  </si>
+  <si>
+    <t>B0B5F5C4CP</t>
+  </si>
+  <si>
+    <t>B09JL26ZW8</t>
+  </si>
+  <si>
+    <t>B07SYNPCNH</t>
+  </si>
+  <si>
+    <t>B072LBSZKQ</t>
+  </si>
+  <si>
+    <t>B085RLWG7Q</t>
+  </si>
+  <si>
+    <t>B07Z4Z59YY</t>
+  </si>
+  <si>
+    <t>B01BGOL4HG</t>
+  </si>
+  <si>
+    <t>B000EGYSKS</t>
+  </si>
+  <si>
+    <t>VSP1J0421</t>
+  </si>
+  <si>
+    <t>B00AAIPT76</t>
+  </si>
+  <si>
+    <t>B071WNWHZ7</t>
+  </si>
+  <si>
+    <t>B00QWK2BE0</t>
+  </si>
+  <si>
+    <t>B00FB5VFGM</t>
+  </si>
+  <si>
+    <t>B07TR3822M</t>
+  </si>
+  <si>
+    <t>B07D74DT3B</t>
+  </si>
+  <si>
+    <t>B07RDM6QD6</t>
+  </si>
+  <si>
+    <t>B09L62FF39</t>
+  </si>
+  <si>
+    <t>B09KPQNYQW</t>
+  </si>
+  <si>
+    <t>B01FA208KO</t>
+  </si>
+  <si>
+    <t>B096LDZ96V</t>
+  </si>
+  <si>
+    <t>B077MKXMP9</t>
+  </si>
+  <si>
+    <t>B084MG7S6B</t>
+  </si>
+  <si>
+    <t>B07DLGD9K6</t>
+  </si>
+  <si>
+    <t>B08HK5RCNK</t>
+  </si>
+  <si>
+    <t>VSPBH1C21</t>
+  </si>
+  <si>
+    <t>B07FYMQS1D</t>
+  </si>
+  <si>
+    <t>B06XWHSWBY</t>
+  </si>
+  <si>
+    <t>B08HCL8GTF</t>
+  </si>
+  <si>
+    <t>B08CGQ5NJZ</t>
+  </si>
+  <si>
+    <t>PWBAA1122</t>
+  </si>
+  <si>
+    <t>B07VV6VDNG</t>
+  </si>
+  <si>
+    <t>B06Y66TSHJ</t>
+  </si>
+  <si>
+    <t>B07FQV5WT6</t>
+  </si>
+  <si>
+    <t>B076DD5JNS</t>
+  </si>
+  <si>
+    <t>B00A7VOJFO</t>
+  </si>
+  <si>
+    <t>B07G9RFX7S</t>
+  </si>
+  <si>
+    <t>B07PFR5GLC</t>
+  </si>
+  <si>
+    <t>B01N9EXAMD</t>
+  </si>
+  <si>
+    <t>B07PWT8X6K</t>
+  </si>
+  <si>
+    <t>B00ECEVFFO</t>
+  </si>
+  <si>
+    <t>B07F6DC5JZ</t>
+  </si>
+  <si>
+    <t>B075TZ8P63</t>
+  </si>
+  <si>
+    <t>B07WRK6F6W</t>
+  </si>
+  <si>
+    <t>B00D3IMEUA</t>
+  </si>
+  <si>
+    <t>B01NCMDUW7</t>
+  </si>
+  <si>
+    <t>B00GIBKC3K</t>
+  </si>
+  <si>
+    <t>VSPOS4521</t>
+  </si>
+  <si>
+    <t>B08GM9JH1H</t>
+  </si>
+  <si>
+    <t>B07D26BKL7</t>
+  </si>
+  <si>
+    <t>B0815Q8HSW</t>
+  </si>
+  <si>
+    <t>PJ0030O-30006264-004-01130</t>
+  </si>
+  <si>
+    <t>B081PM8GL9</t>
+  </si>
+  <si>
+    <t>B08DKF8488</t>
+  </si>
+  <si>
+    <t>B07871V9Y6</t>
+  </si>
+  <si>
+    <t>VSPLI2721</t>
+  </si>
+  <si>
+    <t>B08SBP97P4</t>
+  </si>
+  <si>
+    <t>B085JKQYGM</t>
+  </si>
+  <si>
+    <t>B07W7PV9QH</t>
+  </si>
+  <si>
+    <t>B08PRYBM8Q</t>
+  </si>
+  <si>
+    <t>B082B9XSQB</t>
+  </si>
+  <si>
+    <t>B077B5L6RC</t>
+  </si>
+  <si>
+    <t>B01AA2LGCI</t>
+  </si>
+  <si>
+    <t>B01CEBBKOM</t>
+  </si>
+  <si>
+    <t>PWAAA0621</t>
+  </si>
+  <si>
+    <t>B00IK5O28I</t>
+  </si>
+  <si>
+    <t>B0BQMLQ9GV</t>
+  </si>
+  <si>
+    <t>B07FBPGR78</t>
+  </si>
+  <si>
+    <t>B07Y62KXFD</t>
+  </si>
+  <si>
+    <t>B00AU0O7QI</t>
+  </si>
+  <si>
+    <t>B07TXYHC7C</t>
+  </si>
+  <si>
+    <t>B01N9UXQ2P</t>
+  </si>
+  <si>
+    <t>B0BN99SCBQ</t>
+  </si>
+  <si>
+    <t>B07FTMN73D</t>
+  </si>
+  <si>
+    <t>B000K3D982</t>
+  </si>
+  <si>
+    <t>B07QBZNMYJ</t>
+  </si>
+  <si>
+    <t>B08YDP4ZY5</t>
+  </si>
+  <si>
+    <t>B08TBQHCL3</t>
+  </si>
+  <si>
+    <t>B07XDC3TNF</t>
+  </si>
+  <si>
+    <t>B0948T6XMN</t>
+  </si>
+  <si>
+    <t>B079K5Y35F</t>
+  </si>
+  <si>
+    <t>B083B2MMYS</t>
+  </si>
+  <si>
+    <t>B0021JL0ZM</t>
+  </si>
+  <si>
+    <t>B08KGTYMPM</t>
+  </si>
+  <si>
+    <t>B09QFMZ5B2</t>
+  </si>
+  <si>
+    <t>B08TLVFPZ1</t>
+  </si>
+  <si>
+    <t>B0925XQ4NZ</t>
+  </si>
+  <si>
+    <t>B08T9ZNSFN</t>
+  </si>
+  <si>
+    <t>B088K541TR</t>
+  </si>
+  <si>
+    <t>B07S6M1XPB</t>
+  </si>
+  <si>
+    <t>B07XJNMHQN</t>
+  </si>
+  <si>
+    <t>B09SWW583J</t>
+  </si>
+  <si>
+    <t>B00RZCX1H0</t>
+  </si>
+  <si>
+    <t>B083TX4J2D</t>
+  </si>
+  <si>
+    <t>B08C29WMW6</t>
+  </si>
+  <si>
+    <t>B01J138VS4</t>
+  </si>
+  <si>
+    <t>PWAAA1221</t>
+  </si>
+  <si>
+    <t>B07PPZXRD8</t>
+  </si>
+  <si>
+    <t>VSP1H0821</t>
+  </si>
+  <si>
+    <t>B07YG5X5V3</t>
+  </si>
+  <si>
+    <t>B08CH1BT46</t>
+  </si>
+  <si>
+    <t>B08GSDZYNW</t>
+  </si>
+  <si>
+    <t>B08SWDN5FS</t>
+  </si>
+  <si>
+    <t>B07P68VPX5</t>
+  </si>
+  <si>
+    <t>B08GY8NHF2</t>
+  </si>
+  <si>
+    <t>B07YMFYP25</t>
+  </si>
+  <si>
+    <t>B08B8G6PHW</t>
+  </si>
+  <si>
+    <t>B008BRA48C</t>
+  </si>
+  <si>
+    <t>B01C5DCW2I</t>
+  </si>
+  <si>
+    <t>B07KH1FVSR</t>
+  </si>
+  <si>
+    <t>B07YTX719L</t>
+  </si>
+  <si>
+    <t>B07JP4LPZ9</t>
+  </si>
+  <si>
+    <t>B075TVJFR3</t>
+  </si>
+  <si>
+    <t>B08S2YPGH7</t>
+  </si>
+  <si>
+    <t>B09JHB4QXH</t>
+  </si>
+  <si>
+    <t>B07Y3RV1KK</t>
+  </si>
+  <si>
+    <t>B081C7CJ4D</t>
+  </si>
+  <si>
+    <t>B07GG37G8B</t>
+  </si>
+  <si>
+    <t>B07JBZ1THM</t>
+  </si>
+  <si>
+    <t>B017SN1OI8</t>
+  </si>
+  <si>
+    <t>B09NJQGR3P</t>
+  </si>
+  <si>
+    <t>B07TX5VH6X</t>
+  </si>
+  <si>
+    <t>B07NC732ZW</t>
+  </si>
+  <si>
+    <t>B0D73NWLGK</t>
+  </si>
+  <si>
+    <t>B07J4TNYV8</t>
+  </si>
+  <si>
+    <t>B091SKB1MH</t>
+  </si>
+  <si>
+    <t>B07XYC9F4W</t>
+  </si>
+  <si>
+    <t>B07H22B4Q3</t>
+  </si>
+  <si>
+    <t>B07B4G19X3</t>
+  </si>
+  <si>
+    <t>B07WHF9228</t>
+  </si>
+  <si>
+    <t>B004PBJQA0</t>
+  </si>
+  <si>
+    <t>B07D1ZWZX2</t>
+  </si>
+  <si>
+    <t>B07WN6RDTD</t>
+  </si>
+  <si>
+    <t>B088WRYX9L</t>
+  </si>
+  <si>
+    <t>B088PXX1SP</t>
+  </si>
+  <si>
+    <t>B008PE5VJI</t>
+  </si>
+  <si>
+    <t>B08V4T782S</t>
+  </si>
+  <si>
+    <t>B08QRJRDCL</t>
+  </si>
+  <si>
+    <t>B07P782MHM</t>
+  </si>
+  <si>
+    <t>B001AZM30Y</t>
+  </si>
+  <si>
+    <t>B01EN6LTAQ</t>
+  </si>
+  <si>
+    <t>B015IEJ5QM</t>
+  </si>
+  <si>
+    <t>B004VRD6FY</t>
+  </si>
+  <si>
+    <t>B00SFCZEEC</t>
+  </si>
+  <si>
+    <t>B07J6TJR2G</t>
+  </si>
+  <si>
+    <t>B07D7N7ZYB</t>
+  </si>
+  <si>
+    <t>B01HVHIPBK</t>
+  </si>
+  <si>
+    <t>B07D1FV2V5</t>
+  </si>
+  <si>
+    <t>B092VQ2P3L</t>
+  </si>
+  <si>
+    <t>B0B2ZMKSGC</t>
+  </si>
+  <si>
+    <t>B096MVFQ2V</t>
+  </si>
+  <si>
+    <t>B09LHBZ6KB</t>
+  </si>
+  <si>
+    <t>B099K1KPX2</t>
+  </si>
+  <si>
+    <t>B088P7D6H2</t>
+  </si>
+  <si>
+    <t>B07PMTQSP6</t>
+  </si>
+  <si>
+    <t>B07SLLVKPW</t>
+  </si>
+  <si>
+    <t>B00ENCRBO4</t>
+  </si>
+  <si>
+    <t>B07K755ZXP</t>
+  </si>
+  <si>
+    <t>B07MYTBV6N</t>
+  </si>
+  <si>
+    <t>B0756ZBQK5</t>
+  </si>
+  <si>
+    <t>B01JCUVEDA</t>
+  </si>
+  <si>
+    <t>B07T3KD58D</t>
+  </si>
+  <si>
+    <t>B08T5SB696</t>
+  </si>
+  <si>
+    <t>B08V8FRHSL</t>
+  </si>
+  <si>
+    <t>B07N9KZQKR</t>
+  </si>
+  <si>
+    <t>B092D4FBMP</t>
+  </si>
+  <si>
+    <t>B07VB7K3ZL</t>
+  </si>
+  <si>
+    <t>B08P4S1F13</t>
+  </si>
+  <si>
+    <t>B004IAFDMS</t>
+  </si>
+  <si>
+    <t>B07RT2KSBB</t>
   </si>
   <si>
     <t>B0858N8DPB</t>
   </si>
   <si>
-    <t>B00AASPDX6</t>
-[...8 lines deleted...]
-    <t>B075767KZM</t>
+    <t>B0875YW9TR</t>
+  </si>
+  <si>
+    <t>B07XYD3LHJ</t>
+  </si>
+  <si>
+    <t>B08FF5QRJ8</t>
+  </si>
+  <si>
+    <t>B07X48DDSR</t>
+  </si>
+  <si>
+    <t>B0BD4TWNFR</t>
+  </si>
+  <si>
+    <t>B086RQT2KC</t>
+  </si>
+  <si>
+    <t>VSPLP1621</t>
+  </si>
+  <si>
+    <t>B07MC4G5ST</t>
+  </si>
+  <si>
+    <t>NT041LEN98</t>
+  </si>
+  <si>
+    <t>B00K8ANYZU</t>
+  </si>
+  <si>
+    <t>B0088BMX44</t>
+  </si>
+  <si>
+    <t>B06XZNLH2B</t>
+  </si>
+  <si>
+    <t>B076Q5S4WV</t>
+  </si>
+  <si>
+    <t>B088CWY5Q3</t>
+  </si>
+  <si>
+    <t>B078Y5Q7F9</t>
+  </si>
+  <si>
+    <t>B01LE0AKBI</t>
+  </si>
+  <si>
+    <t>B07JZBPRT9</t>
+  </si>
+  <si>
+    <t>B0859S2NTJ</t>
+  </si>
+  <si>
+    <t>B01AWD1UL2</t>
+  </si>
+  <si>
+    <t>B07C4Y1XM5</t>
+  </si>
+  <si>
+    <t>B085WRN1VD</t>
+  </si>
+  <si>
+    <t>B07K7ZKWKV</t>
+  </si>
+  <si>
+    <t>B08L4DK6KV</t>
+  </si>
+  <si>
+    <t>B081QY9QY1</t>
+  </si>
+  <si>
+    <t>B08BK44CDQ</t>
+  </si>
+  <si>
+    <t>B087BYHWQW</t>
+  </si>
+  <si>
+    <t>B07DW7R4CG</t>
+  </si>
+  <si>
+    <t>B08L6ZYW21</t>
+  </si>
+  <si>
+    <t>B08CN9Q3MN</t>
+  </si>
+  <si>
+    <t>B08NSSYPXM</t>
+  </si>
+  <si>
+    <t>B0000644AF</t>
+  </si>
+  <si>
+    <t>B079TY3V1S</t>
+  </si>
+  <si>
+    <t>B07GVGMW59</t>
+  </si>
+  <si>
+    <t>B07HNS8V3W</t>
+  </si>
+  <si>
+    <t>B07C147N9F</t>
+  </si>
+  <si>
+    <t>B07S3HZXD1</t>
+  </si>
+  <si>
+    <t>B078V36TFG</t>
+  </si>
+  <si>
+    <t>B00QWK21PY</t>
+  </si>
+  <si>
+    <t>B014RQZZC0</t>
+  </si>
+  <si>
+    <t>B07DB95RJ9</t>
+  </si>
+  <si>
+    <t>B077P1H9BL</t>
+  </si>
+  <si>
+    <t>B07ZH3C3X9</t>
+  </si>
+  <si>
+    <t>B087CH1S49</t>
+  </si>
+  <si>
+    <t>B07S58Z9DV</t>
+  </si>
+  <si>
+    <t>B003D3YMIW</t>
+  </si>
+  <si>
+    <t>B002XUKUGY</t>
+  </si>
+  <si>
+    <t>B06XVZ6Y4T</t>
+  </si>
+  <si>
+    <t>B08TWKC432</t>
+  </si>
+  <si>
+    <t>B09BZ1XR1Q</t>
+  </si>
+  <si>
+    <t>B013XFJCSY</t>
+  </si>
+  <si>
+    <t>B07BSSNH9T</t>
+  </si>
+  <si>
+    <t>B08J4F4TCD</t>
+  </si>
+  <si>
+    <t>B07TX5TGBK</t>
+  </si>
+  <si>
+    <t>B07QNTWHZF</t>
+  </si>
+  <si>
+    <t>B08VDDKVL5</t>
+  </si>
+  <si>
+    <t>VSPEV0219</t>
+  </si>
+  <si>
+    <t>B07BPZNM9G</t>
+  </si>
+  <si>
+    <t>B083SCJ1H4</t>
+  </si>
+  <si>
+    <t>B01N9X2YYN</t>
+  </si>
+  <si>
+    <t>B08G19FZLS</t>
+  </si>
+  <si>
+    <t>B07HYX9P88</t>
+  </si>
+  <si>
+    <t>B076F5P28T</t>
+  </si>
+  <si>
+    <t>B009VE38CI</t>
+  </si>
+  <si>
+    <t>B000S9M2SG</t>
+  </si>
+  <si>
+    <t>B07RHYYFSK</t>
+  </si>
+  <si>
+    <t>B07TCJ1TST</t>
+  </si>
+  <si>
+    <t>B09QPTSDGM</t>
+  </si>
+  <si>
+    <t>B07MRBVQKJ</t>
+  </si>
+  <si>
+    <t>B06XCKGLTP</t>
+  </si>
+  <si>
+    <t>B001GP81OK</t>
+  </si>
+  <si>
+    <t>VSP1F1721</t>
+  </si>
+  <si>
+    <t>48104dac7c4eed51_Z-DNDDE</t>
+  </si>
+  <si>
+    <t>B08MTM32DJ</t>
+  </si>
+  <si>
+    <t>VSPOY7221</t>
+  </si>
+  <si>
+    <t>B081MQT77Q</t>
+  </si>
+  <si>
+    <t>B0158L25ZS</t>
+  </si>
+  <si>
+    <t>B0B4WDGL2Z</t>
+  </si>
+  <si>
+    <t>B00FGPY9CE</t>
+  </si>
+  <si>
+    <t>B01DBVFU40</t>
+  </si>
+  <si>
+    <t>B0091E7Q2G</t>
+  </si>
+  <si>
+    <t>B07W4Z51FZ</t>
+  </si>
+  <si>
+    <t>B07LGS3W2X</t>
+  </si>
+  <si>
+    <t>B07D21RLLX</t>
+  </si>
+  <si>
+    <t>B08DQCPFYC</t>
+  </si>
+  <si>
+    <t>B07SH5Z88Y</t>
+  </si>
+  <si>
+    <t>B010H3IXGW</t>
+  </si>
+  <si>
+    <t>B08WZ3LTKC</t>
+  </si>
+  <si>
+    <t>B0BPPGWK6F</t>
+  </si>
+  <si>
+    <t>B01FZD7V1W</t>
+  </si>
+  <si>
+    <t>B003LVZO8S</t>
+  </si>
+  <si>
+    <t>B06XRYPKB6</t>
+  </si>
+  <si>
+    <t>B00WUAMKJW</t>
+  </si>
+  <si>
+    <t>B0B8DH5RXF</t>
+  </si>
+  <si>
+    <t>703c46cb779c42de_CK20520S-020</t>
+  </si>
+  <si>
+    <t>B07CZFQZQM</t>
+  </si>
+  <si>
+    <t>B07CPS16L4</t>
+  </si>
+  <si>
+    <t>B08HDKVB75</t>
+  </si>
+  <si>
+    <t>B09NNHQLQH</t>
+  </si>
+  <si>
+    <t>B08KJNJJL2</t>
   </si>
   <si>
     <t>B07J597QPL</t>
   </si>
   <si>
-    <t>B09D43K2VB</t>
-[...14 lines deleted...]
-    <t>B000A6VLZW</t>
+    <t>B07W945FGQ</t>
+  </si>
+  <si>
+    <t>B01MYZMODY</t>
+  </si>
+  <si>
+    <t>B08LH33P3K</t>
   </si>
   <si>
     <t>B004805YJA</t>
   </si>
   <si>
-    <t>B087X5L17B</t>
-[...5 lines deleted...]
-    <t>GG0244S-30002385-001</t>
+    <t>B085QKCLWB</t>
+  </si>
+  <si>
+    <t>B07V82GPLP</t>
+  </si>
+  <si>
+    <t>B06XDPTDN5</t>
+  </si>
+  <si>
+    <t>B00N3T3N4A</t>
+  </si>
+  <si>
+    <t>VSPHK0820</t>
+  </si>
+  <si>
+    <t>BV0144O-30001689-001</t>
+  </si>
+  <si>
+    <t>B08595NZR6</t>
+  </si>
+  <si>
+    <t>B07W36T4FN</t>
   </si>
   <si>
     <t>B07XBSTXB6</t>
   </si>
   <si>
-    <t>B07QP6G5JV</t>
+    <t>B07BSSX9Z6</t>
+  </si>
+  <si>
+    <t>B08F2RLMD6</t>
   </si>
   <si>
     <t>B07XFB21HL</t>
   </si>
   <si>
-    <t>B09DY1VZJS</t>
-[...4 lines deleted...]
-  <si>
     <t>B07P6MDLFH</t>
   </si>
   <si>
-    <t>B08PKDWQC5</t>
-[...92 lines deleted...]
-    <t>B08CHMCZ89</t>
+    <t>B081R257JF</t>
+  </si>
+  <si>
+    <t>B08F9ZWMKD</t>
+  </si>
+  <si>
+    <t>B09PNRWBTX</t>
+  </si>
+  <si>
+    <t>B094XRYZT9</t>
+  </si>
+  <si>
+    <t>PWAAA1922</t>
+  </si>
+  <si>
+    <t>B084XCTKDR</t>
+  </si>
+  <si>
+    <t>B07WFJTHYM</t>
+  </si>
+  <si>
+    <t>B0791VHH86</t>
+  </si>
+  <si>
+    <t>B08GV9M64L</t>
+  </si>
+  <si>
+    <t>B000066665</t>
+  </si>
+  <si>
+    <t>B000GB1R96</t>
+  </si>
+  <si>
+    <t>B07KWM2XPJ</t>
+  </si>
+  <si>
+    <t>B07VHQJQVN</t>
+  </si>
+  <si>
+    <t>B07N9L5FJJ</t>
+  </si>
+  <si>
+    <t>B002YK5X7Y</t>
+  </si>
+  <si>
+    <t>B07VVS6RG5</t>
+  </si>
+  <si>
+    <t>B0858F5ZPV</t>
+  </si>
+  <si>
+    <t>B004XANKVO</t>
+  </si>
+  <si>
+    <t>B089FBYT3W</t>
+  </si>
+  <si>
+    <t>B07QGB2BWY</t>
+  </si>
+  <si>
+    <t>B086HH8XYC</t>
+  </si>
+  <si>
+    <t>B07VGRZM8F</t>
+  </si>
+  <si>
+    <t>B01DVTFRTA</t>
+  </si>
+  <si>
+    <t>B07YBZB88N</t>
+  </si>
+  <si>
+    <t>B08BLC9NBT</t>
+  </si>
+  <si>
+    <t>B07GSP9Z5Z</t>
+  </si>
+  <si>
+    <t>B0718XFT6J</t>
+  </si>
+  <si>
+    <t>SL51PRINTS-30000809-014</t>
+  </si>
+  <si>
+    <t>B07QVSK87R</t>
+  </si>
+  <si>
+    <t>B00XM0KRIU</t>
+  </si>
+  <si>
+    <t>B000V0H908</t>
+  </si>
+  <si>
+    <t>B08FY2TBWW</t>
+  </si>
+  <si>
+    <t>B07349ZS7C</t>
+  </si>
+  <si>
+    <t>B07P7RJZ2S</t>
+  </si>
+  <si>
+    <t>B082M5PY4T</t>
+  </si>
+  <si>
+    <t>B094D47D6F</t>
+  </si>
+  <si>
+    <t>B01D8MSWLU</t>
+  </si>
+  <si>
+    <t>B07N1HNK3R</t>
+  </si>
+  <si>
+    <t>B000820YD8</t>
+  </si>
+  <si>
+    <t>B08MLBMT98</t>
+  </si>
+  <si>
+    <t>B07G4YTL2J</t>
+  </si>
+  <si>
+    <t>GG0468S-30006410-002</t>
+  </si>
+  <si>
+    <t>B01KLSYGWI</t>
+  </si>
+  <si>
+    <t>B087DHMT8B</t>
+  </si>
+  <si>
+    <t>B07DW646GY</t>
   </si>
   <si>
     <t>B00J0C7F2A</t>
   </si>
   <si>
-    <t>B0851KQ3BS</t>
-[...5 lines deleted...]
-    <t>B00PQ9YNI0</t>
+    <t>B07YCR7FR9</t>
+  </si>
+  <si>
+    <t>B06XSTWYV9</t>
+  </si>
+  <si>
+    <t>B07GP7JXQY</t>
+  </si>
+  <si>
+    <t>B07WQK1BFL</t>
+  </si>
+  <si>
+    <t>B087X8X2Y2</t>
+  </si>
+  <si>
+    <t>B08VW4LBK4</t>
+  </si>
+  <si>
+    <t>B084C943LS</t>
   </si>
   <si>
     <t>B00POWVJ86</t>
   </si>
   <si>
-    <t>PWCAA1121</t>
-[...86 lines deleted...]
-    <t>B09MD4XPFS</t>
+    <t>B00Z0IIDZ6</t>
+  </si>
+  <si>
+    <t>B07NQNXCCR</t>
+  </si>
+  <si>
+    <t>B074X2LK3L</t>
+  </si>
+  <si>
+    <t>B09FPPB5WZ</t>
+  </si>
+  <si>
+    <t>B083SD7VGY</t>
+  </si>
+  <si>
+    <t>B08NJP91NW</t>
+  </si>
+  <si>
+    <t>B00QXIHBHI</t>
+  </si>
+  <si>
+    <t>B07KG8YT5K</t>
+  </si>
+  <si>
+    <t>B0914ZS2TK</t>
+  </si>
+  <si>
+    <t>B07X36GDPF</t>
+  </si>
+  <si>
+    <t>VSP716521</t>
+  </si>
+  <si>
+    <t>B07BZPH2WP</t>
+  </si>
+  <si>
+    <t>B08NP53CLM</t>
+  </si>
+  <si>
+    <t>B089QJ9ZRF</t>
+  </si>
+  <si>
+    <t>B085JK9CCH</t>
+  </si>
+  <si>
+    <t>B00GU556SA</t>
+  </si>
+  <si>
+    <t>B08WZ2DV85</t>
+  </si>
+  <si>
+    <t>B078XJ1D5W</t>
+  </si>
+  <si>
+    <t>B0B1B1GN1S</t>
+  </si>
+  <si>
+    <t>B08F9CDKPX</t>
+  </si>
+  <si>
+    <t>B01FY3WAFK</t>
+  </si>
+  <si>
+    <t>VSP171021</t>
+  </si>
+  <si>
+    <t>B072N3TLPF</t>
+  </si>
+  <si>
+    <t>B00B28IQ50</t>
+  </si>
+  <si>
+    <t>B01MRXRNBD</t>
+  </si>
+  <si>
+    <t>B00TYO76OG</t>
+  </si>
+  <si>
+    <t>B09NMZCHYF</t>
+  </si>
+  <si>
+    <t>B01AD15BUY</t>
+  </si>
+  <si>
+    <t>VSPLK2421</t>
+  </si>
+  <si>
+    <t>B07HM95PP1</t>
+  </si>
+  <si>
+    <t>B00YTYI35W</t>
+  </si>
+  <si>
+    <t>B009LSKPYI</t>
+  </si>
+  <si>
+    <t>B07P8LNXFH</t>
+  </si>
+  <si>
+    <t>B01COSENNU</t>
+  </si>
+  <si>
+    <t>B08KS1HFNX</t>
+  </si>
+  <si>
+    <t>B0006HVL9Q</t>
   </si>
   <si>
     <t>B07NGXZMV1</t>
   </si>
   <si>
-    <t>B08NSVHFLX</t>
-[...2 lines deleted...]
-    <t>B07M9XBXSH</t>
+    <t>B087YZ3G9D</t>
+  </si>
+  <si>
+    <t>B083TR1NX5</t>
+  </si>
+  <si>
+    <t>B09K3WV7WH</t>
+  </si>
+  <si>
+    <t>B085FMDHWS</t>
+  </si>
+  <si>
+    <t>B08F1YW4W3</t>
+  </si>
+  <si>
+    <t>B000BBU0KS</t>
+  </si>
+  <si>
+    <t>B07KJR8LV5</t>
   </si>
   <si>
     <t>B07PB1X4CN</t>
   </si>
   <si>
-    <t>B071YCHDX1</t>
-[...62 lines deleted...]
-    <t>B06XRYPKB6</t>
+    <t>B081H26197</t>
+  </si>
+  <si>
+    <t>B087CM8QBB</t>
+  </si>
+  <si>
+    <t>VSP263321</t>
+  </si>
+  <si>
+    <t>B00GQDORA4</t>
+  </si>
+  <si>
+    <t>B017D677C2</t>
+  </si>
+  <si>
+    <t>B019NX9O92</t>
+  </si>
+  <si>
+    <t>B08CZ7WK9G</t>
+  </si>
+  <si>
+    <t>B07FD6FCSJ</t>
+  </si>
+  <si>
+    <t>B08449DMW4</t>
+  </si>
+  <si>
+    <t>B014F1UKI6</t>
+  </si>
+  <si>
+    <t>B00RWAATAC</t>
+  </si>
+  <si>
+    <t>B085TBBPCT</t>
+  </si>
+  <si>
+    <t>B08LQKWNK8</t>
+  </si>
+  <si>
+    <t>B08B3MFDQL</t>
+  </si>
+  <si>
+    <t>B07J4RP31Z</t>
+  </si>
+  <si>
+    <t>B01HHKA2S0</t>
+  </si>
+  <si>
+    <t>B07Y9Y69N7</t>
+  </si>
+  <si>
+    <t>B08RB9RQ6Z</t>
   </si>
   <si>
     <t>B000FVE3BQ</t>
   </si>
   <si>
-    <t>B07BZFCRNZ</t>
-[...4 lines deleted...]
-  <si>
     <t>AM0230S-30008049003</t>
   </si>
   <si>
+    <t>B01CIOJEOS</t>
+  </si>
+  <si>
+    <t>B08GVSXNPG</t>
+  </si>
+  <si>
+    <t>B08NVYW6PK</t>
+  </si>
+  <si>
     <t>B00B7FY14S</t>
   </si>
   <si>
-    <t>B08SKYD8LL</t>
-[...8 lines deleted...]
-    <t>B076QSZBNH</t>
+    <t>BB0025SA-30007768-005</t>
+  </si>
+  <si>
+    <t>B06WRSKTF9</t>
+  </si>
+  <si>
+    <t>B083JYX48S</t>
+  </si>
+  <si>
+    <t>B08FFJ9JH5</t>
+  </si>
+  <si>
+    <t>B07PQ96B6B</t>
+  </si>
+  <si>
+    <t>B083NK5PJX</t>
+  </si>
+  <si>
+    <t>B089DNYQ5D</t>
+  </si>
+  <si>
+    <t>B07HB9Q3CY</t>
+  </si>
+  <si>
+    <t>B07WC141LZ</t>
   </si>
   <si>
     <t>B08PB6FF8D</t>
   </si>
   <si>
-    <t>VSPQ14721</t>
-[...2 lines deleted...]
-    <t>B086JY8WVK</t>
+    <t>B079KR59G5</t>
   </si>
   <si>
     <t>B08QGZTXNR</t>
   </si>
   <si>
-    <t>B08LMWNW22</t>
-[...29 lines deleted...]
-    <t>1ARY9</t>
+    <t>B086NKNLNG</t>
+  </si>
+  <si>
+    <t>B08RB2BVJT</t>
+  </si>
+  <si>
+    <t>B074ZDNJBD</t>
+  </si>
+  <si>
+    <t>B09Y1T3JWZ</t>
+  </si>
+  <si>
+    <t>B07FQ4DJ83</t>
+  </si>
+  <si>
+    <t>VSP645121</t>
+  </si>
+  <si>
+    <t>B081H5PHCF</t>
+  </si>
+  <si>
+    <t>B08TH735PK</t>
+  </si>
+  <si>
+    <t>B07Q7D1G54</t>
+  </si>
+  <si>
+    <t>B07SV11V68</t>
+  </si>
+  <si>
+    <t>B01BY7I1FI</t>
   </si>
   <si>
     <t>B07YQH94FT</t>
   </si>
   <si>
-    <t>B07CPNZDL9</t>
-[...17 lines deleted...]
-    <t>B08931JJLV</t>
+    <t>B08JC5GWZ1</t>
+  </si>
+  <si>
+    <t>B07D273W42</t>
+  </si>
+  <si>
+    <t>B0117RGG8E</t>
+  </si>
+  <si>
+    <t>B0006ZPKTU</t>
+  </si>
+  <si>
+    <t>B096H5SK28</t>
+  </si>
+  <si>
+    <t>B086XDKHHL</t>
+  </si>
+  <si>
+    <t>B07Z3DHQDH</t>
   </si>
   <si>
     <t>B00284C9U0</t>
   </si>
   <si>
+    <t>B000GAWS9U</t>
+  </si>
+  <si>
+    <t>B084QG62GF</t>
+  </si>
+  <si>
     <t>B0055QD0EC</t>
   </si>
   <si>
-    <t>B09TXTGMBR</t>
-[...35 lines deleted...]
-    <t>B08BSJYBZL</t>
+    <t>B08XYNQCH6</t>
+  </si>
+  <si>
+    <t>B085W9RW96</t>
+  </si>
+  <si>
+    <t>B010FQP6FC</t>
+  </si>
+  <si>
+    <t>B07N9K5LND</t>
+  </si>
+  <si>
+    <t>705bca44f8ab79bd_Z-N33VQ</t>
+  </si>
+  <si>
+    <t>B08622K8CD</t>
+  </si>
+  <si>
+    <t>B07XDTF3SG</t>
   </si>
   <si>
     <t>B00QRSZOQY</t>
   </si>
   <si>
-    <t>B097YYD918</t>
-[...80 lines deleted...]
-    <t>GG0028S-30000975-001</t>
+    <t>B0757WTMGP</t>
+  </si>
+  <si>
+    <t>B08RJ34YCQ</t>
+  </si>
+  <si>
+    <t>B0058VIWTM</t>
+  </si>
+  <si>
+    <t>B07XM9KC9L</t>
+  </si>
+  <si>
+    <t>B00SN48FNO</t>
+  </si>
+  <si>
+    <t>B087JG6H25</t>
+  </si>
+  <si>
+    <t>B01N0OXZAN</t>
+  </si>
+  <si>
+    <t>B079D9VSZD</t>
+  </si>
+  <si>
+    <t>B08HW1CG2J</t>
+  </si>
+  <si>
+    <t>B085WL4LMG</t>
+  </si>
+  <si>
+    <t>B08K4HLXN8</t>
+  </si>
+  <si>
+    <t>B0872XTVMF</t>
+  </si>
+  <si>
+    <t>B08BX58RS5</t>
+  </si>
+  <si>
+    <t>B06X6MZ2BC</t>
+  </si>
+  <si>
+    <t>B00AX0LFM4</t>
+  </si>
+  <si>
+    <t>B07HGR2C1G</t>
+  </si>
+  <si>
+    <t>GG0279SA-30002398-001</t>
+  </si>
+  <si>
+    <t>B095XD61JX</t>
+  </si>
+  <si>
+    <t>B07GFTD3DT</t>
+  </si>
+  <si>
+    <t>B086DQP567</t>
   </si>
   <si>
     <t>B08TZZPLP9</t>
   </si>
   <si>
-    <t>VSP647221</t>
-[...20 lines deleted...]
-    <t>B00H8OINX2</t>
+    <t>B01HGWCRPU</t>
+  </si>
+  <si>
+    <t>VSPBH8821</t>
+  </si>
+  <si>
+    <t>B0097GMHXG</t>
+  </si>
+  <si>
+    <t>B005P12F2K</t>
+  </si>
+  <si>
+    <t>B07DNB51ZD</t>
+  </si>
+  <si>
+    <t>B01E6QD6FE</t>
+  </si>
+  <si>
+    <t>B09H1X3T2F</t>
   </si>
   <si>
     <t>B01FYXPGT2</t>
   </si>
   <si>
-    <t>B088693Y8F</t>
-[...2 lines deleted...]
-    <t>B01BGOL4WG</t>
+    <t>B091LWX7Z8</t>
   </si>
   <si>
     <t>B0796JVBJ8</t>
   </si>
   <si>
-    <t>B012CDMZQE</t>
-[...116 lines deleted...]
-    <t>B0044TK0VW</t>
+    <t>B089ZGRDNX</t>
+  </si>
+  <si>
+    <t>B07Z9ZK8QY</t>
+  </si>
+  <si>
+    <t>B07L6Y8KSX</t>
+  </si>
+  <si>
+    <t>VSP1F2121</t>
+  </si>
+  <si>
+    <t>B005G2YP6M</t>
+  </si>
+  <si>
+    <t>B09B385VF7</t>
+  </si>
+  <si>
+    <t>B08SBWDPVN</t>
+  </si>
+  <si>
+    <t>SLM3-30001194-001</t>
+  </si>
+  <si>
+    <t>B09JP4GKN2</t>
+  </si>
+  <si>
+    <t>B001P06GX4</t>
+  </si>
+  <si>
+    <t>B01CH32VS6</t>
+  </si>
+  <si>
+    <t>B0719RWN6C</t>
+  </si>
+  <si>
+    <t>B00G3D4SQK</t>
+  </si>
+  <si>
+    <t>B000UEZ36W</t>
+  </si>
+  <si>
+    <t>B00A3436LS</t>
+  </si>
+  <si>
+    <t>B002L24B5K</t>
+  </si>
+  <si>
+    <t>B08JTYKDWS</t>
+  </si>
+  <si>
+    <t>B000SZNSVA</t>
+  </si>
+  <si>
+    <t>B08QSNF4PB</t>
+  </si>
+  <si>
+    <t>B078GSWPTN</t>
+  </si>
+  <si>
+    <t>B01CEBBNZ8</t>
+  </si>
+  <si>
+    <t>B07MS9PXQX</t>
+  </si>
+  <si>
+    <t>B071FNQDT5</t>
+  </si>
+  <si>
+    <t>B0796J7YPY</t>
+  </si>
+  <si>
+    <t>B07DPTCX6J</t>
+  </si>
+  <si>
+    <t>B07VXR4W5B</t>
+  </si>
+  <si>
+    <t>B07JHCL3KS</t>
   </si>
   <si>
     <t>B083FJ2WZ9</t>
   </si>
   <si>
-    <t>B07JB2V92G</t>
-[...20 lines deleted...]
-    <t>B00RWAATAC</t>
+    <t>B07RBPD6W6</t>
+  </si>
+  <si>
+    <t>B0009P66ZY</t>
   </si>
   <si>
     <t>B089LLDN39</t>
   </si>
   <si>
-    <t>B08DNX3LSB</t>
+    <t>B07YRN3CKX</t>
   </si>
   <si>
     <t>B07V2FJL54</t>
   </si>
   <si>
-    <t>B01M11FLUJ</t>
-[...83 lines deleted...]
-    <t>B00BYIMWYE</t>
+    <t>B01HF1HRES</t>
+  </si>
+  <si>
+    <t>B08HFZMN51</t>
+  </si>
+  <si>
+    <t>B07YRP9XS2</t>
+  </si>
+  <si>
+    <t>B08BRVMCRN</t>
+  </si>
+  <si>
+    <t>B0792QJ28Y</t>
+  </si>
+  <si>
+    <t>B0BYSKX3BX</t>
+  </si>
+  <si>
+    <t>B074N2VSWJ</t>
+  </si>
+  <si>
+    <t>B09MV4SRP1</t>
+  </si>
+  <si>
+    <t>B08HFTTQZT</t>
+  </si>
+  <si>
+    <t>B00N0INXE4</t>
+  </si>
+  <si>
+    <t>B0009PD314</t>
+  </si>
+  <si>
+    <t>B098T792J4</t>
+  </si>
+  <si>
+    <t>B084SD698M</t>
+  </si>
+  <si>
+    <t>B07Z6PP1QN</t>
+  </si>
+  <si>
+    <t>B075KMZ4MX</t>
+  </si>
+  <si>
+    <t>B08B3JSKGR</t>
+  </si>
+  <si>
+    <t>GG0586SA-30008136-002</t>
+  </si>
+  <si>
+    <t>B014SU17LS</t>
+  </si>
+  <si>
+    <t>B08QCQ4V3G</t>
+  </si>
+  <si>
+    <t>B088C3WPY2</t>
+  </si>
+  <si>
+    <t>B00ECHU1WE</t>
+  </si>
+  <si>
+    <t>B0012OELR6</t>
+  </si>
+  <si>
+    <t>B07BQ9QZZX</t>
+  </si>
+  <si>
+    <t>B004N7NFSK</t>
+  </si>
+  <si>
+    <t>B083N2253Y</t>
+  </si>
+  <si>
+    <t>B078SCH7SB</t>
+  </si>
+  <si>
+    <t>VSP1H0521</t>
+  </si>
+  <si>
+    <t>B01N0KJB9S</t>
+  </si>
+  <si>
+    <t>B07KGMNCHK</t>
   </si>
   <si>
     <t>B089GKZNCF</t>
   </si>
   <si>
     <t>B01CEBBNSK</t>
   </si>
   <si>
-    <t>B07QNWCTFV</t>
-[...8 lines deleted...]
-    <t>VSPLI2821</t>
+    <t>B00CP8SJVW</t>
+  </si>
+  <si>
+    <t>B07SKLR1N7</t>
+  </si>
+  <si>
+    <t>B07KR14SK6</t>
+  </si>
+  <si>
+    <t>B093X1XQBM</t>
   </si>
   <si>
     <t>B076JGD6PT</t>
   </si>
   <si>
-    <t>BB0025S-30007742-003</t>
-[...1669 lines deleted...]
-  <si>
     <t>B01MQEDEEW</t>
   </si>
   <si>
-    <t>GG0586SA-30008136-002</t>
-[...230 lines deleted...]
-    <t>B08LSV6FBL</t>
+    <t>B07SPXWVSG</t>
+  </si>
+  <si>
+    <t>B08JVFCJ1B</t>
+  </si>
+  <si>
+    <t>B07P8L7D6L</t>
+  </si>
+  <si>
+    <t>B06Y2FWPJK</t>
+  </si>
+  <si>
+    <t>B07CVJQKMC</t>
+  </si>
+  <si>
+    <t>B06XKC2DNQ</t>
+  </si>
+  <si>
+    <t>5C934</t>
+  </si>
+  <si>
+    <t>B01A7HBYH8</t>
+  </si>
+  <si>
+    <t>B08LZC6RHD</t>
+  </si>
+  <si>
+    <t>B08V89JF8R</t>
+  </si>
+  <si>
+    <t>B01MCUCMNK</t>
+  </si>
+  <si>
+    <t>B01HF1HR70</t>
+  </si>
+  <si>
+    <t>B08T63VHRM</t>
+  </si>
+  <si>
+    <t>B08HM69GS2</t>
+  </si>
+  <si>
+    <t>B09CGY3GCG</t>
+  </si>
+  <si>
+    <t>B079TY897X</t>
+  </si>
+  <si>
+    <t>B0194LWHEC</t>
+  </si>
+  <si>
+    <t>B007ZF638G</t>
+  </si>
+  <si>
+    <t>B07HLSPYYP</t>
+  </si>
+  <si>
+    <t>B08HNCHNWM</t>
+  </si>
+  <si>
+    <t>B07WCMXKNN</t>
+  </si>
+  <si>
+    <t>B07YBX5CPK</t>
+  </si>
+  <si>
+    <t>B017O39O0W</t>
+  </si>
+  <si>
+    <t>B07RDWRH6N</t>
+  </si>
+  <si>
+    <t>VSPZU0721</t>
+  </si>
+  <si>
+    <t>B08FRLJBVV</t>
+  </si>
+  <si>
+    <t>B085MT2288</t>
+  </si>
+  <si>
+    <t>B004HSUL46</t>
+  </si>
+  <si>
+    <t>B08M5SYZGQ</t>
+  </si>
+  <si>
+    <t>B07Q7GQT72</t>
+  </si>
+  <si>
+    <t>B08LP1NPT2</t>
+  </si>
+  <si>
+    <t>B0101SI6W4</t>
+  </si>
+  <si>
+    <t>B01BH1WUNA</t>
+  </si>
+  <si>
+    <t>B07PM2GXVY</t>
+  </si>
+  <si>
+    <t>B07WFXB1WT</t>
+  </si>
+  <si>
+    <t>B07H7BR5PT</t>
+  </si>
+  <si>
+    <t>B07DHXVBBX</t>
+  </si>
+  <si>
+    <t>B00004OCNJ</t>
+  </si>
+  <si>
+    <t>B071ZQ2PMR</t>
+  </si>
+  <si>
+    <t>B089W5FTW4</t>
+  </si>
+  <si>
+    <t>B08X75PDH9</t>
+  </si>
+  <si>
+    <t>B014SU4BMK</t>
+  </si>
+  <si>
+    <t>B07BW9HRQK</t>
+  </si>
+  <si>
+    <t>B0836NXLYJ</t>
+  </si>
+  <si>
+    <t>VSPHI0620</t>
+  </si>
+  <si>
+    <t>GG0342O-30002851-004</t>
+  </si>
+  <si>
+    <t>B087XBK9PR</t>
+  </si>
+  <si>
+    <t>B08J45LN2V</t>
+  </si>
+  <si>
+    <t>B06Y2FS8FK</t>
+  </si>
+  <si>
+    <t>B07YB8D3LP</t>
+  </si>
+  <si>
+    <t>B004E2SNHC</t>
+  </si>
+  <si>
+    <t>B07GJHBJNT</t>
+  </si>
+  <si>
+    <t>B076HNWDMX</t>
+  </si>
+  <si>
+    <t>B07QM5996S</t>
+  </si>
+  <si>
+    <t>B09B7K44Y5</t>
+  </si>
+  <si>
+    <t>588a88fe7a9db219_GCGG0394S00462</t>
+  </si>
+  <si>
+    <t>B07SR9F7GT</t>
+  </si>
+  <si>
+    <t>GG0326S-30002857-001</t>
+  </si>
+  <si>
+    <t>B08GS4FB6Q</t>
+  </si>
+  <si>
+    <t>B007ZYH4BM</t>
+  </si>
+  <si>
+    <t>B07WKPGP7Y</t>
+  </si>
+  <si>
+    <t>B07J1L49MQ</t>
+  </si>
+  <si>
+    <t>B07WM7TH9J</t>
+  </si>
+  <si>
+    <t>B0BKPBMZMZ</t>
+  </si>
+  <si>
+    <t>B00SNZ7XYA</t>
+  </si>
+  <si>
+    <t>B07VYN1PRZ</t>
+  </si>
+  <si>
+    <t>B097NNFFVP</t>
+  </si>
+  <si>
+    <t>B000JQJS6M</t>
+  </si>
+  <si>
+    <t>B0085NVFTE</t>
+  </si>
+  <si>
+    <t>B09CFTJKXH</t>
+  </si>
+  <si>
+    <t>B06XS34CNB</t>
+  </si>
+  <si>
+    <t>B07QXZTG2H</t>
+  </si>
+  <si>
+    <t>B01CTMAJKW</t>
+  </si>
+  <si>
+    <t>B08JX791DW</t>
+  </si>
+  <si>
+    <t>B07ZNHKRH9</t>
+  </si>
+  <si>
+    <t>B08WCB25PW</t>
+  </si>
+  <si>
+    <t>B07RBRSQJH</t>
+  </si>
+  <si>
+    <t>B0002AS05U</t>
+  </si>
+  <si>
+    <t>B00AE9V3WQ</t>
+  </si>
+  <si>
+    <t>SC0174S-30006077001</t>
+  </si>
+  <si>
+    <t>B001GQ1PTW</t>
+  </si>
+  <si>
+    <t>B01I9BUPK6</t>
+  </si>
+  <si>
+    <t>B07CY1YVL3</t>
+  </si>
+  <si>
+    <t>B083F3P57S</t>
+  </si>
+  <si>
+    <t>VSP1P0721</t>
+  </si>
+  <si>
+    <t>B08GHX29XM</t>
+  </si>
+  <si>
+    <t>B08HDC49TW</t>
+  </si>
+  <si>
+    <t>B08SVPRLRW</t>
+  </si>
+  <si>
+    <t>B08GPBSLVN</t>
+  </si>
+  <si>
+    <t>B09NBKFZKW</t>
+  </si>
+  <si>
+    <t>VE3M00722</t>
+  </si>
+  <si>
+    <t>B07CC3WM63</t>
+  </si>
+  <si>
+    <t>B08JHMCZPV</t>
+  </si>
+  <si>
+    <t>B08TFMBM2Q</t>
+  </si>
+  <si>
+    <t>B07QZ32KQ7</t>
+  </si>
+  <si>
+    <t>GG0469O-30006418-003</t>
+  </si>
+  <si>
+    <t>B083SNCSJT</t>
+  </si>
+  <si>
+    <t>B08GJ7D3HT</t>
+  </si>
+  <si>
+    <t>B085FF29S8</t>
+  </si>
+  <si>
+    <t>B08788B8NK</t>
+  </si>
+  <si>
+    <t>B07VHRXRTY</t>
+  </si>
+  <si>
+    <t>B09NKQ5B8Y</t>
+  </si>
+  <si>
+    <t>B01N7NKO6B</t>
+  </si>
+  <si>
+    <t>B07RWMVQM5</t>
+  </si>
+  <si>
+    <t>B082HB5V6B</t>
+  </si>
+  <si>
+    <t>B07MSVSTY8</t>
+  </si>
+  <si>
+    <t>B07ZSC6D6X</t>
+  </si>
+  <si>
+    <t>B08TRN42YG</t>
+  </si>
+  <si>
+    <t>VSP1F2421</t>
+  </si>
+  <si>
+    <t>B072P1SKB7</t>
+  </si>
+  <si>
+    <t>B09NLFVX24</t>
+  </si>
+  <si>
+    <t>GG0068S-30001064-001</t>
+  </si>
+  <si>
+    <t>SL51FCOMBI-30001909001</t>
+  </si>
+  <si>
+    <t>B0BH9GJZM8</t>
+  </si>
+  <si>
+    <t>VSPOQ2E21</t>
+  </si>
+  <si>
+    <t>DIORMONSIE-GOLDHAVN</t>
+  </si>
+  <si>
+    <t>B07FV8RV4X</t>
+  </si>
+  <si>
+    <t>B00FBO04V0</t>
+  </si>
+  <si>
+    <t>B08WM4YGBQ</t>
+  </si>
+  <si>
+    <t>B0C372CM5L</t>
+  </si>
+  <si>
+    <t>B073HFDSB2</t>
+  </si>
+  <si>
+    <t>B09FM76FSM</t>
+  </si>
+  <si>
+    <t>B08QVL13R9</t>
+  </si>
+  <si>
+    <t>B07CGMJXML</t>
+  </si>
+  <si>
+    <t>B085DPHFC2</t>
+  </si>
+  <si>
+    <t>B0BLJRJ7NY</t>
+  </si>
+  <si>
+    <t>B07MGXZLQM</t>
+  </si>
+  <si>
+    <t>B092311JBN</t>
+  </si>
+  <si>
+    <t>B002DL4KCS</t>
+  </si>
+  <si>
+    <t>B01487XRDC</t>
+  </si>
+  <si>
+    <t>B08MJMB8FJ</t>
+  </si>
+  <si>
+    <t>GG0470O-30006525-002</t>
+  </si>
+  <si>
+    <t>B003BEDE5A</t>
+  </si>
+  <si>
+    <t>B07Q5T872J</t>
+  </si>
+  <si>
+    <t>B07XZCCVLT</t>
+  </si>
+  <si>
+    <t>B08D79QZSJ</t>
+  </si>
+  <si>
+    <t>B07CQDV1HG</t>
+  </si>
+  <si>
+    <t>B09Q6CZDNY</t>
+  </si>
+  <si>
+    <t>B07J3G2F9H</t>
+  </si>
+  <si>
+    <t>B081B2QTZD</t>
+  </si>
+  <si>
+    <t>B0953C5CCC</t>
+  </si>
+  <si>
+    <t>B07MK6LHG2</t>
+  </si>
+  <si>
+    <t>B08BX67PPW</t>
+  </si>
+  <si>
+    <t>B07D837ZLT</t>
+  </si>
+  <si>
+    <t>VSPLP1321</t>
+  </si>
+  <si>
+    <t>B00JEZ20GO</t>
+  </si>
+  <si>
+    <t>B08QSMQYCN</t>
+  </si>
+  <si>
+    <t>B0B1D4BQC7</t>
+  </si>
+  <si>
+    <t>B09XM6H11K</t>
+  </si>
+  <si>
+    <t>B08K3STKK1</t>
+  </si>
+  <si>
+    <t>B0895ZFLFB</t>
+  </si>
+  <si>
+    <t>B07SZNHGV9</t>
+  </si>
+  <si>
+    <t>B07JFPSZJP</t>
+  </si>
+  <si>
+    <t>B00O9UTMTC</t>
+  </si>
+  <si>
+    <t>B09K414DQR</t>
+  </si>
+  <si>
+    <t>B08PC82D9K</t>
+  </si>
+  <si>
+    <t>GG0122O-30001526-010</t>
+  </si>
+  <si>
+    <t>B088FM45CL</t>
+  </si>
+  <si>
+    <t>B075YDTHWK</t>
+  </si>
+  <si>
+    <t>VSPEV1621</t>
+  </si>
+  <si>
+    <t>B07KFLX8HV</t>
+  </si>
+  <si>
+    <t>BB0024SA-30007767-006</t>
+  </si>
+  <si>
+    <t>B0789LC9B3</t>
+  </si>
+  <si>
+    <t>B00T7MLMCC</t>
+  </si>
+  <si>
+    <t>B086YZJ6QL</t>
+  </si>
+  <si>
+    <t>B06XRT8BJ7</t>
+  </si>
+  <si>
+    <t>B08FFXP8XC</t>
+  </si>
+  <si>
+    <t>VSPBH8721</t>
+  </si>
+  <si>
+    <t>B00NVAWTLY</t>
+  </si>
+  <si>
+    <t>B0B5TBSM86</t>
+  </si>
+  <si>
+    <t>B0000DEW91</t>
+  </si>
+  <si>
+    <t>B097BT3ZDH</t>
+  </si>
+  <si>
+    <t>B07YVT9QJT</t>
+  </si>
+  <si>
+    <t>B01LXSC4R5</t>
+  </si>
+  <si>
+    <t>B076MQZHPC</t>
+  </si>
+  <si>
+    <t>B07WFW673W</t>
+  </si>
+  <si>
+    <t>B08WCRYH7G</t>
+  </si>
+  <si>
+    <t>B08S293PSW</t>
+  </si>
+  <si>
+    <t>B07XKRWB1G</t>
+  </si>
+  <si>
+    <t>B0002ASO7E</t>
+  </si>
+  <si>
+    <t>B00KGTUKFU</t>
+  </si>
+  <si>
+    <t>B00422MQHC</t>
+  </si>
+  <si>
+    <t>B07DLR4WCR</t>
+  </si>
+  <si>
+    <t>B07F7KJNKK</t>
+  </si>
+  <si>
+    <t>B084NV7DWS</t>
+  </si>
+  <si>
+    <t>B00L8TBTXE</t>
+  </si>
+  <si>
+    <t>B0BJDN112P</t>
+  </si>
+  <si>
+    <t>B09G9ZT3PQ</t>
+  </si>
+  <si>
+    <t>B08SQ5R7LP</t>
+  </si>
+  <si>
+    <t>B07CZPWKRM</t>
+  </si>
+  <si>
+    <t>B09NBB35DC</t>
+  </si>
+  <si>
+    <t>B091GTBX7D</t>
+  </si>
+  <si>
+    <t>B004K1FK5K</t>
+  </si>
+  <si>
+    <t>B01NBXZGVP</t>
+  </si>
+  <si>
+    <t>B07SG11PMJ</t>
+  </si>
+  <si>
+    <t>B082N75D6J</t>
+  </si>
+  <si>
+    <t>B08TLYNJTB</t>
+  </si>
+  <si>
+    <t>B08Y1DCGR1</t>
+  </si>
+  <si>
+    <t>B0753K1CN4</t>
+  </si>
+  <si>
+    <t>B07DH3CKJQ</t>
+  </si>
+  <si>
+    <t>B07MWJF9GY</t>
+  </si>
+  <si>
+    <t>B08RDCFG4X</t>
+  </si>
+  <si>
+    <t>B0B4DCFLWN</t>
+  </si>
+  <si>
+    <t>B09NPCLNMN</t>
+  </si>
+  <si>
+    <t>B082XBYT2Y</t>
+  </si>
+  <si>
+    <t>B07N8HJWYN</t>
+  </si>
+  <si>
+    <t>B08T9L2BH7</t>
+  </si>
+  <si>
+    <t>B09BNYTQT6</t>
+  </si>
+  <si>
+    <t>VSPLD1821</t>
+  </si>
+  <si>
+    <t>B08DR93Z54</t>
+  </si>
+  <si>
+    <t>B08Q363DCS</t>
+  </si>
+  <si>
+    <t>B091XY7B91</t>
+  </si>
+  <si>
+    <t>B086BKJXWX</t>
+  </si>
+  <si>
+    <t>B07NLB2T1H</t>
+  </si>
+  <si>
+    <t>B005FN11HS</t>
+  </si>
+  <si>
+    <t>B00LW3RCW8</t>
+  </si>
+  <si>
+    <t>B072LY64G5</t>
+  </si>
+  <si>
+    <t>B00EEC5DE8</t>
+  </si>
+  <si>
+    <t>B08DKB5LWY</t>
+  </si>
+  <si>
+    <t>B08T1MWX6J</t>
+  </si>
+  <si>
+    <t>B07KFYR859</t>
+  </si>
+  <si>
+    <t>B08LFYQMBG</t>
+  </si>
+  <si>
+    <t>B08NXS4D48</t>
+  </si>
+  <si>
+    <t>B098BM1Y6D</t>
+  </si>
+  <si>
+    <t>BV1003S-30007850-001-00011-NS</t>
+  </si>
+  <si>
+    <t>B081XYLSWW</t>
+  </si>
+  <si>
+    <t>B07YQJ34H7</t>
+  </si>
+  <si>
+    <t>B07KW2B5W5</t>
+  </si>
+  <si>
+    <t>B081H43WV2</t>
+  </si>
+  <si>
+    <t>B07QT81VRS</t>
+  </si>
+  <si>
+    <t>B07V33N4CM</t>
+  </si>
+  <si>
+    <t>B06XHGFVT2</t>
+  </si>
+  <si>
+    <t>B08BY4VTNP</t>
+  </si>
+  <si>
+    <t>B07KQGW783</t>
+  </si>
+  <si>
+    <t>B00VJKT15K</t>
+  </si>
+  <si>
+    <t>B098KZNCKT</t>
+  </si>
+  <si>
+    <t>B0711L68MS</t>
+  </si>
+  <si>
+    <t>B00KONGG0Q</t>
+  </si>
+  <si>
+    <t>B01HQGWBZ2</t>
+  </si>
+  <si>
+    <t>B07GB5PFVM</t>
+  </si>
+  <si>
+    <t>B07CZPV8DF</t>
+  </si>
+  <si>
+    <t>B07NMV91ZD</t>
+  </si>
+  <si>
+    <t>B07ND2XDFK</t>
+  </si>
+  <si>
+    <t>B084SBZDL5</t>
+  </si>
+  <si>
+    <t>B08CVGFNKP</t>
+  </si>
+  <si>
+    <t>B084X88TQS</t>
+  </si>
+  <si>
+    <t>B012T1XMUC</t>
+  </si>
+  <si>
+    <t>B08179M4M1</t>
+  </si>
+  <si>
+    <t>B083FNY6YV</t>
+  </si>
+  <si>
+    <t>B007NFGDGK</t>
+  </si>
+  <si>
+    <t>B08B4DF3L9</t>
+  </si>
+  <si>
+    <t>B096FXX714</t>
+  </si>
+  <si>
+    <t>B01NCJHM2D</t>
+  </si>
+  <si>
+    <t>B07JZ312TS</t>
+  </si>
+  <si>
+    <t>B08RPB93ZL</t>
+  </si>
+  <si>
+    <t>B08VZM73GG</t>
+  </si>
+  <si>
+    <t>B07QNRM45T</t>
+  </si>
+  <si>
+    <t>B08LDLXDST</t>
+  </si>
+  <si>
+    <t>B07TZWQSLR</t>
+  </si>
+  <si>
+    <t>B00SGXFIFA</t>
+  </si>
+  <si>
+    <t>VSP393321</t>
+  </si>
+  <si>
+    <t>B09GT5ZF6X</t>
+  </si>
+  <si>
+    <t>B08R5FFN7J</t>
+  </si>
+  <si>
+    <t>B07C5HGVZ8</t>
+  </si>
+  <si>
+    <t>B082X48BN2</t>
+  </si>
+  <si>
+    <t>B00OJ3UJ2S</t>
+  </si>
+  <si>
+    <t>B000AJIF4E</t>
+  </si>
+  <si>
+    <t>B086D439F8</t>
+  </si>
+  <si>
+    <t>B082SYB227</t>
+  </si>
+  <si>
+    <t>B085FM9PSH</t>
+  </si>
+  <si>
+    <t>B07FDM18JK</t>
+  </si>
+  <si>
+    <t>0988298384</t>
+  </si>
+  <si>
+    <t>B0052LZPC0</t>
+  </si>
+  <si>
+    <t>B07WFRPVSC</t>
+  </si>
+  <si>
+    <t>B07HFK8JZC</t>
+  </si>
+  <si>
+    <t>B085B2NDGJ</t>
+  </si>
+  <si>
+    <t>B07FTJG53B</t>
+  </si>
+  <si>
+    <t>B074P4KBZ7</t>
+  </si>
+  <si>
+    <t>B08T6KDJST</t>
+  </si>
+  <si>
+    <t>B00RZDGPJA</t>
+  </si>
+  <si>
+    <t>B001B11ZV0</t>
+  </si>
+  <si>
+    <t>B07YJMNPBB</t>
+  </si>
+  <si>
+    <t>B00MFNN21E</t>
+  </si>
+  <si>
+    <t>B094CZPHMT</t>
+  </si>
+  <si>
+    <t>B0057H1HZI</t>
+  </si>
+  <si>
+    <t>B08SHPT8BL</t>
+  </si>
+  <si>
+    <t>B08J5DCCHC</t>
+  </si>
+  <si>
+    <t>B09FRRT6Y1</t>
+  </si>
+  <si>
+    <t>B004TY4K54</t>
+  </si>
+  <si>
+    <t>B08T8681K4</t>
+  </si>
+  <si>
+    <t>B018YSEN6G</t>
+  </si>
+  <si>
+    <t>PWADA0524-GOLD1-OS</t>
+  </si>
+  <si>
+    <t>B0BLJL4BLT</t>
+  </si>
+  <si>
+    <t>B01FV29UEI</t>
+  </si>
+  <si>
+    <t>B07D6WMVMW</t>
+  </si>
+  <si>
+    <t>B08JPY62CT</t>
+  </si>
+  <si>
+    <t>B07772WVM7</t>
+  </si>
+  <si>
+    <t>NT012HPQ36</t>
+  </si>
+  <si>
+    <t>B01D72Y8O6</t>
+  </si>
+  <si>
+    <t>B0CB3K1X19</t>
+  </si>
+  <si>
+    <t>B08Z38CWD9</t>
+  </si>
+  <si>
+    <t>GG0437SA-30006514-003</t>
+  </si>
+  <si>
+    <t>B07VBH444Y</t>
+  </si>
+  <si>
+    <t>B08PQM7KFS</t>
+  </si>
+  <si>
+    <t>B076J7TZJJ</t>
   </si>
   <si>
     <t>B08LK89L3F</t>
   </si>
   <si>
-    <t>B08LPZ4HVC</t>
-[...5 lines deleted...]
-    <t>B07M9SRSQ1</t>
+    <t>B00HVQNCQK</t>
+  </si>
+  <si>
+    <t>B081J6TRTR</t>
+  </si>
+  <si>
+    <t>B09S4NBX1Z</t>
+  </si>
+  <si>
+    <t>B08FY1VPLC</t>
   </si>
   <si>
     <t>B00QGY0PQS</t>
   </si>
   <si>
-    <t>B09163QSQJ</t>
-[...2 lines deleted...]
-    <t>B00SIWOZSK</t>
+    <t>B092HNPVPD</t>
+  </si>
+  <si>
+    <t>B07QZRNY7R</t>
+  </si>
+  <si>
+    <t>B00DW1JT5G</t>
+  </si>
+  <si>
+    <t>B07RRW4W5B</t>
   </si>
   <si>
     <t>B079KDSWL9</t>
-  </si>
-[...1060 lines deleted...]
-    <t>B08D6Y5HD5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6404,62 +6404,62 @@
         <v>4</v>
       </c>
       <c r="C2">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
@@ -6624,73 +6624,73 @@
         <v>24</v>
       </c>
       <c r="C22">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
         <v>29</v>
       </c>
       <c r="C27">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28" t="s">
         <v>30</v>
       </c>
       <c r="C28">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
@@ -6756,51 +6756,51 @@
         <v>36</v>
       </c>
       <c r="C34">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>3</v>
       </c>
       <c r="B35" t="s">
         <v>37</v>
       </c>
       <c r="C35">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>3</v>
       </c>
       <c r="B36" t="s">
         <v>38</v>
       </c>
       <c r="C36">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>3</v>
       </c>
       <c r="B37" t="s">
         <v>39</v>
       </c>
       <c r="C37">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>3</v>
       </c>
       <c r="B38" t="s">
         <v>40</v>
       </c>
       <c r="C38">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
@@ -6822,81 +6822,81 @@
         <v>42</v>
       </c>
       <c r="C40">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>3</v>
       </c>
       <c r="B41" t="s">
         <v>43</v>
       </c>
       <c r="C41">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>3</v>
       </c>
       <c r="B42" t="s">
         <v>44</v>
       </c>
       <c r="C42">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>3</v>
       </c>
-      <c r="B43">
-        <v>6587788</v>
+      <c r="B43" t="s">
+        <v>45</v>
       </c>
       <c r="C43">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>3</v>
       </c>
       <c r="B44" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C44">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>3</v>
       </c>
-      <c r="B45" t="s">
-        <v>46</v>
+      <c r="B45">
+        <v>6587788</v>
       </c>
       <c r="C45">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>3</v>
       </c>
       <c r="B46" t="s">
         <v>47</v>
       </c>
       <c r="C46">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>3</v>
       </c>
       <c r="B47" t="s">
         <v>48</v>
       </c>
       <c r="C47">
         <v>10</v>
@@ -6954,62 +6954,62 @@
         <v>53</v>
       </c>
       <c r="C52">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>3</v>
       </c>
       <c r="B53" t="s">
         <v>54</v>
       </c>
       <c r="C53">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>3</v>
       </c>
       <c r="B54" t="s">
         <v>55</v>
       </c>
       <c r="C54">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>3</v>
       </c>
       <c r="B55" t="s">
         <v>56</v>
       </c>
       <c r="C55">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>3</v>
       </c>
       <c r="B56" t="s">
         <v>57</v>
       </c>
       <c r="C56">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>3</v>
       </c>
       <c r="B57" t="s">
         <v>58</v>
       </c>
       <c r="C57">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
@@ -7130,51 +7130,51 @@
         <v>69</v>
       </c>
       <c r="C68">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>3</v>
       </c>
       <c r="B69" t="s">
         <v>70</v>
       </c>
       <c r="C69">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>3</v>
       </c>
       <c r="B70" t="s">
         <v>71</v>
       </c>
       <c r="C70">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>3</v>
       </c>
       <c r="B71" t="s">
         <v>72</v>
       </c>
       <c r="C71">
         <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>3</v>
       </c>
       <c r="B72" t="s">
         <v>73</v>
       </c>
       <c r="C72">
         <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:3">
@@ -7427,95 +7427,95 @@
         <v>96</v>
       </c>
       <c r="C95">
         <v>8</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>3</v>
       </c>
       <c r="B96" t="s">
         <v>97</v>
       </c>
       <c r="C96">
         <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>3</v>
       </c>
       <c r="B97" t="s">
         <v>98</v>
       </c>
       <c r="C97">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>3</v>
       </c>
       <c r="B98" t="s">
         <v>99</v>
       </c>
       <c r="C98">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>3</v>
       </c>
       <c r="B99" t="s">
         <v>100</v>
       </c>
       <c r="C99">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>3</v>
       </c>
       <c r="B100" t="s">
         <v>101</v>
       </c>
       <c r="C100">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>3</v>
       </c>
       <c r="B101" t="s">
         <v>102</v>
       </c>
       <c r="C101">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>3</v>
       </c>
       <c r="B102" t="s">
         <v>103</v>
       </c>
       <c r="C102">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>3</v>
       </c>
       <c r="B103" t="s">
         <v>104</v>
       </c>
       <c r="C103">
         <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:3">
@@ -7812,84 +7812,84 @@
         <v>131</v>
       </c>
       <c r="C130">
         <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>3</v>
       </c>
       <c r="B131" t="s">
         <v>132</v>
       </c>
       <c r="C131">
         <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>3</v>
       </c>
       <c r="B132" t="s">
         <v>133</v>
       </c>
       <c r="C132">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>3</v>
       </c>
       <c r="B133" t="s">
         <v>134</v>
       </c>
       <c r="C133">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>3</v>
       </c>
       <c r="B134" t="s">
         <v>135</v>
       </c>
       <c r="C134">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>3</v>
       </c>
       <c r="B135" t="s">
         <v>136</v>
       </c>
       <c r="C135">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>3</v>
       </c>
       <c r="B136" t="s">
         <v>137</v>
       </c>
       <c r="C136">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>3</v>
       </c>
       <c r="B137" t="s">
         <v>138</v>
       </c>
       <c r="C137">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:3">
@@ -8296,84 +8296,84 @@
         <v>175</v>
       </c>
       <c r="C174">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>3</v>
       </c>
       <c r="B175" t="s">
         <v>176</v>
       </c>
       <c r="C175">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>3</v>
       </c>
       <c r="B176" t="s">
         <v>177</v>
       </c>
       <c r="C176">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>3</v>
       </c>
       <c r="B177" t="s">
         <v>178</v>
       </c>
       <c r="C177">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>3</v>
       </c>
       <c r="B178" t="s">
         <v>179</v>
       </c>
       <c r="C178">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>3</v>
       </c>
       <c r="B179" t="s">
         <v>180</v>
       </c>
       <c r="C179">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>3</v>
       </c>
       <c r="B180" t="s">
         <v>181</v>
       </c>
       <c r="C180">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>3</v>
       </c>
       <c r="B181" t="s">
         <v>182</v>
       </c>
       <c r="C181">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
@@ -9209,73 +9209,73 @@
         <v>258</v>
       </c>
       <c r="C257">
         <v>5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>3</v>
       </c>
       <c r="B258" t="s">
         <v>259</v>
       </c>
       <c r="C258">
         <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>3</v>
       </c>
       <c r="B259" t="s">
         <v>260</v>
       </c>
       <c r="C259">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>3</v>
       </c>
       <c r="B260" t="s">
         <v>261</v>
       </c>
       <c r="C260">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>3</v>
       </c>
       <c r="B261" t="s">
         <v>262</v>
       </c>
       <c r="C261">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
         <v>3</v>
       </c>
       <c r="B262" t="s">
         <v>263</v>
       </c>
       <c r="C262">
         <v>4</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>3</v>
       </c>
       <c r="B263" t="s">
         <v>264</v>
       </c>
       <c r="C263">
         <v>4</v>
       </c>
     </row>
     <row r="264" spans="1:3">
@@ -10837,150 +10837,150 @@
         <v>406</v>
       </c>
       <c r="C405">
         <v>4</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
         <v>3</v>
       </c>
       <c r="B406" t="s">
         <v>407</v>
       </c>
       <c r="C406">
         <v>4</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
         <v>3</v>
       </c>
       <c r="B407" t="s">
         <v>408</v>
       </c>
       <c r="C407">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
         <v>3</v>
       </c>
       <c r="B408" t="s">
         <v>409</v>
       </c>
       <c r="C408">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
         <v>3</v>
       </c>
       <c r="B409" t="s">
         <v>410</v>
       </c>
       <c r="C409">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
         <v>3</v>
       </c>
       <c r="B410" t="s">
         <v>411</v>
       </c>
       <c r="C410">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
         <v>3</v>
       </c>
       <c r="B411" t="s">
         <v>412</v>
       </c>
       <c r="C411">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
         <v>3</v>
       </c>
       <c r="B412" t="s">
         <v>413</v>
       </c>
       <c r="C412">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
         <v>3</v>
       </c>
       <c r="B413" t="s">
         <v>414</v>
       </c>
       <c r="C413">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
         <v>3</v>
       </c>
       <c r="B414" t="s">
         <v>415</v>
       </c>
       <c r="C414">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
         <v>3</v>
       </c>
       <c r="B415" t="s">
         <v>416</v>
       </c>
       <c r="C415">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
         <v>3</v>
       </c>
       <c r="B416" t="s">
         <v>417</v>
       </c>
       <c r="C416">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
         <v>3</v>
       </c>
       <c r="B417" t="s">
         <v>418</v>
       </c>
       <c r="C417">
         <v>3</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
         <v>3</v>
       </c>
       <c r="B418" t="s">
         <v>419</v>
       </c>
       <c r="C418">
         <v>3</v>
       </c>
     </row>
     <row r="419" spans="1:3">
@@ -11768,811 +11768,811 @@
       <c r="A490" t="s">
         <v>3</v>
       </c>
       <c r="B490" t="s">
         <v>491</v>
       </c>
       <c r="C490">
         <v>3</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
         <v>3</v>
       </c>
       <c r="B491" t="s">
         <v>492</v>
       </c>
       <c r="C491">
         <v>3</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
         <v>3</v>
       </c>
-      <c r="B492" t="s">
-        <v>493</v>
+      <c r="B492">
+        <v>1496188802</v>
       </c>
       <c r="C492">
         <v>3</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
         <v>3</v>
       </c>
       <c r="B493" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="C493">
         <v>3</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
         <v>3</v>
       </c>
       <c r="B494" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C494">
         <v>3</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
         <v>3</v>
       </c>
       <c r="B495" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C495">
         <v>3</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
         <v>3</v>
       </c>
       <c r="B496" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="C496">
         <v>3</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
         <v>3</v>
       </c>
       <c r="B497" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="C497">
         <v>3</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
         <v>3</v>
       </c>
       <c r="B498" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C498">
         <v>3</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
         <v>3</v>
       </c>
       <c r="B499" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="C499">
         <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
         <v>3</v>
       </c>
       <c r="B500" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="C500">
         <v>3</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
         <v>3</v>
       </c>
       <c r="B501" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="C501">
         <v>3</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
         <v>3</v>
       </c>
       <c r="B502" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C502">
         <v>3</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
         <v>3</v>
       </c>
       <c r="B503" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="C503">
         <v>3</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
         <v>3</v>
       </c>
       <c r="B504" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="C504">
         <v>3</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
         <v>3</v>
       </c>
       <c r="B505" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="C505">
         <v>3</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
         <v>3</v>
       </c>
       <c r="B506" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C506">
         <v>3</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
         <v>3</v>
       </c>
       <c r="B507" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C507">
         <v>3</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
         <v>3</v>
       </c>
       <c r="B508" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C508">
         <v>3</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
         <v>3</v>
       </c>
       <c r="B509" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="C509">
         <v>3</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
         <v>3</v>
       </c>
       <c r="B510" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="C510">
         <v>3</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
         <v>3</v>
       </c>
       <c r="B511" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C511">
         <v>3</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
         <v>3</v>
       </c>
       <c r="B512" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C512">
         <v>3</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
         <v>3</v>
       </c>
       <c r="B513" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="C513">
         <v>3</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
         <v>3</v>
       </c>
       <c r="B514" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="C514">
         <v>3</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
         <v>3</v>
       </c>
       <c r="B515" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="C515">
         <v>3</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
         <v>3</v>
       </c>
       <c r="B516" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C516">
         <v>3</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
         <v>3</v>
       </c>
       <c r="B517" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="C517">
         <v>3</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
         <v>3</v>
       </c>
       <c r="B518" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C518">
         <v>3</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
         <v>3</v>
       </c>
       <c r="B519" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C519">
         <v>3</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
         <v>3</v>
       </c>
       <c r="B520" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="C520">
         <v>3</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>3</v>
       </c>
       <c r="B521" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="C521">
         <v>3</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
         <v>3</v>
       </c>
       <c r="B522" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C522">
         <v>3</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
         <v>3</v>
       </c>
       <c r="B523" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="C523">
         <v>3</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
         <v>3</v>
       </c>
       <c r="B524" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C524">
         <v>3</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
         <v>3</v>
       </c>
       <c r="B525" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C525">
         <v>3</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
         <v>3</v>
       </c>
       <c r="B526" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C526">
         <v>3</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
         <v>3</v>
       </c>
       <c r="B527" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C527">
         <v>3</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
         <v>3</v>
       </c>
       <c r="B528" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C528">
         <v>3</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
         <v>3</v>
       </c>
       <c r="B529" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C529">
         <v>3</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
         <v>3</v>
       </c>
       <c r="B530" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C530">
         <v>3</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
         <v>3</v>
       </c>
       <c r="B531" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C531">
         <v>3</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
         <v>3</v>
       </c>
       <c r="B532" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C532">
         <v>3</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
         <v>3</v>
       </c>
       <c r="B533" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C533">
         <v>3</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
         <v>3</v>
       </c>
       <c r="B534" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C534">
         <v>3</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
         <v>3</v>
       </c>
       <c r="B535" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C535">
         <v>3</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
         <v>3</v>
       </c>
       <c r="B536" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C536">
         <v>3</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
         <v>3</v>
       </c>
       <c r="B537" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C537">
         <v>3</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
         <v>3</v>
       </c>
       <c r="B538" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C538">
         <v>3</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
         <v>3</v>
       </c>
       <c r="B539" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="C539">
         <v>3</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
         <v>3</v>
       </c>
       <c r="B540" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="C540">
         <v>3</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
         <v>3</v>
       </c>
       <c r="B541" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C541">
         <v>3</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
         <v>3</v>
       </c>
       <c r="B542" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C542">
         <v>3</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
         <v>3</v>
       </c>
       <c r="B543" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C543">
         <v>3</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
         <v>3</v>
       </c>
       <c r="B544" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C544">
         <v>3</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
         <v>3</v>
       </c>
       <c r="B545" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="C545">
         <v>3</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
         <v>3</v>
       </c>
       <c r="B546" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C546">
         <v>3</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
         <v>3</v>
       </c>
       <c r="B547" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="C547">
         <v>3</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
         <v>3</v>
       </c>
       <c r="B548" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C548">
         <v>3</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
         <v>3</v>
       </c>
       <c r="B549" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C549">
         <v>3</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
         <v>3</v>
       </c>
       <c r="B550" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C550">
         <v>3</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
         <v>3</v>
       </c>
       <c r="B551" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C551">
         <v>3</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
         <v>3</v>
       </c>
       <c r="B552" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C552">
         <v>3</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
         <v>3</v>
       </c>
       <c r="B553" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="C553">
         <v>3</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
         <v>3</v>
       </c>
       <c r="B554" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C554">
         <v>3</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
         <v>3</v>
       </c>
       <c r="B555" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="C555">
         <v>3</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
         <v>3</v>
       </c>
       <c r="B556" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="C556">
         <v>3</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
         <v>3</v>
       </c>
       <c r="B557" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="C557">
         <v>3</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
         <v>3</v>
       </c>
       <c r="B558" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C558">
         <v>3</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
         <v>3</v>
       </c>
       <c r="B559" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="C559">
         <v>3</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
         <v>3</v>
       </c>
       <c r="B560" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="C560">
         <v>3</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
         <v>3</v>
       </c>
-      <c r="B561">
-        <v>1496188802</v>
+      <c r="B561" t="s">
+        <v>561</v>
       </c>
       <c r="C561">
         <v>3</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
         <v>3</v>
       </c>
       <c r="B562" t="s">
         <v>562</v>
       </c>
       <c r="C562">
         <v>3</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
         <v>3</v>
       </c>
       <c r="B563" t="s">
         <v>563</v>
       </c>
       <c r="C563">
         <v>3</v>
@@ -14159,359 +14159,359 @@
         <v>707</v>
       </c>
       <c r="C707">
         <v>3</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" t="s">
         <v>3</v>
       </c>
       <c r="B708" t="s">
         <v>708</v>
       </c>
       <c r="C708">
         <v>3</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" t="s">
         <v>3</v>
       </c>
       <c r="B709" t="s">
         <v>709</v>
       </c>
       <c r="C709">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" t="s">
         <v>3</v>
       </c>
       <c r="B710" t="s">
         <v>710</v>
       </c>
       <c r="C710">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" t="s">
         <v>3</v>
       </c>
       <c r="B711" t="s">
         <v>711</v>
       </c>
       <c r="C711">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" t="s">
         <v>3</v>
       </c>
       <c r="B712" t="s">
         <v>712</v>
       </c>
       <c r="C712">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" t="s">
         <v>3</v>
       </c>
       <c r="B713" t="s">
         <v>713</v>
       </c>
       <c r="C713">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" t="s">
         <v>3</v>
       </c>
       <c r="B714" t="s">
         <v>714</v>
       </c>
       <c r="C714">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" t="s">
         <v>3</v>
       </c>
       <c r="B715" t="s">
         <v>715</v>
       </c>
       <c r="C715">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" t="s">
         <v>3</v>
       </c>
       <c r="B716" t="s">
         <v>716</v>
       </c>
       <c r="C716">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" t="s">
         <v>3</v>
       </c>
       <c r="B717" t="s">
         <v>717</v>
       </c>
       <c r="C717">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" t="s">
         <v>3</v>
       </c>
       <c r="B718" t="s">
         <v>718</v>
       </c>
       <c r="C718">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" t="s">
         <v>3</v>
       </c>
       <c r="B719" t="s">
         <v>719</v>
       </c>
       <c r="C719">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" t="s">
         <v>3</v>
       </c>
       <c r="B720" t="s">
         <v>720</v>
       </c>
       <c r="C720">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" t="s">
         <v>3</v>
       </c>
       <c r="B721" t="s">
         <v>721</v>
       </c>
       <c r="C721">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" t="s">
         <v>3</v>
       </c>
       <c r="B722" t="s">
         <v>722</v>
       </c>
       <c r="C722">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" t="s">
         <v>3</v>
       </c>
       <c r="B723" t="s">
         <v>723</v>
       </c>
       <c r="C723">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" t="s">
         <v>3</v>
       </c>
       <c r="B724" t="s">
         <v>724</v>
       </c>
       <c r="C724">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" t="s">
         <v>3</v>
       </c>
       <c r="B725" t="s">
         <v>725</v>
       </c>
       <c r="C725">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" t="s">
         <v>3</v>
       </c>
       <c r="B726" t="s">
         <v>726</v>
       </c>
       <c r="C726">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" t="s">
         <v>3</v>
       </c>
       <c r="B727" t="s">
         <v>727</v>
       </c>
       <c r="C727">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" t="s">
         <v>3</v>
       </c>
       <c r="B728" t="s">
         <v>728</v>
       </c>
       <c r="C728">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" t="s">
         <v>3</v>
       </c>
       <c r="B729" t="s">
         <v>729</v>
       </c>
       <c r="C729">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" t="s">
         <v>3</v>
       </c>
       <c r="B730" t="s">
         <v>730</v>
       </c>
       <c r="C730">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" t="s">
         <v>3</v>
       </c>
       <c r="B731" t="s">
         <v>731</v>
       </c>
       <c r="C731">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" t="s">
         <v>3</v>
       </c>
       <c r="B732" t="s">
         <v>732</v>
       </c>
       <c r="C732">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" t="s">
         <v>3</v>
       </c>
       <c r="B733" t="s">
         <v>733</v>
       </c>
       <c r="C733">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" t="s">
         <v>3</v>
       </c>
       <c r="B734" t="s">
         <v>734</v>
       </c>
       <c r="C734">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" t="s">
         <v>3</v>
       </c>
       <c r="B735" t="s">
         <v>735</v>
       </c>
       <c r="C735">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" t="s">
         <v>3</v>
       </c>
       <c r="B736" t="s">
         <v>736</v>
       </c>
       <c r="C736">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" t="s">
         <v>3</v>
       </c>
       <c r="B737" t="s">
         <v>737</v>
       </c>
       <c r="C737">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" t="s">
         <v>3</v>
       </c>
       <c r="B738" t="s">
         <v>738</v>
       </c>
       <c r="C738">
         <v>2</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" t="s">
         <v>3</v>
       </c>
       <c r="B739" t="s">
         <v>739</v>
       </c>
       <c r="C739">
         <v>2</v>
       </c>
     </row>
     <row r="740" spans="1:3">
@@ -16267,1449 +16267,1449 @@
       <c r="A899" t="s">
         <v>3</v>
       </c>
       <c r="B899" t="s">
         <v>899</v>
       </c>
       <c r="C899">
         <v>2</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" t="s">
         <v>3</v>
       </c>
       <c r="B900" t="s">
         <v>900</v>
       </c>
       <c r="C900">
         <v>2</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" t="s">
         <v>3</v>
       </c>
-      <c r="B901">
-        <v>6513217</v>
+      <c r="B901" t="s">
+        <v>901</v>
       </c>
       <c r="C901">
         <v>2</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" t="s">
         <v>3</v>
       </c>
       <c r="B902" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C902">
         <v>2</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" t="s">
         <v>3</v>
       </c>
       <c r="B903" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C903">
         <v>2</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" t="s">
         <v>3</v>
       </c>
       <c r="B904" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C904">
         <v>2</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" t="s">
         <v>3</v>
       </c>
       <c r="B905" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C905">
         <v>2</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" t="s">
         <v>3</v>
       </c>
       <c r="B906" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C906">
         <v>2</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" t="s">
         <v>3</v>
       </c>
       <c r="B907" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C907">
         <v>2</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" t="s">
         <v>3</v>
       </c>
       <c r="B908" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C908">
         <v>2</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" t="s">
         <v>3</v>
       </c>
       <c r="B909" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C909">
         <v>2</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" t="s">
         <v>3</v>
       </c>
       <c r="B910" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C910">
         <v>2</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" t="s">
         <v>3</v>
       </c>
       <c r="B911" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C911">
         <v>2</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" t="s">
         <v>3</v>
       </c>
       <c r="B912" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C912">
         <v>2</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" t="s">
         <v>3</v>
       </c>
       <c r="B913" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C913">
         <v>2</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" t="s">
         <v>3</v>
       </c>
       <c r="B914" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C914">
         <v>2</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" t="s">
         <v>3</v>
       </c>
       <c r="B915" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C915">
         <v>2</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" t="s">
         <v>3</v>
       </c>
       <c r="B916" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C916">
         <v>2</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" t="s">
         <v>3</v>
       </c>
       <c r="B917" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C917">
         <v>2</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" t="s">
         <v>3</v>
       </c>
       <c r="B918" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C918">
         <v>2</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" t="s">
         <v>3</v>
       </c>
       <c r="B919" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C919">
         <v>2</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" t="s">
         <v>3</v>
       </c>
       <c r="B920" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C920">
         <v>2</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" t="s">
         <v>3</v>
       </c>
       <c r="B921" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C921">
         <v>2</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" t="s">
         <v>3</v>
       </c>
       <c r="B922" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C922">
         <v>2</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" t="s">
         <v>3</v>
       </c>
       <c r="B923" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C923">
         <v>2</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" t="s">
         <v>3</v>
       </c>
       <c r="B924" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C924">
         <v>2</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" t="s">
         <v>3</v>
       </c>
       <c r="B925" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C925">
         <v>2</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" t="s">
         <v>3</v>
       </c>
       <c r="B926" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C926">
         <v>2</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" t="s">
         <v>3</v>
       </c>
-      <c r="B927">
-        <v>6579038</v>
+      <c r="B927" t="s">
+        <v>927</v>
       </c>
       <c r="C927">
         <v>2</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" t="s">
         <v>3</v>
       </c>
       <c r="B928" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C928">
         <v>2</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" t="s">
         <v>3</v>
       </c>
       <c r="B929" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C929">
         <v>2</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" t="s">
         <v>3</v>
       </c>
       <c r="B930" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C930">
         <v>2</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" t="s">
         <v>3</v>
       </c>
       <c r="B931" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C931">
         <v>2</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" t="s">
         <v>3</v>
       </c>
       <c r="B932" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C932">
         <v>2</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" t="s">
         <v>3</v>
       </c>
       <c r="B933" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C933">
         <v>2</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" t="s">
         <v>3</v>
       </c>
       <c r="B934" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C934">
         <v>2</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" t="s">
         <v>3</v>
       </c>
       <c r="B935" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C935">
         <v>2</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" t="s">
         <v>3</v>
       </c>
       <c r="B936" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C936">
         <v>2</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" t="s">
         <v>3</v>
       </c>
       <c r="B937" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C937">
         <v>2</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" t="s">
         <v>3</v>
       </c>
       <c r="B938" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C938">
         <v>2</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" t="s">
         <v>3</v>
       </c>
       <c r="B939" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C939">
         <v>2</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" t="s">
         <v>3</v>
       </c>
       <c r="B940" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="C940">
         <v>2</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" t="s">
         <v>3</v>
       </c>
       <c r="B941" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C941">
         <v>2</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" t="s">
         <v>3</v>
       </c>
       <c r="B942" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C942">
         <v>2</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" t="s">
         <v>3</v>
       </c>
       <c r="B943" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C943">
         <v>2</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" t="s">
         <v>3</v>
       </c>
       <c r="B944" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C944">
         <v>2</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" t="s">
         <v>3</v>
       </c>
       <c r="B945" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C945">
         <v>2</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" t="s">
         <v>3</v>
       </c>
       <c r="B946" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C946">
         <v>2</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" t="s">
         <v>3</v>
       </c>
       <c r="B947" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C947">
         <v>2</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" t="s">
         <v>3</v>
       </c>
       <c r="B948" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C948">
         <v>2</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" t="s">
         <v>3</v>
       </c>
       <c r="B949" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C949">
         <v>2</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" t="s">
         <v>3</v>
       </c>
       <c r="B950" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C950">
         <v>2</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" t="s">
         <v>3</v>
       </c>
       <c r="B951" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C951">
         <v>2</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" t="s">
         <v>3</v>
       </c>
       <c r="B952" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="C952">
         <v>2</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" t="s">
         <v>3</v>
       </c>
       <c r="B953" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C953">
         <v>2</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" t="s">
         <v>3</v>
       </c>
       <c r="B954" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C954">
         <v>2</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" t="s">
         <v>3</v>
       </c>
       <c r="B955" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C955">
         <v>2</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" t="s">
         <v>3</v>
       </c>
       <c r="B956" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C956">
         <v>2</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" t="s">
         <v>3</v>
       </c>
       <c r="B957" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C957">
         <v>2</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" t="s">
         <v>3</v>
       </c>
       <c r="B958" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C958">
         <v>2</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" t="s">
         <v>3</v>
       </c>
       <c r="B959" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C959">
         <v>2</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" t="s">
         <v>3</v>
       </c>
       <c r="B960" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C960">
         <v>2</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" t="s">
         <v>3</v>
       </c>
       <c r="B961" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C961">
         <v>2</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" t="s">
         <v>3</v>
       </c>
       <c r="B962" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C962">
         <v>2</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" t="s">
         <v>3</v>
       </c>
       <c r="B963" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C963">
         <v>2</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" t="s">
         <v>3</v>
       </c>
       <c r="B964" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C964">
         <v>2</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" t="s">
         <v>3</v>
       </c>
       <c r="B965" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C965">
         <v>2</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" t="s">
         <v>3</v>
       </c>
       <c r="B966" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C966">
         <v>2</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" t="s">
         <v>3</v>
       </c>
       <c r="B967" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C967">
         <v>2</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" t="s">
         <v>3</v>
       </c>
       <c r="B968" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="C968">
         <v>2</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" t="s">
         <v>3</v>
       </c>
       <c r="B969" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C969">
         <v>2</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" t="s">
         <v>3</v>
       </c>
       <c r="B970" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C970">
         <v>2</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" t="s">
         <v>3</v>
       </c>
       <c r="B971" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C971">
         <v>2</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" t="s">
         <v>3</v>
       </c>
       <c r="B972" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C972">
         <v>2</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" t="s">
         <v>3</v>
       </c>
       <c r="B973" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C973">
         <v>2</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" t="s">
         <v>3</v>
       </c>
       <c r="B974" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="C974">
         <v>2</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" t="s">
         <v>3</v>
       </c>
       <c r="B975" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C975">
         <v>2</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" t="s">
         <v>3</v>
       </c>
       <c r="B976" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C976">
         <v>2</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" t="s">
         <v>3</v>
       </c>
       <c r="B977" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C977">
         <v>2</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" t="s">
         <v>3</v>
       </c>
       <c r="B978" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C978">
         <v>2</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" t="s">
         <v>3</v>
       </c>
       <c r="B979" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C979">
         <v>2</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" t="s">
         <v>3</v>
       </c>
       <c r="B980" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C980">
         <v>2</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" t="s">
         <v>3</v>
       </c>
       <c r="B981" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C981">
         <v>2</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" t="s">
         <v>3</v>
       </c>
       <c r="B982" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C982">
         <v>2</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" t="s">
         <v>3</v>
       </c>
       <c r="B983" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C983">
         <v>2</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" t="s">
         <v>3</v>
       </c>
       <c r="B984" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C984">
         <v>2</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" t="s">
         <v>3</v>
       </c>
       <c r="B985" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="C985">
         <v>2</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" t="s">
         <v>3</v>
       </c>
       <c r="B986" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="C986">
         <v>2</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" t="s">
         <v>3</v>
       </c>
       <c r="B987" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C987">
         <v>2</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" t="s">
         <v>3</v>
       </c>
       <c r="B988" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C988">
         <v>2</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" t="s">
         <v>3</v>
       </c>
       <c r="B989" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C989">
         <v>2</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" t="s">
         <v>3</v>
       </c>
       <c r="B990" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C990">
         <v>2</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" t="s">
         <v>3</v>
       </c>
       <c r="B991" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C991">
         <v>2</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" t="s">
         <v>3</v>
       </c>
       <c r="B992" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C992">
         <v>2</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" t="s">
         <v>3</v>
       </c>
       <c r="B993" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C993">
         <v>2</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" t="s">
         <v>3</v>
       </c>
       <c r="B994" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C994">
         <v>2</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" t="s">
         <v>3</v>
       </c>
       <c r="B995" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C995">
         <v>2</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" t="s">
         <v>3</v>
       </c>
       <c r="B996" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C996">
         <v>2</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" t="s">
         <v>3</v>
       </c>
       <c r="B997" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C997">
         <v>2</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" t="s">
         <v>3</v>
       </c>
       <c r="B998" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C998">
         <v>2</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" t="s">
         <v>3</v>
       </c>
       <c r="B999" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C999">
         <v>2</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" t="s">
         <v>3</v>
       </c>
       <c r="B1000" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C1000">
         <v>2</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" t="s">
         <v>3</v>
       </c>
       <c r="B1001" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C1001">
         <v>2</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" t="s">
         <v>3</v>
       </c>
       <c r="B1002" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C1002">
         <v>2</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" t="s">
         <v>3</v>
       </c>
       <c r="B1003" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C1003">
         <v>2</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" t="s">
         <v>3</v>
       </c>
       <c r="B1004" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C1004">
         <v>2</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" t="s">
         <v>3</v>
       </c>
       <c r="B1005" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C1005">
         <v>2</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" t="s">
         <v>3</v>
       </c>
-      <c r="B1006" t="s">
-        <v>1004</v>
+      <c r="B1006">
+        <v>6513217</v>
       </c>
       <c r="C1006">
         <v>2</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" t="s">
         <v>3</v>
       </c>
       <c r="B1007" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C1007">
         <v>2</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" t="s">
         <v>3</v>
       </c>
       <c r="B1008" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C1008">
         <v>2</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" t="s">
         <v>3</v>
       </c>
       <c r="B1009" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C1009">
         <v>2</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" t="s">
         <v>3</v>
       </c>
       <c r="B1010" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C1010">
         <v>2</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" t="s">
         <v>3</v>
       </c>
       <c r="B1011" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C1011">
         <v>2</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" t="s">
         <v>3</v>
       </c>
       <c r="B1012" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C1012">
         <v>2</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" t="s">
         <v>3</v>
       </c>
       <c r="B1013" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C1013">
         <v>2</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" t="s">
         <v>3</v>
       </c>
       <c r="B1014" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C1014">
         <v>2</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" t="s">
         <v>3</v>
       </c>
       <c r="B1015" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C1015">
         <v>2</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" t="s">
         <v>3</v>
       </c>
       <c r="B1016" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C1016">
         <v>2</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" t="s">
         <v>3</v>
       </c>
       <c r="B1017" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C1017">
         <v>2</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" t="s">
         <v>3</v>
       </c>
       <c r="B1018" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C1018">
         <v>2</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" t="s">
         <v>3</v>
       </c>
       <c r="B1019" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C1019">
         <v>2</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" t="s">
         <v>3</v>
       </c>
       <c r="B1020" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C1020">
         <v>2</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" t="s">
         <v>3</v>
       </c>
       <c r="B1021" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C1021">
         <v>2</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" t="s">
         <v>3</v>
       </c>
       <c r="B1022" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C1022">
         <v>2</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" t="s">
         <v>3</v>
       </c>
       <c r="B1023" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C1023">
         <v>2</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" t="s">
         <v>3</v>
       </c>
       <c r="B1024" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C1024">
         <v>2</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" t="s">
         <v>3</v>
       </c>
       <c r="B1025" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C1025">
         <v>2</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" t="s">
         <v>3</v>
       </c>
       <c r="B1026" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C1026">
         <v>2</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" t="s">
         <v>3</v>
       </c>
       <c r="B1027" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C1027">
         <v>2</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" t="s">
         <v>3</v>
       </c>
-      <c r="B1028" t="s">
-        <v>1026</v>
+      <c r="B1028">
+        <v>6579038</v>
       </c>
       <c r="C1028">
         <v>2</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" t="s">
         <v>3</v>
       </c>
       <c r="B1029" t="s">
         <v>1027</v>
       </c>
       <c r="C1029">
         <v>2</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" t="s">
         <v>3</v>
       </c>
       <c r="B1030" t="s">
         <v>1028</v>
       </c>
       <c r="C1030">
         <v>2</v>
@@ -20348,1273 +20348,1273 @@
       <c r="A1270" t="s">
         <v>3</v>
       </c>
       <c r="B1270" t="s">
         <v>1268</v>
       </c>
       <c r="C1270">
         <v>2</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" t="s">
         <v>3</v>
       </c>
       <c r="B1271" t="s">
         <v>1269</v>
       </c>
       <c r="C1271">
         <v>2</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" t="s">
         <v>3</v>
       </c>
-      <c r="B1272">
-        <v>6571057</v>
+      <c r="B1272" t="s">
+        <v>1270</v>
       </c>
       <c r="C1272">
         <v>2</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" t="s">
         <v>3</v>
       </c>
       <c r="B1273" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C1273">
         <v>2</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" t="s">
         <v>3</v>
       </c>
       <c r="B1274" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C1274">
         <v>2</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" t="s">
         <v>3</v>
       </c>
       <c r="B1275" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C1275">
         <v>2</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" t="s">
         <v>3</v>
       </c>
       <c r="B1276" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C1276">
         <v>2</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" t="s">
         <v>3</v>
       </c>
       <c r="B1277" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C1277">
         <v>2</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" t="s">
         <v>3</v>
       </c>
       <c r="B1278" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C1278">
         <v>2</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" t="s">
         <v>3</v>
       </c>
       <c r="B1279" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C1279">
         <v>2</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" t="s">
         <v>3</v>
       </c>
       <c r="B1280" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C1280">
         <v>2</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" t="s">
         <v>3</v>
       </c>
       <c r="B1281" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C1281">
         <v>2</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" t="s">
         <v>3</v>
       </c>
       <c r="B1282" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C1282">
         <v>2</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" t="s">
         <v>3</v>
       </c>
       <c r="B1283" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C1283">
         <v>2</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" t="s">
         <v>3</v>
       </c>
       <c r="B1284" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C1284">
         <v>2</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" t="s">
         <v>3</v>
       </c>
       <c r="B1285" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C1285">
         <v>2</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" t="s">
         <v>3</v>
       </c>
       <c r="B1286" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C1286">
         <v>2</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" t="s">
         <v>3</v>
       </c>
       <c r="B1287" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="C1287">
         <v>2</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" t="s">
         <v>3</v>
       </c>
       <c r="B1288" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C1288">
         <v>2</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" t="s">
         <v>3</v>
       </c>
       <c r="B1289" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C1289">
         <v>2</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" t="s">
         <v>3</v>
       </c>
       <c r="B1290" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C1290">
         <v>2</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" t="s">
         <v>3</v>
       </c>
       <c r="B1291" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C1291">
         <v>2</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" t="s">
         <v>3</v>
       </c>
       <c r="B1292" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C1292">
         <v>2</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" t="s">
         <v>3</v>
       </c>
       <c r="B1293" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C1293">
         <v>2</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" t="s">
         <v>3</v>
       </c>
       <c r="B1294" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C1294">
         <v>2</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" t="s">
         <v>3</v>
       </c>
       <c r="B1295" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C1295">
         <v>2</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" t="s">
         <v>3</v>
       </c>
       <c r="B1296" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C1296">
         <v>2</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" t="s">
         <v>3</v>
       </c>
       <c r="B1297" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C1297">
         <v>2</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" t="s">
         <v>3</v>
       </c>
       <c r="B1298" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C1298">
         <v>2</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" t="s">
         <v>3</v>
       </c>
       <c r="B1299" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C1299">
         <v>2</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" t="s">
         <v>3</v>
       </c>
       <c r="B1300" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C1300">
         <v>2</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" t="s">
         <v>3</v>
       </c>
       <c r="B1301" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C1301">
         <v>2</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" t="s">
         <v>3</v>
       </c>
       <c r="B1302" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C1302">
         <v>2</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" t="s">
         <v>3</v>
       </c>
       <c r="B1303" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C1303">
         <v>2</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" t="s">
         <v>3</v>
       </c>
       <c r="B1304" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C1304">
         <v>2</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" t="s">
         <v>3</v>
       </c>
       <c r="B1305" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C1305">
         <v>2</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" t="s">
         <v>3</v>
       </c>
       <c r="B1306" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C1306">
         <v>2</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" t="s">
         <v>3</v>
       </c>
       <c r="B1307" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C1307">
         <v>2</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" t="s">
         <v>3</v>
       </c>
       <c r="B1308" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C1308">
         <v>2</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" t="s">
         <v>3</v>
       </c>
       <c r="B1309" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C1309">
         <v>2</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" t="s">
         <v>3</v>
       </c>
       <c r="B1310" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C1310">
         <v>2</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" t="s">
         <v>3</v>
       </c>
       <c r="B1311" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C1311">
         <v>2</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" t="s">
         <v>3</v>
       </c>
       <c r="B1312" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C1312">
         <v>2</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" t="s">
         <v>3</v>
       </c>
       <c r="B1313" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C1313">
         <v>2</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" t="s">
         <v>3</v>
       </c>
       <c r="B1314" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C1314">
         <v>2</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" t="s">
         <v>3</v>
       </c>
       <c r="B1315" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C1315">
         <v>2</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" t="s">
         <v>3</v>
       </c>
       <c r="B1316" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C1316">
         <v>2</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" t="s">
         <v>3</v>
       </c>
       <c r="B1317" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C1317">
         <v>2</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" t="s">
         <v>3</v>
       </c>
       <c r="B1318" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C1318">
         <v>2</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" t="s">
         <v>3</v>
       </c>
       <c r="B1319" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C1319">
         <v>2</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" t="s">
         <v>3</v>
       </c>
       <c r="B1320" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C1320">
         <v>2</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" t="s">
         <v>3</v>
       </c>
       <c r="B1321" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C1321">
         <v>2</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" t="s">
         <v>3</v>
       </c>
       <c r="B1322" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C1322">
         <v>2</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" t="s">
         <v>3</v>
       </c>
       <c r="B1323" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C1323">
         <v>2</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" t="s">
         <v>3</v>
       </c>
       <c r="B1324" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C1324">
         <v>2</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" t="s">
         <v>3</v>
       </c>
       <c r="B1325" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C1325">
         <v>2</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" t="s">
         <v>3</v>
       </c>
       <c r="B1326" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C1326">
         <v>2</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" t="s">
         <v>3</v>
       </c>
       <c r="B1327" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C1327">
         <v>2</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" t="s">
         <v>3</v>
       </c>
       <c r="B1328" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C1328">
         <v>2</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" t="s">
         <v>3</v>
       </c>
       <c r="B1329" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C1329">
         <v>2</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" t="s">
         <v>3</v>
       </c>
       <c r="B1330" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C1330">
         <v>2</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" t="s">
         <v>3</v>
       </c>
       <c r="B1331" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C1331">
         <v>2</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" t="s">
         <v>3</v>
       </c>
       <c r="B1332" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C1332">
         <v>2</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" t="s">
         <v>3</v>
       </c>
       <c r="B1333" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C1333">
         <v>2</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" t="s">
         <v>3</v>
       </c>
       <c r="B1334" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C1334">
         <v>2</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" t="s">
         <v>3</v>
       </c>
       <c r="B1335" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C1335">
         <v>2</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" t="s">
         <v>3</v>
       </c>
       <c r="B1336" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="C1336">
         <v>2</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" t="s">
         <v>3</v>
       </c>
       <c r="B1337" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C1337">
         <v>2</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" t="s">
         <v>3</v>
       </c>
       <c r="B1338" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C1338">
         <v>2</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" t="s">
         <v>3</v>
       </c>
       <c r="B1339" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C1339">
         <v>2</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" t="s">
         <v>3</v>
       </c>
       <c r="B1340" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C1340">
         <v>2</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" t="s">
         <v>3</v>
       </c>
       <c r="B1341" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C1341">
         <v>2</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" t="s">
         <v>3</v>
       </c>
       <c r="B1342" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="C1342">
         <v>2</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" t="s">
         <v>3</v>
       </c>
       <c r="B1343" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C1343">
         <v>2</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" t="s">
         <v>3</v>
       </c>
       <c r="B1344" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C1344">
         <v>2</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" t="s">
         <v>3</v>
       </c>
       <c r="B1345" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C1345">
         <v>2</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" t="s">
         <v>3</v>
       </c>
       <c r="B1346" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C1346">
         <v>2</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" t="s">
         <v>3</v>
       </c>
       <c r="B1347" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="C1347">
         <v>2</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" t="s">
         <v>3</v>
       </c>
       <c r="B1348" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C1348">
         <v>2</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" t="s">
         <v>3</v>
       </c>
       <c r="B1349" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C1349">
         <v>2</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" t="s">
         <v>3</v>
       </c>
       <c r="B1350" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C1350">
         <v>2</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" t="s">
         <v>3</v>
       </c>
       <c r="B1351" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="C1351">
         <v>2</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" t="s">
         <v>3</v>
       </c>
       <c r="B1352" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C1352">
         <v>2</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" t="s">
         <v>3</v>
       </c>
       <c r="B1353" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C1353">
         <v>2</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" t="s">
         <v>3</v>
       </c>
       <c r="B1354" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="C1354">
         <v>2</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" t="s">
         <v>3</v>
       </c>
       <c r="B1355" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C1355">
         <v>2</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" t="s">
         <v>3</v>
       </c>
       <c r="B1356" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C1356">
         <v>2</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" t="s">
         <v>3</v>
       </c>
       <c r="B1357" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C1357">
         <v>2</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" t="s">
         <v>3</v>
       </c>
       <c r="B1358" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C1358">
         <v>2</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" t="s">
         <v>3</v>
       </c>
       <c r="B1359" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C1359">
         <v>2</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" t="s">
         <v>3</v>
       </c>
       <c r="B1360" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C1360">
         <v>2</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" t="s">
         <v>3</v>
       </c>
       <c r="B1361" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C1361">
         <v>2</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" t="s">
         <v>3</v>
       </c>
       <c r="B1362" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C1362">
         <v>2</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" t="s">
         <v>3</v>
       </c>
       <c r="B1363" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C1363">
         <v>2</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" t="s">
         <v>3</v>
       </c>
       <c r="B1364" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C1364">
         <v>2</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" t="s">
         <v>3</v>
       </c>
       <c r="B1365" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C1365">
         <v>2</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" t="s">
         <v>3</v>
       </c>
       <c r="B1366" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C1366">
         <v>2</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" t="s">
         <v>3</v>
       </c>
       <c r="B1367" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C1367">
         <v>2</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" t="s">
         <v>3</v>
       </c>
       <c r="B1368" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C1368">
         <v>2</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" t="s">
         <v>3</v>
       </c>
       <c r="B1369" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C1369">
         <v>2</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" t="s">
         <v>3</v>
       </c>
       <c r="B1370" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="C1370">
         <v>2</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" t="s">
         <v>3</v>
       </c>
       <c r="B1371" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C1371">
         <v>2</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" t="s">
         <v>3</v>
       </c>
       <c r="B1372" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C1372">
         <v>2</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" t="s">
         <v>3</v>
       </c>
       <c r="B1373" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C1373">
         <v>2</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" t="s">
         <v>3</v>
       </c>
       <c r="B1374" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C1374">
         <v>2</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" t="s">
         <v>3</v>
       </c>
       <c r="B1375" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C1375">
         <v>2</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" t="s">
         <v>3</v>
       </c>
       <c r="B1376" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C1376">
         <v>2</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" t="s">
         <v>3</v>
       </c>
       <c r="B1377" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C1377">
         <v>2</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" t="s">
         <v>3</v>
       </c>
       <c r="B1378" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C1378">
         <v>2</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" t="s">
         <v>3</v>
       </c>
       <c r="B1379" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C1379">
         <v>2</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" t="s">
         <v>3</v>
       </c>
       <c r="B1380" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C1380">
         <v>2</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" t="s">
         <v>3</v>
       </c>
       <c r="B1381" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C1381">
         <v>2</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" t="s">
         <v>3</v>
       </c>
       <c r="B1382" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C1382">
         <v>2</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" t="s">
         <v>3</v>
       </c>
-      <c r="B1383" t="s">
-        <v>1380</v>
+      <c r="B1383">
+        <v>6571057</v>
       </c>
       <c r="C1383">
         <v>2</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" t="s">
         <v>3</v>
       </c>
       <c r="B1384" t="s">
         <v>1381</v>
       </c>
       <c r="C1384">
         <v>2</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" t="s">
         <v>3</v>
       </c>
       <c r="B1385" t="s">
         <v>1382</v>
       </c>
       <c r="C1385">
         <v>2</v>
@@ -24378,568 +24378,568 @@
         <v>1633</v>
       </c>
       <c r="C1636">
         <v>2</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" t="s">
         <v>3</v>
       </c>
       <c r="B1637" t="s">
         <v>1634</v>
       </c>
       <c r="C1637">
         <v>2</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" t="s">
         <v>3</v>
       </c>
       <c r="B1638" t="s">
         <v>1635</v>
       </c>
       <c r="C1638">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" t="s">
         <v>3</v>
       </c>
       <c r="B1639" t="s">
         <v>1636</v>
       </c>
       <c r="C1639">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" t="s">
         <v>3</v>
       </c>
       <c r="B1640" t="s">
         <v>1637</v>
       </c>
       <c r="C1640">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" t="s">
         <v>3</v>
       </c>
       <c r="B1641" t="s">
         <v>1638</v>
       </c>
       <c r="C1641">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" t="s">
         <v>3</v>
       </c>
       <c r="B1642" t="s">
         <v>1639</v>
       </c>
       <c r="C1642">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" t="s">
         <v>3</v>
       </c>
       <c r="B1643" t="s">
         <v>1640</v>
       </c>
       <c r="C1643">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" t="s">
         <v>3</v>
       </c>
       <c r="B1644" t="s">
         <v>1641</v>
       </c>
       <c r="C1644">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" t="s">
         <v>3</v>
       </c>
       <c r="B1645" t="s">
         <v>1642</v>
       </c>
       <c r="C1645">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" t="s">
         <v>3</v>
       </c>
       <c r="B1646" t="s">
         <v>1643</v>
       </c>
       <c r="C1646">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" t="s">
         <v>3</v>
       </c>
       <c r="B1647" t="s">
         <v>1644</v>
       </c>
       <c r="C1647">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" t="s">
         <v>3</v>
       </c>
       <c r="B1648" t="s">
         <v>1645</v>
       </c>
       <c r="C1648">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" t="s">
         <v>3</v>
       </c>
       <c r="B1649" t="s">
         <v>1646</v>
       </c>
       <c r="C1649">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" t="s">
         <v>3</v>
       </c>
       <c r="B1650" t="s">
         <v>1647</v>
       </c>
       <c r="C1650">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" t="s">
         <v>3</v>
       </c>
       <c r="B1651" t="s">
         <v>1648</v>
       </c>
       <c r="C1651">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" t="s">
         <v>3</v>
       </c>
       <c r="B1652" t="s">
         <v>1649</v>
       </c>
       <c r="C1652">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" t="s">
         <v>3</v>
       </c>
       <c r="B1653" t="s">
         <v>1650</v>
       </c>
       <c r="C1653">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" t="s">
         <v>3</v>
       </c>
       <c r="B1654" t="s">
         <v>1651</v>
       </c>
       <c r="C1654">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" t="s">
         <v>3</v>
       </c>
       <c r="B1655" t="s">
         <v>1652</v>
       </c>
       <c r="C1655">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" t="s">
         <v>3</v>
       </c>
       <c r="B1656" t="s">
         <v>1653</v>
       </c>
       <c r="C1656">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" t="s">
         <v>3</v>
       </c>
       <c r="B1657" t="s">
         <v>1654</v>
       </c>
       <c r="C1657">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" t="s">
         <v>3</v>
       </c>
       <c r="B1658" t="s">
         <v>1655</v>
       </c>
       <c r="C1658">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" t="s">
         <v>3</v>
       </c>
       <c r="B1659" t="s">
         <v>1656</v>
       </c>
       <c r="C1659">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" t="s">
         <v>3</v>
       </c>
       <c r="B1660" t="s">
         <v>1657</v>
       </c>
       <c r="C1660">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" t="s">
         <v>3</v>
       </c>
       <c r="B1661" t="s">
         <v>1658</v>
       </c>
       <c r="C1661">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" t="s">
         <v>3</v>
       </c>
       <c r="B1662" t="s">
         <v>1659</v>
       </c>
       <c r="C1662">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" t="s">
         <v>3</v>
       </c>
       <c r="B1663" t="s">
         <v>1660</v>
       </c>
       <c r="C1663">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" t="s">
         <v>3</v>
       </c>
       <c r="B1664" t="s">
         <v>1661</v>
       </c>
       <c r="C1664">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" t="s">
         <v>3</v>
       </c>
       <c r="B1665" t="s">
         <v>1662</v>
       </c>
       <c r="C1665">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" t="s">
         <v>3</v>
       </c>
       <c r="B1666" t="s">
         <v>1663</v>
       </c>
       <c r="C1666">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" t="s">
         <v>3</v>
       </c>
       <c r="B1667" t="s">
         <v>1664</v>
       </c>
       <c r="C1667">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" t="s">
         <v>3</v>
       </c>
       <c r="B1668" t="s">
         <v>1665</v>
       </c>
       <c r="C1668">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" t="s">
         <v>3</v>
       </c>
       <c r="B1669" t="s">
         <v>1666</v>
       </c>
       <c r="C1669">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" t="s">
         <v>3</v>
       </c>
       <c r="B1670" t="s">
         <v>1667</v>
       </c>
       <c r="C1670">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" t="s">
         <v>3</v>
       </c>
       <c r="B1671" t="s">
         <v>1668</v>
       </c>
       <c r="C1671">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" t="s">
         <v>3</v>
       </c>
       <c r="B1672" t="s">
         <v>1669</v>
       </c>
       <c r="C1672">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" t="s">
         <v>3</v>
       </c>
       <c r="B1673" t="s">
         <v>1670</v>
       </c>
       <c r="C1673">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" t="s">
         <v>3</v>
       </c>
       <c r="B1674" t="s">
         <v>1671</v>
       </c>
       <c r="C1674">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" t="s">
         <v>3</v>
       </c>
       <c r="B1675" t="s">
         <v>1672</v>
       </c>
       <c r="C1675">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" t="s">
         <v>3</v>
       </c>
       <c r="B1676" t="s">
         <v>1673</v>
       </c>
       <c r="C1676">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" t="s">
         <v>3</v>
       </c>
       <c r="B1677" t="s">
         <v>1674</v>
       </c>
       <c r="C1677">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" t="s">
         <v>3</v>
       </c>
       <c r="B1678" t="s">
         <v>1675</v>
       </c>
       <c r="C1678">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" t="s">
         <v>3</v>
       </c>
       <c r="B1679" t="s">
         <v>1676</v>
       </c>
       <c r="C1679">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" t="s">
         <v>3</v>
       </c>
       <c r="B1680" t="s">
         <v>1677</v>
       </c>
       <c r="C1680">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" t="s">
         <v>3</v>
       </c>
       <c r="B1681" t="s">
         <v>1678</v>
       </c>
       <c r="C1681">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" t="s">
         <v>3</v>
       </c>
       <c r="B1682" t="s">
         <v>1679</v>
       </c>
       <c r="C1682">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" t="s">
         <v>3</v>
       </c>
       <c r="B1683" t="s">
         <v>1680</v>
       </c>
       <c r="C1683">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" t="s">
         <v>3</v>
       </c>
       <c r="B1684" t="s">
         <v>1681</v>
       </c>
       <c r="C1684">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" t="s">
         <v>3</v>
       </c>
       <c r="B1685" t="s">
         <v>1682</v>
       </c>
       <c r="C1685">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" t="s">
         <v>3</v>
       </c>
       <c r="B1686" t="s">
         <v>1683</v>
       </c>
       <c r="C1686">
         <v>1</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" t="s">
         <v>3</v>
       </c>
       <c r="B1687" t="s">
         <v>1684</v>
       </c>
       <c r="C1687">
         <v>1</v>
       </c>
     </row>
     <row r="1688" spans="1:3">