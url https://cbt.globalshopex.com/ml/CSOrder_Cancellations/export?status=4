--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>order cbt</t>
   </si>
   <si>
     <t>order gsx</t>
   </si>
   <si>
     <t>reason cancellation</t>
   </si>
   <si>
     <t>type cancellation</t>
   </si>
   <si>
     <t>registration type</t>
   </si>
   <si>
     <t>created at</t>
   </si>
   <si>
     <t>commentary cancellation</t>
   </si>
   <si>
     <t>last date</t>
   </si>
   <si>
@@ -80,144 +80,174 @@
   <si>
     <t>last commentary sale</t>
   </si>
   <si>
     <t>last date sale</t>
   </si>
   <si>
     <t>last status collected</t>
   </si>
   <si>
     <t>last commentary collected</t>
   </si>
   <si>
     <t>last date collected</t>
   </si>
   <si>
     <t>last status held</t>
   </si>
   <si>
     <t>last commentary held</t>
   </si>
   <si>
     <t>last date held</t>
   </si>
   <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-12 22:13:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Return Label Pending</t>
+  </si>
+  <si>
+    <t>7383263901-A</t>
+  </si>
+  <si>
+    <t>2025-11-04 21:34:19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							COMENTARIO: "Orden en Miami para devolución a Merchant"</t>
+  </si>
+  <si>
+    <t>23950976501-A</t>
+  </si>
+  <si>
+    <t>2025-10-20 22:28:36</t>
+  </si>
+  <si>
+    <t>24059613101-A</t>
+  </si>
+  <si>
+    <t>2025-10-20 17:04:48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
+  </si>
+  <si>
+    <t>24061958201-A</t>
+  </si>
+  <si>
+    <t>2025-10-20 17:02:32</t>
+  </si>
+  <si>
     <t>7326986801-A</t>
   </si>
   <si>
-    <t>cancelled_by_customer</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-01 15:29:36</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "Orden en Miami para devolución a Merchant"						</t>
   </si>
   <si>
-    <t>--</t>
-[...4 lines deleted...]
-  <si>
     <t>23898499301-A</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2025-09-22 20:25:02</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
   </si>
   <si>
     <t>23854945401-A</t>
   </si>
   <si>
     <t>2025-09-15 14:52:00</t>
   </si>
   <si>
     <t>23880294301-A</t>
   </si>
   <si>
     <t>2025-09-11 19:00:18</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t>2025-09-10 18:22:17</t>
   </si>
   <si>
     <t xml:space="preserve">					COMENTARIO: "Orden en Miami para devolución a Merchant"		</t>
   </si>
   <si>
     <t>23870994401-A</t>
   </si>
   <si>
     <t>2025-09-08 22:21:32</t>
   </si>
   <si>
-    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
-[...1 lines deleted...]
-  <si>
     <t>23859274001-A</t>
   </si>
   <si>
     <t>2025-09-01 21:20:13</t>
   </si>
   <si>
     <t>23856978501-A</t>
   </si>
   <si>
     <t>2025-09-01 21:18:20</t>
   </si>
   <si>
     <t>7292551001-A</t>
   </si>
   <si>
     <t>2025-08-28 17:31:53</t>
   </si>
   <si>
     <t>7189407301-A</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t>2025-08-25 18:06:34</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
   </si>
   <si>
     <t>7290069401-A</t>
   </si>
   <si>
     <t>2025-08-25 17:18:03</t>
   </si>
   <si>
     <t>7284494501-A</t>
   </si>
   <si>
     <t>2025-08-18 19:02:45</t>
   </si>
   <si>
     <t>7274971901-A</t>
   </si>
   <si>
     <t>2025-08-08 18:57:24</t>
   </si>
   <si>
     <t>23791180801-A</t>
   </si>
   <si>
     <t>2025-08-04 22:08:10</t>
   </si>
@@ -550,51 +580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V16"/>
+  <dimension ref="A1:V21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -627,887 +657,1167 @@
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
-      <c r="A2" t="s">
+      <c r="A2">
+        <v>3210909498</v>
+      </c>
+      <c r="B2">
+        <v>595934</v>
+      </c>
+      <c r="C2" t="s">
         <v>22</v>
       </c>
-      <c r="B2">
-[...4 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>26</v>
       </c>
-      <c r="G2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H2" t="s">
+        <v>25</v>
+      </c>
+      <c r="I2" t="s">
+        <v>27</v>
+      </c>
+      <c r="J2" t="s">
+        <v>28</v>
+      </c>
+      <c r="K2" t="s">
+        <v>28</v>
+      </c>
+      <c r="L2" t="s">
         <v>26</v>
       </c>
-      <c r="I2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3">
+        <v>595573</v>
+      </c>
+      <c r="C3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
         <v>30</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="G3" t="s">
         <v>31</v>
       </c>
-      <c r="D3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K3" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B4">
-        <v>593693</v>
+        <v>594488</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
         <v>33</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M4" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:22">
       <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5">
+        <v>594809</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="B5">
-[...16 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:22">
-      <c r="A6">
-        <v>2925911515</v>
+      <c r="A6" t="s">
+        <v>37</v>
       </c>
       <c r="B6">
-        <v>593145</v>
+        <v>594856</v>
       </c>
       <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L6" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="M6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:22">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7">
+        <v>594528</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="B7">
-[...16 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:22">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8">
+        <v>594251</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="B8">
-[...11 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="G8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I8" t="s">
+        <v>27</v>
+      </c>
+      <c r="J8" t="s">
+        <v>28</v>
+      </c>
+      <c r="K8" t="s">
+        <v>28</v>
+      </c>
+      <c r="L8" t="s">
         <v>45</v>
       </c>
-      <c r="I8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:22">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9">
-        <v>593694</v>
+        <v>593693</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
       <c r="G9" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
       <c r="I9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L9" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="M9" t="s">
         <v>47</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:22">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10">
-        <v>593559</v>
+        <v>593959</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>49</v>
       </c>
       <c r="G10" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
       <c r="I10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L10" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="M10" t="s">
         <v>49</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:22">
-      <c r="A11" t="s">
+      <c r="A11">
+        <v>2925911515</v>
+      </c>
+      <c r="B11">
+        <v>593145</v>
+      </c>
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="B11">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>52</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="s">
+        <v>51</v>
+      </c>
+      <c r="I11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J11" t="s">
+        <v>28</v>
+      </c>
+      <c r="K11" t="s">
+        <v>28</v>
+      </c>
+      <c r="L11" t="s">
         <v>52</v>
       </c>
-      <c r="I11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M11" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:22">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12">
+        <v>593852</v>
+      </c>
+      <c r="C12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="B12">
-[...13 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:22">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13">
+        <v>593695</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" t="s">
         <v>56</v>
       </c>
-      <c r="B13">
-[...13 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L13" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="M13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14">
+        <v>593694</v>
+      </c>
+      <c r="C14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" t="s">
         <v>58</v>
       </c>
-      <c r="B14">
-[...13 lines deleted...]
-      </c>
       <c r="G14" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="H14" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="M14" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15">
+        <v>593559</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" t="s">
         <v>60</v>
       </c>
-      <c r="B15">
-[...13 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I15" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J15" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K15" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="M15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16">
+        <v>591520</v>
+      </c>
+      <c r="C16" t="s">
         <v>62</v>
       </c>
-      <c r="B16">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H16" t="s">
         <v>63</v>
       </c>
       <c r="I16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J16" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K16" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="M16" t="s">
         <v>63</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16" t="s">
-        <v>28</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22">
+      <c r="A17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17">
+        <v>593467</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17" t="s">
+        <v>65</v>
+      </c>
+      <c r="I17" t="s">
+        <v>27</v>
+      </c>
+      <c r="J17" t="s">
+        <v>28</v>
+      </c>
+      <c r="K17" t="s">
+        <v>28</v>
+      </c>
+      <c r="L17" t="s">
+        <v>36</v>
+      </c>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17" t="s">
+        <v>27</v>
+      </c>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
+      <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18">
+        <v>593278</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18" t="s">
+        <v>67</v>
+      </c>
+      <c r="I18" t="s">
+        <v>27</v>
+      </c>
+      <c r="J18" t="s">
+        <v>28</v>
+      </c>
+      <c r="K18" t="s">
+        <v>28</v>
+      </c>
+      <c r="L18" t="s">
+        <v>36</v>
+      </c>
+      <c r="M18" t="s">
+        <v>67</v>
+      </c>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18" t="s">
+        <v>27</v>
+      </c>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19">
+        <v>592961</v>
+      </c>
+      <c r="C19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G19" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19" t="s">
+        <v>69</v>
+      </c>
+      <c r="I19" t="s">
+        <v>27</v>
+      </c>
+      <c r="J19" t="s">
+        <v>28</v>
+      </c>
+      <c r="K19" t="s">
+        <v>28</v>
+      </c>
+      <c r="L19" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" t="s">
+        <v>69</v>
+      </c>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19" t="s">
+        <v>27</v>
+      </c>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22">
+      <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20">
+        <v>592777</v>
+      </c>
+      <c r="C20" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20" t="s">
+        <v>71</v>
+      </c>
+      <c r="I20" t="s">
+        <v>27</v>
+      </c>
+      <c r="J20" t="s">
+        <v>28</v>
+      </c>
+      <c r="K20" t="s">
+        <v>28</v>
+      </c>
+      <c r="L20" t="s">
+        <v>45</v>
+      </c>
+      <c r="M20" t="s">
+        <v>71</v>
+      </c>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20" t="s">
+        <v>27</v>
+      </c>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22">
+      <c r="A21" t="s">
+        <v>72</v>
+      </c>
+      <c r="B21">
+        <v>592333</v>
+      </c>
+      <c r="C21" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21" t="s">
+        <v>73</v>
+      </c>
+      <c r="I21" t="s">
+        <v>27</v>
+      </c>
+      <c r="J21" t="s">
+        <v>28</v>
+      </c>
+      <c r="K21" t="s">
+        <v>28</v>
+      </c>
+      <c r="L21" t="s">
+        <v>52</v>
+      </c>
+      <c r="M21" t="s">
+        <v>73</v>
+      </c>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21" t="s">
+        <v>27</v>
+      </c>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">