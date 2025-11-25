--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -1184,51 +1184,51 @@
   <si>
     <t>2025-01-24 14:11:02</t>
   </si>
   <si>
     <t>2025-07-17 18:16:01</t>
   </si>
   <si>
     <t>2025-01-24 14:11:03</t>
   </si>
   <si>
     <t xml:space="preserve">							COMENTARIO: "Orden no comprada"</t>
   </si>
   <si>
     <t>23211312301-A</t>
   </si>
   <si>
     <t>2025-01-21 18:23:15</t>
   </si>
   <si>
     <t>2025-07-17 18:15:22</t>
   </si>
   <si>
     <t>2025-01-20 16:36:34</t>
   </si>
   <si>
-    <t>2025-07-17 18:04:11</t>
+    <t>2025-10-17 21:32:07</t>
   </si>
   <si>
     <t>2025-01-17 14:42:01</t>
   </si>
   <si>
     <t>2025-07-17 17:57:37</t>
   </si>
   <si>
     <t>2025-01-17 14:42:03</t>
   </si>
   <si>
     <t>2025-01-15 14:39:42</t>
   </si>
   <si>
     <t>2025-07-17 18:05:27</t>
   </si>
   <si>
     <t>2025-01-15 14:39:44</t>
   </si>
   <si>
     <t>2025-01-14 15:02:11</t>
   </si>
   <si>
     <t>2025-07-17 18:02:40</t>
   </si>
@@ -1301,51 +1301,51 @@
   <si>
     <t>23146119401-A</t>
   </si>
   <si>
     <t>2025-01-08 15:22:57</t>
   </si>
   <si>
     <t>2025-07-17 18:28:19</t>
   </si>
   <si>
     <t>2025-01-08 14:10:05</t>
   </si>
   <si>
     <t>2025-05-09 00:11:11</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"</t>
   </si>
   <si>
     <t>1487621037855-01</t>
   </si>
   <si>
     <t>2025-01-06 17:24:20</t>
   </si>
   <si>
-    <t>2025-07-17 17:53:27</t>
+    <t>2025-10-16 00:01:33</t>
   </si>
   <si>
     <t>6923593901-A</t>
   </si>
   <si>
     <t>2025-01-06 15:54:23</t>
   </si>
   <si>
     <t>2025-07-17 18:12:30</t>
   </si>
   <si>
     <t>23201141701-A</t>
   </si>
   <si>
     <t>2025-01-06 15:04:03</t>
   </si>
   <si>
     <t>2025-01-06 14:54:18</t>
   </si>
   <si>
     <t>2025-07-17 18:13:19</t>
   </si>
 </sst>
 </file>
 