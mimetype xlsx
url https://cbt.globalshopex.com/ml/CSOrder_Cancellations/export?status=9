--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>order cbt</t>
   </si>
   <si>
     <t>order gsx</t>
   </si>
   <si>
     <t>reason cancellation</t>
   </si>
   <si>
     <t>type cancellation</t>
   </si>
   <si>
     <t>registration type</t>
   </si>
   <si>
     <t>created at</t>
   </si>
   <si>
     <t>commentary cancellation</t>
   </si>
   <si>
     <t>last date</t>
   </si>
   <si>
@@ -80,114 +80,147 @@
   <si>
     <t>last commentary sale</t>
   </si>
   <si>
     <t>last date sale</t>
   </si>
   <si>
     <t>last status collected</t>
   </si>
   <si>
     <t>last commentary collected</t>
   </si>
   <si>
     <t>last date collected</t>
   </si>
   <si>
     <t>last status held</t>
   </si>
   <si>
     <t>last commentary held</t>
   </si>
   <si>
     <t>last date held</t>
   </si>
   <si>
+    <t>23859277101-A</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t>complete</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-21 22:46:09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"					</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>Collecting Pending</t>
+  </si>
+  <si>
+    <t>24107916302-A</t>
+  </si>
+  <si>
+    <t>2025-11-21 22:29:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"				</t>
+  </si>
+  <si>
+    <t>23964006001-A</t>
+  </si>
+  <si>
+    <t>2025-10-20 17:11:49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
+  </si>
+  <si>
+    <t>7281276701-A</t>
+  </si>
+  <si>
+    <t>2025-10-20 14:31:25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
+  </si>
+  <si>
     <t>7310744401-A</t>
   </si>
   <si>
-    <t>cancelled_by_customer</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-09 15:40:47</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA POR INCIDENCIA"						</t>
   </si>
   <si>
-    <t>--</t>
-[...4 lines deleted...]
-  <si>
     <t>7294865601-A</t>
   </si>
   <si>
     <t>2025-10-09 15:40:34</t>
   </si>
   <si>
     <t>7305117101-A</t>
   </si>
   <si>
     <t>2025-10-09 15:40:23</t>
   </si>
   <si>
     <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA POR INCIDENCIA"					</t>
   </si>
   <si>
     <t>7276196401-A</t>
   </si>
   <si>
     <t>2025-09-23 20:03:00</t>
   </si>
   <si>
     <t xml:space="preserve">					COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"		</t>
   </si>
   <si>
     <t>7226581601-A</t>
   </si>
   <si>
     <t>2025-09-19 20:54:41</t>
   </si>
   <si>
     <t xml:space="preserve">				COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"			</t>
   </si>
   <si>
     <t>23786751501-A</t>
   </si>
   <si>
     <t>2025-08-18 17:53:59</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">		COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"					</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -490,51 +523,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V7"/>
+  <dimension ref="A1:V11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -571,51 +604,51 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2">
-        <v>594130</v>
+        <v>593696</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>24</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>26</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>26</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
@@ -627,322 +660,546 @@
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>27</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3">
-        <v>593684</v>
+        <v>595954</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>31</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>28</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4">
-        <v>593992</v>
+        <v>594559</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4" t="s">
         <v>29</v>
       </c>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>28</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>28</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
+        <v>35</v>
+      </c>
+      <c r="S4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:22">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B5">
-        <v>593018</v>
+        <v>593181</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5" t="s">
         <v>29</v>
       </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>28</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
+        <v>38</v>
+      </c>
+      <c r="S5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:22">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B6">
-        <v>592039</v>
+        <v>594130</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6" t="s">
         <v>29</v>
       </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>28</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>28</v>
       </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
+        <v>41</v>
+      </c>
+      <c r="S6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:22">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7">
-        <v>592724</v>
+        <v>593684</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7" t="s">
         <v>29</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>28</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>28</v>
       </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
+        <v>41</v>
+      </c>
+      <c r="S7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:22">
+      <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8">
+        <v>593992</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+      <c r="J8" t="s">
+        <v>29</v>
+      </c>
+      <c r="K8"/>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>28</v>
+      </c>
+      <c r="N8"/>
+      <c r="O8"/>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>29</v>
+      </c>
+      <c r="R8" t="s">
+        <v>46</v>
+      </c>
+      <c r="S8" t="s">
+        <v>45</v>
+      </c>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9">
+        <v>593018</v>
+      </c>
+      <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" t="s">
+        <v>28</v>
+      </c>
+      <c r="J9" t="s">
+        <v>29</v>
+      </c>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>28</v>
+      </c>
+      <c r="N9"/>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>29</v>
+      </c>
+      <c r="R9" t="s">
+        <v>49</v>
+      </c>
+      <c r="S9" t="s">
+        <v>48</v>
+      </c>
+      <c r="T9"/>
+      <c r="U9"/>
+      <c r="V9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10">
+        <v>592039</v>
+      </c>
+      <c r="C10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+      <c r="I10" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" t="s">
+        <v>29</v>
+      </c>
+      <c r="K10"/>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>28</v>
+      </c>
+      <c r="N10"/>
+      <c r="O10"/>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>29</v>
+      </c>
+      <c r="R10" t="s">
+        <v>52</v>
+      </c>
+      <c r="S10" t="s">
+        <v>51</v>
+      </c>
+      <c r="T10"/>
+      <c r="U10"/>
+      <c r="V10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11">
+        <v>592724</v>
+      </c>
+      <c r="C11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11" t="s">
+        <v>54</v>
+      </c>
+      <c r="I11" t="s">
+        <v>28</v>
+      </c>
+      <c r="J11" t="s">
+        <v>29</v>
+      </c>
+      <c r="K11"/>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>28</v>
+      </c>
+      <c r="N11"/>
+      <c r="O11"/>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>29</v>
+      </c>
+      <c r="R11" t="s">
+        <v>35</v>
+      </c>
+      <c r="S11" t="s">
+        <v>54</v>
+      </c>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>