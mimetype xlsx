--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>order cbt</t>
   </si>
   <si>
     <t>order gsx</t>
   </si>
   <si>
     <t>reason cancellation</t>
   </si>
   <si>
     <t>type cancellation</t>
   </si>
   <si>
     <t>registration type</t>
   </si>
   <si>
     <t>created at</t>
   </si>
   <si>
     <t>commentary cancellation</t>
   </si>
   <si>
     <t>last date</t>
   </si>
   <si>
@@ -80,147 +80,102 @@
   <si>
     <t>last commentary sale</t>
   </si>
   <si>
     <t>last date sale</t>
   </si>
   <si>
     <t>last status collected</t>
   </si>
   <si>
     <t>last commentary collected</t>
   </si>
   <si>
     <t>last date collected</t>
   </si>
   <si>
     <t>last status held</t>
   </si>
   <si>
     <t>last commentary held</t>
   </si>
   <si>
     <t>last date held</t>
   </si>
   <si>
-    <t>23859277101-A</t>
+    <t>24169608701-A</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t>complete</t>
   </si>
   <si>
     <t>manual</t>
   </si>
   <si>
-    <t>2025-11-21 22:46:09</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">		COMENTARIO: "RIPLEY ENVIARÁ ORDEN A OFICINA DE CHILE"					</t>
+    <t>2026-01-06 21:40:45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"
+Ripley gestiona recolección inversa 				</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>Collecting Pending</t>
   </si>
   <si>
-    <t>24107916302-A</t>
-[...71 lines deleted...]
-    <t>2025-08-18 17:53:59</t>
+    <t>24233325501-A</t>
+  </si>
+  <si>
+    <t>2026-01-06 21:21:32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"
+Ripley realiza la recolección inversa				</t>
+  </si>
+  <si>
+    <t>7431433901-A</t>
+  </si>
+  <si>
+    <t>2026-01-06 17:44:40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"
+reembolso aprobado sin devo a amazon				</t>
+  </si>
+  <si>
+    <t>24243839802-A</t>
+  </si>
+  <si>
+    <t>2026-01-02 18:17:49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">			COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"				</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -523,51 +478,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V11"/>
+  <dimension ref="A1:V5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -604,51 +559,51 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2">
-        <v>593696</v>
+        <v>597448</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>24</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>26</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>26</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
@@ -660,51 +615,51 @@
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>27</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3">
-        <v>595954</v>
+        <v>598265</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>31</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>29</v>
       </c>
@@ -716,51 +671,51 @@
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>28</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4">
-        <v>594559</v>
+        <v>597198</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4" t="s">
         <v>29</v>
       </c>
@@ -772,434 +727,98 @@
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>28</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>35</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:22">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5">
-        <v>593181</v>
+        <v>598355</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5" t="s">
         <v>29</v>
       </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>28</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>28</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>38</v>
       </c>
       <c r="S5" t="s">
         <v>37</v>
       </c>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5" t="s">
-        <v>28</v>
-[...334 lines deleted...]
-      <c r="V11" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>