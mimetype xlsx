--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,113 +215,260 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2025-11-01 01:15:04</t>
+  </si>
+  <si>
+    <t>AFA727BCC13CE</t>
+  </si>
+  <si>
+    <t>Rigoberto Melchor Avalos .</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>/11430037</t>
+  </si>
+  <si>
+    <t>2025-11-01 00:00:00</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>without_tracking_code</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>786 391 4868</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013628991620</t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/BV1125S-30011527-001-00011-NS</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-05 15:54:13</t>
+  </si>
+  <si>
+    <t>2025-11-06 09:10:45</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-11-01 17:20:05</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>2025-10-30 12:15:06</t>
+  </si>
+  <si>
+    <t>A245CC8F929AA</t>
+  </si>
+  <si>
+    <t>Omar cortes .</t>
+  </si>
+  <si>
+    <t>/11429303</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013606454226</t>
+  </si>
+  <si>
+    <t>/BB0346S-30014948-004-60032-NS</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:31:07</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:33:07</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:20:04</t>
+  </si>
+  <si>
+    <t>2025-10-30 11:45:05</t>
+  </si>
+  <si>
+    <t>A5ED70B6228C6</t>
+  </si>
+  <si>
+    <t>Rodrigo Sotelo .</t>
+  </si>
+  <si>
+    <t>/11429304</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013606046754</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:19:22</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:20:59</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:50:04</t>
+  </si>
+  <si>
+    <t>2025-10-25 05:45:05</t>
+  </si>
+  <si>
+    <t>A474196448327</t>
+  </si>
+  <si>
+    <t>David Ruben Vazquez Lizarraga .</t>
+  </si>
+  <si>
+    <t>/11427328</t>
+  </si>
+  <si>
+    <t>2025-10-25 00:00:00</t>
+  </si>
+  <si>
+    <t>Purchased</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013549042782</t>
+  </si>
+  <si>
+    <t>/PSRBA0323-BLACK-OS</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>2025-10-25 21:50:02</t>
+  </si>
+  <si>
+    <t>2025-10-23 09:00:06</t>
+  </si>
+  <si>
+    <t>AD80FF0901531</t>
+  </si>
+  <si>
+    <t>Raul Meraz Gutierrez .</t>
+  </si>
+  <si>
+    <t>/11426350</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013517218410</t>
+  </si>
+  <si>
+    <t>/SL309-30008020-012</t>
+  </si>
+  <si>
+    <t>2025-10-27 15:31:01</t>
+  </si>
+  <si>
+    <t>2025-10-27 15:33:17</t>
+  </si>
+  <si>
+    <t>2025-10-23 13:05:00</t>
+  </si>
+  <si>
     <t>2025-09-30 09:00:06</t>
   </si>
   <si>
     <t>A1C87B1BE204A</t>
   </si>
   <si>
     <t>Raúl yired .</t>
   </si>
   <si>
-    <t>US</t>
-[...1 lines deleted...]
-  <si>
     <t>/11416931</t>
   </si>
   <si>
     <t>2025-09-30 00:00:00</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...13 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013218390024</t>
   </si>
   <si>
-    <t>Miami</t>
-[...4 lines deleted...]
-  <si>
     <t>/PWPWA0324-BLACK-OS</t>
   </si>
   <si>
-    <t>Fedex</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-02 12:16:42</t>
   </si>
   <si>
-    <t>automatic</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-30 13:04:48</t>
   </si>
   <si>
-    <t>ALL</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-26 09:00:05</t>
   </si>
   <si>
     <t>ACAFF6F42332B</t>
   </si>
   <si>
     <t>Tamara Cecilia Godoy Aceituno .</t>
   </si>
   <si>
     <t>/11415151</t>
   </si>
   <si>
     <t>2025-09-26 00:00:00</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013172834282</t>
   </si>
   <si>
     <t>/GG1634S-30014927-005-10303-NS</t>
   </si>
   <si>
     <t>2025-09-29 13:11:30</t>
   </si>
   <si>
     <t>2025-09-29 13:14:03</t>
@@ -380,60 +527,54 @@
   <si>
     <t>/GG1331S-30013890-006-20355-NS</t>
   </si>
   <si>
     <t>2025-09-24 13:14:16</t>
   </si>
   <si>
     <t>2025-09-25 11:18:29</t>
   </si>
   <si>
     <t>2025-09-20 20:26:21</t>
   </si>
   <si>
     <t>2025-09-20 01:15:06</t>
   </si>
   <si>
     <t>AA5FFE70EAA4E</t>
   </si>
   <si>
     <t>Marizete Souza lima .</t>
   </si>
   <si>
     <t>/11411582</t>
   </si>
   <si>
-    <t>Purchased</t>
-[...1 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013111396982</t>
   </si>
   <si>
     <t>/GG0636SK-30008627-003-20009-NS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pending</t>
   </si>
   <si>
     <t>2025-09-20 17:26:21</t>
   </si>
   <si>
     <t>2025-09-18 09:00:11</t>
   </si>
   <si>
     <t>AFB3F81C1E715</t>
   </si>
   <si>
     <t>JUAN MIGUEL RUIZ COTES .</t>
   </si>
   <si>
     <t>/11410149</t>
   </si>
   <si>
     <t>2025-09-18 00:00:00</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013085796750</t>
   </si>
   <si>
     <t>/MB0132O-30009113-001-00018-NS</t>
   </si>
@@ -943,51 +1084,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS14"/>
+  <dimension ref="A1:BS19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1177,99 +1318,99 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594507</v>
+        <v>595582</v>
       </c>
       <c r="E2">
         <v>1.02</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>360</v>
+        <v>99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>75</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>75</v>
       </c>
       <c r="T2" t="s">
         <v>76</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594507</v>
+        <v>595582</v>
       </c>
       <c r="W2" t="s">
         <v>75</v>
       </c>
       <c r="X2">
         <v>1.02</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2" t="s">
         <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2" t="s">
         <v>75</v>
       </c>
@@ -1278,2362 +1419,3295 @@
       </c>
       <c r="AF2" t="s">
         <v>77</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>80</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>360</v>
+        <v>99</v>
       </c>
       <c r="AP2" t="s">
         <v>81</v>
       </c>
       <c r="AQ2" t="s">
         <v>73</v>
       </c>
       <c r="AR2" t="s">
         <v>82</v>
       </c>
       <c r="AS2">
-        <v>393747723301</v>
+        <v>394913441188</v>
       </c>
       <c r="AT2" t="s">
         <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="BE2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="BI2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>73</v>
       </c>
       <c r="BQ2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR2">
         <v>1.02</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D3">
-        <v>594400</v>
+        <v>595496</v>
       </c>
       <c r="E3">
         <v>1.02</v>
       </c>
       <c r="F3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I3">
-        <v>119.99</v>
+        <v>111.99</v>
       </c>
       <c r="J3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>75</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="R3" t="s">
         <v>75</v>
       </c>
       <c r="S3" t="s">
         <v>75</v>
       </c>
       <c r="T3" t="s">
         <v>76</v>
       </c>
       <c r="U3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V3">
-        <v>594400</v>
+        <v>595496</v>
       </c>
       <c r="W3" t="s">
         <v>75</v>
       </c>
       <c r="X3">
         <v>1.02</v>
       </c>
       <c r="Y3">
         <v>1</v>
       </c>
       <c r="Z3" t="s">
         <v>75</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AD3" t="s">
         <v>75</v>
       </c>
       <c r="AE3" t="s">
         <v>77</v>
       </c>
       <c r="AF3" t="s">
         <v>77</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>79</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AM3" t="s">
         <v>80</v>
       </c>
       <c r="AN3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AO3">
-        <v>119.99</v>
+        <v>111.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
         <v>82</v>
       </c>
       <c r="AS3">
-        <v>393642040035</v>
+        <v>394816080890</v>
       </c>
       <c r="AT3" t="s">
         <v>75</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BC3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="BD3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BE3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="BI3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>73</v>
       </c>
       <c r="BQ3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR3">
         <v>1.02</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D4">
-        <v>594371</v>
+        <v>595494</v>
       </c>
       <c r="E4">
         <v>1.02</v>
       </c>
       <c r="F4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I4">
-        <v>119.99</v>
+        <v>52.8</v>
       </c>
       <c r="J4" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>75</v>
       </c>
       <c r="Q4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R4" t="s">
         <v>75</v>
       </c>
       <c r="S4" t="s">
         <v>75</v>
       </c>
       <c r="T4" t="s">
         <v>76</v>
       </c>
       <c r="U4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V4">
-        <v>594371</v>
+        <v>595494</v>
       </c>
       <c r="W4" t="s">
         <v>75</v>
       </c>
       <c r="X4">
         <v>1.02</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4" t="s">
         <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AD4" t="s">
         <v>75</v>
       </c>
       <c r="AE4" t="s">
         <v>77</v>
       </c>
       <c r="AF4" t="s">
         <v>77</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
         <v>103</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
         <v>79</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="AM4" t="s">
         <v>80</v>
       </c>
       <c r="AN4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AO4">
-        <v>119.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP4" t="s">
         <v>104</v>
       </c>
       <c r="AQ4" t="s">
         <v>73</v>
       </c>
       <c r="AR4" t="s">
         <v>82</v>
       </c>
       <c r="AS4">
-        <v>393599788620</v>
+        <v>394824530865</v>
       </c>
       <c r="AT4" t="s">
         <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="BC4" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="BD4" t="s">
         <v>105</v>
       </c>
       <c r="BE4" t="s">
         <v>106</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="BI4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>107</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR4">
         <v>1.02</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>108</v>
       </c>
       <c r="C5" t="s">
         <v>109</v>
       </c>
       <c r="D5">
-        <v>594236</v>
+        <v>595330</v>
       </c>
       <c r="E5">
         <v>1.02</v>
       </c>
       <c r="F5" t="s">
         <v>110</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>111</v>
       </c>
       <c r="I5">
-        <v>127.99</v>
+        <v>51.99</v>
       </c>
       <c r="J5" t="s">
         <v>112</v>
       </c>
       <c r="K5" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>75</v>
       </c>
       <c r="Q5" t="s">
         <v>108</v>
       </c>
       <c r="R5" t="s">
         <v>75</v>
       </c>
       <c r="S5" t="s">
         <v>75</v>
       </c>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
         <v>109</v>
       </c>
       <c r="V5">
-        <v>594236</v>
+        <v>595330</v>
       </c>
       <c r="W5" t="s">
         <v>75</v>
       </c>
       <c r="X5">
         <v>1.02</v>
       </c>
       <c r="Y5">
         <v>1</v>
       </c>
       <c r="Z5" t="s">
         <v>75</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
         <v>110</v>
       </c>
       <c r="AD5" t="s">
         <v>75</v>
       </c>
       <c r="AE5" t="s">
         <v>77</v>
       </c>
       <c r="AF5" t="s">
         <v>77</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
         <v>79</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
         <v>112</v>
       </c>
       <c r="AM5" t="s">
         <v>80</v>
       </c>
       <c r="AN5" t="s">
         <v>111</v>
       </c>
       <c r="AO5">
-        <v>127.99</v>
+        <v>51.99</v>
       </c>
       <c r="AP5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AQ5" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="AR5" t="s">
         <v>82</v>
       </c>
-      <c r="AS5">
-[...1 lines deleted...]
-      </c>
+      <c r="AS5"/>
       <c r="AT5" t="s">
         <v>75</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
-      <c r="AW5">
-[...1 lines deleted...]
-      </c>
+      <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA5"/>
       <c r="BB5" t="s">
         <v>108</v>
       </c>
       <c r="BC5" t="s">
         <v>112</v>
       </c>
       <c r="BD5" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="BE5" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="BI5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>117</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="BQ5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR5">
         <v>1.02</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>118</v>
       </c>
       <c r="C6" t="s">
         <v>119</v>
       </c>
       <c r="D6">
-        <v>594234</v>
+        <v>595247</v>
       </c>
       <c r="E6">
         <v>1.02</v>
       </c>
       <c r="F6" t="s">
         <v>120</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>121</v>
       </c>
       <c r="I6">
-        <v>79.99</v>
+        <v>111.99</v>
       </c>
       <c r="J6" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="K6" t="s">
-        <v>122</v>
+        <v>73</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>75</v>
       </c>
       <c r="Q6" t="s">
         <v>118</v>
       </c>
       <c r="R6" t="s">
         <v>75</v>
       </c>
       <c r="S6" t="s">
         <v>75</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
       <c r="U6" t="s">
         <v>119</v>
       </c>
       <c r="V6">
-        <v>594234</v>
+        <v>595247</v>
       </c>
       <c r="W6" t="s">
         <v>75</v>
       </c>
       <c r="X6">
         <v>1.02</v>
       </c>
       <c r="Y6">
         <v>1</v>
       </c>
       <c r="Z6" t="s">
         <v>75</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
         <v>120</v>
       </c>
       <c r="AD6" t="s">
         <v>75</v>
       </c>
       <c r="AE6" t="s">
         <v>77</v>
       </c>
       <c r="AF6" t="s">
         <v>77</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
         <v>123</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>79</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="AM6" t="s">
         <v>80</v>
       </c>
       <c r="AN6" t="s">
         <v>121</v>
       </c>
       <c r="AO6">
-        <v>79.99</v>
+        <v>111.99</v>
       </c>
       <c r="AP6" t="s">
         <v>124</v>
       </c>
       <c r="AQ6" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="AR6" t="s">
         <v>82</v>
       </c>
-      <c r="AS6"/>
+      <c r="AS6">
+        <v>394568700538</v>
+      </c>
       <c r="AT6" t="s">
         <v>75</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
-      <c r="BA6"/>
+      <c r="BA6" t="s">
+        <v>83</v>
+      </c>
       <c r="BB6" t="s">
         <v>118</v>
       </c>
       <c r="BC6" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="BD6" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
       <c r="BE6" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="BI6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="BQ6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR6">
         <v>1.02</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D7">
-        <v>594185</v>
+        <v>594507</v>
       </c>
       <c r="E7">
         <v>1.02</v>
       </c>
       <c r="F7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I7">
-        <v>127.99</v>
+        <v>360</v>
       </c>
       <c r="J7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K7" t="s">
-        <v>122</v>
+        <v>73</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>75</v>
       </c>
       <c r="Q7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R7" t="s">
         <v>75</v>
       </c>
       <c r="S7" t="s">
         <v>75</v>
       </c>
       <c r="T7" t="s">
         <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="V7">
-        <v>594185</v>
+        <v>594507</v>
       </c>
       <c r="W7" t="s">
         <v>75</v>
       </c>
       <c r="X7">
         <v>1.02</v>
       </c>
       <c r="Y7">
         <v>1</v>
       </c>
       <c r="Z7" t="s">
         <v>75</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AD7" t="s">
         <v>75</v>
       </c>
       <c r="AE7" t="s">
         <v>77</v>
       </c>
       <c r="AF7" t="s">
         <v>77</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
         <v>79</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AM7" t="s">
         <v>80</v>
       </c>
       <c r="AN7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AO7">
-        <v>127.99</v>
+        <v>360</v>
       </c>
       <c r="AP7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AQ7" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="AR7" t="s">
         <v>82</v>
       </c>
-      <c r="AS7"/>
+      <c r="AS7">
+        <v>393747723301</v>
+      </c>
       <c r="AT7" t="s">
         <v>75</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
-      <c r="BA7"/>
+      <c r="BA7" t="s">
+        <v>83</v>
+      </c>
       <c r="BB7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BC7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
-        <v>75</v>
+        <v>135</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="BI7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="BQ7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR7">
         <v>1.02</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C8" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D8">
-        <v>594184</v>
+        <v>594400</v>
       </c>
       <c r="E8">
         <v>1.02</v>
       </c>
       <c r="F8" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I8">
-        <v>79</v>
+        <v>119.99</v>
       </c>
       <c r="J8" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>75</v>
       </c>
       <c r="Q8" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="R8" t="s">
         <v>75</v>
       </c>
       <c r="S8" t="s">
         <v>75</v>
       </c>
       <c r="T8" t="s">
         <v>76</v>
       </c>
       <c r="U8" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="V8">
-        <v>594184</v>
+        <v>594400</v>
       </c>
       <c r="W8" t="s">
         <v>75</v>
       </c>
       <c r="X8">
         <v>1.02</v>
       </c>
       <c r="Y8">
         <v>1</v>
       </c>
       <c r="Z8" t="s">
         <v>75</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AD8" t="s">
         <v>75</v>
       </c>
       <c r="AE8" t="s">
         <v>77</v>
       </c>
       <c r="AF8" t="s">
         <v>77</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
         <v>79</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="AM8" t="s">
         <v>80</v>
       </c>
       <c r="AN8" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AO8">
-        <v>79</v>
+        <v>119.99</v>
       </c>
       <c r="AP8" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="AQ8" t="s">
         <v>73</v>
       </c>
       <c r="AR8" t="s">
         <v>82</v>
       </c>
       <c r="AS8">
-        <v>393359846411</v>
+        <v>393642040035</v>
       </c>
       <c r="AT8" t="s">
         <v>75</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="BC8" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="BD8" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="BE8" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="BI8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>73</v>
       </c>
       <c r="BQ8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR8">
         <v>1.02</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C9" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D9">
-        <v>594103</v>
+        <v>594371</v>
       </c>
       <c r="E9">
         <v>1.02</v>
       </c>
       <c r="F9" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="I9">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="J9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="K9" t="s">
-        <v>122</v>
+        <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
         <v>75</v>
       </c>
       <c r="Q9" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="R9" t="s">
         <v>75</v>
       </c>
       <c r="S9" t="s">
         <v>75</v>
       </c>
       <c r="T9" t="s">
         <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="V9">
-        <v>594103</v>
+        <v>594371</v>
       </c>
       <c r="W9" t="s">
         <v>75</v>
       </c>
       <c r="X9">
         <v>1.02</v>
       </c>
       <c r="Y9">
         <v>1</v>
       </c>
       <c r="Z9" t="s">
         <v>75</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="AD9" t="s">
         <v>75</v>
       </c>
       <c r="AE9" t="s">
         <v>77</v>
       </c>
       <c r="AF9" t="s">
         <v>77</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
         <v>79</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="AM9" t="s">
         <v>80</v>
       </c>
       <c r="AN9" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="AO9">
-        <v>79.99</v>
+        <v>119.99</v>
       </c>
       <c r="AP9" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="AQ9" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="AR9" t="s">
         <v>82</v>
       </c>
-      <c r="AS9"/>
+      <c r="AS9">
+        <v>393599788620</v>
+      </c>
       <c r="AT9" t="s">
         <v>75</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
-      <c r="BA9"/>
+      <c r="BA9" t="s">
+        <v>83</v>
+      </c>
       <c r="BB9" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="BC9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="BD9" t="s">
-        <v>75</v>
+        <v>154</v>
       </c>
       <c r="BE9" t="s">
-        <v>75</v>
+        <v>155</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="BI9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="BQ9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR9">
         <v>1.02</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C10" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="D10">
-        <v>594006</v>
+        <v>594236</v>
       </c>
       <c r="E10">
         <v>1.02</v>
       </c>
       <c r="F10" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="I10">
-        <v>55.2</v>
+        <v>127.99</v>
       </c>
       <c r="J10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
         <v>75</v>
       </c>
       <c r="Q10" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="R10" t="s">
         <v>75</v>
       </c>
       <c r="S10" t="s">
         <v>75</v>
       </c>
       <c r="T10" t="s">
         <v>76</v>
       </c>
       <c r="U10" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="V10">
-        <v>594006</v>
+        <v>594236</v>
       </c>
       <c r="W10" t="s">
         <v>75</v>
       </c>
       <c r="X10">
         <v>1.02</v>
       </c>
       <c r="Y10">
         <v>1</v>
       </c>
       <c r="Z10" t="s">
         <v>75</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="AD10" t="s">
         <v>75</v>
       </c>
       <c r="AE10" t="s">
         <v>77</v>
       </c>
       <c r="AF10" t="s">
         <v>77</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
         <v>79</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="AM10" t="s">
         <v>80</v>
       </c>
       <c r="AN10" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="AO10">
-        <v>55.2</v>
+        <v>127.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="AQ10" t="s">
         <v>73</v>
       </c>
       <c r="AR10" t="s">
         <v>82</v>
       </c>
       <c r="AS10">
-        <v>393169469130</v>
+        <v>393459696078</v>
       </c>
       <c r="AT10" t="s">
         <v>75</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="BC10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="BD10" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="BE10" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="BI10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>73</v>
       </c>
       <c r="BQ10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR10">
         <v>1.02</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11">
+        <v>594234</v>
+      </c>
+      <c r="E11">
+        <v>1.02</v>
+      </c>
+      <c r="F11" t="s">
+        <v>169</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>170</v>
+      </c>
+      <c r="I11">
+        <v>79.99</v>
+      </c>
+      <c r="J11" t="s">
         <v>161</v>
       </c>
-      <c r="C11" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
         <v>75</v>
       </c>
       <c r="Q11" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="R11" t="s">
         <v>75</v>
       </c>
       <c r="S11" t="s">
         <v>75</v>
       </c>
       <c r="T11" t="s">
         <v>76</v>
       </c>
       <c r="U11" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="V11">
-        <v>593843</v>
+        <v>594234</v>
       </c>
       <c r="W11" t="s">
         <v>75</v>
       </c>
       <c r="X11">
-        <v>2.02</v>
+        <v>1.02</v>
       </c>
       <c r="Y11">
         <v>1</v>
       </c>
       <c r="Z11" t="s">
         <v>75</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="AD11" t="s">
         <v>75</v>
       </c>
       <c r="AE11" t="s">
         <v>77</v>
       </c>
       <c r="AF11" t="s">
         <v>77</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
         <v>79</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="AM11" t="s">
         <v>80</v>
       </c>
       <c r="AN11" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="AO11">
-        <v>142.2</v>
+        <v>79.99</v>
       </c>
       <c r="AP11" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="AQ11" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="AR11" t="s">
         <v>82</v>
       </c>
-      <c r="AS11">
-[...1 lines deleted...]
-      </c>
+      <c r="AS11"/>
       <c r="AT11" t="s">
         <v>75</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
-      <c r="BA11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA11"/>
       <c r="BB11" t="s">
+        <v>167</v>
+      </c>
+      <c r="BC11" t="s">
         <v>161</v>
       </c>
-      <c r="BC11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
-        <v>168</v>
+        <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="BI11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="BQ11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR11">
-        <v>2.02</v>
+        <v>1.02</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C12" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D12">
-        <v>593841</v>
+        <v>594185</v>
       </c>
       <c r="E12">
         <v>1.02</v>
       </c>
       <c r="F12" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I12">
-        <v>79.99</v>
+        <v>127.99</v>
       </c>
       <c r="J12" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="K12" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
         <v>75</v>
       </c>
       <c r="Q12" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="R12" t="s">
         <v>75</v>
       </c>
       <c r="S12" t="s">
         <v>75</v>
       </c>
       <c r="T12" t="s">
         <v>76</v>
       </c>
       <c r="U12" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="V12">
-        <v>593841</v>
+        <v>594185</v>
       </c>
       <c r="W12" t="s">
         <v>75</v>
       </c>
       <c r="X12">
         <v>1.02</v>
       </c>
       <c r="Y12">
         <v>1</v>
       </c>
       <c r="Z12" t="s">
         <v>75</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="AD12" t="s">
         <v>75</v>
       </c>
       <c r="AE12" t="s">
         <v>77</v>
       </c>
       <c r="AF12" t="s">
         <v>77</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>79</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="AM12" t="s">
         <v>80</v>
       </c>
       <c r="AN12" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="AO12">
-        <v>79.99</v>
+        <v>127.99</v>
       </c>
       <c r="AP12" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="AQ12" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="AR12" t="s">
         <v>82</v>
       </c>
-      <c r="AS12">
-[...1 lines deleted...]
-      </c>
+      <c r="AS12"/>
       <c r="AT12" t="s">
         <v>75</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
-      <c r="BA12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA12"/>
       <c r="BB12" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="BC12" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="BI12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="BQ12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR12">
         <v>1.02</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
+        <v>182</v>
+      </c>
+      <c r="C13" t="s">
+        <v>183</v>
+      </c>
+      <c r="D13">
+        <v>594184</v>
+      </c>
+      <c r="E13">
+        <v>1.02</v>
+      </c>
+      <c r="F13" t="s">
+        <v>184</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>185</v>
+      </c>
+      <c r="I13">
+        <v>79</v>
+      </c>
+      <c r="J13" t="s">
         <v>178</v>
-      </c>
-[...22 lines deleted...]
-        <v>182</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
         <v>75</v>
       </c>
       <c r="Q13" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="R13" t="s">
         <v>75</v>
       </c>
       <c r="S13" t="s">
         <v>75</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
       <c r="U13" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="V13">
-        <v>593765</v>
+        <v>594184</v>
       </c>
       <c r="W13" t="s">
         <v>75</v>
       </c>
       <c r="X13">
         <v>1.02</v>
       </c>
       <c r="Y13">
         <v>1</v>
       </c>
       <c r="Z13" t="s">
         <v>75</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="AD13" t="s">
         <v>75</v>
       </c>
       <c r="AE13" t="s">
         <v>77</v>
       </c>
       <c r="AF13" t="s">
         <v>77</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
         <v>79</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="AM13" t="s">
         <v>80</v>
       </c>
       <c r="AN13" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="AO13">
-        <v>19.99</v>
+        <v>79</v>
       </c>
       <c r="AP13" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="AQ13" t="s">
         <v>73</v>
       </c>
       <c r="AR13" t="s">
         <v>82</v>
       </c>
       <c r="AS13">
-        <v>392827172503</v>
+        <v>393359846411</v>
       </c>
       <c r="AT13" t="s">
         <v>75</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
+        <v>182</v>
+      </c>
+      <c r="BC13" t="s">
         <v>178</v>
       </c>
-      <c r="BC13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD13" t="s">
-        <v>75</v>
+        <v>188</v>
       </c>
       <c r="BE13" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="BI13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>73</v>
       </c>
       <c r="BQ13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BR13">
         <v>1.02</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C14" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D14">
-        <v>593739</v>
+        <v>594103</v>
       </c>
       <c r="E14">
         <v>1.02</v>
       </c>
       <c r="F14" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="I14">
-        <v>350.99</v>
+        <v>79.99</v>
       </c>
       <c r="J14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="K14" t="s">
-        <v>192</v>
+        <v>113</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
         <v>75</v>
       </c>
       <c r="Q14" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="R14" t="s">
         <v>75</v>
       </c>
       <c r="S14" t="s">
         <v>75</v>
       </c>
       <c r="T14" t="s">
         <v>76</v>
       </c>
       <c r="U14" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="V14">
-        <v>593739</v>
+        <v>594103</v>
       </c>
       <c r="W14" t="s">
         <v>75</v>
       </c>
       <c r="X14">
         <v>1.02</v>
       </c>
       <c r="Y14">
         <v>1</v>
       </c>
       <c r="Z14" t="s">
         <v>75</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="AD14" t="s">
         <v>75</v>
       </c>
       <c r="AE14" t="s">
         <v>77</v>
       </c>
       <c r="AF14" t="s">
         <v>77</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>79</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="AM14" t="s">
         <v>80</v>
       </c>
       <c r="AN14" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="AO14">
-        <v>350.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="AQ14" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="AR14" t="s">
         <v>82</v>
       </c>
-      <c r="AS14">
-[...1 lines deleted...]
-      </c>
+      <c r="AS14"/>
       <c r="AT14" t="s">
         <v>75</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
-      <c r="AW14">
-[...1 lines deleted...]
-      </c>
+      <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
-      <c r="BA14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA14"/>
       <c r="BB14" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="BC14" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
         <v>75</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="BI14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
-        <v>75</v>
+        <v>197</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
+        <v>116</v>
+      </c>
+      <c r="BQ14" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR14">
+        <v>1.02</v>
+      </c>
+      <c r="BS14"/>
+    </row>
+    <row r="15" spans="1:71">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>198</v>
+      </c>
+      <c r="C15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D15">
+        <v>594006</v>
+      </c>
+      <c r="E15">
+        <v>1.02</v>
+      </c>
+      <c r="F15" t="s">
+        <v>200</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>201</v>
+      </c>
+      <c r="I15">
+        <v>55.2</v>
+      </c>
+      <c r="J15" t="s">
+        <v>202</v>
+      </c>
+      <c r="K15" t="s">
         <v>73</v>
       </c>
-      <c r="BQ14" t="s">
-[...5 lines deleted...]
-      <c r="BS14"/>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>198</v>
+      </c>
+      <c r="R15" t="s">
+        <v>75</v>
+      </c>
+      <c r="S15" t="s">
+        <v>75</v>
+      </c>
+      <c r="T15" t="s">
+        <v>76</v>
+      </c>
+      <c r="U15" t="s">
+        <v>199</v>
+      </c>
+      <c r="V15">
+        <v>594006</v>
+      </c>
+      <c r="W15" t="s">
+        <v>75</v>
+      </c>
+      <c r="X15">
+        <v>1.02</v>
+      </c>
+      <c r="Y15">
+        <v>1</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>200</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG15"/>
+      <c r="AH15" t="s">
+        <v>203</v>
+      </c>
+      <c r="AI15"/>
+      <c r="AJ15" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>202</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>201</v>
+      </c>
+      <c r="AO15">
+        <v>55.2</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>204</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS15">
+        <v>393169469130</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU15"/>
+      <c r="AV15"/>
+      <c r="AW15">
+        <v>0</v>
+      </c>
+      <c r="AX15"/>
+      <c r="AY15"/>
+      <c r="AZ15" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>198</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>202</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>205</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>206</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH15">
+        <v>74</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ15"/>
+      <c r="BK15"/>
+      <c r="BL15"/>
+      <c r="BM15" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>207</v>
+      </c>
+      <c r="BO15">
+        <v>0</v>
+      </c>
+      <c r="BP15" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ15" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR15">
+        <v>1.02</v>
+      </c>
+      <c r="BS15"/>
+    </row>
+    <row r="16" spans="1:71">
+      <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>208</v>
+      </c>
+      <c r="C16" t="s">
+        <v>209</v>
+      </c>
+      <c r="D16">
+        <v>593843</v>
+      </c>
+      <c r="E16">
+        <v>2.02</v>
+      </c>
+      <c r="F16" t="s">
+        <v>210</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>211</v>
+      </c>
+      <c r="I16">
+        <v>142.2</v>
+      </c>
+      <c r="J16" t="s">
+        <v>212</v>
+      </c>
+      <c r="K16" t="s">
+        <v>73</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>208</v>
+      </c>
+      <c r="R16" t="s">
+        <v>75</v>
+      </c>
+      <c r="S16" t="s">
+        <v>75</v>
+      </c>
+      <c r="T16" t="s">
+        <v>76</v>
+      </c>
+      <c r="U16" t="s">
+        <v>209</v>
+      </c>
+      <c r="V16">
+        <v>593843</v>
+      </c>
+      <c r="W16" t="s">
+        <v>75</v>
+      </c>
+      <c r="X16">
+        <v>2.02</v>
+      </c>
+      <c r="Y16">
+        <v>1</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>210</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG16"/>
+      <c r="AH16" t="s">
+        <v>213</v>
+      </c>
+      <c r="AI16"/>
+      <c r="AJ16" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>212</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>211</v>
+      </c>
+      <c r="AO16">
+        <v>142.2</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>214</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS16">
+        <v>392912758219</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU16"/>
+      <c r="AV16"/>
+      <c r="AW16"/>
+      <c r="AX16"/>
+      <c r="AY16"/>
+      <c r="AZ16" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>208</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>212</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>215</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH16">
+        <v>80</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ16"/>
+      <c r="BK16"/>
+      <c r="BL16"/>
+      <c r="BM16" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>216</v>
+      </c>
+      <c r="BO16">
+        <v>0</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ16" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR16">
+        <v>2.02</v>
+      </c>
+      <c r="BS16"/>
+    </row>
+    <row r="17" spans="1:71">
+      <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
+        <v>217</v>
+      </c>
+      <c r="C17" t="s">
+        <v>218</v>
+      </c>
+      <c r="D17">
+        <v>593841</v>
+      </c>
+      <c r="E17">
+        <v>1.02</v>
+      </c>
+      <c r="F17" t="s">
+        <v>219</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>220</v>
+      </c>
+      <c r="I17">
+        <v>79.99</v>
+      </c>
+      <c r="J17" t="s">
+        <v>212</v>
+      </c>
+      <c r="K17" t="s">
+        <v>73</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>217</v>
+      </c>
+      <c r="R17" t="s">
+        <v>75</v>
+      </c>
+      <c r="S17" t="s">
+        <v>75</v>
+      </c>
+      <c r="T17" t="s">
+        <v>76</v>
+      </c>
+      <c r="U17" t="s">
+        <v>218</v>
+      </c>
+      <c r="V17">
+        <v>593841</v>
+      </c>
+      <c r="W17" t="s">
+        <v>75</v>
+      </c>
+      <c r="X17">
+        <v>1.02</v>
+      </c>
+      <c r="Y17">
+        <v>1</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>219</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG17"/>
+      <c r="AH17" t="s">
+        <v>221</v>
+      </c>
+      <c r="AI17"/>
+      <c r="AJ17" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>212</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>220</v>
+      </c>
+      <c r="AO17">
+        <v>79.99</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>222</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS17">
+        <v>884150512180</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU17"/>
+      <c r="AV17"/>
+      <c r="AW17"/>
+      <c r="AX17"/>
+      <c r="AY17"/>
+      <c r="AZ17" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>217</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>212</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>223</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH17">
+        <v>80</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ17"/>
+      <c r="BK17"/>
+      <c r="BL17"/>
+      <c r="BM17" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>224</v>
+      </c>
+      <c r="BO17">
+        <v>0</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ17" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR17">
+        <v>1.02</v>
+      </c>
+      <c r="BS17"/>
+    </row>
+    <row r="18" spans="1:71">
+      <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>225</v>
+      </c>
+      <c r="C18" t="s">
+        <v>226</v>
+      </c>
+      <c r="D18">
+        <v>593765</v>
+      </c>
+      <c r="E18">
+        <v>1.02</v>
+      </c>
+      <c r="F18" t="s">
+        <v>227</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
+        <v>228</v>
+      </c>
+      <c r="I18">
+        <v>19.99</v>
+      </c>
+      <c r="J18" t="s">
+        <v>229</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>225</v>
+      </c>
+      <c r="R18" t="s">
+        <v>75</v>
+      </c>
+      <c r="S18" t="s">
+        <v>75</v>
+      </c>
+      <c r="T18" t="s">
+        <v>76</v>
+      </c>
+      <c r="U18" t="s">
+        <v>226</v>
+      </c>
+      <c r="V18">
+        <v>593765</v>
+      </c>
+      <c r="W18" t="s">
+        <v>75</v>
+      </c>
+      <c r="X18">
+        <v>1.02</v>
+      </c>
+      <c r="Y18">
+        <v>1</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>227</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG18"/>
+      <c r="AH18" t="s">
+        <v>230</v>
+      </c>
+      <c r="AI18"/>
+      <c r="AJ18" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>229</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>228</v>
+      </c>
+      <c r="AO18">
+        <v>19.99</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>231</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS18">
+        <v>392827172503</v>
+      </c>
+      <c r="AT18" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU18"/>
+      <c r="AV18"/>
+      <c r="AW18"/>
+      <c r="AX18"/>
+      <c r="AY18"/>
+      <c r="AZ18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB18" t="s">
+        <v>225</v>
+      </c>
+      <c r="BC18" t="s">
+        <v>229</v>
+      </c>
+      <c r="BD18" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE18" t="s">
+        <v>232</v>
+      </c>
+      <c r="BF18" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG18" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH18">
+        <v>82</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN18" t="s">
+        <v>233</v>
+      </c>
+      <c r="BO18">
+        <v>0</v>
+      </c>
+      <c r="BP18" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ18" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR18">
+        <v>1.02</v>
+      </c>
+      <c r="BS18"/>
+    </row>
+    <row r="19" spans="1:71">
+      <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
+        <v>234</v>
+      </c>
+      <c r="C19" t="s">
+        <v>235</v>
+      </c>
+      <c r="D19">
+        <v>593739</v>
+      </c>
+      <c r="E19">
+        <v>1.02</v>
+      </c>
+      <c r="F19" t="s">
+        <v>236</v>
+      </c>
+      <c r="G19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
+        <v>237</v>
+      </c>
+      <c r="I19">
+        <v>350.99</v>
+      </c>
+      <c r="J19" t="s">
+        <v>238</v>
+      </c>
+      <c r="K19" t="s">
+        <v>239</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>234</v>
+      </c>
+      <c r="R19" t="s">
+        <v>75</v>
+      </c>
+      <c r="S19" t="s">
+        <v>75</v>
+      </c>
+      <c r="T19" t="s">
+        <v>76</v>
+      </c>
+      <c r="U19" t="s">
+        <v>235</v>
+      </c>
+      <c r="V19">
+        <v>593739</v>
+      </c>
+      <c r="W19" t="s">
+        <v>75</v>
+      </c>
+      <c r="X19">
+        <v>1.02</v>
+      </c>
+      <c r="Y19">
+        <v>1</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>236</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG19"/>
+      <c r="AH19" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI19"/>
+      <c r="AJ19" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>238</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>237</v>
+      </c>
+      <c r="AO19">
+        <v>350.99</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>241</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS19">
+        <v>392780755104</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19">
+        <v>0</v>
+      </c>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>234</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>238</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH19">
+        <v>83</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>75</v>
+      </c>
+      <c r="BO19">
+        <v>0</v>
+      </c>
+      <c r="BP19" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ19" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR19">
+        <v>1.02</v>
+      </c>
+      <c r="BS19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>