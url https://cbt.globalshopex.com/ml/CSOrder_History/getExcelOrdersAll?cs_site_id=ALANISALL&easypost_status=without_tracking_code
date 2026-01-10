--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,125 +215,329 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
+    <t>2025-12-23 03:00:07</t>
+  </si>
+  <si>
+    <t>A7F8603809E0E</t>
+  </si>
+  <si>
+    <t>Omar cortes .</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>/11456252</t>
+  </si>
+  <si>
+    <t>2025-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>without_tracking_code</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>new</t>
+  </si>
+  <si>
+    <t>786 391 4868</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014448177080</t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/GG1539S-30014815-004-80008-NS</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-12-29 15:29:50</t>
+  </si>
+  <si>
+    <t>2025-12-29 15:32:59</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-23 19:08:50</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>2025-12-22 10:00:08</t>
+  </si>
+  <si>
+    <t>A317A64D48F4F</t>
+  </si>
+  <si>
+    <t>Arbelaez Tobon Octavio De Jesus .</t>
+  </si>
+  <si>
+    <t>/11455703</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014428033962</t>
+  </si>
+  <si>
+    <t>/MB0176S-30011374-002-20356-NS</t>
+  </si>
+  <si>
+    <t>2025-12-29 15:40:03</t>
+  </si>
+  <si>
+    <t>2025-12-29 15:42:50</t>
+  </si>
+  <si>
+    <t>2025-12-22 14:29:41</t>
+  </si>
+  <si>
+    <t>2025-12-10 06:30:07</t>
+  </si>
+  <si>
+    <t>AAD439D33D49F</t>
+  </si>
+  <si>
+    <t>Raphael  Nucci .</t>
+  </si>
+  <si>
+    <t>/11449528</t>
+  </si>
+  <si>
+    <t>2025-12-10 00:00:00</t>
+  </si>
+  <si>
+    <t>In Warehouse - Processed</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014239505624</t>
+  </si>
+  <si>
+    <t>/VESQ00222</t>
+  </si>
+  <si>
+    <t>2025-12-15 15:03:34</t>
+  </si>
+  <si>
+    <t>2025-12-10 22:38:44</t>
+  </si>
+  <si>
+    <t>2025-12-03 10:00:08</t>
+  </si>
+  <si>
+    <t>A8112C2BDBE34</t>
+  </si>
+  <si>
+    <t>Luis Mario Rincones .</t>
+  </si>
+  <si>
+    <t>/11446756</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014119374594</t>
+  </si>
+  <si>
+    <t>/GG0748S-30008888-003-20357-NS</t>
+  </si>
+  <si>
+    <t>2025-12-06 09:41:09</t>
+  </si>
+  <si>
+    <t>2025-12-06 09:42:54</t>
+  </si>
+  <si>
+    <t>2025-12-03 14:08:44</t>
+  </si>
+  <si>
+    <t>2025-12-02 11:00:09</t>
+  </si>
+  <si>
+    <t>AC0CE8D92FE27</t>
+  </si>
+  <si>
+    <t>Alejandra Rodríguez gallego None .</t>
+  </si>
+  <si>
+    <t>/11446265</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014103507268</t>
+  </si>
+  <si>
+    <t>/VSPOS4521</t>
+  </si>
+  <si>
+    <t>2025-12-06 09:36:43</t>
+  </si>
+  <si>
+    <t>2025-12-06 09:39:11</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:08:42</t>
+  </si>
+  <si>
+    <t>2025-11-29 10:00:08</t>
+  </si>
+  <si>
+    <t>A616F67032912</t>
+  </si>
+  <si>
+    <t>Alfredo Enrique Caceres Mackenney .</t>
+  </si>
+  <si>
+    <t>/11443774</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000014050822754</t>
+  </si>
+  <si>
+    <t>/PWUFA0525-TTE-OS</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:01:14</t>
+  </si>
+  <si>
+    <t>2025-12-02 15:03:09</t>
+  </si>
+  <si>
+    <t>2025-11-29 14:08:41</t>
+  </si>
+  <si>
+    <t>2025-11-25 10:00:08</t>
+  </si>
+  <si>
+    <t>ADA23ECDDE2EC</t>
+  </si>
+  <si>
+    <t>Daniel Yañez Romero .</t>
+  </si>
+  <si>
+    <t>9990 NW 14th Street, Suite 110, 2000013970588076</t>
+  </si>
+  <si>
+    <t>/GG0271S-30002360-001</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:47:48</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:50:05</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-11-25 14:08:39</t>
+  </si>
+  <si>
     <t>2025-11-01 01:15:04</t>
   </si>
   <si>
     <t>AFA727BCC13CE</t>
   </si>
   <si>
     <t>Rigoberto Melchor Avalos .</t>
   </si>
   <si>
-    <t>US</t>
-[...1 lines deleted...]
-  <si>
     <t>/11430037</t>
   </si>
   <si>
     <t>2025-11-01 00:00:00</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...13 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013628991620</t>
   </si>
   <si>
-    <t>Miami</t>
-[...4 lines deleted...]
-  <si>
     <t>/BV1125S-30011527-001-00011-NS</t>
   </si>
   <si>
-    <t>Fedex</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-11-05 15:54:13</t>
   </si>
   <si>
     <t>2025-11-06 09:10:45</t>
   </si>
   <si>
-    <t>automatic</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-01 17:20:05</t>
   </si>
   <si>
-    <t>ALL</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-10-30 12:15:06</t>
   </si>
   <si>
     <t>A245CC8F929AA</t>
   </si>
   <si>
-    <t>Omar cortes .</t>
-[...1 lines deleted...]
-  <si>
     <t>/11429303</t>
   </si>
   <si>
     <t>2025-10-30 00:00:00</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013606454226</t>
   </si>
   <si>
     <t>/BB0346S-30014948-004-60032-NS</t>
   </si>
   <si>
     <t>2025-11-03 15:31:07</t>
   </si>
   <si>
     <t>2025-11-03 15:33:07</t>
   </si>
   <si>
     <t>2025-10-30 16:20:04</t>
   </si>
   <si>
     <t>2025-10-30 11:45:05</t>
   </si>
   <si>
     <t>A5ED70B6228C6</t>
@@ -347,56 +551,50 @@
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013606046754</t>
   </si>
   <si>
     <t>/VSPOY8421</t>
   </si>
   <si>
     <t>2025-11-03 13:19:22</t>
   </si>
   <si>
     <t>2025-11-03 13:20:59</t>
   </si>
   <si>
     <t>2025-10-30 15:50:04</t>
   </si>
   <si>
     <t>2025-10-25 05:45:05</t>
   </si>
   <si>
     <t>A474196448327</t>
   </si>
   <si>
     <t>David Ruben Vazquez Lizarraga .</t>
   </si>
   <si>
-    <t>/11427328</t>
-[...4 lines deleted...]
-  <si>
     <t>Purchased</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013549042782</t>
   </si>
   <si>
     <t>/PSRBA0323-BLACK-OS</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>2025-10-25 21:50:02</t>
   </si>
   <si>
     <t>2025-10-23 09:00:06</t>
   </si>
   <si>
     <t>AD80FF0901531</t>
   </si>
   <si>
     <t>Raul Meraz Gutierrez .</t>
   </si>
   <si>
     <t>/11426350</t>
@@ -524,149 +722,131 @@
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000013113037408</t>
   </si>
   <si>
     <t>/GG1331S-30013890-006-20355-NS</t>
   </si>
   <si>
     <t>2025-09-24 13:14:16</t>
   </si>
   <si>
     <t>2025-09-25 11:18:29</t>
   </si>
   <si>
     <t>2025-09-20 20:26:21</t>
   </si>
   <si>
     <t>2025-09-20 01:15:06</t>
   </si>
   <si>
     <t>AA5FFE70EAA4E</t>
   </si>
   <si>
     <t>Marizete Souza lima .</t>
   </si>
   <si>
-    <t>/11411582</t>
-[...1 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013111396982</t>
   </si>
   <si>
     <t>/GG0636SK-30008627-003-20009-NS</t>
   </si>
   <si>
     <t>2025-09-20 17:26:21</t>
   </si>
   <si>
     <t>2025-09-18 09:00:11</t>
   </si>
   <si>
     <t>AFB3F81C1E715</t>
   </si>
   <si>
     <t>JUAN MIGUEL RUIZ COTES .</t>
   </si>
   <si>
-    <t>/11410149</t>
+    <t>9990 NW 14th Street, Suite 110, 2000013085796750</t>
+  </si>
+  <si>
+    <t>/MB0132O-30009113-001-00018-NS</t>
+  </si>
+  <si>
+    <t>2025-09-18 13:11:30</t>
+  </si>
+  <si>
+    <t>2025-09-18 09:00:08</t>
+  </si>
+  <si>
+    <t>AB6CB8211BBAC</t>
+  </si>
+  <si>
+    <t>Mariano Rios .</t>
+  </si>
+  <si>
+    <t>/11410150</t>
   </si>
   <si>
     <t>2025-09-18 00:00:00</t>
   </si>
   <si>
-    <t>9990 NW 14th Street, Suite 110, 2000013085796750</t>
-[...19 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013081531406</t>
   </si>
   <si>
     <t>/VSPEN5821</t>
   </si>
   <si>
     <t>2025-09-22 14:07:31</t>
   </si>
   <si>
     <t>2025-09-22 14:10:17</t>
   </si>
   <si>
     <t>2025-09-18 13:11:22</t>
   </si>
   <si>
     <t>2025-09-15 12:05:11</t>
   </si>
   <si>
     <t>A7628E5D421AD</t>
   </si>
   <si>
     <t>LILIAN Oliveira Bahia .</t>
   </si>
   <si>
-    <t>/11408188</t>
-[...4 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013028690474</t>
   </si>
   <si>
     <t>2025-09-15 16:18:06</t>
   </si>
   <si>
     <t>2025-09-11 10:06:11</t>
   </si>
   <si>
     <t>A68D6838FC50D</t>
   </si>
   <si>
     <t>Gustavo Ramos .</t>
   </si>
   <si>
-    <t>/11406267</t>
-[...4 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000013005459354</t>
   </si>
   <si>
     <t>/VSP1R1721</t>
   </si>
   <si>
     <t>2025-09-17 13:34:29</t>
   </si>
   <si>
     <t>2025-09-17 14:03:10</t>
   </si>
   <si>
     <t>2025-09-11 14:18:07</t>
   </si>
   <si>
     <t>2025-09-05 02:48:47</t>
   </si>
   <si>
     <t>A03893ED3C39C</t>
   </si>
   <si>
     <t>MARIELA NUÑEZ .</t>
   </si>
   <si>
     <t>/11399570</t>
@@ -674,78 +854,69 @@
   <si>
     <t>2025-09-05 00:00:00</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000012916161494</t>
   </si>
   <si>
     <t>/VSPEN5721/VSP1R1721</t>
   </si>
   <si>
     <t>2025-09-10 11:34:27</t>
   </si>
   <si>
     <t>2025-09-05 18:52:49</t>
   </si>
   <si>
     <t>2025-09-05 02:21:45</t>
   </si>
   <si>
     <t>A22E169EF58C7</t>
   </si>
   <si>
     <t>Thiago Rodrigues Machado .</t>
   </si>
   <si>
-    <t>/11399554</t>
-[...1 lines deleted...]
-  <si>
     <t>9990 NW 14th Street, Suite 110, 2000012904917184</t>
   </si>
   <si>
     <t>/GG0024S-30000971-009-20356-NS</t>
   </si>
   <si>
     <t>2025-09-11 11:02:35</t>
   </si>
   <si>
     <t>2025-09-05 18:25:36</t>
   </si>
   <si>
     <t>2025-09-03 01:54:23</t>
   </si>
   <si>
     <t>AD35785AD1F71</t>
   </si>
   <si>
     <t>carlos sanchez .</t>
-  </si>
-[...4 lines deleted...]
-    <t>2025-09-03 00:00:00</t>
   </si>
   <si>
     <t>9990 NW 14th Street, Suite 110, 2000012899098810</t>
   </si>
   <si>
     <t>/MQ0372O-30013584-003-20360-NS</t>
   </si>
   <si>
     <t>2025-09-10 11:35:07</t>
   </si>
   <si>
     <t>2025-09-03 18:07:46</t>
   </si>
   <si>
     <t>2025-09-02 05:13:05</t>
   </si>
   <si>
     <t>A60FFEB7E38A5</t>
   </si>
   <si>
     <t>Alanis .</t>
   </si>
   <si>
     <t>/11397152</t>
   </si>
@@ -1084,51 +1255,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS19"/>
+  <dimension ref="A1:BS26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1318,99 +1489,99 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>595582</v>
+        <v>598948</v>
       </c>
       <c r="E2">
         <v>1.02</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>99</v>
+        <v>119.99</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>75</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>75</v>
       </c>
       <c r="S2" t="s">
         <v>75</v>
       </c>
       <c r="T2" t="s">
         <v>76</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>595582</v>
+        <v>598948</v>
       </c>
       <c r="W2" t="s">
         <v>75</v>
       </c>
       <c r="X2">
         <v>1.02</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2" t="s">
         <v>75</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2" t="s">
         <v>75</v>
       </c>
@@ -1419,187 +1590,185 @@
       </c>
       <c r="AF2" t="s">
         <v>77</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>80</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>99</v>
+        <v>119.99</v>
       </c>
       <c r="AP2" t="s">
         <v>81</v>
       </c>
       <c r="AQ2" t="s">
         <v>73</v>
       </c>
       <c r="AR2" t="s">
         <v>82</v>
       </c>
       <c r="AS2">
-        <v>394913441188</v>
+        <v>397115905974</v>
       </c>
       <c r="AT2" t="s">
         <v>75</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2">
-[...1 lines deleted...]
-      </c>
+      <c r="AW2"/>
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>84</v>
       </c>
       <c r="BE2" t="s">
         <v>85</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>73</v>
       </c>
       <c r="BQ2" t="s">
         <v>88</v>
       </c>
       <c r="BR2">
         <v>1.02</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>89</v>
       </c>
       <c r="C3" t="s">
         <v>90</v>
       </c>
       <c r="D3">
-        <v>595496</v>
+        <v>598894</v>
       </c>
       <c r="E3">
         <v>1.02</v>
       </c>
       <c r="F3" t="s">
         <v>91</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>92</v>
       </c>
       <c r="I3">
-        <v>111.99</v>
+        <v>95.99</v>
       </c>
       <c r="J3" t="s">
         <v>93</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>75</v>
       </c>
       <c r="Q3" t="s">
         <v>89</v>
       </c>
       <c r="R3" t="s">
         <v>75</v>
       </c>
       <c r="S3" t="s">
         <v>75</v>
       </c>
       <c r="T3" t="s">
         <v>76</v>
       </c>
       <c r="U3" t="s">
         <v>90</v>
       </c>
       <c r="V3">
-        <v>595496</v>
+        <v>598894</v>
       </c>
       <c r="W3" t="s">
         <v>75</v>
       </c>
       <c r="X3">
         <v>1.02</v>
       </c>
       <c r="Y3">
         <v>1</v>
       </c>
       <c r="Z3" t="s">
         <v>75</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
         <v>91</v>
       </c>
       <c r="AD3" t="s">
         <v>75</v>
       </c>
@@ -1608,1492 +1777,1496 @@
       </c>
       <c r="AF3" t="s">
         <v>77</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
         <v>94</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>79</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>93</v>
       </c>
       <c r="AM3" t="s">
         <v>80</v>
       </c>
       <c r="AN3" t="s">
         <v>92</v>
       </c>
       <c r="AO3">
-        <v>111.99</v>
+        <v>95.99</v>
       </c>
       <c r="AP3" t="s">
         <v>95</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
         <v>82</v>
       </c>
       <c r="AS3">
-        <v>394816080890</v>
+        <v>397110804675</v>
       </c>
       <c r="AT3" t="s">
         <v>75</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>83</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>93</v>
       </c>
       <c r="BD3" t="s">
         <v>96</v>
       </c>
       <c r="BE3" t="s">
         <v>97</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="BI3" t="s">
         <v>86</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>98</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>73</v>
       </c>
       <c r="BQ3" t="s">
         <v>88</v>
       </c>
       <c r="BR3">
         <v>1.02</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>99</v>
       </c>
       <c r="C4" t="s">
         <v>100</v>
       </c>
       <c r="D4">
-        <v>595494</v>
+        <v>598289</v>
       </c>
       <c r="E4">
         <v>1.02</v>
       </c>
       <c r="F4" t="s">
         <v>101</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>102</v>
       </c>
       <c r="I4">
-        <v>52.8</v>
+        <v>319.2</v>
       </c>
       <c r="J4" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="K4" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>75</v>
       </c>
       <c r="Q4" t="s">
         <v>99</v>
       </c>
       <c r="R4" t="s">
         <v>75</v>
       </c>
       <c r="S4" t="s">
         <v>75</v>
       </c>
       <c r="T4" t="s">
         <v>76</v>
       </c>
       <c r="U4" t="s">
         <v>100</v>
       </c>
       <c r="V4">
-        <v>595494</v>
+        <v>598289</v>
       </c>
       <c r="W4" t="s">
         <v>75</v>
       </c>
       <c r="X4">
         <v>1.02</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4" t="s">
         <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>101</v>
       </c>
       <c r="AD4" t="s">
         <v>75</v>
       </c>
       <c r="AE4" t="s">
         <v>77</v>
       </c>
       <c r="AF4" t="s">
         <v>77</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
         <v>79</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="AM4" t="s">
         <v>80</v>
       </c>
       <c r="AN4" t="s">
         <v>102</v>
       </c>
       <c r="AO4">
-        <v>52.8</v>
+        <v>319.2</v>
       </c>
       <c r="AP4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AQ4" t="s">
         <v>73</v>
       </c>
       <c r="AR4" t="s">
         <v>82</v>
       </c>
       <c r="AS4">
-        <v>394824530865</v>
+        <v>396546036825</v>
       </c>
       <c r="AT4" t="s">
         <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
-      <c r="AW4"/>
+      <c r="AW4">
+        <v>0</v>
+      </c>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>83</v>
       </c>
       <c r="BB4" t="s">
         <v>99</v>
       </c>
       <c r="BC4" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="BD4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="BE4" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="BI4" t="s">
         <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>73</v>
       </c>
       <c r="BQ4" t="s">
         <v>88</v>
       </c>
       <c r="BR4">
         <v>1.02</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D5">
-        <v>595330</v>
+        <v>597821</v>
       </c>
       <c r="E5">
         <v>1.02</v>
       </c>
       <c r="F5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I5">
-        <v>51.99</v>
+        <v>71.99</v>
       </c>
       <c r="J5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K5" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5" t="s">
         <v>75</v>
       </c>
       <c r="Q5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="R5" t="s">
         <v>75</v>
       </c>
       <c r="S5" t="s">
         <v>75</v>
       </c>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V5">
-        <v>595330</v>
+        <v>597821</v>
       </c>
       <c r="W5" t="s">
         <v>75</v>
       </c>
       <c r="X5">
         <v>1.02</v>
       </c>
       <c r="Y5">
         <v>1</v>
       </c>
       <c r="Z5" t="s">
         <v>75</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AD5" t="s">
         <v>75</v>
       </c>
       <c r="AE5" t="s">
         <v>77</v>
       </c>
       <c r="AF5" t="s">
         <v>77</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
         <v>114</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
         <v>79</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AM5" t="s">
         <v>80</v>
       </c>
       <c r="AN5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AO5">
-        <v>51.99</v>
+        <v>71.99</v>
       </c>
       <c r="AP5" t="s">
         <v>115</v>
       </c>
       <c r="AQ5" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="AR5" t="s">
         <v>82</v>
       </c>
-      <c r="AS5"/>
+      <c r="AS5">
+        <v>396170626250</v>
+      </c>
       <c r="AT5" t="s">
         <v>75</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
-      <c r="BA5"/>
+      <c r="BA5" t="s">
+        <v>83</v>
+      </c>
       <c r="BB5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="BD5" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="BE5" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="BI5" t="s">
         <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="BQ5" t="s">
         <v>88</v>
       </c>
       <c r="BR5">
         <v>1.02</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D6">
-        <v>595247</v>
+        <v>597720</v>
       </c>
       <c r="E6">
         <v>1.02</v>
       </c>
       <c r="F6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I6">
-        <v>111.99</v>
+        <v>88.99</v>
       </c>
       <c r="J6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>75</v>
       </c>
       <c r="Q6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R6" t="s">
         <v>75</v>
       </c>
       <c r="S6" t="s">
         <v>75</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
       <c r="U6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V6">
-        <v>595247</v>
+        <v>597720</v>
       </c>
       <c r="W6" t="s">
         <v>75</v>
       </c>
       <c r="X6">
         <v>1.02</v>
       </c>
       <c r="Y6">
         <v>1</v>
       </c>
       <c r="Z6" t="s">
         <v>75</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD6" t="s">
         <v>75</v>
       </c>
       <c r="AE6" t="s">
         <v>77</v>
       </c>
       <c r="AF6" t="s">
         <v>77</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>79</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AM6" t="s">
         <v>80</v>
       </c>
       <c r="AN6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AO6">
-        <v>111.99</v>
+        <v>88.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AQ6" t="s">
         <v>73</v>
       </c>
       <c r="AR6" t="s">
         <v>82</v>
       </c>
       <c r="AS6">
-        <v>394568700538</v>
+        <v>396142086536</v>
       </c>
       <c r="AT6" t="s">
         <v>75</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>83</v>
       </c>
       <c r="BB6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="BC6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="BD6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="BE6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="BI6" t="s">
         <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>73</v>
       </c>
       <c r="BQ6" t="s">
         <v>88</v>
       </c>
       <c r="BR6">
         <v>1.02</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D7">
-        <v>594507</v>
+        <v>597411</v>
       </c>
       <c r="E7">
         <v>1.02</v>
       </c>
       <c r="F7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I7">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="J7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>75</v>
       </c>
       <c r="Q7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="R7" t="s">
         <v>75</v>
       </c>
       <c r="S7" t="s">
         <v>75</v>
       </c>
       <c r="T7" t="s">
         <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="V7">
-        <v>594507</v>
+        <v>597411</v>
       </c>
       <c r="W7" t="s">
         <v>75</v>
       </c>
       <c r="X7">
         <v>1.02</v>
       </c>
       <c r="Y7">
         <v>1</v>
       </c>
       <c r="Z7" t="s">
         <v>75</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AD7" t="s">
         <v>75</v>
       </c>
       <c r="AE7" t="s">
         <v>77</v>
       </c>
       <c r="AF7" t="s">
         <v>77</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
         <v>79</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AM7" t="s">
         <v>80</v>
       </c>
       <c r="AN7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AO7">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="AP7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AQ7" t="s">
         <v>73</v>
       </c>
       <c r="AR7" t="s">
         <v>82</v>
       </c>
       <c r="AS7">
-        <v>393747723301</v>
+        <v>395937153783</v>
       </c>
       <c r="AT7" t="s">
         <v>75</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>83</v>
       </c>
       <c r="BB7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="BC7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BD7" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="BE7" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="BI7" t="s">
         <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>73</v>
       </c>
       <c r="BQ7" t="s">
         <v>88</v>
       </c>
       <c r="BR7">
         <v>1.02</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C8" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D8">
-        <v>594400</v>
+        <v>597078</v>
       </c>
       <c r="E8">
         <v>1.02</v>
       </c>
       <c r="F8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
       <c r="I8">
-        <v>119.99</v>
+        <v>0</v>
       </c>
       <c r="J8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>75</v>
       </c>
       <c r="Q8" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="R8" t="s">
         <v>75</v>
       </c>
       <c r="S8" t="s">
         <v>75</v>
       </c>
       <c r="T8" t="s">
         <v>76</v>
       </c>
       <c r="U8" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="V8">
-        <v>594400</v>
+        <v>597078</v>
       </c>
       <c r="W8" t="s">
         <v>75</v>
       </c>
       <c r="X8">
         <v>1.02</v>
       </c>
       <c r="Y8">
         <v>1</v>
       </c>
       <c r="Z8" t="s">
         <v>75</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AD8" t="s">
         <v>75</v>
       </c>
       <c r="AE8" t="s">
         <v>77</v>
       </c>
       <c r="AF8" t="s">
         <v>77</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
         <v>142</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
         <v>79</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="AM8" t="s">
         <v>80</v>
       </c>
-      <c r="AN8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN8"/>
       <c r="AO8">
-        <v>119.99</v>
+        <v>0</v>
       </c>
       <c r="AP8" t="s">
         <v>143</v>
       </c>
       <c r="AQ8" t="s">
         <v>73</v>
       </c>
       <c r="AR8" t="s">
         <v>82</v>
       </c>
       <c r="AS8">
-        <v>393642040035</v>
+        <v>395771651453</v>
       </c>
       <c r="AT8" t="s">
         <v>75</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="BC8" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="BD8" t="s">
         <v>144</v>
       </c>
       <c r="BE8" t="s">
         <v>145</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="BI8" t="s">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
         <v>73</v>
       </c>
       <c r="BQ8" t="s">
         <v>88</v>
       </c>
       <c r="BR8">
         <v>1.02</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C9" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D9">
-        <v>594371</v>
+        <v>595582</v>
       </c>
       <c r="E9">
         <v>1.02</v>
       </c>
       <c r="F9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I9">
-        <v>119.99</v>
+        <v>99</v>
       </c>
       <c r="J9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9" t="s">
         <v>75</v>
       </c>
       <c r="Q9" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="R9" t="s">
         <v>75</v>
       </c>
       <c r="S9" t="s">
         <v>75</v>
       </c>
       <c r="T9" t="s">
         <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="V9">
-        <v>594371</v>
+        <v>595582</v>
       </c>
       <c r="W9" t="s">
         <v>75</v>
       </c>
       <c r="X9">
         <v>1.02</v>
       </c>
       <c r="Y9">
         <v>1</v>
       </c>
       <c r="Z9" t="s">
         <v>75</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AD9" t="s">
         <v>75</v>
       </c>
       <c r="AE9" t="s">
         <v>77</v>
       </c>
       <c r="AF9" t="s">
         <v>77</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
         <v>79</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AM9" t="s">
         <v>80</v>
       </c>
       <c r="AN9" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AO9">
-        <v>119.99</v>
+        <v>99</v>
       </c>
       <c r="AP9" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AQ9" t="s">
         <v>73</v>
       </c>
       <c r="AR9" t="s">
         <v>82</v>
       </c>
       <c r="AS9">
-        <v>393599788620</v>
+        <v>394913441188</v>
       </c>
       <c r="AT9" t="s">
         <v>75</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
-      <c r="AW9"/>
+      <c r="AW9">
+        <v>0</v>
+      </c>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>83</v>
       </c>
       <c r="BB9" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BC9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BD9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BE9" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="BI9" t="s">
         <v>86</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
         <v>73</v>
       </c>
       <c r="BQ9" t="s">
         <v>88</v>
       </c>
       <c r="BR9">
         <v>1.02</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C10" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D10">
-        <v>594236</v>
+        <v>595496</v>
       </c>
       <c r="E10">
         <v>1.02</v>
       </c>
       <c r="F10" t="s">
-        <v>159</v>
+        <v>69</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>160</v>
       </c>
       <c r="I10">
-        <v>127.99</v>
+        <v>111.99</v>
       </c>
       <c r="J10" t="s">
         <v>161</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10" t="s">
         <v>75</v>
       </c>
       <c r="Q10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="R10" t="s">
         <v>75</v>
       </c>
       <c r="S10" t="s">
         <v>75</v>
       </c>
       <c r="T10" t="s">
         <v>76</v>
       </c>
       <c r="U10" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="V10">
-        <v>594236</v>
+        <v>595496</v>
       </c>
       <c r="W10" t="s">
         <v>75</v>
       </c>
       <c r="X10">
         <v>1.02</v>
       </c>
       <c r="Y10">
         <v>1</v>
       </c>
       <c r="Z10" t="s">
         <v>75</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>159</v>
+        <v>69</v>
       </c>
       <c r="AD10" t="s">
         <v>75</v>
       </c>
       <c r="AE10" t="s">
         <v>77</v>
       </c>
       <c r="AF10" t="s">
         <v>77</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
         <v>162</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
         <v>79</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
         <v>161</v>
       </c>
       <c r="AM10" t="s">
         <v>80</v>
       </c>
       <c r="AN10" t="s">
         <v>160</v>
       </c>
       <c r="AO10">
-        <v>127.99</v>
+        <v>111.99</v>
       </c>
       <c r="AP10" t="s">
         <v>163</v>
       </c>
       <c r="AQ10" t="s">
         <v>73</v>
       </c>
       <c r="AR10" t="s">
         <v>82</v>
       </c>
       <c r="AS10">
-        <v>393459696078</v>
+        <v>394816080890</v>
       </c>
       <c r="AT10" t="s">
         <v>75</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
-      <c r="AW10">
-[...1 lines deleted...]
-      </c>
+      <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
         <v>83</v>
       </c>
       <c r="BB10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="BC10" t="s">
         <v>161</v>
       </c>
       <c r="BD10" t="s">
         <v>164</v>
       </c>
       <c r="BE10" t="s">
         <v>165</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="BI10" t="s">
         <v>86</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>166</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10" t="s">
         <v>73</v>
       </c>
       <c r="BQ10" t="s">
         <v>88</v>
       </c>
       <c r="BR10">
         <v>1.02</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
         <v>167</v>
       </c>
       <c r="C11" t="s">
         <v>168</v>
       </c>
       <c r="D11">
-        <v>594234</v>
+        <v>595494</v>
       </c>
       <c r="E11">
         <v>1.02</v>
       </c>
       <c r="F11" t="s">
         <v>169</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>170</v>
       </c>
       <c r="I11">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="J11" t="s">
         <v>161</v>
       </c>
       <c r="K11" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11" t="s">
         <v>75</v>
       </c>
       <c r="Q11" t="s">
         <v>167</v>
       </c>
       <c r="R11" t="s">
         <v>75</v>
       </c>
       <c r="S11" t="s">
         <v>75</v>
       </c>
       <c r="T11" t="s">
         <v>76</v>
       </c>
       <c r="U11" t="s">
         <v>168</v>
       </c>
       <c r="V11">
-        <v>594234</v>
+        <v>595494</v>
       </c>
       <c r="W11" t="s">
         <v>75</v>
       </c>
       <c r="X11">
         <v>1.02</v>
       </c>
       <c r="Y11">
         <v>1</v>
       </c>
       <c r="Z11" t="s">
         <v>75</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>70</v>
       </c>
       <c r="AC11" t="s">
         <v>169</v>
       </c>
       <c r="AD11" t="s">
         <v>75</v>
       </c>
@@ -3102,1612 +3275,2895 @@
       </c>
       <c r="AF11" t="s">
         <v>77</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
         <v>171</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
         <v>79</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
         <v>161</v>
       </c>
       <c r="AM11" t="s">
         <v>80</v>
       </c>
       <c r="AN11" t="s">
         <v>170</v>
       </c>
       <c r="AO11">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP11" t="s">
         <v>172</v>
       </c>
       <c r="AQ11" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="AR11" t="s">
         <v>82</v>
       </c>
-      <c r="AS11"/>
+      <c r="AS11">
+        <v>394824530865</v>
+      </c>
       <c r="AT11" t="s">
         <v>75</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>74</v>
       </c>
-      <c r="BA11"/>
+      <c r="BA11" t="s">
+        <v>83</v>
+      </c>
       <c r="BB11" t="s">
         <v>167</v>
       </c>
       <c r="BC11" t="s">
         <v>161</v>
       </c>
       <c r="BD11" t="s">
-        <v>75</v>
+        <v>173</v>
       </c>
       <c r="BE11" t="s">
-        <v>75</v>
+        <v>174</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="BI11" t="s">
         <v>86</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="BQ11" t="s">
         <v>88</v>
       </c>
       <c r="BR11">
         <v>1.02</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C12" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D12">
-        <v>594185</v>
+        <v>595330</v>
       </c>
       <c r="E12">
         <v>1.02</v>
       </c>
       <c r="F12" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>127.99</v>
+        <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
-        <v>113</v>
+        <v>179</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>74</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12" t="s">
         <v>75</v>
       </c>
       <c r="Q12" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="R12" t="s">
         <v>75</v>
       </c>
       <c r="S12" t="s">
         <v>75</v>
       </c>
       <c r="T12" t="s">
         <v>76</v>
       </c>
       <c r="U12" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="V12">
-        <v>594185</v>
+        <v>595330</v>
       </c>
       <c r="W12" t="s">
         <v>75</v>
       </c>
       <c r="X12">
         <v>1.02</v>
       </c>
       <c r="Y12">
         <v>1</v>
       </c>
       <c r="Z12" t="s">
         <v>75</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="AD12" t="s">
         <v>75</v>
       </c>
       <c r="AE12" t="s">
         <v>77</v>
       </c>
       <c r="AF12" t="s">
         <v>77</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>79</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="AM12" t="s">
         <v>80</v>
       </c>
-      <c r="AN12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN12"/>
       <c r="AO12">
-        <v>127.99</v>
+        <v>0</v>
       </c>
       <c r="AP12" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AQ12" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="AR12" t="s">
         <v>82</v>
       </c>
       <c r="AS12"/>
       <c r="AT12" t="s">
         <v>75</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
-      <c r="AW12"/>
+      <c r="AW12">
+        <v>0</v>
+      </c>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>74</v>
       </c>
-      <c r="BA12"/>
+      <c r="BA12" t="s">
+        <v>83</v>
+      </c>
       <c r="BB12" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="BC12" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="BD12" t="s">
         <v>75</v>
       </c>
       <c r="BE12" t="s">
         <v>75</v>
       </c>
       <c r="BF12" t="s">
         <v>75</v>
       </c>
       <c r="BG12" t="s">
         <v>75</v>
       </c>
       <c r="BH12">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="BI12" t="s">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12" t="s">
         <v>75</v>
       </c>
       <c r="BN12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="BO12">
         <v>0</v>
       </c>
       <c r="BP12" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="BQ12" t="s">
         <v>88</v>
       </c>
       <c r="BR12">
         <v>1.02</v>
       </c>
       <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C13" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D13">
-        <v>594184</v>
+        <v>595247</v>
       </c>
       <c r="E13">
         <v>1.02</v>
       </c>
       <c r="F13" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="I13">
-        <v>79</v>
+        <v>111.99</v>
       </c>
       <c r="J13" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13" t="s">
         <v>75</v>
       </c>
       <c r="Q13" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="R13" t="s">
         <v>75</v>
       </c>
       <c r="S13" t="s">
         <v>75</v>
       </c>
       <c r="T13" t="s">
         <v>76</v>
       </c>
       <c r="U13" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="V13">
-        <v>594184</v>
+        <v>595247</v>
       </c>
       <c r="W13" t="s">
         <v>75</v>
       </c>
       <c r="X13">
         <v>1.02</v>
       </c>
       <c r="Y13">
         <v>1</v>
       </c>
       <c r="Z13" t="s">
         <v>75</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>70</v>
       </c>
       <c r="AC13" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="AD13" t="s">
         <v>75</v>
       </c>
       <c r="AE13" t="s">
         <v>77</v>
       </c>
       <c r="AF13" t="s">
         <v>77</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
         <v>79</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="AM13" t="s">
         <v>80</v>
       </c>
       <c r="AN13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AO13">
-        <v>79</v>
+        <v>111.99</v>
       </c>
       <c r="AP13" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="AQ13" t="s">
         <v>73</v>
       </c>
       <c r="AR13" t="s">
         <v>82</v>
       </c>
       <c r="AS13">
-        <v>393359846411</v>
+        <v>394568700538</v>
       </c>
       <c r="AT13" t="s">
         <v>75</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>74</v>
       </c>
       <c r="BA13" t="s">
         <v>83</v>
       </c>
       <c r="BB13" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="BC13" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="BD13" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="BE13" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="BF13" t="s">
         <v>75</v>
       </c>
       <c r="BG13" t="s">
         <v>75</v>
       </c>
       <c r="BH13">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="BI13" t="s">
         <v>86</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
         <v>75</v>
       </c>
       <c r="BN13" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
         <v>73</v>
       </c>
       <c r="BQ13" t="s">
         <v>88</v>
       </c>
       <c r="BR13">
         <v>1.02</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C14" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D14">
-        <v>594103</v>
+        <v>594507</v>
       </c>
       <c r="E14">
         <v>1.02</v>
       </c>
       <c r="F14" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I14">
-        <v>79.99</v>
+        <v>360</v>
       </c>
       <c r="J14" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="K14" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>74</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14" t="s">
         <v>75</v>
       </c>
       <c r="Q14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="R14" t="s">
         <v>75</v>
       </c>
       <c r="S14" t="s">
         <v>75</v>
       </c>
       <c r="T14" t="s">
         <v>76</v>
       </c>
       <c r="U14" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="V14">
-        <v>594103</v>
+        <v>594507</v>
       </c>
       <c r="W14" t="s">
         <v>75</v>
       </c>
       <c r="X14">
         <v>1.02</v>
       </c>
       <c r="Y14">
         <v>1</v>
       </c>
       <c r="Z14" t="s">
         <v>75</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>70</v>
       </c>
       <c r="AC14" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="AD14" t="s">
         <v>75</v>
       </c>
       <c r="AE14" t="s">
         <v>77</v>
       </c>
       <c r="AF14" t="s">
         <v>77</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>79</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="AM14" t="s">
         <v>80</v>
       </c>
       <c r="AN14" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="AO14">
-        <v>79.99</v>
+        <v>360</v>
       </c>
       <c r="AP14" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="AQ14" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="AR14" t="s">
         <v>82</v>
       </c>
-      <c r="AS14"/>
+      <c r="AS14">
+        <v>393747723301</v>
+      </c>
       <c r="AT14" t="s">
         <v>75</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>74</v>
       </c>
-      <c r="BA14"/>
+      <c r="BA14" t="s">
+        <v>83</v>
+      </c>
       <c r="BB14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="BC14" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="BD14" t="s">
         <v>75</v>
       </c>
       <c r="BE14" t="s">
-        <v>75</v>
+        <v>201</v>
       </c>
       <c r="BF14" t="s">
         <v>75</v>
       </c>
       <c r="BG14" t="s">
         <v>75</v>
       </c>
       <c r="BH14">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="BI14" t="s">
         <v>86</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14" t="s">
         <v>75</v>
       </c>
       <c r="BN14" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="BQ14" t="s">
         <v>88</v>
       </c>
       <c r="BR14">
         <v>1.02</v>
       </c>
       <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C15" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D15">
-        <v>594006</v>
+        <v>594400</v>
       </c>
       <c r="E15">
         <v>1.02</v>
       </c>
       <c r="F15" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="I15">
-        <v>55.2</v>
+        <v>119.99</v>
       </c>
       <c r="J15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>74</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15" t="s">
         <v>75</v>
       </c>
       <c r="Q15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="R15" t="s">
         <v>75</v>
       </c>
       <c r="S15" t="s">
         <v>75</v>
       </c>
       <c r="T15" t="s">
         <v>76</v>
       </c>
       <c r="U15" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="V15">
-        <v>594006</v>
+        <v>594400</v>
       </c>
       <c r="W15" t="s">
         <v>75</v>
       </c>
       <c r="X15">
         <v>1.02</v>
       </c>
       <c r="Y15">
         <v>1</v>
       </c>
       <c r="Z15" t="s">
         <v>75</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>70</v>
       </c>
       <c r="AC15" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="AD15" t="s">
         <v>75</v>
       </c>
       <c r="AE15" t="s">
         <v>77</v>
       </c>
       <c r="AF15" t="s">
         <v>77</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
         <v>79</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="AM15" t="s">
         <v>80</v>
       </c>
       <c r="AN15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="AO15">
-        <v>55.2</v>
+        <v>119.99</v>
       </c>
       <c r="AP15" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="AQ15" t="s">
         <v>73</v>
       </c>
       <c r="AR15" t="s">
         <v>82</v>
       </c>
       <c r="AS15">
-        <v>393169469130</v>
+        <v>393642040035</v>
       </c>
       <c r="AT15" t="s">
         <v>75</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
-      <c r="AW15">
-[...1 lines deleted...]
-      </c>
+      <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>74</v>
       </c>
       <c r="BA15" t="s">
         <v>83</v>
       </c>
       <c r="BB15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="BC15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="BD15" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="BE15" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="BF15" t="s">
         <v>75</v>
       </c>
       <c r="BG15" t="s">
         <v>75</v>
       </c>
       <c r="BH15">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="BI15" t="s">
         <v>86</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
         <v>75</v>
       </c>
       <c r="BN15" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
         <v>73</v>
       </c>
       <c r="BQ15" t="s">
         <v>88</v>
       </c>
       <c r="BR15">
         <v>1.02</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C16" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D16">
-        <v>593843</v>
+        <v>594371</v>
       </c>
       <c r="E16">
-        <v>2.02</v>
+        <v>1.02</v>
       </c>
       <c r="F16" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="I16">
-        <v>142.2</v>
+        <v>119.99</v>
       </c>
       <c r="J16" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="K16" t="s">
         <v>73</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>74</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16" t="s">
         <v>75</v>
       </c>
       <c r="Q16" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="R16" t="s">
         <v>75</v>
       </c>
       <c r="S16" t="s">
         <v>75</v>
       </c>
       <c r="T16" t="s">
         <v>76</v>
       </c>
       <c r="U16" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="V16">
-        <v>593843</v>
+        <v>594371</v>
       </c>
       <c r="W16" t="s">
         <v>75</v>
       </c>
       <c r="X16">
-        <v>2.02</v>
+        <v>1.02</v>
       </c>
       <c r="Y16">
         <v>1</v>
       </c>
       <c r="Z16" t="s">
         <v>75</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>70</v>
       </c>
       <c r="AC16" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="AD16" t="s">
         <v>75</v>
       </c>
       <c r="AE16" t="s">
         <v>77</v>
       </c>
       <c r="AF16" t="s">
         <v>77</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
         <v>79</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="AM16" t="s">
         <v>80</v>
       </c>
       <c r="AN16" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="AO16">
-        <v>142.2</v>
+        <v>119.99</v>
       </c>
       <c r="AP16" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="AQ16" t="s">
         <v>73</v>
       </c>
       <c r="AR16" t="s">
         <v>82</v>
       </c>
       <c r="AS16">
-        <v>392912758219</v>
+        <v>393599788620</v>
       </c>
       <c r="AT16" t="s">
         <v>75</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>74</v>
       </c>
       <c r="BA16" t="s">
         <v>83</v>
       </c>
       <c r="BB16" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="BC16" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="BD16" t="s">
-        <v>75</v>
+        <v>220</v>
       </c>
       <c r="BE16" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="BF16" t="s">
         <v>75</v>
       </c>
       <c r="BG16" t="s">
         <v>75</v>
       </c>
       <c r="BH16">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="BI16" t="s">
         <v>86</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
         <v>75</v>
       </c>
       <c r="BN16" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
         <v>73</v>
       </c>
       <c r="BQ16" t="s">
         <v>88</v>
       </c>
       <c r="BR16">
-        <v>2.02</v>
+        <v>1.02</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C17" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="D17">
-        <v>593841</v>
+        <v>594236</v>
       </c>
       <c r="E17">
         <v>1.02</v>
       </c>
       <c r="F17" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="I17">
-        <v>79.99</v>
+        <v>127.99</v>
       </c>
       <c r="J17" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="K17" t="s">
         <v>73</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>74</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17" t="s">
         <v>75</v>
       </c>
       <c r="Q17" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="R17" t="s">
         <v>75</v>
       </c>
       <c r="S17" t="s">
         <v>75</v>
       </c>
       <c r="T17" t="s">
         <v>76</v>
       </c>
       <c r="U17" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="V17">
-        <v>593841</v>
+        <v>594236</v>
       </c>
       <c r="W17" t="s">
         <v>75</v>
       </c>
       <c r="X17">
         <v>1.02</v>
       </c>
       <c r="Y17">
         <v>1</v>
       </c>
       <c r="Z17" t="s">
         <v>75</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>70</v>
       </c>
       <c r="AC17" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="AD17" t="s">
         <v>75</v>
       </c>
       <c r="AE17" t="s">
         <v>77</v>
       </c>
       <c r="AF17" t="s">
         <v>77</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
         <v>79</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="AM17" t="s">
         <v>80</v>
       </c>
       <c r="AN17" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="AO17">
-        <v>79.99</v>
+        <v>127.99</v>
       </c>
       <c r="AP17" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="AQ17" t="s">
         <v>73</v>
       </c>
       <c r="AR17" t="s">
         <v>82</v>
       </c>
       <c r="AS17">
-        <v>884150512180</v>
+        <v>393459696078</v>
       </c>
       <c r="AT17" t="s">
         <v>75</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
-      <c r="AW17"/>
+      <c r="AW17">
+        <v>0</v>
+      </c>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>74</v>
       </c>
       <c r="BA17" t="s">
         <v>83</v>
       </c>
       <c r="BB17" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="BC17" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="BD17" t="s">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="BE17" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="BF17" t="s">
         <v>75</v>
       </c>
       <c r="BG17" t="s">
         <v>75</v>
       </c>
       <c r="BH17">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="BI17" t="s">
         <v>86</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
         <v>75</v>
       </c>
       <c r="BN17" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
         <v>73</v>
       </c>
       <c r="BQ17" t="s">
         <v>88</v>
       </c>
       <c r="BR17">
         <v>1.02</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="C18" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="D18">
-        <v>593765</v>
+        <v>594234</v>
       </c>
       <c r="E18">
         <v>1.02</v>
       </c>
       <c r="F18" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
       <c r="I18">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
-        <v>229</v>
+        <v>75</v>
       </c>
       <c r="K18" t="s">
-        <v>73</v>
+        <v>179</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>74</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18" t="s">
         <v>75</v>
       </c>
       <c r="Q18" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="R18" t="s">
         <v>75</v>
       </c>
       <c r="S18" t="s">
         <v>75</v>
       </c>
       <c r="T18" t="s">
         <v>76</v>
       </c>
       <c r="U18" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="V18">
-        <v>593765</v>
+        <v>594234</v>
       </c>
       <c r="W18" t="s">
         <v>75</v>
       </c>
       <c r="X18">
         <v>1.02</v>
       </c>
       <c r="Y18">
         <v>1</v>
       </c>
       <c r="Z18" t="s">
         <v>75</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>70</v>
       </c>
       <c r="AC18" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="AD18" t="s">
         <v>75</v>
       </c>
       <c r="AE18" t="s">
         <v>77</v>
       </c>
       <c r="AF18" t="s">
         <v>77</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
         <v>79</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
-        <v>229</v>
+        <v>75</v>
       </c>
       <c r="AM18" t="s">
         <v>80</v>
       </c>
-      <c r="AN18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN18"/>
       <c r="AO18">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="AQ18" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="AR18" t="s">
         <v>82</v>
       </c>
-      <c r="AS18">
-[...1 lines deleted...]
-      </c>
+      <c r="AS18"/>
       <c r="AT18" t="s">
         <v>75</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>74</v>
       </c>
-      <c r="BA18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA18"/>
       <c r="BB18" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="BC18" t="s">
-        <v>229</v>
+        <v>75</v>
       </c>
       <c r="BD18" t="s">
         <v>75</v>
       </c>
       <c r="BE18" t="s">
-        <v>232</v>
+        <v>75</v>
       </c>
       <c r="BF18" t="s">
         <v>75</v>
       </c>
       <c r="BG18" t="s">
         <v>75</v>
       </c>
       <c r="BH18">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="BI18" t="s">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
         <v>75</v>
       </c>
       <c r="BN18" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="BQ18" t="s">
         <v>88</v>
       </c>
       <c r="BR18">
         <v>1.02</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C19" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D19">
-        <v>593739</v>
+        <v>594185</v>
       </c>
       <c r="E19">
         <v>1.02</v>
       </c>
       <c r="F19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>350.99</v>
+        <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>238</v>
+        <v>75</v>
       </c>
       <c r="K19" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>74</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19" t="s">
         <v>75</v>
       </c>
       <c r="Q19" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="R19" t="s">
         <v>75</v>
       </c>
       <c r="S19" t="s">
         <v>75</v>
       </c>
       <c r="T19" t="s">
         <v>76</v>
       </c>
       <c r="U19" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="V19">
-        <v>593739</v>
+        <v>594185</v>
       </c>
       <c r="W19" t="s">
         <v>75</v>
       </c>
       <c r="X19">
         <v>1.02</v>
       </c>
       <c r="Y19">
         <v>1</v>
       </c>
       <c r="Z19" t="s">
         <v>75</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>70</v>
       </c>
       <c r="AC19" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="AD19" t="s">
         <v>75</v>
       </c>
       <c r="AE19" t="s">
         <v>77</v>
       </c>
       <c r="AF19" t="s">
         <v>77</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
         <v>79</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>238</v>
+        <v>75</v>
       </c>
       <c r="AM19" t="s">
         <v>80</v>
       </c>
-      <c r="AN19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN19"/>
       <c r="AO19">
-        <v>350.99</v>
+        <v>0</v>
       </c>
       <c r="AP19" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="AQ19" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="AR19" t="s">
         <v>82</v>
       </c>
-      <c r="AS19">
-[...1 lines deleted...]
-      </c>
+      <c r="AS19"/>
       <c r="AT19" t="s">
         <v>75</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
-      <c r="AW19">
-[...1 lines deleted...]
-      </c>
+      <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19" t="s">
         <v>74</v>
       </c>
-      <c r="BA19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA19"/>
       <c r="BB19" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="BC19" t="s">
-        <v>238</v>
+        <v>75</v>
       </c>
       <c r="BD19" t="s">
         <v>75</v>
       </c>
       <c r="BE19" t="s">
         <v>75</v>
       </c>
       <c r="BF19" t="s">
         <v>75</v>
       </c>
       <c r="BG19" t="s">
         <v>75</v>
       </c>
       <c r="BH19">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="BI19" t="s">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19" t="s">
         <v>75</v>
       </c>
       <c r="BN19" t="s">
-        <v>75</v>
+        <v>244</v>
       </c>
       <c r="BO19">
         <v>0</v>
       </c>
       <c r="BP19" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="BQ19" t="s">
         <v>88</v>
       </c>
       <c r="BR19">
         <v>1.02</v>
       </c>
       <c r="BS19"/>
+    </row>
+    <row r="20" spans="1:71">
+      <c r="A20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" t="s">
+        <v>245</v>
+      </c>
+      <c r="C20" t="s">
+        <v>246</v>
+      </c>
+      <c r="D20">
+        <v>594184</v>
+      </c>
+      <c r="E20">
+        <v>1.02</v>
+      </c>
+      <c r="F20" t="s">
+        <v>247</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20" t="s">
+        <v>248</v>
+      </c>
+      <c r="I20">
+        <v>79</v>
+      </c>
+      <c r="J20" t="s">
+        <v>249</v>
+      </c>
+      <c r="K20" t="s">
+        <v>73</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>245</v>
+      </c>
+      <c r="R20" t="s">
+        <v>75</v>
+      </c>
+      <c r="S20" t="s">
+        <v>75</v>
+      </c>
+      <c r="T20" t="s">
+        <v>76</v>
+      </c>
+      <c r="U20" t="s">
+        <v>246</v>
+      </c>
+      <c r="V20">
+        <v>594184</v>
+      </c>
+      <c r="W20" t="s">
+        <v>75</v>
+      </c>
+      <c r="X20">
+        <v>1.02</v>
+      </c>
+      <c r="Y20">
+        <v>1</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>247</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG20"/>
+      <c r="AH20" t="s">
+        <v>250</v>
+      </c>
+      <c r="AI20"/>
+      <c r="AJ20" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>249</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>248</v>
+      </c>
+      <c r="AO20">
+        <v>79</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>251</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS20">
+        <v>393359846411</v>
+      </c>
+      <c r="AT20" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU20"/>
+      <c r="AV20"/>
+      <c r="AW20"/>
+      <c r="AX20"/>
+      <c r="AY20"/>
+      <c r="AZ20" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>245</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>249</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>252</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>253</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG20" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH20">
+        <v>113</v>
+      </c>
+      <c r="BI20" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ20"/>
+      <c r="BK20"/>
+      <c r="BL20"/>
+      <c r="BM20" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN20" t="s">
+        <v>254</v>
+      </c>
+      <c r="BO20">
+        <v>0</v>
+      </c>
+      <c r="BP20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ20" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR20">
+        <v>1.02</v>
+      </c>
+      <c r="BS20"/>
+    </row>
+    <row r="21" spans="1:71">
+      <c r="A21" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" t="s">
+        <v>255</v>
+      </c>
+      <c r="C21" t="s">
+        <v>256</v>
+      </c>
+      <c r="D21">
+        <v>594103</v>
+      </c>
+      <c r="E21">
+        <v>1.02</v>
+      </c>
+      <c r="F21" t="s">
+        <v>257</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21" t="s">
+        <v>75</v>
+      </c>
+      <c r="K21" t="s">
+        <v>179</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>255</v>
+      </c>
+      <c r="R21" t="s">
+        <v>75</v>
+      </c>
+      <c r="S21" t="s">
+        <v>75</v>
+      </c>
+      <c r="T21" t="s">
+        <v>76</v>
+      </c>
+      <c r="U21" t="s">
+        <v>256</v>
+      </c>
+      <c r="V21">
+        <v>594103</v>
+      </c>
+      <c r="W21" t="s">
+        <v>75</v>
+      </c>
+      <c r="X21">
+        <v>1.02</v>
+      </c>
+      <c r="Y21">
+        <v>1</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG21"/>
+      <c r="AH21" t="s">
+        <v>258</v>
+      </c>
+      <c r="AI21"/>
+      <c r="AJ21" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN21"/>
+      <c r="AO21">
+        <v>0</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>237</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>182</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS21"/>
+      <c r="AT21" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU21"/>
+      <c r="AV21"/>
+      <c r="AW21"/>
+      <c r="AX21"/>
+      <c r="AY21"/>
+      <c r="AZ21" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA21"/>
+      <c r="BB21" t="s">
+        <v>255</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH21">
+        <v>116</v>
+      </c>
+      <c r="BI21" t="s">
+        <v>146</v>
+      </c>
+      <c r="BJ21"/>
+      <c r="BK21"/>
+      <c r="BL21"/>
+      <c r="BM21" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN21" t="s">
+        <v>259</v>
+      </c>
+      <c r="BO21">
+        <v>0</v>
+      </c>
+      <c r="BP21" t="s">
+        <v>182</v>
+      </c>
+      <c r="BQ21" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR21">
+        <v>1.02</v>
+      </c>
+      <c r="BS21"/>
+    </row>
+    <row r="22" spans="1:71">
+      <c r="A22" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" t="s">
+        <v>260</v>
+      </c>
+      <c r="C22" t="s">
+        <v>261</v>
+      </c>
+      <c r="D22">
+        <v>594006</v>
+      </c>
+      <c r="E22">
+        <v>1.02</v>
+      </c>
+      <c r="F22" t="s">
+        <v>262</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22" t="s">
+        <v>75</v>
+      </c>
+      <c r="K22" t="s">
+        <v>73</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>260</v>
+      </c>
+      <c r="R22" t="s">
+        <v>75</v>
+      </c>
+      <c r="S22" t="s">
+        <v>75</v>
+      </c>
+      <c r="T22" t="s">
+        <v>76</v>
+      </c>
+      <c r="U22" t="s">
+        <v>261</v>
+      </c>
+      <c r="V22">
+        <v>594006</v>
+      </c>
+      <c r="W22" t="s">
+        <v>75</v>
+      </c>
+      <c r="X22">
+        <v>1.02</v>
+      </c>
+      <c r="Y22">
+        <v>1</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>262</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG22"/>
+      <c r="AH22" t="s">
+        <v>263</v>
+      </c>
+      <c r="AI22"/>
+      <c r="AJ22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM22" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN22"/>
+      <c r="AO22">
+        <v>0</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>264</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS22">
+        <v>393169469130</v>
+      </c>
+      <c r="AT22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU22"/>
+      <c r="AV22"/>
+      <c r="AW22">
+        <v>0</v>
+      </c>
+      <c r="AX22"/>
+      <c r="AY22"/>
+      <c r="AZ22" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>260</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>265</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>266</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG22" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH22">
+        <v>120</v>
+      </c>
+      <c r="BI22" t="s">
+        <v>146</v>
+      </c>
+      <c r="BJ22"/>
+      <c r="BK22"/>
+      <c r="BL22"/>
+      <c r="BM22" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN22" t="s">
+        <v>267</v>
+      </c>
+      <c r="BO22">
+        <v>0</v>
+      </c>
+      <c r="BP22" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ22" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR22">
+        <v>1.02</v>
+      </c>
+      <c r="BS22"/>
+    </row>
+    <row r="23" spans="1:71">
+      <c r="A23" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" t="s">
+        <v>268</v>
+      </c>
+      <c r="C23" t="s">
+        <v>269</v>
+      </c>
+      <c r="D23">
+        <v>593843</v>
+      </c>
+      <c r="E23">
+        <v>2.02</v>
+      </c>
+      <c r="F23" t="s">
+        <v>270</v>
+      </c>
+      <c r="G23" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
+        <v>271</v>
+      </c>
+      <c r="I23">
+        <v>142.2</v>
+      </c>
+      <c r="J23" t="s">
+        <v>272</v>
+      </c>
+      <c r="K23" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>268</v>
+      </c>
+      <c r="R23" t="s">
+        <v>75</v>
+      </c>
+      <c r="S23" t="s">
+        <v>75</v>
+      </c>
+      <c r="T23" t="s">
+        <v>76</v>
+      </c>
+      <c r="U23" t="s">
+        <v>269</v>
+      </c>
+      <c r="V23">
+        <v>593843</v>
+      </c>
+      <c r="W23" t="s">
+        <v>75</v>
+      </c>
+      <c r="X23">
+        <v>2.02</v>
+      </c>
+      <c r="Y23">
+        <v>1</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>270</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG23"/>
+      <c r="AH23" t="s">
+        <v>273</v>
+      </c>
+      <c r="AI23"/>
+      <c r="AJ23" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>272</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>271</v>
+      </c>
+      <c r="AO23">
+        <v>142.2</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>274</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS23">
+        <v>392912758219</v>
+      </c>
+      <c r="AT23" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU23"/>
+      <c r="AV23"/>
+      <c r="AW23"/>
+      <c r="AX23"/>
+      <c r="AY23"/>
+      <c r="AZ23" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB23" t="s">
+        <v>268</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>272</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>275</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG23" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH23">
+        <v>126</v>
+      </c>
+      <c r="BI23" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ23"/>
+      <c r="BK23"/>
+      <c r="BL23"/>
+      <c r="BM23" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN23" t="s">
+        <v>276</v>
+      </c>
+      <c r="BO23">
+        <v>0</v>
+      </c>
+      <c r="BP23" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ23" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR23">
+        <v>2.02</v>
+      </c>
+      <c r="BS23"/>
+    </row>
+    <row r="24" spans="1:71">
+      <c r="A24" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" t="s">
+        <v>277</v>
+      </c>
+      <c r="C24" t="s">
+        <v>278</v>
+      </c>
+      <c r="D24">
+        <v>593841</v>
+      </c>
+      <c r="E24">
+        <v>1.02</v>
+      </c>
+      <c r="F24" t="s">
+        <v>279</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="J24" t="s">
+        <v>75</v>
+      </c>
+      <c r="K24" t="s">
+        <v>73</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>277</v>
+      </c>
+      <c r="R24" t="s">
+        <v>75</v>
+      </c>
+      <c r="S24" t="s">
+        <v>75</v>
+      </c>
+      <c r="T24" t="s">
+        <v>76</v>
+      </c>
+      <c r="U24" t="s">
+        <v>278</v>
+      </c>
+      <c r="V24">
+        <v>593841</v>
+      </c>
+      <c r="W24" t="s">
+        <v>75</v>
+      </c>
+      <c r="X24">
+        <v>1.02</v>
+      </c>
+      <c r="Y24">
+        <v>1</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>279</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG24"/>
+      <c r="AH24" t="s">
+        <v>280</v>
+      </c>
+      <c r="AI24"/>
+      <c r="AJ24" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN24"/>
+      <c r="AO24">
+        <v>0</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>281</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS24">
+        <v>884150512180</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU24"/>
+      <c r="AV24"/>
+      <c r="AW24"/>
+      <c r="AX24"/>
+      <c r="AY24"/>
+      <c r="AZ24" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB24" t="s">
+        <v>277</v>
+      </c>
+      <c r="BC24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>282</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH24">
+        <v>126</v>
+      </c>
+      <c r="BI24" t="s">
+        <v>146</v>
+      </c>
+      <c r="BJ24"/>
+      <c r="BK24"/>
+      <c r="BL24"/>
+      <c r="BM24" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN24" t="s">
+        <v>283</v>
+      </c>
+      <c r="BO24">
+        <v>0</v>
+      </c>
+      <c r="BP24" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ24" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR24">
+        <v>1.02</v>
+      </c>
+      <c r="BS24"/>
+    </row>
+    <row r="25" spans="1:71">
+      <c r="A25" t="s">
+        <v>66</v>
+      </c>
+      <c r="B25" t="s">
+        <v>284</v>
+      </c>
+      <c r="C25" t="s">
+        <v>285</v>
+      </c>
+      <c r="D25">
+        <v>593765</v>
+      </c>
+      <c r="E25">
+        <v>1.02</v>
+      </c>
+      <c r="F25" t="s">
+        <v>286</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25" t="s">
+        <v>75</v>
+      </c>
+      <c r="K25" t="s">
+        <v>73</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>284</v>
+      </c>
+      <c r="R25" t="s">
+        <v>75</v>
+      </c>
+      <c r="S25" t="s">
+        <v>75</v>
+      </c>
+      <c r="T25" t="s">
+        <v>76</v>
+      </c>
+      <c r="U25" t="s">
+        <v>285</v>
+      </c>
+      <c r="V25">
+        <v>593765</v>
+      </c>
+      <c r="W25" t="s">
+        <v>75</v>
+      </c>
+      <c r="X25">
+        <v>1.02</v>
+      </c>
+      <c r="Y25">
+        <v>1</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>286</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG25"/>
+      <c r="AH25" t="s">
+        <v>287</v>
+      </c>
+      <c r="AI25"/>
+      <c r="AJ25" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN25"/>
+      <c r="AO25">
+        <v>0</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>288</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS25">
+        <v>392827172503</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU25"/>
+      <c r="AV25"/>
+      <c r="AW25"/>
+      <c r="AX25"/>
+      <c r="AY25"/>
+      <c r="AZ25" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>284</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>289</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH25">
+        <v>128</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>146</v>
+      </c>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>290</v>
+      </c>
+      <c r="BO25">
+        <v>0</v>
+      </c>
+      <c r="BP25" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ25" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR25">
+        <v>1.02</v>
+      </c>
+      <c r="BS25"/>
+    </row>
+    <row r="26" spans="1:71">
+      <c r="A26" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" t="s">
+        <v>291</v>
+      </c>
+      <c r="C26" t="s">
+        <v>292</v>
+      </c>
+      <c r="D26">
+        <v>593739</v>
+      </c>
+      <c r="E26">
+        <v>1.02</v>
+      </c>
+      <c r="F26" t="s">
+        <v>293</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
+        <v>294</v>
+      </c>
+      <c r="I26">
+        <v>350.99</v>
+      </c>
+      <c r="J26" t="s">
+        <v>295</v>
+      </c>
+      <c r="K26" t="s">
+        <v>296</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>291</v>
+      </c>
+      <c r="R26" t="s">
+        <v>75</v>
+      </c>
+      <c r="S26" t="s">
+        <v>75</v>
+      </c>
+      <c r="T26" t="s">
+        <v>76</v>
+      </c>
+      <c r="U26" t="s">
+        <v>292</v>
+      </c>
+      <c r="V26">
+        <v>593739</v>
+      </c>
+      <c r="W26" t="s">
+        <v>75</v>
+      </c>
+      <c r="X26">
+        <v>1.02</v>
+      </c>
+      <c r="Y26">
+        <v>1</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>293</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG26"/>
+      <c r="AH26" t="s">
+        <v>297</v>
+      </c>
+      <c r="AI26"/>
+      <c r="AJ26" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>295</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>294</v>
+      </c>
+      <c r="AO26">
+        <v>350.99</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>298</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>82</v>
+      </c>
+      <c r="AS26">
+        <v>392780755104</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU26"/>
+      <c r="AV26"/>
+      <c r="AW26">
+        <v>0</v>
+      </c>
+      <c r="AX26"/>
+      <c r="AY26"/>
+      <c r="AZ26" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB26" t="s">
+        <v>291</v>
+      </c>
+      <c r="BC26" t="s">
+        <v>295</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH26">
+        <v>129</v>
+      </c>
+      <c r="BI26" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ26"/>
+      <c r="BK26"/>
+      <c r="BL26"/>
+      <c r="BM26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BN26" t="s">
+        <v>75</v>
+      </c>
+      <c r="BO26">
+        <v>0</v>
+      </c>
+      <c r="BP26" t="s">
+        <v>73</v>
+      </c>
+      <c r="BQ26" t="s">
+        <v>88</v>
+      </c>
+      <c r="BR26">
+        <v>1.02</v>
+      </c>
+      <c r="BS26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>