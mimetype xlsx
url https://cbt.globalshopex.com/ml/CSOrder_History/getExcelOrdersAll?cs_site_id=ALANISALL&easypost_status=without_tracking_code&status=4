--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -215,93 +215,93 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>ALANISALL</t>
   </si>
   <si>
-    <t>2025-11-25 05:15:04</t>
-[...5 lines deleted...]
-    <t>Thiago Rodrigues Machado .</t>
+    <t>2026-01-26 10:00:05</t>
+  </si>
+  <si>
+    <t>AAE5FA23667AF</t>
+  </si>
+  <si>
+    <t>Ulises Velazquez .</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>Error (has no amazon products, )</t>
   </si>
   <si>
     <t>without_tracking_code</t>
   </si>
   <si>
     <t>new</t>
   </si>
   <si>
     <t>786 391 4868</t>
   </si>
   <si>
-    <t>9990 NW 14th Street, Suite 110, 2000013969376664</t>
+    <t>9990 NW 14th Street, Suite 110, 2000014863624888</t>
   </si>
   <si>
     <t>Miami</t>
   </si>
   <si>
     <t xml:space="preserve">, </t>
   </si>
   <si>
-    <t>/886676812990</t>
+    <t>/885575721709</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
-    <t>2025-11-25 21:23:40</t>
+    <t>2026-01-26 14:00:50</t>
   </si>
   <si>
     <t>ALL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -841,97 +841,97 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>597105</v>
+        <v>600041</v>
       </c>
       <c r="E2">
         <v>1.02</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2"/>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>73</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>71</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>71</v>
       </c>
       <c r="S2" t="s">
         <v>71</v>
       </c>
       <c r="T2" t="s">
         <v>74</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>597105</v>
+        <v>600041</v>
       </c>
       <c r="W2" t="s">
         <v>71</v>
       </c>
       <c r="X2">
         <v>1.02</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2" t="s">
         <v>71</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>70</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2" t="s">
         <v>71</v>
       </c>