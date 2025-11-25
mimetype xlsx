--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -1003,51 +1003,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>82</v>
       </c>
       <c r="BQ2" t="s">
         <v>86</v>
       </c>
       <c r="BR2">
         <v>1.02</v>
       </c>