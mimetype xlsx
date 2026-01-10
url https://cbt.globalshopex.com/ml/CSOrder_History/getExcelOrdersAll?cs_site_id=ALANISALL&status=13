--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1003,51 +1003,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>83</v>
+        <v>129</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>82</v>
       </c>
       <c r="BQ2" t="s">
         <v>86</v>
       </c>
       <c r="BR2">
         <v>1.02</v>
       </c>