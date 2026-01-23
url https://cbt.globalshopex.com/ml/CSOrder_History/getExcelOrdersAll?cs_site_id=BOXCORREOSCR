--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -1008,51 +1008,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1133</v>
+        <v>1238</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>165.01</v>
       </c>