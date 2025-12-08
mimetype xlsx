--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1008,51 +1008,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1134</v>
+        <v>1192</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>165.01</v>
       </c>