--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1008,51 +1008,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1192</v>
+        <v>1238</v>
       </c>
       <c r="BI2" t="s">
         <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>83</v>
       </c>
       <c r="BQ2" t="s">
         <v>75</v>
       </c>
       <c r="BR2">
         <v>165.01</v>
       </c>