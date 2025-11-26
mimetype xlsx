--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -296,51 +296,51 @@
   <si>
     <t>Finished</t>
   </si>
   <si>
     <t>2023-10-19 07:01:11</t>
   </si>
   <si>
     <t>Mani amendola pereira</t>
   </si>
   <si>
     <t>(11) 99445-1330</t>
   </si>
   <si>
     <t>Rua Miguel Pereira Consul quadra A 4 lote 26</t>
   </si>
   <si>
     <t>Sorocaba</t>
   </si>
   <si>
     <t>/123</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t>delayed</t>
   </si>
   <si>
     <t>2023-11-02 19:57:32</t>
   </si>
   <si>
     <t>2023-10-05 05:41:54</t>
   </si>
   <si>
     <t>Thomas Junior</t>
   </si>
   <si>
     <t>cancelled</t>
   </si>
   <si>
     <t>(81) 98886-4445</t>
   </si>
   <si>
     <t>Rua Vitorino Carmilo Apartamento Térreo</t>
   </si>
   <si>
     <t>São Paulo</t>
   </si>