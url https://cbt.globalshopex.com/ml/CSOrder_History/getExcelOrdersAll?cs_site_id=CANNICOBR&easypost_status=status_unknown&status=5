--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -249,50 +249,53 @@
     <t>--</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelled </t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>mileexpress - A remessa está sendo preparada para envio! - FLT</t>
   </si>
   <si>
     <t>processing</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>(11) 97650-1196</t>
   </si>
   <si>
     <t xml:space="preserve">Rua Raul Pompeia 275 </t>
   </si>
   <si>
     <t>Jundiai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">, </t>
   </si>
   <si>
     <t>/159</t>
   </si>
   <si>
     <t>mileexpress</t>
   </si>
   <si>
     <t>2021-05-18 11:11:40</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t xml:space="preserve">							</t>
   </si>
   <si>
     <t>2023-12-27 20:01:26</t>
   </si>
   <si>
     <t>Finished</t>
   </si>
@@ -1000,470 +1003,476 @@
       <c r="AD2" t="s">
         <v>70</v>
       </c>
       <c r="AE2" t="s">
         <v>76</v>
       </c>
       <c r="AF2" t="s">
         <v>76</v>
       </c>
       <c r="AG2" t="s">
         <v>70</v>
       </c>
       <c r="AH2" t="s">
         <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>78</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>70</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>79</v>
+      </c>
       <c r="AN2"/>
       <c r="AO2">
         <v>0</v>
       </c>
       <c r="AP2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>70</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BH2">
         <v>949</v>
       </c>
       <c r="BI2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="BL2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BM2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BN2" t="s">
         <v>70</v>
       </c>
       <c r="BO2">
         <v>4</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>70</v>
       </c>
       <c r="BR2">
         <v>427.5</v>
       </c>
       <c r="BS2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C3">
         <v>3554</v>
       </c>
       <c r="D3">
         <v>561833</v>
       </c>
       <c r="E3">
         <v>43.61</v>
       </c>
       <c r="F3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3"/>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3" t="s">
         <v>70</v>
       </c>
       <c r="K3" t="s">
         <v>71</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>72</v>
       </c>
       <c r="N3" t="s">
         <v>73</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>70</v>
       </c>
       <c r="Q3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R3" t="s">
         <v>70</v>
       </c>
       <c r="S3" t="s">
         <v>70</v>
       </c>
       <c r="T3" t="s">
         <v>74</v>
       </c>
       <c r="U3">
         <v>3554</v>
       </c>
       <c r="V3">
         <v>561833</v>
       </c>
       <c r="W3" t="s">
         <v>70</v>
       </c>
       <c r="X3">
         <v>43.61</v>
       </c>
       <c r="Y3">
         <v>5</v>
       </c>
       <c r="Z3" t="s">
         <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>75</v>
       </c>
       <c r="AC3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AD3" t="s">
         <v>70</v>
       </c>
       <c r="AE3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AF3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AG3" t="s">
         <v>70</v>
       </c>
       <c r="AH3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
         <v>70</v>
       </c>
-      <c r="AM3"/>
+      <c r="AM3" t="s">
+        <v>79</v>
+      </c>
       <c r="AN3"/>
       <c r="AO3">
         <v>0</v>
       </c>
       <c r="AP3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>70</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="BB3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BH3">
         <v>883</v>
       </c>
       <c r="BI3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BJ3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="BK3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BL3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BM3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="BN3" t="s">
         <v>70</v>
       </c>
       <c r="BO3">
         <v>14</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>70</v>
       </c>
       <c r="BR3">
         <v>218</v>
       </c>
       <c r="BS3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C4">
         <v>3512</v>
       </c>
       <c r="D4">
         <v>560498</v>
       </c>
       <c r="E4">
         <v>81.61</v>
       </c>
       <c r="F4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4" t="s">
         <v>70</v>
       </c>
       <c r="K4" t="s">
         <v>71</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>72</v>
       </c>
       <c r="N4" t="s">
         <v>73</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>70</v>
       </c>
       <c r="Q4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="R4" t="s">
         <v>70</v>
       </c>
       <c r="S4" t="s">
         <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="U4">
         <v>3512</v>
       </c>
       <c r="V4">
         <v>560498</v>
       </c>
       <c r="W4" t="s">
         <v>70</v>
       </c>
       <c r="X4">
         <v>81.61</v>
       </c>
       <c r="Y4">
         <v>5</v>
       </c>
       <c r="Z4" t="s">
         <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>75</v>
       </c>
       <c r="AC4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD4" t="s">
         <v>70</v>
       </c>
       <c r="AE4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AG4" t="s">
         <v>70</v>
       </c>
       <c r="AH4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
         <v>70</v>
       </c>
-      <c r="AM4"/>
+      <c r="AM4" t="s">
+        <v>79</v>
+      </c>
       <c r="AN4"/>
       <c r="AO4">
         <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="BH4">
         <v>869</v>
       </c>
       <c r="BI4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>70</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>70</v>
       </c>
       <c r="BR4">
         <v>408</v>
       </c>
       <c r="BS4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>