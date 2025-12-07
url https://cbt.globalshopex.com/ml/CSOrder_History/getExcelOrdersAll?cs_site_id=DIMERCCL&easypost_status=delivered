--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -279,53 +279,50 @@
     <t>Providencia</t>
   </si>
   <si>
     <t xml:space="preserve">grainger, </t>
   </si>
   <si>
     <t xml:space="preserve">1FZ27, </t>
   </si>
   <si>
     <t>2021-03-12</t>
   </si>
   <si>
     <t>eshopex</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2021-03-12 15:30:57</t>
   </si>
   <si>
     <t>2021-06-17 18:59:00</t>
   </si>
   <si>
     <t>2022-11-25 00:10:07</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>0000212</t>
   </si>
   <si>
     <t>Karim Eltit</t>
   </si>
   <si>
     <t xml:space="preserve">/WEB1873903560 /WEB1882411244 </t>
   </si>
   <si>
     <t>2021-05-11 00:00:00</t>
   </si>
   <si>
     <t>correosdechile - ENVIO ENTREGADO</t>
   </si>
   <si>
     <t>karim.eltit@dimerc.cl</t>
   </si>
   <si>
     <t>CALLE CUATRO CENTENARIO 22, OF. 62, Las Condes</t>
   </si>
   <si>
     <t>OF. 62</t>
   </si>
@@ -1068,241 +1065,241 @@
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>86</v>
       </c>
       <c r="BE2" t="s">
         <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>88</v>
       </c>
       <c r="BH2">
         <v>632</v>
       </c>
-      <c r="BI2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI2"/>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>76</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>7892</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D3">
         <v>503853</v>
       </c>
       <c r="E3">
         <v>10.55</v>
       </c>
       <c r="F3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I3">
         <v>22.54</v>
       </c>
       <c r="J3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="K3" t="s">
         <v>73</v>
       </c>
       <c r="L3">
         <v>990090606543</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="O3">
         <v>523190000063</v>
       </c>
       <c r="P3">
         <v>76012082</v>
       </c>
       <c r="Q3" t="s">
         <v>67</v>
       </c>
       <c r="R3" t="s">
         <v>76</v>
       </c>
       <c r="S3" t="s">
         <v>76</v>
       </c>
       <c r="T3" t="s">
         <v>77</v>
       </c>
       <c r="U3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V3">
         <v>503853</v>
       </c>
       <c r="W3" t="s">
         <v>76</v>
       </c>
       <c r="X3">
         <v>10.55</v>
       </c>
       <c r="Y3">
         <v>755</v>
       </c>
       <c r="Z3" t="s">
         <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>70</v>
       </c>
       <c r="AC3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AD3">
         <v>76012082</v>
       </c>
       <c r="AE3">
         <v>56971588300</v>
       </c>
       <c r="AF3">
         <v>56971588300</v>
       </c>
       <c r="AG3" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="AM3"/>
+        <v>92</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>81</v>
+      </c>
       <c r="AN3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AO3">
         <v>22.54</v>
       </c>
       <c r="AP3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AQ3" t="s">
         <v>74</v>
       </c>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AU3">
         <v>523190000063</v>
       </c>
       <c r="AV3" t="s">
         <v>74</v>
       </c>
       <c r="AW3">
         <v>1008912</v>
       </c>
       <c r="AX3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="AY3">
         <v>990090606543</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>85</v>
       </c>
       <c r="BB3" t="s">
         <v>67</v>
       </c>
       <c r="BC3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="BD3" t="s">
+        <v>100</v>
+      </c>
+      <c r="BE3" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="BH3">
         <v>103</v>
       </c>
       <c r="BI3"/>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>76</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>7964</v>
       </c>
       <c r="BS3"/>
     </row>
   </sheetData>