--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -257,72 +257,72 @@
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>correosdechile - En Preparación</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>ISABEL@MATETICWG.COM</t>
   </si>
   <si>
     <t>AVDA VICUNA MACKENNA 1725 DPTO 1501A, Santiago</t>
   </si>
   <si>
     <t>Santiago</t>
   </si>
   <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08L5SVZ5F, </t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
     <t>starken</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2021-05-21 07:44:06</t>
   </si>
   <si>
     <t>2021-05-27 17:00:00</t>
   </si>
   <si>
     <t>2021-06-14 22:39:35</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -961,111 +961,111 @@
       <c r="AD2">
         <v>76089233</v>
       </c>
       <c r="AE2">
         <v>229637770</v>
       </c>
       <c r="AF2">
         <v>229637770</v>
       </c>
       <c r="AG2" t="s">
         <v>78</v>
       </c>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>81</v>
+      </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
         <v>239.88</v>
       </c>
       <c r="AP2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>76</v>
       </c>
       <c r="AU2">
         <v>523190000062</v>
       </c>
       <c r="AV2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AW2">
         <v>1008912</v>
       </c>
       <c r="AX2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AY2">
         <v>990091397266</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BE2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BH2">
         <v>31</v>
       </c>
-      <c r="BI2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI2"/>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>76</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>288619</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">