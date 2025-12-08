--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -323,120 +323,114 @@
   <si>
     <t>FedEx</t>
   </si>
   <si>
     <t>2021-07-07</t>
   </si>
   <si>
     <t>2021-07-14 16:38:20</t>
   </si>
   <si>
     <t>2021-07-22 17:02:25</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>2021-06-15 11:02:23</t>
   </si>
   <si>
     <t>0000234</t>
   </si>
   <si>
     <t>Juan  Santander</t>
   </si>
   <si>
-    <t>/114-2626034-4485866</t>
-[...4 lines deleted...]
-  <si>
     <t>juan_santander@oxy.com</t>
   </si>
   <si>
     <t>CALLE BUCAREST 150 OF. 1601, Providencia</t>
   </si>
   <si>
     <t>Providencia</t>
   </si>
   <si>
     <t xml:space="preserve">B08JQ2X5XX, </t>
   </si>
   <si>
     <t>2021-06-21 10:53:10</t>
   </si>
   <si>
     <t>2021-06-21 13:42:58</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2021-02-19 00:00:00</t>
   </si>
   <si>
     <t>0000196</t>
   </si>
   <si>
     <t>Matias Anguita</t>
   </si>
   <si>
     <t>2021-02-05 00:00:00</t>
   </si>
   <si>
     <t>manguitamackay@gmail.com</t>
   </si>
   <si>
     <t>LAS LOMAS 776, Las Condes</t>
   </si>
   <si>
     <t>Las Condes</t>
   </si>
   <si>
+    <t xml:space="preserve">grainger, </t>
+  </si>
+  <si>
     <t>49XH42</t>
   </si>
   <si>
     <t>2021-02-10 00:00:00</t>
   </si>
   <si>
     <t>2021-02-20 00:00:00</t>
   </si>
   <si>
     <t>0000199</t>
   </si>
   <si>
     <t>Karim Eltit</t>
   </si>
   <si>
     <t>karim.eltit@dimerc.cl</t>
   </si>
   <si>
     <t>AVDA IV CENTENARIO 22, Las Condes</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">grainger, </t>
   </si>
   <si>
     <t>10J345, 447M51</t>
   </si>
   <si>
     <t>2021-02-18 00:00:00</t>
   </si>
   <si>
     <t>0000192</t>
   </si>
   <si>
     <t>John Plaut</t>
   </si>
   <si>
     <t>john@plaut.cl</t>
   </si>
   <si>
     <t>SAN RAMON 1616, Las Condes</t>
   </si>
   <si>
     <t>2GKT3</t>
   </si>
 </sst>
 </file>
 
@@ -1138,51 +1132,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>84</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1541</v>
+        <v>1600</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>390148</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1269,51 +1263,53 @@
       <c r="AD3">
         <v>76087647</v>
       </c>
       <c r="AE3">
         <v>2989789</v>
       </c>
       <c r="AF3">
         <v>2989789</v>
       </c>
       <c r="AG3" t="s">
         <v>91</v>
       </c>
       <c r="AH3" t="s">
         <v>92</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>93</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>90</v>
       </c>
-      <c r="AM3"/>
+      <c r="AM3" t="s">
+        <v>80</v>
+      </c>
       <c r="AN3" t="s">
         <v>89</v>
       </c>
       <c r="AO3">
         <v>510.3</v>
       </c>
       <c r="AP3" t="s">
         <v>94</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
         <v>95</v>
       </c>
       <c r="AS3">
         <v>281175192427</v>
       </c>
       <c r="AT3" t="s">
         <v>96</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
@@ -1321,106 +1317,104 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>82</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1557</v>
+        <v>1616</v>
       </c>
       <c r="BI3" t="s">
         <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>99</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338310</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>100</v>
       </c>
       <c r="C4" t="s">
         <v>101</v>
       </c>
       <c r="D4">
         <v>512370</v>
       </c>
       <c r="E4">
         <v>236.93</v>
       </c>
       <c r="F4" t="s">
         <v>102</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>169.99</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
         <v>93797000</v>
       </c>
       <c r="Q4" t="s">
         <v>100</v>
       </c>
       <c r="R4" t="s">
         <v>75</v>
       </c>
       <c r="S4" t="s">
         <v>75</v>
       </c>
       <c r="T4" t="s">
         <v>76</v>
       </c>
@@ -1439,642 +1433,646 @@
       <c r="Y4">
         <v>755</v>
       </c>
       <c r="Z4" t="s">
         <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>102</v>
       </c>
       <c r="AD4">
         <v>93797000</v>
       </c>
       <c r="AE4">
         <v>0</v>
       </c>
       <c r="AF4">
         <v>0</v>
       </c>
       <c r="AG4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AH4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>169.99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>82</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="BD4" t="s">
+        <v>107</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH4">
+        <v>1636</v>
+      </c>
+      <c r="BI4" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>178882</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D5">
         <v>503038</v>
       </c>
       <c r="E5">
         <v>33.2</v>
       </c>
       <c r="F5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
         <v>76172370</v>
       </c>
       <c r="Q5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="R5" t="s">
         <v>75</v>
       </c>
       <c r="S5" t="s">
         <v>75</v>
       </c>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="V5">
         <v>503038</v>
       </c>
       <c r="W5" t="s">
         <v>75</v>
       </c>
       <c r="X5">
         <v>33.2</v>
       </c>
       <c r="Y5">
         <v>755</v>
       </c>
       <c r="Z5" t="s">
         <v>75</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="AD5">
         <v>76172370</v>
       </c>
       <c r="AE5">
         <v>56988277863</v>
       </c>
       <c r="AF5">
         <v>56988277863</v>
       </c>
       <c r="AG5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="AH5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AM5"/>
+        <v>113</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>117</v>
+      </c>
       <c r="AN5"/>
       <c r="AO5">
         <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>75</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>82</v>
       </c>
       <c r="BB5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="BC5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="BD5" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE5" t="s">
         <v>120</v>
       </c>
-      <c r="BE5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1694</v>
+        <v>1753</v>
       </c>
       <c r="BI5" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>25067</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D6">
         <v>503039</v>
       </c>
       <c r="E6">
         <v>39.74</v>
       </c>
       <c r="F6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6">
         <v>76012082</v>
       </c>
       <c r="Q6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="R6" t="s">
         <v>75</v>
       </c>
       <c r="S6" t="s">
         <v>75</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
       <c r="U6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="V6">
         <v>503039</v>
       </c>
       <c r="W6" t="s">
         <v>75</v>
       </c>
       <c r="X6">
         <v>39.74</v>
       </c>
       <c r="Y6">
         <v>755</v>
       </c>
       <c r="Z6" t="s">
         <v>75</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AD6">
         <v>76012082</v>
       </c>
       <c r="AE6">
         <v>56971588300</v>
       </c>
       <c r="AF6">
         <v>56971588300</v>
       </c>
       <c r="AG6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AH6" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AM6" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="AN6"/>
       <c r="AO6">
         <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>75</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>82</v>
       </c>
       <c r="BB6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="BC6" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="BD6" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE6" t="s">
         <v>120</v>
       </c>
-      <c r="BE6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1694</v>
+        <v>1753</v>
       </c>
       <c r="BI6" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>30000</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D7">
         <v>503036</v>
       </c>
       <c r="E7">
         <v>16.56</v>
       </c>
       <c r="F7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7"/>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
         <v>76682507</v>
       </c>
       <c r="Q7" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="R7" t="s">
         <v>75</v>
       </c>
       <c r="S7" t="s">
         <v>75</v>
       </c>
       <c r="T7" t="s">
         <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="V7">
         <v>503036</v>
       </c>
       <c r="W7" t="s">
         <v>75</v>
       </c>
       <c r="X7">
         <v>16.56</v>
       </c>
       <c r="Y7">
         <v>755</v>
       </c>
       <c r="Z7" t="s">
         <v>75</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="AD7">
         <v>76682507</v>
       </c>
       <c r="AE7">
         <v>56961942001</v>
       </c>
       <c r="AF7">
         <v>56961942001</v>
       </c>
       <c r="AG7" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AH7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AM7"/>
+        <v>113</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>117</v>
+      </c>
       <c r="AN7"/>
       <c r="AO7">
         <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>75</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>82</v>
       </c>
       <c r="BB7" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="BC7" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="BD7" t="s">
+        <v>119</v>
+      </c>
+      <c r="BE7" t="s">
         <v>120</v>
       </c>
-      <c r="BE7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1695</v>
+        <v>1754</v>
       </c>
       <c r="BI7" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>12504</v>
       </c>
       <c r="BS7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>