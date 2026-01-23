--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1132,51 +1132,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>84</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1600</v>
+        <v>1646</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>390148</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1317,51 +1317,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>82</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1616</v>
+        <v>1662</v>
       </c>
       <c r="BI3" t="s">
         <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>99</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338310</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1494,51 +1494,51 @@
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>82</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
         <v>75</v>
       </c>
       <c r="BD4" t="s">
         <v>107</v>
       </c>
       <c r="BE4" t="s">
         <v>108</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1636</v>
+        <v>1682</v>
       </c>
       <c r="BI4" t="s">
         <v>109</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>178882</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -1671,51 +1671,51 @@
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>82</v>
       </c>
       <c r="BB5" t="s">
         <v>110</v>
       </c>
       <c r="BC5" t="s">
         <v>113</v>
       </c>
       <c r="BD5" t="s">
         <v>119</v>
       </c>
       <c r="BE5" t="s">
         <v>120</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>1753</v>
+        <v>1799</v>
       </c>
       <c r="BI5" t="s">
         <v>109</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>25067</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -1848,51 +1848,51 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>82</v>
       </c>
       <c r="BB6" t="s">
         <v>110</v>
       </c>
       <c r="BC6" t="s">
         <v>113</v>
       </c>
       <c r="BD6" t="s">
         <v>119</v>
       </c>
       <c r="BE6" t="s">
         <v>120</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>1753</v>
+        <v>1799</v>
       </c>
       <c r="BI6" t="s">
         <v>109</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>30000</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -2025,51 +2025,51 @@
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
         <v>82</v>
       </c>
       <c r="BB7" t="s">
         <v>126</v>
       </c>
       <c r="BC7" t="s">
         <v>113</v>
       </c>
       <c r="BD7" t="s">
         <v>119</v>
       </c>
       <c r="BE7" t="s">
         <v>120</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>1754</v>
+        <v>1800</v>
       </c>
       <c r="BI7" t="s">
         <v>109</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>12504</v>
       </c>
       <c r="BS7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>