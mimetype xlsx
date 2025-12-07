--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -264,53 +264,50 @@
     <t>--</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>manguitamackay@gmail.com</t>
   </si>
   <si>
     <t>LAS LOMAS 776, Las Condes</t>
   </si>
   <si>
     <t>Las Condes</t>
   </si>
   <si>
     <t xml:space="preserve">grainger, </t>
   </si>
   <si>
     <t xml:space="preserve">49XH42, </t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2021-05-21 10:53:13</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t>2021-06-07 21:16:47</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1005,78 +1002,76 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="BI2" t="s">
+        <v>1738</v>
+      </c>
+      <c r="BI2"/>
+      <c r="BJ2" t="s">
         <v>84</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BK2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>95</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>25067</v>
       </c>
       <c r="BS2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">