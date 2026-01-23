--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -1002,51 +1002,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1738</v>
+        <v>1785</v>
       </c>
       <c r="BI2"/>
       <c r="BJ2" t="s">
         <v>84</v>
       </c>
       <c r="BK2" t="s">
         <v>85</v>
       </c>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>86</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>95</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>25067</v>
       </c>
       <c r="BS2" t="s">
         <v>87</v>