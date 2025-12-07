--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -321,56 +321,50 @@
     <t xml:space="preserve">B07ZKN251H, </t>
   </si>
   <si>
     <t>FedEx</t>
   </si>
   <si>
     <t>2021-07-07</t>
   </si>
   <si>
     <t>2021-07-14 16:38:20</t>
   </si>
   <si>
     <t>2021-07-22 17:02:25</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>2021-06-15 11:02:23</t>
   </si>
   <si>
     <t>0000234</t>
   </si>
   <si>
     <t>Juan  Santander</t>
-  </si>
-[...4 lines deleted...]
-    <t>2021-06-16 00:00:00</t>
   </si>
   <si>
     <t>juan_santander@oxy.com</t>
   </si>
   <si>
     <t>CALLE BUCAREST 150 OF. 1601, Providencia</t>
   </si>
   <si>
     <t>Providencia</t>
   </si>
   <si>
     <t xml:space="preserve">B08JQ2X5XX, </t>
   </si>
   <si>
     <t>2021-06-21 10:53:10</t>
   </si>
   <si>
     <t>2021-06-21 13:42:58</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2021-05-14 11:02:23</t>
   </si>
@@ -1258,51 +1252,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>84</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1541</v>
+        <v>1599</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>390148</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1389,51 +1383,53 @@
       <c r="AD3">
         <v>76087647</v>
       </c>
       <c r="AE3">
         <v>2989789</v>
       </c>
       <c r="AF3">
         <v>2989789</v>
       </c>
       <c r="AG3" t="s">
         <v>91</v>
       </c>
       <c r="AH3" t="s">
         <v>92</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>93</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
         <v>90</v>
       </c>
-      <c r="AM3"/>
+      <c r="AM3" t="s">
+        <v>80</v>
+      </c>
       <c r="AN3" t="s">
         <v>89</v>
       </c>
       <c r="AO3">
         <v>510.3</v>
       </c>
       <c r="AP3" t="s">
         <v>94</v>
       </c>
       <c r="AQ3" t="s">
         <v>73</v>
       </c>
       <c r="AR3" t="s">
         <v>95</v>
       </c>
       <c r="AS3">
         <v>281175192427</v>
       </c>
       <c r="AT3" t="s">
         <v>96</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
@@ -1441,106 +1437,104 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>82</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1557</v>
+        <v>1615</v>
       </c>
       <c r="BI3" t="s">
         <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>99</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338310</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>100</v>
       </c>
       <c r="C4" t="s">
         <v>101</v>
       </c>
       <c r="D4">
         <v>512370</v>
       </c>
       <c r="E4">
         <v>236.93</v>
       </c>
       <c r="F4" t="s">
         <v>102</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>169.99</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4">
         <v>93797000</v>
       </c>
       <c r="Q4" t="s">
         <v>100</v>
       </c>
       <c r="R4" t="s">
         <v>75</v>
       </c>
       <c r="S4" t="s">
         <v>75</v>
       </c>
       <c r="T4" t="s">
         <v>76</v>
       </c>
@@ -1559,1225 +1553,1229 @@
       <c r="Y4">
         <v>755</v>
       </c>
       <c r="Z4" t="s">
         <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>70</v>
       </c>
       <c r="AC4" t="s">
         <v>102</v>
       </c>
       <c r="AD4">
         <v>93797000</v>
       </c>
       <c r="AE4">
         <v>0</v>
       </c>
       <c r="AF4">
         <v>0</v>
       </c>
       <c r="AG4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AH4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>169.99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>82</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="BD4" t="s">
+        <v>107</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH4">
+        <v>1635</v>
+      </c>
+      <c r="BI4" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>178882</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D5">
         <v>509529</v>
       </c>
       <c r="E5">
         <v>382.28</v>
       </c>
       <c r="F5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="I5">
         <v>239.88</v>
       </c>
       <c r="J5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K5" t="s">
         <v>73</v>
       </c>
       <c r="L5">
         <v>990091397266</v>
       </c>
       <c r="M5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="N5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="O5">
         <v>523190000062</v>
       </c>
       <c r="P5">
         <v>76089233</v>
       </c>
       <c r="Q5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="R5" t="s">
         <v>75</v>
       </c>
       <c r="S5" t="s">
         <v>75</v>
       </c>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="V5">
         <v>509529</v>
       </c>
       <c r="W5" t="s">
         <v>75</v>
       </c>
       <c r="X5">
         <v>382.28</v>
       </c>
       <c r="Y5">
         <v>755</v>
       </c>
       <c r="Z5" t="s">
         <v>75</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>70</v>
       </c>
       <c r="AC5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="AD5">
         <v>76089233</v>
       </c>
       <c r="AE5">
         <v>229637770</v>
       </c>
       <c r="AF5">
         <v>229637770</v>
       </c>
       <c r="AG5" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="AH5" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="AM5"/>
+        <v>114</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>80</v>
+      </c>
       <c r="AN5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="AO5">
         <v>239.88</v>
       </c>
       <c r="AP5" t="s">
         <v>81</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>75</v>
       </c>
       <c r="AU5">
         <v>523190000062</v>
       </c>
       <c r="AV5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="AW5">
         <v>1008912</v>
       </c>
       <c r="AX5" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="AY5">
         <v>990091397266</v>
       </c>
       <c r="AZ5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="BA5" t="s">
         <v>82</v>
       </c>
       <c r="BB5" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="BC5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="BD5" t="s">
+        <v>122</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>123</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG5" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
       <c r="BH5">
         <v>31</v>
       </c>
-      <c r="BI5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI5"/>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>75</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>288619</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D6">
         <v>503851</v>
       </c>
       <c r="E6">
         <v>10.45</v>
       </c>
       <c r="F6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I6">
         <v>11.19</v>
       </c>
       <c r="J6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="K6" t="s">
         <v>73</v>
       </c>
       <c r="L6">
         <v>523500006014</v>
       </c>
       <c r="M6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="N6" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="O6">
         <v>523500006014</v>
       </c>
       <c r="P6">
         <v>76767937</v>
       </c>
       <c r="Q6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="R6" t="s">
         <v>75</v>
       </c>
       <c r="S6" t="s">
         <v>75</v>
       </c>
       <c r="T6" t="s">
         <v>76</v>
       </c>
       <c r="U6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="V6">
         <v>503851</v>
       </c>
       <c r="W6" t="s">
         <v>75</v>
       </c>
       <c r="X6">
         <v>10.45</v>
       </c>
       <c r="Y6">
         <v>755</v>
       </c>
       <c r="Z6" t="s">
         <v>75</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>70</v>
       </c>
       <c r="AC6" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="AD6">
         <v>76767937</v>
       </c>
       <c r="AE6">
         <v>56992209276</v>
       </c>
       <c r="AF6">
         <v>56992209276</v>
       </c>
       <c r="AG6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="AH6" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="AM6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="AN6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="AO6">
         <v>11.19</v>
       </c>
       <c r="AP6" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="AQ6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="AU6">
         <v>523500006014</v>
       </c>
       <c r="AV6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="AY6">
         <v>523500006014</v>
       </c>
       <c r="AZ6" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="BA6" t="s">
         <v>82</v>
       </c>
       <c r="BB6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="BC6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="BD6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>139</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG6" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="BH6">
         <v>632</v>
       </c>
-      <c r="BI6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BI6"/>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>75</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>7892</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C7" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D7">
         <v>503853</v>
       </c>
       <c r="E7">
         <v>10.55</v>
       </c>
       <c r="F7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="I7">
         <v>22.54</v>
       </c>
       <c r="J7" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7">
         <v>990090606543</v>
       </c>
       <c r="M7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="N7" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="O7">
         <v>523190000063</v>
       </c>
       <c r="P7">
         <v>76012082</v>
       </c>
       <c r="Q7" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="R7" t="s">
         <v>75</v>
       </c>
       <c r="S7" t="s">
         <v>75</v>
       </c>
       <c r="T7" t="s">
         <v>76</v>
       </c>
       <c r="U7" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="V7">
         <v>503853</v>
       </c>
       <c r="W7" t="s">
         <v>75</v>
       </c>
       <c r="X7">
         <v>10.55</v>
       </c>
       <c r="Y7">
         <v>755</v>
       </c>
       <c r="Z7" t="s">
         <v>75</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>70</v>
       </c>
       <c r="AC7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="AD7">
         <v>76012082</v>
       </c>
       <c r="AE7">
         <v>56971588300</v>
       </c>
       <c r="AF7">
         <v>56971588300</v>
       </c>
       <c r="AG7" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="AH7" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="AM7"/>
+        <v>144</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>134</v>
+      </c>
       <c r="AN7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="AO7">
         <v>22.54</v>
       </c>
       <c r="AP7" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="AQ7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="AU7">
         <v>523190000063</v>
       </c>
       <c r="AV7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="AW7">
         <v>1008912</v>
       </c>
       <c r="AX7" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="AY7">
         <v>990090606543</v>
       </c>
       <c r="AZ7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="BA7" t="s">
         <v>82</v>
       </c>
       <c r="BB7" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="BC7" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="BD7" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="BE7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="BH7">
         <v>103</v>
       </c>
       <c r="BI7"/>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>75</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>7964</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C8" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D8">
         <v>503038</v>
       </c>
       <c r="E8">
         <v>33.2</v>
       </c>
       <c r="F8" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="K8" t="s">
         <v>73</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
         <v>76172370</v>
       </c>
       <c r="Q8" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="R8" t="s">
         <v>75</v>
       </c>
       <c r="S8" t="s">
         <v>75</v>
       </c>
       <c r="T8" t="s">
         <v>76</v>
       </c>
       <c r="U8" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="V8">
         <v>503038</v>
       </c>
       <c r="W8" t="s">
         <v>75</v>
       </c>
       <c r="X8">
         <v>33.2</v>
       </c>
       <c r="Y8">
         <v>755</v>
       </c>
       <c r="Z8" t="s">
         <v>75</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>70</v>
       </c>
       <c r="AC8" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="AD8">
         <v>76172370</v>
       </c>
       <c r="AE8">
         <v>56988277863</v>
       </c>
       <c r="AF8">
         <v>56988277863</v>
       </c>
       <c r="AG8" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="AH8" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="AM8"/>
+        <v>156</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>134</v>
+      </c>
       <c r="AN8"/>
       <c r="AO8">
         <v>0</v>
       </c>
       <c r="AP8" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>75</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>82</v>
       </c>
       <c r="BB8" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="BC8" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="BD8" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="BE8" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1694</v>
+        <v>1752</v>
       </c>
       <c r="BI8" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>25067</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D9">
         <v>503039</v>
       </c>
       <c r="E9">
         <v>39.74</v>
       </c>
       <c r="F9" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9">
         <v>76012082</v>
       </c>
       <c r="Q9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="R9" t="s">
         <v>75</v>
       </c>
       <c r="S9" t="s">
         <v>75</v>
       </c>
       <c r="T9" t="s">
         <v>76</v>
       </c>
       <c r="U9" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="V9">
         <v>503039</v>
       </c>
       <c r="W9" t="s">
         <v>75</v>
       </c>
       <c r="X9">
         <v>39.74</v>
       </c>
       <c r="Y9">
         <v>755</v>
       </c>
       <c r="Z9" t="s">
         <v>75</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>70</v>
       </c>
       <c r="AC9" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="AD9">
         <v>76012082</v>
       </c>
       <c r="AE9">
         <v>56971588300</v>
       </c>
       <c r="AF9">
         <v>56971588300</v>
       </c>
       <c r="AG9" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="AH9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="AM9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="AN9"/>
       <c r="AO9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>75</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>82</v>
       </c>
       <c r="BB9" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="BC9" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="BD9" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="BE9" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1694</v>
+        <v>1752</v>
       </c>
       <c r="BI9" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>30000</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C10" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D10">
         <v>503036</v>
       </c>
       <c r="E10">
         <v>16.56</v>
       </c>
       <c r="F10" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="K10" t="s">
         <v>73</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
         <v>76682507</v>
       </c>
       <c r="Q10" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="R10" t="s">
         <v>75</v>
       </c>
       <c r="S10" t="s">
         <v>75</v>
       </c>
       <c r="T10" t="s">
         <v>76</v>
       </c>
       <c r="U10" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="V10">
         <v>503036</v>
       </c>
       <c r="W10" t="s">
         <v>75</v>
       </c>
       <c r="X10">
         <v>16.56</v>
       </c>
       <c r="Y10">
         <v>755</v>
       </c>
       <c r="Z10" t="s">
         <v>75</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>70</v>
       </c>
       <c r="AC10" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="AD10">
         <v>76682507</v>
       </c>
       <c r="AE10">
         <v>56961942001</v>
       </c>
       <c r="AF10">
         <v>56961942001</v>
       </c>
       <c r="AG10" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="AH10" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="AM10"/>
+        <v>156</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>134</v>
+      </c>
       <c r="AN10"/>
       <c r="AO10">
         <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>75</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
         <v>82</v>
       </c>
       <c r="BB10" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="BC10" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="BD10" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="BE10" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1695</v>
+        <v>1753</v>
       </c>
       <c r="BI10" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>12504</v>
       </c>
       <c r="BS10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>