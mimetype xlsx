--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -1252,51 +1252,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>82</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
         <v>83</v>
       </c>
       <c r="BE2" t="s">
         <v>84</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>1599</v>
+        <v>1646</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>75</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>390148</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1437,51 +1437,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>82</v>
       </c>
       <c r="BB3" t="s">
         <v>86</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>1615</v>
+        <v>1662</v>
       </c>
       <c r="BI3" t="s">
         <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>75</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>99</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>338310</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1614,51 +1614,51 @@
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>82</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
         <v>75</v>
       </c>
       <c r="BD4" t="s">
         <v>107</v>
       </c>
       <c r="BE4" t="s">
         <v>108</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>1635</v>
+        <v>1682</v>
       </c>
       <c r="BI4" t="s">
         <v>109</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>75</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>178882</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -2374,51 +2374,51 @@
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8" t="s">
         <v>82</v>
       </c>
       <c r="BB8" t="s">
         <v>153</v>
       </c>
       <c r="BC8" t="s">
         <v>156</v>
       </c>
       <c r="BD8" t="s">
         <v>161</v>
       </c>
       <c r="BE8" t="s">
         <v>162</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>1752</v>
+        <v>1799</v>
       </c>
       <c r="BI8" t="s">
         <v>109</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>75</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>25067</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
@@ -2551,51 +2551,51 @@
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9" t="s">
         <v>82</v>
       </c>
       <c r="BB9" t="s">
         <v>153</v>
       </c>
       <c r="BC9" t="s">
         <v>156</v>
       </c>
       <c r="BD9" t="s">
         <v>161</v>
       </c>
       <c r="BE9" t="s">
         <v>162</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>1752</v>
+        <v>1799</v>
       </c>
       <c r="BI9" t="s">
         <v>109</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>30000</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
@@ -2728,51 +2728,51 @@
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
       <c r="BA10" t="s">
         <v>82</v>
       </c>
       <c r="BB10" t="s">
         <v>166</v>
       </c>
       <c r="BC10" t="s">
         <v>156</v>
       </c>
       <c r="BD10" t="s">
         <v>161</v>
       </c>
       <c r="BE10" t="s">
         <v>162</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>1753</v>
+        <v>1800</v>
       </c>
       <c r="BI10" t="s">
         <v>109</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
         <v>75</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>12504</v>
       </c>
       <c r="BS10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>