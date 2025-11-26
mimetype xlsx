--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -2293,51 +2293,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>714</v>
+        <v>761</v>
       </c>
       <c r="BI2" t="s">
         <v>81</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>26</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>71</v>
       </c>
       <c r="BR2">
@@ -2474,51 +2474,51 @@
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>715</v>
+        <v>762</v>
       </c>
       <c r="BI3" t="s">
         <v>81</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>94</v>
       </c>
       <c r="BM3" t="s">
         <v>95</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>27</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>71</v>
       </c>
       <c r="BR3">
@@ -2655,51 +2655,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>71</v>
       </c>
       <c r="BE4" t="s">
         <v>71</v>
       </c>
       <c r="BF4" t="s">
         <v>71</v>
       </c>
       <c r="BG4" t="s">
         <v>71</v>
       </c>
       <c r="BH4">
-        <v>720</v>
+        <v>767</v>
       </c>
       <c r="BI4" t="s">
         <v>81</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>83</v>
       </c>
       <c r="BM4" t="s">
         <v>104</v>
       </c>
       <c r="BN4" t="s">
         <v>105</v>
       </c>
       <c r="BO4">
         <v>32</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>71</v>
       </c>
       <c r="BR4">
@@ -5091,51 +5091,51 @@
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>259</v>
       </c>
       <c r="BC16" t="s">
         <v>71</v>
       </c>
       <c r="BD16" t="s">
         <v>71</v>
       </c>
       <c r="BE16" t="s">
         <v>71</v>
       </c>
       <c r="BF16" t="s">
         <v>71</v>
       </c>
       <c r="BG16" t="s">
         <v>71</v>
       </c>
       <c r="BH16">
-        <v>811</v>
+        <v>858</v>
       </c>
       <c r="BI16" t="s">
         <v>81</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16" t="s">
         <v>82</v>
       </c>
       <c r="BL16" t="s">
         <v>266</v>
       </c>
       <c r="BM16" t="s">
         <v>267</v>
       </c>
       <c r="BN16" t="s">
         <v>268</v>
       </c>
       <c r="BO16">
         <v>13</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16" t="s">
         <v>71</v>
       </c>
       <c r="BR16">
@@ -5477,51 +5477,51 @@
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>280</v>
       </c>
       <c r="BC18" t="s">
         <v>71</v>
       </c>
       <c r="BD18" t="s">
         <v>71</v>
       </c>
       <c r="BE18" t="s">
         <v>71</v>
       </c>
       <c r="BF18" t="s">
         <v>71</v>
       </c>
       <c r="BG18" t="s">
         <v>71</v>
       </c>
       <c r="BH18">
-        <v>841</v>
+        <v>888</v>
       </c>
       <c r="BI18" t="s">
         <v>81</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
         <v>82</v>
       </c>
       <c r="BL18" t="s">
         <v>286</v>
       </c>
       <c r="BM18" t="s">
         <v>287</v>
       </c>
       <c r="BN18" t="s">
         <v>288</v>
       </c>
       <c r="BO18">
         <v>2</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>71</v>
       </c>
       <c r="BR18">
@@ -5658,51 +5658,51 @@
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>289</v>
       </c>
       <c r="BC19" t="s">
         <v>71</v>
       </c>
       <c r="BD19" t="s">
         <v>71</v>
       </c>
       <c r="BE19" t="s">
         <v>71</v>
       </c>
       <c r="BF19" t="s">
         <v>71</v>
       </c>
       <c r="BG19" t="s">
         <v>71</v>
       </c>
       <c r="BH19">
-        <v>842</v>
+        <v>889</v>
       </c>
       <c r="BI19" t="s">
         <v>81</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19" t="s">
         <v>82</v>
       </c>
       <c r="BL19" t="s">
         <v>286</v>
       </c>
       <c r="BM19" t="s">
         <v>292</v>
       </c>
       <c r="BN19" t="s">
         <v>293</v>
       </c>
       <c r="BO19">
         <v>3</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
         <v>71</v>
       </c>
       <c r="BR19">
@@ -6052,51 +6052,51 @@
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
         <v>305</v>
       </c>
       <c r="BC21" t="s">
         <v>309</v>
       </c>
       <c r="BD21" t="s">
         <v>71</v>
       </c>
       <c r="BE21" t="s">
         <v>71</v>
       </c>
       <c r="BF21" t="s">
         <v>71</v>
       </c>
       <c r="BG21" t="s">
         <v>71</v>
       </c>
       <c r="BH21">
-        <v>864</v>
+        <v>911</v>
       </c>
       <c r="BI21" t="s">
         <v>127</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21" t="s">
         <v>82</v>
       </c>
       <c r="BL21" t="s">
         <v>315</v>
       </c>
       <c r="BM21" t="s">
         <v>316</v>
       </c>
       <c r="BN21" t="s">
         <v>317</v>
       </c>
       <c r="BO21">
         <v>11</v>
       </c>
       <c r="BP21" t="s">
         <v>314</v>
       </c>
       <c r="BQ21" t="s">
         <v>71</v>
@@ -6243,51 +6243,51 @@
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>318</v>
       </c>
       <c r="BC22" t="s">
         <v>322</v>
       </c>
       <c r="BD22" t="s">
         <v>71</v>
       </c>
       <c r="BE22" t="s">
         <v>71</v>
       </c>
       <c r="BF22" t="s">
         <v>71</v>
       </c>
       <c r="BG22" t="s">
         <v>71</v>
       </c>
       <c r="BH22">
-        <v>866</v>
+        <v>913</v>
       </c>
       <c r="BI22" t="s">
         <v>127</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22" t="s">
         <v>82</v>
       </c>
       <c r="BL22" t="s">
         <v>326</v>
       </c>
       <c r="BM22" t="s">
         <v>327</v>
       </c>
       <c r="BN22" t="s">
         <v>328</v>
       </c>
       <c r="BO22">
         <v>13</v>
       </c>
       <c r="BP22" t="s">
         <v>314</v>
       </c>
       <c r="BQ22" t="s">
         <v>71</v>
@@ -8450,51 +8450,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>123</v>
       </c>
       <c r="BB33" t="s">
         <v>475</v>
       </c>
       <c r="BC33" t="s">
         <v>479</v>
       </c>
       <c r="BD33" t="s">
         <v>488</v>
       </c>
       <c r="BE33" t="s">
         <v>71</v>
       </c>
       <c r="BF33" t="s">
         <v>71</v>
       </c>
       <c r="BG33" t="s">
         <v>71</v>
       </c>
       <c r="BH33">
-        <v>1300</v>
+        <v>1347</v>
       </c>
       <c r="BI33" t="s">
         <v>146</v>
       </c>
       <c r="BJ33" t="s">
         <v>489</v>
       </c>
       <c r="BK33" t="s">
         <v>490</v>
       </c>
       <c r="BL33" t="s">
         <v>491</v>
       </c>
       <c r="BM33" t="s">
         <v>492</v>
       </c>
       <c r="BN33" t="s">
         <v>493</v>
       </c>
       <c r="BO33">
         <v>38</v>
       </c>
       <c r="BP33" t="s">
         <v>148</v>
       </c>