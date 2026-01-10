--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -2293,51 +2293,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>761</v>
+        <v>806</v>
       </c>
       <c r="BI2" t="s">
         <v>81</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>26</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>71</v>
       </c>
       <c r="BR2">
@@ -2474,51 +2474,51 @@
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>762</v>
+        <v>807</v>
       </c>
       <c r="BI3" t="s">
         <v>81</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>94</v>
       </c>
       <c r="BM3" t="s">
         <v>95</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>27</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>71</v>
       </c>
       <c r="BR3">
@@ -2655,51 +2655,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>71</v>
       </c>
       <c r="BE4" t="s">
         <v>71</v>
       </c>
       <c r="BF4" t="s">
         <v>71</v>
       </c>
       <c r="BG4" t="s">
         <v>71</v>
       </c>
       <c r="BH4">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="BI4" t="s">
         <v>81</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>83</v>
       </c>
       <c r="BM4" t="s">
         <v>104</v>
       </c>
       <c r="BN4" t="s">
         <v>105</v>
       </c>
       <c r="BO4">
         <v>32</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>71</v>
       </c>
       <c r="BR4">
@@ -5091,51 +5091,51 @@
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
         <v>259</v>
       </c>
       <c r="BC16" t="s">
         <v>71</v>
       </c>
       <c r="BD16" t="s">
         <v>71</v>
       </c>
       <c r="BE16" t="s">
         <v>71</v>
       </c>
       <c r="BF16" t="s">
         <v>71</v>
       </c>
       <c r="BG16" t="s">
         <v>71</v>
       </c>
       <c r="BH16">
-        <v>858</v>
+        <v>903</v>
       </c>
       <c r="BI16" t="s">
         <v>81</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16" t="s">
         <v>82</v>
       </c>
       <c r="BL16" t="s">
         <v>266</v>
       </c>
       <c r="BM16" t="s">
         <v>267</v>
       </c>
       <c r="BN16" t="s">
         <v>268</v>
       </c>
       <c r="BO16">
         <v>13</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16" t="s">
         <v>71</v>
       </c>
       <c r="BR16">
@@ -5477,51 +5477,51 @@
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>280</v>
       </c>
       <c r="BC18" t="s">
         <v>71</v>
       </c>
       <c r="BD18" t="s">
         <v>71</v>
       </c>
       <c r="BE18" t="s">
         <v>71</v>
       </c>
       <c r="BF18" t="s">
         <v>71</v>
       </c>
       <c r="BG18" t="s">
         <v>71</v>
       </c>
       <c r="BH18">
-        <v>888</v>
+        <v>933</v>
       </c>
       <c r="BI18" t="s">
         <v>81</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
         <v>82</v>
       </c>
       <c r="BL18" t="s">
         <v>286</v>
       </c>
       <c r="BM18" t="s">
         <v>287</v>
       </c>
       <c r="BN18" t="s">
         <v>288</v>
       </c>
       <c r="BO18">
         <v>2</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>71</v>
       </c>
       <c r="BR18">
@@ -5658,51 +5658,51 @@
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19" t="s">
         <v>73</v>
       </c>
       <c r="BA19"/>
       <c r="BB19" t="s">
         <v>289</v>
       </c>
       <c r="BC19" t="s">
         <v>71</v>
       </c>
       <c r="BD19" t="s">
         <v>71</v>
       </c>
       <c r="BE19" t="s">
         <v>71</v>
       </c>
       <c r="BF19" t="s">
         <v>71</v>
       </c>
       <c r="BG19" t="s">
         <v>71</v>
       </c>
       <c r="BH19">
-        <v>889</v>
+        <v>934</v>
       </c>
       <c r="BI19" t="s">
         <v>81</v>
       </c>
       <c r="BJ19"/>
       <c r="BK19" t="s">
         <v>82</v>
       </c>
       <c r="BL19" t="s">
         <v>286</v>
       </c>
       <c r="BM19" t="s">
         <v>292</v>
       </c>
       <c r="BN19" t="s">
         <v>293</v>
       </c>
       <c r="BO19">
         <v>3</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
         <v>71</v>
       </c>
       <c r="BR19">
@@ -6052,51 +6052,51 @@
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21" t="s">
         <v>73</v>
       </c>
       <c r="BA21"/>
       <c r="BB21" t="s">
         <v>305</v>
       </c>
       <c r="BC21" t="s">
         <v>309</v>
       </c>
       <c r="BD21" t="s">
         <v>71</v>
       </c>
       <c r="BE21" t="s">
         <v>71</v>
       </c>
       <c r="BF21" t="s">
         <v>71</v>
       </c>
       <c r="BG21" t="s">
         <v>71</v>
       </c>
       <c r="BH21">
-        <v>911</v>
+        <v>956</v>
       </c>
       <c r="BI21" t="s">
         <v>127</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21" t="s">
         <v>82</v>
       </c>
       <c r="BL21" t="s">
         <v>315</v>
       </c>
       <c r="BM21" t="s">
         <v>316</v>
       </c>
       <c r="BN21" t="s">
         <v>317</v>
       </c>
       <c r="BO21">
         <v>11</v>
       </c>
       <c r="BP21" t="s">
         <v>314</v>
       </c>
       <c r="BQ21" t="s">
         <v>71</v>
@@ -6243,51 +6243,51 @@
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>73</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>318</v>
       </c>
       <c r="BC22" t="s">
         <v>322</v>
       </c>
       <c r="BD22" t="s">
         <v>71</v>
       </c>
       <c r="BE22" t="s">
         <v>71</v>
       </c>
       <c r="BF22" t="s">
         <v>71</v>
       </c>
       <c r="BG22" t="s">
         <v>71</v>
       </c>
       <c r="BH22">
-        <v>913</v>
+        <v>958</v>
       </c>
       <c r="BI22" t="s">
         <v>127</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22" t="s">
         <v>82</v>
       </c>
       <c r="BL22" t="s">
         <v>326</v>
       </c>
       <c r="BM22" t="s">
         <v>327</v>
       </c>
       <c r="BN22" t="s">
         <v>328</v>
       </c>
       <c r="BO22">
         <v>13</v>
       </c>
       <c r="BP22" t="s">
         <v>314</v>
       </c>
       <c r="BQ22" t="s">
         <v>71</v>
@@ -8450,51 +8450,51 @@
       <c r="AZ33" t="s">
         <v>73</v>
       </c>
       <c r="BA33" t="s">
         <v>123</v>
       </c>
       <c r="BB33" t="s">
         <v>475</v>
       </c>
       <c r="BC33" t="s">
         <v>479</v>
       </c>
       <c r="BD33" t="s">
         <v>488</v>
       </c>
       <c r="BE33" t="s">
         <v>71</v>
       </c>
       <c r="BF33" t="s">
         <v>71</v>
       </c>
       <c r="BG33" t="s">
         <v>71</v>
       </c>
       <c r="BH33">
-        <v>1347</v>
+        <v>1392</v>
       </c>
       <c r="BI33" t="s">
         <v>146</v>
       </c>
       <c r="BJ33" t="s">
         <v>489</v>
       </c>
       <c r="BK33" t="s">
         <v>490</v>
       </c>
       <c r="BL33" t="s">
         <v>491</v>
       </c>
       <c r="BM33" t="s">
         <v>492</v>
       </c>
       <c r="BN33" t="s">
         <v>493</v>
       </c>
       <c r="BO33">
         <v>38</v>
       </c>
       <c r="BP33" t="s">
         <v>148</v>
       </c>