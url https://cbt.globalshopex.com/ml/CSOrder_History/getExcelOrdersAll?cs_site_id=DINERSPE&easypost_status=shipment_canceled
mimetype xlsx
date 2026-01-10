--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -1276,51 +1276,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>715</v>
+        <v>806</v>
       </c>
       <c r="BI2" t="s">
         <v>81</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>82</v>
       </c>
       <c r="BL2" t="s">
         <v>83</v>
       </c>
       <c r="BM2" t="s">
         <v>84</v>
       </c>
       <c r="BN2" t="s">
         <v>85</v>
       </c>
       <c r="BO2">
         <v>26</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>71</v>
       </c>
       <c r="BR2">
@@ -1457,51 +1457,51 @@
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>71</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>716</v>
+        <v>807</v>
       </c>
       <c r="BI3" t="s">
         <v>81</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>82</v>
       </c>
       <c r="BL3" t="s">
         <v>94</v>
       </c>
       <c r="BM3" t="s">
         <v>95</v>
       </c>
       <c r="BN3" t="s">
         <v>96</v>
       </c>
       <c r="BO3">
         <v>27</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>71</v>
       </c>
       <c r="BR3">
@@ -1638,51 +1638,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>97</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>71</v>
       </c>
       <c r="BE4" t="s">
         <v>71</v>
       </c>
       <c r="BF4" t="s">
         <v>71</v>
       </c>
       <c r="BG4" t="s">
         <v>71</v>
       </c>
       <c r="BH4">
-        <v>721</v>
+        <v>812</v>
       </c>
       <c r="BI4" t="s">
         <v>81</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4" t="s">
         <v>82</v>
       </c>
       <c r="BL4" t="s">
         <v>83</v>
       </c>
       <c r="BM4" t="s">
         <v>104</v>
       </c>
       <c r="BN4" t="s">
         <v>105</v>
       </c>
       <c r="BO4">
         <v>32</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>71</v>
       </c>
       <c r="BR4">
@@ -1819,51 +1819,51 @@
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>106</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>71</v>
       </c>
       <c r="BE5" t="s">
         <v>71</v>
       </c>
       <c r="BF5" t="s">
         <v>71</v>
       </c>
       <c r="BG5" t="s">
         <v>71</v>
       </c>
       <c r="BH5">
-        <v>812</v>
+        <v>903</v>
       </c>
       <c r="BI5" t="s">
         <v>81</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5" t="s">
         <v>82</v>
       </c>
       <c r="BL5" t="s">
         <v>113</v>
       </c>
       <c r="BM5" t="s">
         <v>114</v>
       </c>
       <c r="BN5" t="s">
         <v>115</v>
       </c>
       <c r="BO5">
         <v>13</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5" t="s">
         <v>71</v>
       </c>
       <c r="BR5">
@@ -2000,51 +2000,51 @@
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6"/>
       <c r="BB6" t="s">
         <v>116</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>71</v>
       </c>
       <c r="BE6" t="s">
         <v>71</v>
       </c>
       <c r="BF6" t="s">
         <v>71</v>
       </c>
       <c r="BG6" t="s">
         <v>71</v>
       </c>
       <c r="BH6">
-        <v>842</v>
+        <v>933</v>
       </c>
       <c r="BI6" t="s">
         <v>81</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6" t="s">
         <v>82</v>
       </c>
       <c r="BL6" t="s">
         <v>122</v>
       </c>
       <c r="BM6" t="s">
         <v>123</v>
       </c>
       <c r="BN6" t="s">
         <v>124</v>
       </c>
       <c r="BO6">
         <v>2</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>71</v>
       </c>
       <c r="BR6">
@@ -2181,51 +2181,51 @@
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>125</v>
       </c>
       <c r="BC7" t="s">
         <v>71</v>
       </c>
       <c r="BD7" t="s">
         <v>71</v>
       </c>
       <c r="BE7" t="s">
         <v>71</v>
       </c>
       <c r="BF7" t="s">
         <v>71</v>
       </c>
       <c r="BG7" t="s">
         <v>71</v>
       </c>
       <c r="BH7">
-        <v>843</v>
+        <v>934</v>
       </c>
       <c r="BI7" t="s">
         <v>81</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7" t="s">
         <v>82</v>
       </c>
       <c r="BL7" t="s">
         <v>122</v>
       </c>
       <c r="BM7" t="s">
         <v>128</v>
       </c>
       <c r="BN7" t="s">
         <v>129</v>
       </c>
       <c r="BO7">
         <v>3</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>71</v>
       </c>
       <c r="BR7">
@@ -2370,51 +2370,51 @@
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>130</v>
       </c>
       <c r="BC8" t="s">
         <v>134</v>
       </c>
       <c r="BD8" t="s">
         <v>71</v>
       </c>
       <c r="BE8" t="s">
         <v>71</v>
       </c>
       <c r="BF8" t="s">
         <v>71</v>
       </c>
       <c r="BG8" t="s">
         <v>71</v>
       </c>
       <c r="BH8">
-        <v>865</v>
+        <v>956</v>
       </c>
       <c r="BI8" t="s">
         <v>142</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8" t="s">
         <v>82</v>
       </c>
       <c r="BL8" t="s">
         <v>143</v>
       </c>
       <c r="BM8" t="s">
         <v>144</v>
       </c>
       <c r="BN8" t="s">
         <v>145</v>
       </c>
       <c r="BO8">
         <v>11</v>
       </c>
       <c r="BP8" t="s">
         <v>140</v>
       </c>
       <c r="BQ8" t="s">
         <v>71</v>
@@ -2561,51 +2561,51 @@
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>146</v>
       </c>
       <c r="BC9" t="s">
         <v>150</v>
       </c>
       <c r="BD9" t="s">
         <v>71</v>
       </c>
       <c r="BE9" t="s">
         <v>71</v>
       </c>
       <c r="BF9" t="s">
         <v>71</v>
       </c>
       <c r="BG9" t="s">
         <v>71</v>
       </c>
       <c r="BH9">
-        <v>867</v>
+        <v>958</v>
       </c>
       <c r="BI9" t="s">
         <v>142</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9" t="s">
         <v>82</v>
       </c>
       <c r="BL9" t="s">
         <v>154</v>
       </c>
       <c r="BM9" t="s">
         <v>155</v>
       </c>
       <c r="BN9" t="s">
         <v>156</v>
       </c>
       <c r="BO9">
         <v>13</v>
       </c>
       <c r="BP9" t="s">
         <v>140</v>
       </c>
       <c r="BQ9" t="s">
         <v>71</v>
@@ -2758,51 +2758,51 @@
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>172</v>
       </c>
       <c r="BB10" t="s">
         <v>157</v>
       </c>
       <c r="BC10" t="s">
         <v>161</v>
       </c>
       <c r="BD10" t="s">
         <v>173</v>
       </c>
       <c r="BE10" t="s">
         <v>71</v>
       </c>
       <c r="BF10" t="s">
         <v>71</v>
       </c>
       <c r="BG10" t="s">
         <v>71</v>
       </c>
       <c r="BH10">
-        <v>1301</v>
+        <v>1392</v>
       </c>
       <c r="BI10" t="s">
         <v>174</v>
       </c>
       <c r="BJ10" t="s">
         <v>175</v>
       </c>
       <c r="BK10" t="s">
         <v>176</v>
       </c>
       <c r="BL10" t="s">
         <v>177</v>
       </c>
       <c r="BM10" t="s">
         <v>178</v>
       </c>
       <c r="BN10" t="s">
         <v>179</v>
       </c>
       <c r="BO10">
         <v>38</v>
       </c>
       <c r="BP10" t="s">
         <v>180</v>
       </c>