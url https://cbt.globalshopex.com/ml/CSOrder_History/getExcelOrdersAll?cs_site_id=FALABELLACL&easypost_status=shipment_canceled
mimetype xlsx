--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -1013,51 +1013,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="BI2" t="s">
         <v>79</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>80</v>
       </c>
       <c r="BL2" t="s">
         <v>81</v>
       </c>
       <c r="BM2" t="s">
         <v>82</v>
       </c>
       <c r="BN2" t="s">
         <v>83</v>
       </c>
       <c r="BO2">
         <v>19</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>215987</v>
       </c>
@@ -1190,51 +1190,51 @@
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>85</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="BI3" t="s">
         <v>79</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>80</v>
       </c>
       <c r="BL3" t="s">
         <v>87</v>
       </c>
       <c r="BM3" t="s">
         <v>88</v>
       </c>
       <c r="BN3" t="s">
         <v>89</v>
       </c>
       <c r="BO3">
         <v>20</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>481973</v>
       </c>
@@ -1367,51 +1367,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>90</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>125</v>
+        <v>170</v>
       </c>
       <c r="BI4" t="s">
         <v>79</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4" t="s">
         <v>80</v>
       </c>
       <c r="BL4" t="s">
         <v>92</v>
       </c>
       <c r="BM4" t="s">
         <v>93</v>
       </c>
       <c r="BN4" t="s">
         <v>94</v>
       </c>
       <c r="BO4">
         <v>2</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>221988</v>
       </c>