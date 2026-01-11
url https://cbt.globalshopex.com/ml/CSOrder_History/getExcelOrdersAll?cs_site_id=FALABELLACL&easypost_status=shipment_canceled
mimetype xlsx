--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1013,51 +1013,51 @@
       <c r="AX2"/>
       <c r="AY2"/>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="BI2" t="s">
         <v>79</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>80</v>
       </c>
       <c r="BL2" t="s">
         <v>81</v>
       </c>
       <c r="BM2" t="s">
         <v>82</v>
       </c>
       <c r="BN2" t="s">
         <v>83</v>
       </c>
       <c r="BO2">
         <v>19</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>215987</v>
       </c>
@@ -1190,51 +1190,51 @@
       <c r="AX3"/>
       <c r="AY3"/>
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>85</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>89</v>
+        <v>136</v>
       </c>
       <c r="BI3" t="s">
         <v>79</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>80</v>
       </c>
       <c r="BL3" t="s">
         <v>87</v>
       </c>
       <c r="BM3" t="s">
         <v>88</v>
       </c>
       <c r="BN3" t="s">
         <v>89</v>
       </c>
       <c r="BO3">
         <v>20</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>481973</v>
       </c>
@@ -1367,51 +1367,51 @@
       <c r="AX4"/>
       <c r="AY4"/>
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>90</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>170</v>
+        <v>217</v>
       </c>
       <c r="BI4" t="s">
         <v>79</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4" t="s">
         <v>80</v>
       </c>
       <c r="BL4" t="s">
         <v>92</v>
       </c>
       <c r="BM4" t="s">
         <v>93</v>
       </c>
       <c r="BN4" t="s">
         <v>94</v>
       </c>
       <c r="BO4">
         <v>2</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>221988</v>
       </c>