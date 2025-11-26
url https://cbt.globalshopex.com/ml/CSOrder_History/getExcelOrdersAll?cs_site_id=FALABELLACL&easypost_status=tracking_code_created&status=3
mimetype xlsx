--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,191 +215,269 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-10-10 15:45:30</t>
-[...2 lines deleted...]
-    <t>ada hernandez oliva</t>
+    <t>2025-11-21 15:54:16</t>
+  </si>
+  <si>
+    <t>Tatiana Mesa Arredondo</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/11421343</t>
-[...2 lines deleted...]
-    <t>2025-10-10 00:00:00</t>
+    <t>/114-5327625-1009829</t>
+  </si>
+  <si>
+    <t>2025-11-21 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
-    <t>1495478011641856749600394135315890</t>
+    <t>1495478023291856749600395633475830</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
+    <t>mailamericas - ready_to_ship</t>
+  </si>
+  <si>
+    <t>27827948-0</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>ready_to_ship</t>
+  </si>
+  <si>
+    <t>Avenida lo barnechea</t>
+  </si>
+  <si>
+    <t>LO BARNECHEA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B0CBNKV9ZS</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-25 18:50:23</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-21 19:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>Edgardo Lara Gutierrez</t>
+  </si>
+  <si>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478022091856041600395299253752</t>
+  </si>
+  <si>
     <t>mailamericas - pending</t>
   </si>
   <si>
-    <t>11221029-6</t>
-[...11 lines deleted...]
-    <t>CHOAPA</t>
+    <t>11991899-5</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Felix Garcia</t>
+  </si>
+  <si>
+    <t>ANTOFAGASTA</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
-    <t>/VSP1F2421</t>
+    <t>/VSPCD2P21</t>
   </si>
   <si>
     <t>Pending</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
-    <t>dhl</t>
-[...2 lines deleted...]
-    <t>2025-10-10 15:45:33</t>
+    <t>2025-11-13 11:57:06</t>
   </si>
   <si>
     <t>automatic</t>
   </si>
   <si>
-    <t>2025-10-10 21:46:10</t>
-[...20 lines deleted...]
-    <t>Pasaje Mariano Latorre</t>
+    <t>2025-11-13 15:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-04 14:36:48</t>
+  </si>
+  <si>
+    <t>jose andres gonzalez marinao</t>
+  </si>
+  <si>
+    <t>/ 114-7808818-5639402</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478020741856875600394969610316</t>
+  </si>
+  <si>
+    <t>mailamericas - shipped</t>
+  </si>
+  <si>
+    <t>18777017-3</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>fransisco werche psj copiapo</t>
+  </si>
+  <si>
+    <t>MELIPILLA</t>
+  </si>
+  <si>
+    <t>/B0BS5DKD95</t>
+  </si>
+  <si>
+    <t>2025-11-25 16:30:29</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:23</t>
+  </si>
+  <si>
+    <t>2025-11-01 17:42:23</t>
+  </si>
+  <si>
+    <t>MARIA MALHUE</t>
+  </si>
+  <si>
+    <t>/114-7628432-5671441</t>
+  </si>
+  <si>
+    <t>1495478020291856897600394879240441</t>
+  </si>
+  <si>
+    <t>12826904-5</t>
+  </si>
+  <si>
+    <t>Darío Soto</t>
+  </si>
+  <si>
+    <t>SAN BERNARDO</t>
+  </si>
+  <si>
+    <t>/B0BS5DNRT8</t>
+  </si>
+  <si>
+    <t>2025-11-13 09:37:56</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:26</t>
+  </si>
+  <si>
+    <t>2025-08-27 15:05:09</t>
+  </si>
+  <si>
+    <t>MARION VALENCIA GARCIA</t>
+  </si>
+  <si>
+    <t>/ 113-8206429-2671467</t>
+  </si>
+  <si>
+    <t>2025-08-28 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478074191856749600392587253633</t>
+  </si>
+  <si>
+    <t>mailamericas - delivered</t>
+  </si>
+  <si>
+    <t>12237100-K</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>SARGENTO CANDELARIA</t>
   </si>
   <si>
     <t>SANTIAGO</t>
   </si>
   <si>
-    <t>/VSPEV1921</t>
-[...37 lines deleted...]
-  <si>
     <t>/B06XWKHLSP</t>
   </si>
   <si>
-    <t xml:space="preserve">  </t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-16 19:13:57</t>
   </si>
   <si>
-    <t>manual</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-27 19:24:10</t>
   </si>
   <si>
     <t>2025-08-24 21:20:40</t>
   </si>
   <si>
     <t>marcos vilches aranda</t>
   </si>
   <si>
     <t>/ 114-0761476-0615445</t>
   </si>
   <si>
     <t>2025-08-25 00:00:00</t>
   </si>
   <si>
     <t>1495478073891856143600392455072705</t>
   </si>
   <si>
     <t>9264011-6</t>
   </si>
   <si>
     <t>La paz</t>
   </si>
   <si>
     <t>CALERA</t>
@@ -408,53 +486,50 @@
     <t>/B06XW5XCVZ</t>
   </si>
   <si>
     <t>2025-09-16 19:32:16</t>
   </si>
   <si>
     <t>2025-08-25 02:24:16</t>
   </si>
   <si>
     <t>2025-08-07 10:47:05</t>
   </si>
   <si>
     <t>Karen Suarez</t>
   </si>
   <si>
     <t>/11368622</t>
   </si>
   <si>
     <t>2025-08-07 00:00:00</t>
   </si>
   <si>
     <t>001500010001943459575001001</t>
   </si>
   <si>
     <t>19469754-6</t>
-  </si>
-[...1 lines deleted...]
-    <t>canceled</t>
   </si>
   <si>
     <t>María Mercedes</t>
   </si>
   <si>
     <t>VILLA ALEMANA</t>
   </si>
   <si>
     <t>/VSP217121</t>
   </si>
   <si>
     <t>2025-08-07 10:47:09</t>
   </si>
   <si>
     <t>2025-08-07 15:47:31</t>
   </si>
   <si>
     <t>2025-06-07 10:16:25</t>
   </si>
   <si>
     <t>Guillermina Contreras veras</t>
   </si>
   <si>
     <t>/11334941</t>
   </si>
@@ -838,51 +913,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS8"/>
+  <dimension ref="A1:BS10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1069,1352 +1144,1718 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>3014462733</v>
+        <v>3213485852</v>
       </c>
       <c r="D2">
-        <v>594783</v>
+        <v>596802</v>
       </c>
       <c r="E2">
-        <v>205.06</v>
+        <v>164.04</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
       <c r="H2" t="s">
         <v>70</v>
       </c>
       <c r="I2">
-        <v>71.99</v>
+        <v>65.33</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2" t="s">
         <v>73</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>76</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>77</v>
       </c>
       <c r="S2" t="s">
         <v>77</v>
       </c>
       <c r="T2" t="s">
         <v>78</v>
       </c>
       <c r="U2">
-        <v>3014462733</v>
+        <v>3213485852</v>
       </c>
       <c r="V2">
-        <v>594783</v>
+        <v>596802</v>
       </c>
       <c r="W2" t="s">
         <v>77</v>
       </c>
       <c r="X2">
-        <v>205.06</v>
+        <v>164.04</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
         <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2" t="s">
         <v>76</v>
       </c>
       <c r="AE2" t="s">
         <v>77</v>
       </c>
       <c r="AF2" t="s">
         <v>77</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
         <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>70</v>
       </c>
       <c r="AO2">
-        <v>71.99</v>
+        <v>65.33</v>
       </c>
       <c r="AP2" t="s">
         <v>82</v>
       </c>
-      <c r="AQ2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AQ2"/>
+      <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY2" t="s">
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>84</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>77</v>
       </c>
       <c r="BE2" t="s">
         <v>77</v>
       </c>
       <c r="BF2" t="s">
         <v>77</v>
       </c>
       <c r="BG2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BH2">
+        <v>4</v>
+      </c>
+      <c r="BI2" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
-      <c r="BP2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>194992</v>
+        <v>155986</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3">
+        <v>3212668104</v>
+      </c>
+      <c r="D3">
+        <v>596284</v>
+      </c>
+      <c r="E3">
+        <v>233.45</v>
+      </c>
+      <c r="F3" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
+        <v>90</v>
+      </c>
+      <c r="I3">
+        <v>87</v>
+      </c>
+      <c r="J3" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>94</v>
       </c>
       <c r="Q3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="R3" t="s">
         <v>77</v>
       </c>
       <c r="S3" t="s">
         <v>77</v>
       </c>
       <c r="T3" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="U3">
-        <v>3007386487</v>
+        <v>3212668104</v>
       </c>
       <c r="V3">
-        <v>594702</v>
+        <v>596284</v>
       </c>
       <c r="W3" t="s">
         <v>77</v>
       </c>
       <c r="X3">
-        <v>175.61</v>
+        <v>233.45</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
         <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AD3" t="s">
         <v>94</v>
       </c>
       <c r="AE3" t="s">
         <v>77</v>
       </c>
       <c r="AF3" t="s">
         <v>77</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AM3" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="AN3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AO3">
-        <v>88.99</v>
+        <v>87</v>
       </c>
       <c r="AP3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="AQ3" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="AR3" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="BC3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="BH3">
         <v>0</v>
       </c>
       <c r="BI3" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>166988</v>
+        <v>221988</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C4">
-        <v>2940383156</v>
+        <v>3211392515</v>
       </c>
       <c r="D4">
-        <v>593562</v>
+        <v>595932</v>
       </c>
       <c r="E4">
-        <v>59.93</v>
+        <v>201.9</v>
       </c>
       <c r="F4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="I4">
-        <v>41.81</v>
+        <v>118</v>
       </c>
       <c r="J4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="K4" t="s">
         <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="Q4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="R4" t="s">
         <v>77</v>
       </c>
       <c r="S4" t="s">
         <v>77</v>
       </c>
       <c r="T4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="U4">
-        <v>2940383156</v>
+        <v>3211392515</v>
       </c>
       <c r="V4">
-        <v>593562</v>
+        <v>595932</v>
       </c>
       <c r="W4" t="s">
         <v>77</v>
       </c>
       <c r="X4">
-        <v>59.93</v>
+        <v>201.9</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
         <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="AD4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="AE4" t="s">
         <v>77</v>
       </c>
       <c r="AF4" t="s">
         <v>77</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="AM4" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="AN4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="AO4">
-        <v>41.81</v>
+        <v>118</v>
       </c>
       <c r="AP4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY4" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="BB4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="BC4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="BD4" t="s">
         <v>77</v>
       </c>
       <c r="BE4" t="s">
         <v>77</v>
       </c>
       <c r="BF4" t="s">
         <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="BH4">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="BI4" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>56987</v>
+        <v>191987</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C5">
-        <v>2937252412</v>
+        <v>3210925217</v>
       </c>
       <c r="D5">
-        <v>593474</v>
+        <v>595933</v>
       </c>
       <c r="E5">
-        <v>112.51</v>
+        <v>102</v>
       </c>
       <c r="F5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="I5">
-        <v>45.12</v>
+        <v>45.97</v>
       </c>
       <c r="J5" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="K5" t="s">
         <v>72</v>
       </c>
       <c r="L5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="Q5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="R5" t="s">
         <v>77</v>
       </c>
       <c r="S5" t="s">
         <v>77</v>
       </c>
       <c r="T5" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="U5">
-        <v>2937252412</v>
+        <v>3210925217</v>
       </c>
       <c r="V5">
-        <v>593474</v>
+        <v>595933</v>
       </c>
       <c r="W5" t="s">
         <v>77</v>
       </c>
       <c r="X5">
-        <v>112.51</v>
+        <v>102</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
         <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="AD5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AE5" t="s">
         <v>77</v>
       </c>
       <c r="AF5" t="s">
         <v>77</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="AM5" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="AN5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="AO5">
-        <v>45.12</v>
+        <v>45.97</v>
       </c>
       <c r="AP5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="BC5" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="BH5">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="BI5" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>106986</v>
+        <v>96992</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C6">
-        <v>2919988871</v>
+        <v>2940383156</v>
       </c>
       <c r="D6">
-        <v>592958</v>
+        <v>593562</v>
       </c>
       <c r="E6">
-        <v>212.42</v>
+        <v>59.93</v>
       </c>
       <c r="F6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I6">
-        <v>79</v>
+        <v>41.81</v>
       </c>
       <c r="J6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="Q6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="R6" t="s">
         <v>77</v>
       </c>
       <c r="S6" t="s">
         <v>77</v>
       </c>
       <c r="T6" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="U6">
-        <v>2919988871</v>
+        <v>2940383156</v>
       </c>
       <c r="V6">
-        <v>592958</v>
+        <v>593562</v>
       </c>
       <c r="W6" t="s">
         <v>77</v>
       </c>
       <c r="X6">
-        <v>212.42</v>
+        <v>59.93</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
         <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AD6" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="AE6" t="s">
         <v>77</v>
       </c>
       <c r="AF6" t="s">
         <v>77</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AM6" t="s">
         <v>81</v>
       </c>
       <c r="AN6" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AO6">
-        <v>79</v>
+        <v>41.81</v>
       </c>
       <c r="AP6" t="s">
-        <v>135</v>
-[...6 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="AQ6"/>
+      <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
-      <c r="AW6"/>
+      <c r="AW6">
+        <v>0</v>
+      </c>
       <c r="AX6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY6" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
-      <c r="BA6"/>
+      <c r="BA6" t="s">
+        <v>84</v>
+      </c>
       <c r="BB6" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="BC6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="BH6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="BI6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
-      <c r="BP6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>201990</v>
+        <v>56987</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C7">
-        <v>2844850469</v>
+        <v>2937252412</v>
       </c>
       <c r="D7">
-        <v>590958</v>
+        <v>593474</v>
       </c>
       <c r="E7">
-        <v>233.45</v>
+        <v>112.51</v>
       </c>
       <c r="F7" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I7">
-        <v>95.99</v>
+        <v>45.12</v>
       </c>
       <c r="J7" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="Q7" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="R7" t="s">
         <v>77</v>
       </c>
       <c r="S7" t="s">
         <v>77</v>
       </c>
       <c r="T7" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="U7">
-        <v>2844850469</v>
+        <v>2937252412</v>
       </c>
       <c r="V7">
-        <v>590958</v>
+        <v>593474</v>
       </c>
       <c r="W7" t="s">
         <v>77</v>
       </c>
       <c r="X7">
-        <v>233.45</v>
+        <v>112.51</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
         <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="AD7" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="AE7" t="s">
         <v>77</v>
       </c>
       <c r="AF7" t="s">
         <v>77</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="AM7" t="s">
         <v>81</v>
       </c>
       <c r="AN7" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="AO7">
-        <v>95.99</v>
+        <v>45.12</v>
       </c>
       <c r="AP7" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="AQ7"/>
+      <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY7" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="BC7" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="BH7">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="BI7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
-      <c r="BP7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>221988</v>
+        <v>106986</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C8">
-        <v>2836009453</v>
+        <v>2919988871</v>
       </c>
       <c r="D8">
-        <v>590793</v>
+        <v>592958</v>
       </c>
       <c r="E8">
-        <v>138.81</v>
+        <v>212.42</v>
       </c>
       <c r="F8" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="I8">
-        <v>69.31</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="Q8" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="R8" t="s">
         <v>77</v>
       </c>
       <c r="S8" t="s">
         <v>77</v>
       </c>
       <c r="T8" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="U8">
-        <v>2836009453</v>
+        <v>2919988871</v>
       </c>
       <c r="V8">
-        <v>590793</v>
+        <v>592958</v>
       </c>
       <c r="W8" t="s">
         <v>77</v>
       </c>
       <c r="X8">
-        <v>138.81</v>
+        <v>212.42</v>
       </c>
       <c r="Y8">
         <v>950.9</v>
       </c>
       <c r="Z8" t="s">
         <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="AD8" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="AE8" t="s">
         <v>77</v>
       </c>
       <c r="AF8" t="s">
         <v>77</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="AM8" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="AN8" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="AO8">
-        <v>69.31</v>
+        <v>79</v>
       </c>
       <c r="AP8" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-      <c r="AR8"/>
+        <v>160</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>101</v>
+      </c>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY8" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
-      <c r="BA8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA8"/>
       <c r="BB8" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="BC8" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="BH8">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="BI8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
-      <c r="BP8"/>
+      <c r="BP8" t="s">
+        <v>100</v>
+      </c>
       <c r="BQ8"/>
       <c r="BR8">
+        <v>201990</v>
+      </c>
+      <c r="BS8"/>
+    </row>
+    <row r="9" spans="1:71">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>163</v>
+      </c>
+      <c r="C9">
+        <v>2844850469</v>
+      </c>
+      <c r="D9">
+        <v>590958</v>
+      </c>
+      <c r="E9">
+        <v>233.45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>164</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>165</v>
+      </c>
+      <c r="I9">
+        <v>95.99</v>
+      </c>
+      <c r="J9" t="s">
+        <v>166</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9" t="s">
+        <v>167</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>93</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>163</v>
+      </c>
+      <c r="R9" t="s">
+        <v>77</v>
+      </c>
+      <c r="S9" t="s">
+        <v>77</v>
+      </c>
+      <c r="T9" t="s">
+        <v>95</v>
+      </c>
+      <c r="U9">
+        <v>2844850469</v>
+      </c>
+      <c r="V9">
+        <v>590958</v>
+      </c>
+      <c r="W9" t="s">
+        <v>77</v>
+      </c>
+      <c r="X9">
+        <v>233.45</v>
+      </c>
+      <c r="Y9">
+        <v>950.9</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG9"/>
+      <c r="AH9" t="s">
+        <v>169</v>
+      </c>
+      <c r="AI9"/>
+      <c r="AJ9" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>166</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>165</v>
+      </c>
+      <c r="AO9">
+        <v>95.99</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>171</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>100</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>101</v>
+      </c>
+      <c r="AS9"/>
+      <c r="AT9" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9"/>
+      <c r="AX9" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>167</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA9"/>
+      <c r="BB9" t="s">
+        <v>163</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>166</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>172</v>
+      </c>
+      <c r="BH9">
+        <v>0</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>103</v>
+      </c>
+      <c r="BJ9"/>
+      <c r="BK9"/>
+      <c r="BL9"/>
+      <c r="BM9" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>173</v>
+      </c>
+      <c r="BO9">
+        <v>0</v>
+      </c>
+      <c r="BP9" t="s">
+        <v>100</v>
+      </c>
+      <c r="BQ9"/>
+      <c r="BR9">
+        <v>221988</v>
+      </c>
+      <c r="BS9"/>
+    </row>
+    <row r="10" spans="1:71">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>174</v>
+      </c>
+      <c r="C10">
+        <v>2836009453</v>
+      </c>
+      <c r="D10">
+        <v>590793</v>
+      </c>
+      <c r="E10">
+        <v>138.81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>175</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>176</v>
+      </c>
+      <c r="I10">
+        <v>69.31</v>
+      </c>
+      <c r="J10" t="s">
+        <v>177</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10" t="s">
+        <v>178</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>133</v>
+      </c>
+      <c r="O10"/>
+      <c r="P10" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>174</v>
+      </c>
+      <c r="R10" t="s">
+        <v>77</v>
+      </c>
+      <c r="S10" t="s">
+        <v>77</v>
+      </c>
+      <c r="T10" t="s">
+        <v>135</v>
+      </c>
+      <c r="U10">
+        <v>2836009453</v>
+      </c>
+      <c r="V10">
+        <v>590793</v>
+      </c>
+      <c r="W10" t="s">
+        <v>77</v>
+      </c>
+      <c r="X10">
+        <v>138.81</v>
+      </c>
+      <c r="Y10">
+        <v>950.9</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>175</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>179</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG10"/>
+      <c r="AH10" t="s">
+        <v>180</v>
+      </c>
+      <c r="AI10"/>
+      <c r="AJ10" t="s">
+        <v>181</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>177</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>176</v>
+      </c>
+      <c r="AO10">
+        <v>69.31</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>182</v>
+      </c>
+      <c r="AQ10"/>
+      <c r="AR10"/>
+      <c r="AS10"/>
+      <c r="AT10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU10"/>
+      <c r="AV10"/>
+      <c r="AW10"/>
+      <c r="AX10" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>84</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>174</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>177</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>183</v>
+      </c>
+      <c r="BH10">
+        <v>21</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>86</v>
+      </c>
+      <c r="BJ10"/>
+      <c r="BK10"/>
+      <c r="BL10"/>
+      <c r="BM10" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>184</v>
+      </c>
+      <c r="BO10">
+        <v>0</v>
+      </c>
+      <c r="BP10"/>
+      <c r="BQ10"/>
+      <c r="BR10">
         <v>131994</v>
       </c>
-      <c r="BS8"/>
+      <c r="BS10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>