--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,264 +215,285 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>FALABELLACL</t>
   </si>
   <si>
-    <t>2025-11-21 15:54:16</t>
-[...2 lines deleted...]
-    <t>Tatiana Mesa Arredondo</t>
+    <t>2025-12-30 00:31:12</t>
+  </si>
+  <si>
+    <t>Jacqueline Garrido lincopi</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
-    <t>/114-5327625-1009829</t>
-[...2 lines deleted...]
-    <t>2025-11-21 00:00:00</t>
+    <t>/114-4802475-4247419</t>
+  </si>
+  <si>
+    <t>2026-01-05 00:00:00</t>
   </si>
   <si>
     <t>Purchased</t>
   </si>
   <si>
-    <t>1495478023291856749600395633475830</t>
+    <t>1495478034641856749600397264459560</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
     <t>mailamericas - ready_to_ship</t>
   </si>
   <si>
-    <t>27827948-0</t>
+    <t>16435012-6</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>ready_to_ship</t>
   </si>
   <si>
-    <t>Avenida lo barnechea</t>
-[...2 lines deleted...]
-    <t>LO BARNECHEA</t>
+    <t>Saavedra</t>
+  </si>
+  <si>
+    <t>MALLECO</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
-    <t>/B0CBNKV9ZS</t>
+    <t>/B06XWKHLSP</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
+    <t>2026-01-09 15:46:06</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-12-30 04:45:16</t>
+  </si>
+  <si>
+    <t>2025-12-26 17:21:27</t>
+  </si>
+  <si>
+    <t>ALEJANDRA TORREJON campos</t>
+  </si>
+  <si>
+    <t>/113-9681146-3714615</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478034041856749600397173542032</t>
+  </si>
+  <si>
+    <t>13752216-0</t>
+  </si>
+  <si>
+    <t>calle las dalias,   población santa maría</t>
+  </si>
+  <si>
+    <t>SAN FELIPE DE ACONCAGUA</t>
+  </si>
+  <si>
+    <t>2026-01-09 14:14:02</t>
+  </si>
+  <si>
+    <t>2025-12-26 22:53:55</t>
+  </si>
+  <si>
+    <t>2025-12-16 12:31:57</t>
+  </si>
+  <si>
+    <t>MARION HARLEN CARRASCO ILI</t>
+  </si>
+  <si>
+    <t>/114-5208757-4920241</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478032541856426600396798563961</t>
+  </si>
+  <si>
+    <t>mailamericas - pending</t>
+  </si>
+  <si>
+    <t>13846619-1</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>Camilo Henríquez</t>
+  </si>
+  <si>
+    <t>VALDIVIA</t>
+  </si>
+  <si>
+    <t>2025-12-16 12:32:01</t>
+  </si>
+  <si>
+    <t>2025-12-16 15:53:47</t>
+  </si>
+  <si>
+    <t>2025-11-13 11:57:01</t>
+  </si>
+  <si>
+    <t>Edgardo Lara Gutierrez</t>
+  </si>
+  <si>
+    <t>/11435240</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478022091856041600395299253752</t>
+  </si>
+  <si>
+    <t>11991899-5</t>
+  </si>
+  <si>
+    <t>Felix Garcia</t>
+  </si>
+  <si>
+    <t>ANTOFAGASTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSPCD2P21</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>2025-11-13 11:57:06</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-04 14:36:48</t>
+  </si>
+  <si>
+    <t>jose andres gonzalez marinao</t>
+  </si>
+  <si>
+    <t>/ 114-7808818-5639402</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>1495478020741856875600394969610316</t>
+  </si>
+  <si>
+    <t>mailamericas - delivered</t>
+  </si>
+  <si>
+    <t>18777017-3</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>fransisco werche psj copiapo</t>
+  </si>
+  <si>
+    <t>MELIPILLA</t>
+  </si>
+  <si>
+    <t>/B0BS5DKD95</t>
+  </si>
+  <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>2025-11-25 18:50:23</t>
-[...92 lines deleted...]
-    <t>2025-11-25 16:30:29</t>
+    <t>2025-12-18 14:44:47</t>
   </si>
   <si>
     <t>2025-11-07 16:30:23</t>
   </si>
   <si>
-    <t>2025-11-01 17:42:23</t>
-[...28 lines deleted...]
-  <si>
     <t>2025-08-27 15:05:09</t>
   </si>
   <si>
     <t>MARION VALENCIA GARCIA</t>
   </si>
   <si>
     <t>/ 113-8206429-2671467</t>
   </si>
   <si>
     <t>2025-08-28 00:00:00</t>
   </si>
   <si>
     <t>1495478074191856749600392587253633</t>
   </si>
   <si>
-    <t>mailamericas - delivered</t>
-[...1 lines deleted...]
-  <si>
     <t>12237100-K</t>
   </si>
   <si>
-    <t>delivered</t>
-[...1 lines deleted...]
-  <si>
     <t>SARGENTO CANDELARIA</t>
   </si>
   <si>
     <t>SANTIAGO</t>
-  </si>
-[...1 lines deleted...]
-    <t>/B06XWKHLSP</t>
   </si>
   <si>
     <t>2025-09-16 19:13:57</t>
   </si>
   <si>
     <t>2025-08-27 19:24:10</t>
   </si>
   <si>
     <t>2025-08-24 21:20:40</t>
   </si>
   <si>
     <t>marcos vilches aranda</t>
   </si>
   <si>
     <t>/ 114-0761476-0615445</t>
   </si>
   <si>
     <t>2025-08-25 00:00:00</t>
   </si>
   <si>
     <t>1495478073891856143600392455072705</t>
   </si>
   <si>
     <t>9264011-6</t>
   </si>
@@ -913,51 +934,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS10"/>
+  <dimension ref="A1:BS11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1144,1718 +1165,1899 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>3213485852</v>
+        <v>3220148326</v>
       </c>
       <c r="D2">
-        <v>596802</v>
+        <v>599152</v>
       </c>
       <c r="E2">
-        <v>164.04</v>
+        <v>59.93</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
       <c r="H2" t="s">
         <v>70</v>
       </c>
       <c r="I2">
-        <v>65.33</v>
+        <v>29.79</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2" t="s">
         <v>73</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
         <v>76</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>77</v>
       </c>
       <c r="S2" t="s">
         <v>77</v>
       </c>
       <c r="T2" t="s">
         <v>78</v>
       </c>
       <c r="U2">
-        <v>3213485852</v>
+        <v>3220148326</v>
       </c>
       <c r="V2">
-        <v>596802</v>
+        <v>599152</v>
       </c>
       <c r="W2" t="s">
         <v>77</v>
       </c>
       <c r="X2">
-        <v>164.04</v>
+        <v>59.93</v>
       </c>
       <c r="Y2">
         <v>950.9</v>
       </c>
       <c r="Z2" t="s">
         <v>77</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2" t="s">
         <v>76</v>
       </c>
       <c r="AE2" t="s">
         <v>77</v>
       </c>
       <c r="AF2" t="s">
         <v>77</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>79</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>80</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
         <v>81</v>
       </c>
       <c r="AN2" t="s">
         <v>70</v>
       </c>
       <c r="AO2">
-        <v>65.33</v>
+        <v>29.79</v>
       </c>
       <c r="AP2" t="s">
         <v>82</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>77</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2" t="s">
         <v>83</v>
       </c>
       <c r="AY2" t="s">
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>77</v>
       </c>
       <c r="BE2" t="s">
         <v>77</v>
       </c>
       <c r="BF2" t="s">
         <v>77</v>
       </c>
       <c r="BG2" t="s">
+        <v>84</v>
+      </c>
+      <c r="BH2">
+        <v>10</v>
+      </c>
+      <c r="BI2" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>155986</v>
+        <v>56987</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3">
+        <v>3219820752</v>
+      </c>
+      <c r="D3">
+        <v>599034</v>
+      </c>
+      <c r="E3">
+        <v>59.93</v>
+      </c>
+      <c r="F3" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I3">
+        <v>28.64</v>
+      </c>
+      <c r="J3" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="R3" t="s">
         <v>77</v>
       </c>
       <c r="S3" t="s">
         <v>77</v>
       </c>
       <c r="T3" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="U3">
-        <v>3212668104</v>
+        <v>3219820752</v>
       </c>
       <c r="V3">
-        <v>596284</v>
+        <v>599034</v>
       </c>
       <c r="W3" t="s">
         <v>77</v>
       </c>
       <c r="X3">
-        <v>233.45</v>
+        <v>59.93</v>
       </c>
       <c r="Y3">
         <v>950.9</v>
       </c>
       <c r="Z3" t="s">
         <v>77</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AD3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="AE3" t="s">
         <v>77</v>
       </c>
       <c r="AF3" t="s">
         <v>77</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AM3" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="AN3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AO3">
-        <v>87</v>
+        <v>28.64</v>
       </c>
       <c r="AP3" t="s">
-        <v>99</v>
-[...6 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="AQ3"/>
+      <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>77</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3" t="s">
         <v>83</v>
       </c>
       <c r="AY3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="BC3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="BH3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="BI3" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>77</v>
       </c>
       <c r="BN3" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
-      <c r="BP3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>221988</v>
+        <v>56987</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="C4">
-        <v>3211392515</v>
+        <v>3218567842</v>
       </c>
       <c r="D4">
-        <v>595932</v>
+        <v>598599</v>
       </c>
       <c r="E4">
-        <v>201.9</v>
+        <v>59.93</v>
       </c>
       <c r="F4" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="I4">
-        <v>118</v>
+        <v>27.76</v>
       </c>
       <c r="J4" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="K4" t="s">
         <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="Q4" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="R4" t="s">
         <v>77</v>
       </c>
       <c r="S4" t="s">
         <v>77</v>
       </c>
       <c r="T4" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="U4">
-        <v>3211392515</v>
+        <v>3218567842</v>
       </c>
       <c r="V4">
-        <v>595932</v>
+        <v>598599</v>
       </c>
       <c r="W4" t="s">
         <v>77</v>
       </c>
       <c r="X4">
-        <v>201.9</v>
+        <v>59.93</v>
       </c>
       <c r="Y4">
         <v>950.9</v>
       </c>
       <c r="Z4" t="s">
         <v>77</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="AD4" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="AE4" t="s">
         <v>77</v>
       </c>
       <c r="AF4" t="s">
         <v>77</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="AM4" t="s">
         <v>81</v>
       </c>
       <c r="AN4" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="AO4">
-        <v>118</v>
+        <v>27.76</v>
       </c>
       <c r="AP4" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>77</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
-      <c r="AW4">
-[...1 lines deleted...]
-      </c>
+      <c r="AW4"/>
       <c r="AX4" t="s">
         <v>83</v>
       </c>
       <c r="AY4" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
-      <c r="BA4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA4"/>
       <c r="BB4" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="BC4" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="BD4" t="s">
         <v>77</v>
       </c>
       <c r="BE4" t="s">
         <v>77</v>
       </c>
       <c r="BF4" t="s">
         <v>77</v>
       </c>
       <c r="BG4" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="BH4">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="BI4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>77</v>
       </c>
       <c r="BN4" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>191987</v>
+        <v>56987</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C5">
-        <v>3210925217</v>
+        <v>3212668104</v>
       </c>
       <c r="D5">
-        <v>595933</v>
+        <v>596284</v>
       </c>
       <c r="E5">
-        <v>102</v>
+        <v>233.45</v>
       </c>
       <c r="F5" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="I5">
-        <v>45.97</v>
+        <v>87</v>
       </c>
       <c r="J5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K5" t="s">
         <v>72</v>
       </c>
       <c r="L5" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="Q5" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="R5" t="s">
         <v>77</v>
       </c>
       <c r="S5" t="s">
         <v>77</v>
       </c>
       <c r="T5" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="U5">
-        <v>3210925217</v>
+        <v>3212668104</v>
       </c>
       <c r="V5">
-        <v>595933</v>
+        <v>596284</v>
       </c>
       <c r="W5" t="s">
         <v>77</v>
       </c>
       <c r="X5">
-        <v>102</v>
+        <v>233.45</v>
       </c>
       <c r="Y5">
         <v>950.9</v>
       </c>
       <c r="Z5" t="s">
         <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="AD5" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="AE5" t="s">
         <v>77</v>
       </c>
       <c r="AF5" t="s">
         <v>77</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AM5" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="AN5" t="s">
+        <v>111</v>
+      </c>
+      <c r="AO5">
+        <v>87</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>119</v>
+      </c>
+      <c r="AR5" t="s">
         <v>120</v>
       </c>
-      <c r="AO5">
-[...6 lines deleted...]
-      <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
         <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
         <v>83</v>
       </c>
       <c r="AY5" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="BC5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="BH5">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="BI5" t="s">
-        <v>86</v>
+        <v>122</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>77</v>
       </c>
       <c r="BN5" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
-      <c r="BP5"/>
+      <c r="BP5" t="s">
+        <v>119</v>
+      </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>96992</v>
+        <v>221988</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C6">
-        <v>2940383156</v>
+        <v>3211392515</v>
       </c>
       <c r="D6">
-        <v>593562</v>
+        <v>595932</v>
       </c>
       <c r="E6">
-        <v>59.93</v>
+        <v>201.9</v>
       </c>
       <c r="F6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="I6">
-        <v>41.81</v>
+        <v>118</v>
       </c>
       <c r="J6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="Q6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="R6" t="s">
         <v>77</v>
       </c>
       <c r="S6" t="s">
         <v>77</v>
       </c>
       <c r="T6" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="U6">
-        <v>2940383156</v>
+        <v>3211392515</v>
       </c>
       <c r="V6">
-        <v>593562</v>
+        <v>595932</v>
       </c>
       <c r="W6" t="s">
         <v>77</v>
       </c>
       <c r="X6">
-        <v>59.93</v>
+        <v>201.9</v>
       </c>
       <c r="Y6">
         <v>950.9</v>
       </c>
       <c r="Z6" t="s">
         <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="AD6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="AE6" t="s">
         <v>77</v>
       </c>
       <c r="AF6" t="s">
         <v>77</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="AM6" t="s">
         <v>81</v>
       </c>
       <c r="AN6" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="AO6">
-        <v>41.81</v>
+        <v>118</v>
       </c>
       <c r="AP6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6" t="s">
         <v>83</v>
       </c>
       <c r="AY6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="BB6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="BC6" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BH6">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="BI6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>77</v>
       </c>
       <c r="BN6" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>56987</v>
+        <v>191987</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C7">
-        <v>2937252412</v>
+        <v>2940383156</v>
       </c>
       <c r="D7">
-        <v>593474</v>
+        <v>593562</v>
       </c>
       <c r="E7">
-        <v>112.51</v>
+        <v>59.93</v>
       </c>
       <c r="F7" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="I7">
-        <v>45.12</v>
+        <v>41.81</v>
       </c>
       <c r="J7" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="Q7" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="R7" t="s">
         <v>77</v>
       </c>
       <c r="S7" t="s">
         <v>77</v>
       </c>
       <c r="T7" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="U7">
-        <v>2937252412</v>
+        <v>2940383156</v>
       </c>
       <c r="V7">
-        <v>593474</v>
+        <v>593562</v>
       </c>
       <c r="W7" t="s">
         <v>77</v>
       </c>
       <c r="X7">
-        <v>112.51</v>
+        <v>59.93</v>
       </c>
       <c r="Y7">
         <v>950.9</v>
       </c>
       <c r="Z7" t="s">
         <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="AD7" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="AE7" t="s">
         <v>77</v>
       </c>
       <c r="AF7" t="s">
         <v>77</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="AM7" t="s">
         <v>81</v>
       </c>
       <c r="AN7" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="AO7">
-        <v>45.12</v>
+        <v>41.81</v>
       </c>
       <c r="AP7" t="s">
-        <v>149</v>
+        <v>82</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7"/>
+      <c r="AW7">
+        <v>0</v>
+      </c>
       <c r="AX7" t="s">
         <v>83</v>
       </c>
       <c r="AY7" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
-      <c r="BA7"/>
+      <c r="BA7" t="s">
+        <v>135</v>
+      </c>
       <c r="BB7" t="s">
+        <v>138</v>
+      </c>
+      <c r="BC7" t="s">
         <v>141</v>
       </c>
-      <c r="BC7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="BH7">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="BI7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>77</v>
       </c>
       <c r="BN7" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>106986</v>
+        <v>56987</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C8">
-        <v>2919988871</v>
+        <v>2937252412</v>
       </c>
       <c r="D8">
-        <v>592958</v>
+        <v>593474</v>
       </c>
       <c r="E8">
-        <v>212.42</v>
+        <v>112.51</v>
       </c>
       <c r="F8" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="I8">
-        <v>79</v>
+        <v>45.12</v>
       </c>
       <c r="J8" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="Q8" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="R8" t="s">
         <v>77</v>
       </c>
       <c r="S8" t="s">
         <v>77</v>
       </c>
       <c r="T8" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="U8">
-        <v>2919988871</v>
+        <v>2937252412</v>
       </c>
       <c r="V8">
-        <v>592958</v>
+        <v>593474</v>
       </c>
       <c r="W8" t="s">
         <v>77</v>
       </c>
       <c r="X8">
-        <v>212.42</v>
+        <v>112.51</v>
       </c>
       <c r="Y8">
         <v>950.9</v>
       </c>
       <c r="Z8" t="s">
         <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
+        <v>149</v>
+      </c>
+      <c r="AD8" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="AE8" t="s">
         <v>77</v>
       </c>
       <c r="AF8" t="s">
         <v>77</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="AM8" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="AN8" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="AO8">
-        <v>79</v>
+        <v>45.12</v>
       </c>
       <c r="AP8" t="s">
-        <v>160</v>
-[...6 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="AQ8"/>
+      <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
         <v>83</v>
       </c>
       <c r="AY8" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="AZ8" t="s">
         <v>74</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="BC8" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="BH8">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="BI8" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>77</v>
       </c>
       <c r="BN8" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
-      <c r="BP8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
-        <v>201990</v>
+        <v>106986</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C9">
-        <v>2844850469</v>
+        <v>2919988871</v>
       </c>
       <c r="D9">
-        <v>590958</v>
+        <v>592958</v>
       </c>
       <c r="E9">
-        <v>233.45</v>
+        <v>212.42</v>
       </c>
       <c r="F9" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="G9" t="s">
         <v>69</v>
       </c>
       <c r="H9" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="I9">
-        <v>95.99</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="K9" t="s">
         <v>72</v>
       </c>
       <c r="L9" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="Q9" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="R9" t="s">
         <v>77</v>
       </c>
       <c r="S9" t="s">
         <v>77</v>
       </c>
       <c r="T9" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="U9">
-        <v>2844850469</v>
+        <v>2919988871</v>
       </c>
       <c r="V9">
-        <v>590958</v>
+        <v>592958</v>
       </c>
       <c r="W9" t="s">
         <v>77</v>
       </c>
       <c r="X9">
-        <v>233.45</v>
+        <v>212.42</v>
       </c>
       <c r="Y9">
         <v>950.9</v>
       </c>
       <c r="Z9" t="s">
         <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>69</v>
       </c>
       <c r="AC9" t="s">
+        <v>160</v>
+      </c>
+      <c r="AD9" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="AE9" t="s">
         <v>77</v>
       </c>
       <c r="AF9" t="s">
         <v>77</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="AM9" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="AN9" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="AO9">
-        <v>95.99</v>
+        <v>79</v>
       </c>
       <c r="AP9" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="AQ9" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="AR9" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>77</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9" t="s">
         <v>83</v>
       </c>
       <c r="AY9" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="AZ9" t="s">
         <v>74</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="BC9" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="BD9" t="s">
         <v>77</v>
       </c>
       <c r="BE9" t="s">
         <v>77</v>
       </c>
       <c r="BF9" t="s">
         <v>77</v>
       </c>
       <c r="BG9" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="BH9">
         <v>0</v>
       </c>
       <c r="BI9" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>77</v>
       </c>
       <c r="BN9" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>221988</v>
+        <v>201990</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C10">
-        <v>2836009453</v>
+        <v>2844850469</v>
       </c>
       <c r="D10">
-        <v>590793</v>
+        <v>590958</v>
       </c>
       <c r="E10">
-        <v>138.81</v>
+        <v>233.45</v>
       </c>
       <c r="F10" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="I10">
-        <v>69.31</v>
+        <v>95.99</v>
       </c>
       <c r="J10" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="M10" t="s">
         <v>74</v>
       </c>
       <c r="N10" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="Q10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="R10" t="s">
         <v>77</v>
       </c>
       <c r="S10" t="s">
         <v>77</v>
       </c>
       <c r="T10" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="U10">
-        <v>2836009453</v>
+        <v>2844850469</v>
       </c>
       <c r="V10">
-        <v>590793</v>
+        <v>590958</v>
       </c>
       <c r="W10" t="s">
         <v>77</v>
       </c>
       <c r="X10">
-        <v>138.81</v>
+        <v>233.45</v>
       </c>
       <c r="Y10">
         <v>950.9</v>
       </c>
       <c r="Z10" t="s">
         <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>69</v>
       </c>
       <c r="AC10" t="s">
+        <v>171</v>
+      </c>
+      <c r="AD10" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="AE10" t="s">
         <v>77</v>
       </c>
       <c r="AF10" t="s">
         <v>77</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="AM10" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="AN10" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="AO10">
-        <v>69.31</v>
+        <v>95.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-      <c r="AR10"/>
+        <v>178</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>119</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>120</v>
+      </c>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>77</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10" t="s">
         <v>83</v>
       </c>
       <c r="AY10" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="AZ10" t="s">
         <v>74</v>
       </c>
-      <c r="BA10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BA10"/>
       <c r="BB10" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="BC10" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="BD10" t="s">
         <v>77</v>
       </c>
       <c r="BE10" t="s">
         <v>77</v>
       </c>
       <c r="BF10" t="s">
         <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="BH10">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="BI10" t="s">
-        <v>86</v>
+        <v>122</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>77</v>
       </c>
       <c r="BN10" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
-      <c r="BP10"/>
+      <c r="BP10" t="s">
+        <v>119</v>
+      </c>
       <c r="BQ10"/>
       <c r="BR10">
+        <v>221988</v>
+      </c>
+      <c r="BS10"/>
+    </row>
+    <row r="11" spans="1:71">
+      <c r="A11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B11" t="s">
+        <v>181</v>
+      </c>
+      <c r="C11">
+        <v>2836009453</v>
+      </c>
+      <c r="D11">
+        <v>590793</v>
+      </c>
+      <c r="E11">
+        <v>138.81</v>
+      </c>
+      <c r="F11" t="s">
+        <v>182</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>183</v>
+      </c>
+      <c r="I11">
+        <v>69.31</v>
+      </c>
+      <c r="J11" t="s">
+        <v>184</v>
+      </c>
+      <c r="K11" t="s">
+        <v>72</v>
+      </c>
+      <c r="L11" t="s">
+        <v>185</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>129</v>
+      </c>
+      <c r="O11"/>
+      <c r="P11" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>181</v>
+      </c>
+      <c r="R11" t="s">
+        <v>77</v>
+      </c>
+      <c r="S11" t="s">
+        <v>77</v>
+      </c>
+      <c r="T11" t="s">
+        <v>131</v>
+      </c>
+      <c r="U11">
+        <v>2836009453</v>
+      </c>
+      <c r="V11">
+        <v>590793</v>
+      </c>
+      <c r="W11" t="s">
+        <v>77</v>
+      </c>
+      <c r="X11">
+        <v>138.81</v>
+      </c>
+      <c r="Y11">
+        <v>950.9</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>182</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>77</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>77</v>
+      </c>
+      <c r="AG11"/>
+      <c r="AH11" t="s">
+        <v>187</v>
+      </c>
+      <c r="AI11"/>
+      <c r="AJ11" t="s">
+        <v>188</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>184</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>183</v>
+      </c>
+      <c r="AO11">
+        <v>69.31</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>189</v>
+      </c>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
+      <c r="AT11" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU11"/>
+      <c r="AV11"/>
+      <c r="AW11"/>
+      <c r="AX11" t="s">
+        <v>83</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>185</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>135</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>181</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>184</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>77</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>77</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>190</v>
+      </c>
+      <c r="BH11">
+        <v>21</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>85</v>
+      </c>
+      <c r="BJ11"/>
+      <c r="BK11"/>
+      <c r="BL11"/>
+      <c r="BM11" t="s">
+        <v>77</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>191</v>
+      </c>
+      <c r="BO11">
+        <v>0</v>
+      </c>
+      <c r="BP11"/>
+      <c r="BQ11"/>
+      <c r="BR11">
         <v>131994</v>
       </c>
-      <c r="BS10"/>
+      <c r="BS11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>