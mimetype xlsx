--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="789">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,275 +215,950 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
+    <t>2025-12-04 10:29:47</t>
+  </si>
+  <si>
+    <t>Leslie Chinchay Ramos</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>UN038550152MU</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>mailamericas - pending</t>
+  </si>
+  <si>
+    <t>pending</t>
+  </si>
+  <si>
+    <t>Pedregal alto Mz. 202 lote 02</t>
+  </si>
+  <si>
+    <t>HUARAZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t>2025-12-04 10:29:55</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-12-04 15:54:23</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:53:29</t>
+  </si>
+  <si>
+    <t>luis barba infante</t>
+  </si>
+  <si>
+    <t>/11446448</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038546011MU</t>
+  </si>
+  <si>
+    <t>mailamericas - ready_to_ship</t>
+  </si>
+  <si>
+    <t>ready_to_ship</t>
+  </si>
+  <si>
+    <t>Andres avelino caceres</t>
+  </si>
+  <si>
+    <t>Piura</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-12-05 08:09:23</t>
+  </si>
+  <si>
+    <t>2025-12-05 08:13:47</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:12:29</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2025-12-02 20:53:42</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:44:10</t>
+  </si>
+  <si>
+    <t>Ana delgado delgado</t>
+  </si>
+  <si>
+    <t>/11444592</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038509288MU</t>
+  </si>
+  <si>
+    <t>mailamericas - shipped</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>Calle Cardos</t>
+  </si>
+  <si>
+    <t>ICA</t>
+  </si>
+  <si>
+    <t>/VSPOQ1H21/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:15:26</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:27:09</t>
+  </si>
+  <si>
+    <t>2025-12-05 13:24:25</t>
+  </si>
+  <si>
+    <t>2025-11-30 17:53:44</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:38:35</t>
+  </si>
+  <si>
+    <t>/11444564</t>
+  </si>
+  <si>
+    <t>UN038506454MU</t>
+  </si>
+  <si>
+    <t>/VSP1R1321/VSPOQ1R21</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:33:30</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:36:08</t>
+  </si>
+  <si>
+    <t>2025-12-05 13:10:37</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:53:47</t>
+  </si>
+  <si>
+    <t>2025-11-28 21:56:12</t>
+  </si>
+  <si>
+    <t>Juan Mamani</t>
+  </si>
+  <si>
+    <t>/11443504</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038484688MU</t>
+  </si>
+  <si>
+    <t>Avenida Riva Aguero</t>
+  </si>
+  <si>
+    <t>LIMA</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-12-01 15:09:19</t>
+  </si>
+  <si>
+    <t>2025-12-01 15:13:27</t>
+  </si>
+  <si>
+    <t>2025-12-04 18:46:18</t>
+  </si>
+  <si>
+    <t>2025-11-29 03:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:50:04</t>
+  </si>
+  <si>
+    <t>Elisbeth Juana Espinal Llerena</t>
+  </si>
+  <si>
+    <t>/11440290</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038430954MU</t>
+  </si>
+  <si>
+    <t>Urb Felipe Santiago Salaverry B 1</t>
+  </si>
+  <si>
+    <t>AREQUIPA</t>
+  </si>
+  <si>
+    <t>/BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:06:02</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:08:27</t>
+  </si>
+  <si>
+    <t>2025-12-07 14:50:41</t>
+  </si>
+  <si>
+    <t>2025-11-21 03:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-15 15:00:26</t>
+  </si>
+  <si>
+    <t>Victoria Milagros Mines Manrique</t>
+  </si>
+  <si>
+    <t>/11436378</t>
+  </si>
+  <si>
+    <t>2025-11-15 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038411076MU</t>
+  </si>
+  <si>
+    <t>mailamericas - delivered</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>Urbanización el Amauta Mz H Lte 23</t>
+  </si>
+  <si>
+    <t>SANTA</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:13:37</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:15:29</t>
+  </si>
+  <si>
+    <t>2025-11-28 09:33:12</t>
+  </si>
+  <si>
+    <t>2025-11-15 20:50:13</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:19:07</t>
+  </si>
+  <si>
+    <t>Fabiano Casarino tapia</t>
+  </si>
+  <si>
+    <t>/11435407</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038398176MU</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>calle Alcatraces</t>
+  </si>
+  <si>
+    <t>/VSPOY7421</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:19:11</t>
+  </si>
+  <si>
+    <t>2025-11-13 20:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-09 18:47:38</t>
+  </si>
+  <si>
+    <t>Sheraldin Calixto Hernandez</t>
+  </si>
+  <si>
+    <t>/ 114-8600719-7948248</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038376683MU</t>
+  </si>
+  <si>
+    <t>Calle monte caoba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B08GYG5SL6</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:16:49</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:18:05</t>
+  </si>
+  <si>
+    <t>2025-12-01 14:40:21</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:50:10</t>
+  </si>
+  <si>
+    <t>2025-11-08 13:55:05</t>
+  </si>
+  <si>
+    <t>Fiorella Margaret Delgado Cornejo</t>
+  </si>
+  <si>
+    <t>/11433240</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038387859MU</t>
+  </si>
+  <si>
+    <t>Pasaje Javier Delgado 107</t>
+  </si>
+  <si>
+    <t>/VSP1S3421</t>
+  </si>
+  <si>
+    <t>2025-11-12 12:36:00</t>
+  </si>
+  <si>
+    <t>2025-11-12 12:38:10</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:45:34</t>
+  </si>
+  <si>
+    <t>2025-11-08 19:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-07 10:03:53</t>
+  </si>
+  <si>
+    <t>ZAIDA ESCUDERO MEJIA</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>shipment_canceled</t>
+  </si>
+  <si>
+    <t>calle manuel mesones muro Mg Lote 32</t>
+  </si>
+  <si>
+    <t>/VSPOQ2G21</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:13</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:35</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:55:05</t>
+  </si>
+  <si>
+    <t>juan huaman</t>
+  </si>
+  <si>
+    <t>/11432727</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038327206MU</t>
+  </si>
+  <si>
+    <t>JR. CHANCAY</t>
+  </si>
+  <si>
+    <t>FERREÑAFE</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:44:01</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:46:03</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:19:50</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:37</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:38:06</t>
+  </si>
+  <si>
+    <t>Balta</t>
+  </si>
+  <si>
+    <t>Chiclayo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:46</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:41</t>
+  </si>
+  <si>
+    <t>2025-11-04 09:27:38</t>
+  </si>
+  <si>
+    <t>karen nieto Zeballos</t>
+  </si>
+  <si>
+    <t>/11432726</t>
+  </si>
+  <si>
+    <t>UN038321296MU</t>
+  </si>
+  <si>
+    <t>urbanizacion san pedro mz A lt 12</t>
+  </si>
+  <si>
+    <t>TACNA</t>
+  </si>
+  <si>
+    <t>/VSPOQ8021</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:23:48</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:26:19</t>
+  </si>
+  <si>
+    <t>2025-11-28 15:44:29</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:45</t>
+  </si>
+  <si>
+    <t>2025-11-03 01:01:24</t>
+  </si>
+  <si>
+    <t>brian bustinza perea</t>
+  </si>
+  <si>
+    <t>/11432725</t>
+  </si>
+  <si>
+    <t>UN038307250MU</t>
+  </si>
+  <si>
+    <t>Centro comercial Siglo XX Puerta 6</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:14:35</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:22:04</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:45:33</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:47</t>
+  </si>
+  <si>
+    <t>2025-10-30 20:25:19</t>
+  </si>
+  <si>
+    <t>Vieri Paco Vargas</t>
+  </si>
+  <si>
+    <t>/11429502</t>
+  </si>
+  <si>
+    <t>2025-10-31 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038302218MU</t>
+  </si>
+  <si>
+    <t>urb mateo pumacahua</t>
+  </si>
+  <si>
+    <t>CUSCO</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:30:04</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:32:20</t>
+  </si>
+  <si>
+    <t>2025-11-15 13:32:02</t>
+  </si>
+  <si>
+    <t>2025-10-31 01:50:04</t>
+  </si>
+  <si>
+    <t>2025-10-27 22:41:34</t>
+  </si>
+  <si>
+    <t>Fiorella Margarita Tadayco Avalos</t>
+  </si>
+  <si>
+    <t>/11428362</t>
+  </si>
+  <si>
+    <t>2025-10-28 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038293670MU</t>
+  </si>
+  <si>
+    <t>Calle carrizo</t>
+  </si>
+  <si>
+    <t>GROCIO PRADO</t>
+  </si>
+  <si>
+    <t>/VSPOS5621</t>
+  </si>
+  <si>
+    <t>2025-10-31 09:07:49</t>
+  </si>
+  <si>
+    <t>2025-10-31 12:10:05</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:54:15</t>
+  </si>
+  <si>
+    <t>2025-10-28 04:50:03</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:49:33</t>
+  </si>
+  <si>
+    <t>Monica Bustinza Alvarez</t>
+  </si>
+  <si>
+    <t>/114-3398269-2357818</t>
+  </si>
+  <si>
+    <t>2025-10-24 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038281795MU</t>
+  </si>
+  <si>
+    <t>Urbanización Bello Horizonte</t>
+  </si>
+  <si>
+    <t>Arequipa</t>
+  </si>
+  <si>
+    <t>2025-11-03 09:44:33</t>
+  </si>
+  <si>
+    <t>2025-11-03 09:48:48</t>
+  </si>
+  <si>
+    <t>2025-11-13 14:26:19</t>
+  </si>
+  <si>
+    <t>2025-10-24 19:50:05</t>
+  </si>
+  <si>
+    <t>2025-10-23 10:20:06</t>
+  </si>
+  <si>
+    <t>irene yaneth baca jimenez</t>
+  </si>
+  <si>
+    <t>/11426397</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038278142MU</t>
+  </si>
+  <si>
+    <t>Urb. Corazón de Jesús G-03</t>
+  </si>
+  <si>
+    <t>/VSP1F2821</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:27:55</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:30:45</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:15:37</t>
+  </si>
+  <si>
+    <t>2025-10-23 15:50:01</t>
+  </si>
+  <si>
+    <t>2025-10-22 19:37:14</t>
+  </si>
+  <si>
+    <t>José Rodrigo Chauca Gutierrez</t>
+  </si>
+  <si>
+    <t>/11426234</t>
+  </si>
+  <si>
+    <t>UN038277765MU</t>
+  </si>
+  <si>
+    <t>Urbanizacion Los Naranjos Mz V03 Lote 05</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:31:39</t>
+  </si>
+  <si>
+    <t>2025-11-12 16:40:24</t>
+  </si>
+  <si>
+    <t>2025-10-23 01:50:01</t>
+  </si>
+  <si>
+    <t>2025-10-22 09:47:34</t>
+  </si>
+  <si>
+    <t>Jennifer Prado Llaja</t>
+  </si>
+  <si>
+    <t>/11426023</t>
+  </si>
+  <si>
+    <t>2025-10-22 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038262607MU</t>
+  </si>
+  <si>
+    <t>Calle la habana Mz j lote 19</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:17:36</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:19:23</t>
+  </si>
+  <si>
+    <t>2025-11-02 16:05:19</t>
+  </si>
+  <si>
+    <t>2025-10-22 15:50:00</t>
+  </si>
+  <si>
+    <t>2025-10-10 23:11:58</t>
+  </si>
+  <si>
+    <t>Diego alonso Davalos Huarcaya</t>
+  </si>
+  <si>
+    <t>/11421482</t>
+  </si>
+  <si>
+    <t>2025-10-11 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038182926MU</t>
+  </si>
+  <si>
+    <t>Calle Las Hebeas</t>
+  </si>
+  <si>
+    <t>/VSPOY7621</t>
+  </si>
+  <si>
+    <t>2025-10-15 14:09:48</t>
+  </si>
+  <si>
+    <t>2025-10-15 14:11:20</t>
+  </si>
+  <si>
+    <t>2025-10-22 14:47:10</t>
+  </si>
+  <si>
+    <t>2025-10-11 04:49:55</t>
+  </si>
+  <si>
     <t>2025-10-09 08:31:18</t>
   </si>
   <si>
     <t>Grace Gonzalez Aguirre</t>
   </si>
   <si>
-    <t>PE</t>
-[...1 lines deleted...]
-  <si>
     <t>/11420740</t>
   </si>
   <si>
     <t>2025-10-09 00:00:00</t>
   </si>
   <si>
-    <t>In Transit to Hub</t>
-[...1 lines deleted...]
-  <si>
     <t>UN038189986MU</t>
   </si>
   <si>
-    <t>tracking_code_created</t>
-[...10 lines deleted...]
-  <si>
     <t>CALLE LA CORNALINA 512</t>
   </si>
   <si>
-    <t>TRUJILLO</t>
-[...4 lines deleted...]
-  <si>
     <t>/VSPOQ1G21</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...11 lines deleted...]
-    <t>automatic</t>
+    <t>2025-10-13 13:17:20</t>
+  </si>
+  <si>
+    <t>2025-10-13 13:18:46</t>
+  </si>
+  <si>
+    <t>2025-10-23 16:58:19</t>
   </si>
   <si>
     <t>2025-10-09 13:49:53</t>
   </si>
   <si>
     <t>2025-10-04 17:03:42</t>
   </si>
   <si>
     <t>norma veronica salas</t>
   </si>
   <si>
-    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
-[...1 lines deleted...]
-  <si>
     <t>UN038148068MU</t>
   </si>
   <si>
-    <t>canceled</t>
-[...1 lines deleted...]
-  <si>
     <t>Urb Los Angeles de Cayma Mz C Lte 32</t>
   </si>
   <si>
-    <t>AREQUIPA</t>
-[...1 lines deleted...]
-  <si>
     <t>/VSPEN5521</t>
   </si>
   <si>
     <t>2025-10-04 17:03:46</t>
   </si>
   <si>
-    <t>unknown</t>
-[...7 lines deleted...]
-  <si>
     <t>2025-10-09 17:06:40</t>
   </si>
   <si>
     <t>2025-10-05 17:15:02</t>
   </si>
   <si>
-    <t>Finished</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-27 12:31:53</t>
   </si>
   <si>
     <t>nora salvatierra</t>
   </si>
   <si>
     <t>/11415712</t>
   </si>
   <si>
     <t>2025-09-27 00:00:00</t>
   </si>
   <si>
     <t>UN038095997MU</t>
   </si>
   <si>
-    <t>mailamericas - shipped</t>
-[...4 lines deleted...]
-  <si>
     <t>calle 22 , villa militar san borja</t>
   </si>
   <si>
-    <t>LIMA</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-10-01 13:59:59</t>
   </si>
   <si>
-    <t>2025-10-09 07:54:50</t>
+    <t>2025-10-17 15:53:18</t>
   </si>
   <si>
     <t>2025-09-27 18:11:11</t>
   </si>
   <si>
     <t>2025-09-15 18:55:25</t>
   </si>
   <si>
     <t>Yesica Madeli Chávez Cercado</t>
   </si>
   <si>
     <t>/11408965</t>
   </si>
   <si>
     <t>2025-09-16 00:00:00</t>
   </si>
   <si>
     <t>UN038004829MU</t>
   </si>
   <si>
-    <t>mailamericas - delivered</t>
-[...4 lines deleted...]
-  <si>
     <t>jr 11 de febrero</t>
   </si>
   <si>
     <t>CAJAMARCA</t>
   </si>
   <si>
     <t>/VSPLD1321</t>
   </si>
   <si>
     <t>2025-09-19 16:09:11</t>
   </si>
   <si>
     <t>2025-09-29 17:04:48</t>
   </si>
   <si>
     <t>2025-09-16 19:41:22</t>
   </si>
   <si>
     <t>2025-09-11 19:59:50</t>
   </si>
   <si>
     <t>Alexander Crisostomo Cencia</t>
   </si>
   <si>
     <t>/112-7734899-1365026</t>
   </si>
   <si>
     <t>2025-09-12 00:00:00</t>
   </si>
   <si>
     <t>UN037960482MU</t>
   </si>
   <si>
     <t>Calle borgoña  - La Viñas - ex toche</t>
   </si>
   <si>
     <t>CHINCHA</t>
   </si>
   <si>
-    <t xml:space="preserve">Amazon, </t>
-[...4 lines deleted...]
-  <si>
     <t>2025-09-19 16:01:25</t>
   </si>
   <si>
     <t>2025-09-19 16:03:16</t>
   </si>
   <si>
     <t>2025-10-01 15:20:49</t>
   </si>
   <si>
-    <t>manual</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-12 01:33:07</t>
   </si>
   <si>
     <t>2025-09-07 12:44:16</t>
   </si>
   <si>
     <t>Yerson Granja Aponte</t>
   </si>
   <si>
     <t>/11402235</t>
   </si>
   <si>
     <t>2025-09-08 00:00:00</t>
   </si>
   <si>
     <t>UN037936435MU</t>
   </si>
   <si>
     <t>JR AYACUCHO</t>
   </si>
   <si>
     <t>/VSPOQ1D21/VSPOY7821</t>
   </si>
   <si>
     <t>2025-09-10 14:15:25</t>
@@ -494,80 +1169,74 @@
   <si>
     <t>2025-09-08 15:20:37</t>
   </si>
   <si>
     <t>2025-09-04 22:40:25</t>
   </si>
   <si>
     <t>Francesca Alessandra Huaman Hernandez</t>
   </si>
   <si>
     <t>/11399389</t>
   </si>
   <si>
     <t>2025-09-05 00:00:00</t>
   </si>
   <si>
     <t>UN037885509MU</t>
   </si>
   <si>
     <t>Calle Fermín del Castillo</t>
   </si>
   <si>
     <t>NAZCA</t>
   </si>
   <si>
-    <t>/VSPOY7421</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-14 19:00:42</t>
   </si>
   <si>
     <t>2025-09-05 14:11:20</t>
   </si>
   <si>
     <t>2025-08-29 13:52:52</t>
   </si>
   <si>
     <t>Cinthia Jara Romero</t>
   </si>
   <si>
     <t>/11395956</t>
   </si>
   <si>
     <t>2025-09-01 00:00:00</t>
   </si>
   <si>
     <t>UN037868029MU</t>
   </si>
   <si>
     <t>mz b lt 31 urbanización California</t>
   </si>
   <si>
-    <t>/VSPOS5621</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-04 13:18:02</t>
   </si>
   <si>
     <t>2025-09-12 16:17:46</t>
   </si>
   <si>
     <t>2025-09-01 18:43:22</t>
   </si>
   <si>
     <t>2025-08-29 05:44:47</t>
   </si>
   <si>
     <t>daniel lazarte</t>
   </si>
   <si>
     <t>/112-1303637-1155423</t>
   </si>
   <si>
     <t>UN037872575MU</t>
   </si>
   <si>
     <t>los diamantes urb el cascajal</t>
   </si>
   <si>
     <t>Lima</t>
@@ -641,53 +1310,50 @@
   <si>
     <t>2025-08-24 04:24:03</t>
   </si>
   <si>
     <t>2025-08-22 10:58:01</t>
   </si>
   <si>
     <t>AMPARO MIRANDA RAMOS</t>
   </si>
   <si>
     <t>/11385257</t>
   </si>
   <si>
     <t>2025-08-22 00:00:00</t>
   </si>
   <si>
     <t>UN037831681MU</t>
   </si>
   <si>
     <t>06667304</t>
   </si>
   <si>
     <t>JR CENTENARIO 179 A313 BARRANCO</t>
   </si>
   <si>
-    <t>/BB0024SA-30007767-001</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-25 17:21:39</t>
   </si>
   <si>
     <t>2025-09-04 11:41:49</t>
   </si>
   <si>
     <t>2025-08-22 16:34:00</t>
   </si>
   <si>
     <t>2025-08-13 08:36:05</t>
   </si>
   <si>
     <t>patricia tello</t>
   </si>
   <si>
     <t>/11374324</t>
   </si>
   <si>
     <t>2025-08-13 00:00:00</t>
   </si>
   <si>
     <t>UN037772935MU</t>
   </si>
   <si>
     <t>Avenida Salaverry</t>
@@ -836,63 +1502,60 @@
   <si>
     <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
   </si>
   <si>
     <t>2025-08-01 17:06:14</t>
   </si>
   <si>
     <t>2025-07-25 23:46:50</t>
   </si>
   <si>
     <t>2025-07-24 20:31:32</t>
   </si>
   <si>
     <t>Isabel Mariño</t>
   </si>
   <si>
     <t>/11357733</t>
   </si>
   <si>
     <t>2025-07-25 00:00:00</t>
   </si>
   <si>
     <t>UN037617649MU</t>
   </si>
   <si>
-    <t>mailamericas - ready_to_ship</t>
-[...1 lines deleted...]
-  <si>
     <t>07238685</t>
   </si>
   <si>
     <t>San Fernando</t>
   </si>
   <si>
     <t>2025-07-28 11:46:24</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-08-01 17:10:01</t>
   </si>
   <si>
     <t>2025-07-25 02:26:47</t>
   </si>
   <si>
     <t>2025-07-21 21:37:32</t>
   </si>
   <si>
     <t>heidy rangel</t>
   </si>
   <si>
     <t>/11356520</t>
   </si>
   <si>
     <t>2025-07-22 00:00:00</t>
   </si>
   <si>
     <t>UN037593240MU</t>
   </si>
@@ -992,53 +1655,50 @@
   <si>
     <t>2025-08-01 14:20:12</t>
   </si>
   <si>
     <t>2025-07-16 15:05:58</t>
   </si>
   <si>
     <t>2025-07-15 04:10:43</t>
   </si>
   <si>
     <t>Benito Filomeno Espinoza Valencia</t>
   </si>
   <si>
     <t>/11352972</t>
   </si>
   <si>
     <t>2025-07-15 00:00:00</t>
   </si>
   <si>
     <t>UN037473105MU</t>
   </si>
   <si>
     <t>Avenida Prolongacion Mariscal Castilla</t>
   </si>
   <si>
-    <t>/VSP1S3421</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-17 13:26:34</t>
   </si>
   <si>
     <t>2025-07-30 14:59:58</t>
   </si>
   <si>
     <t>2025-07-15 15:52:41</t>
   </si>
   <si>
     <t>2025-07-11 10:23:01</t>
   </si>
   <si>
     <t>Niuler Bances Herrera</t>
   </si>
   <si>
     <t>/11350942</t>
   </si>
   <si>
     <t>2025-07-11 00:00:00</t>
   </si>
   <si>
     <t>UN037449424MU</t>
   </si>
   <si>
     <t>Jr. Coronel Secada 1226 por el hostal dorado</t>
@@ -1112,53 +1772,50 @@
   <si>
     <t xml:space="preserve">				 COMENTARIO: "Orden no despachada por Merchant"			</t>
   </si>
   <si>
     <t>2025-07-09 13:55:38</t>
   </si>
   <si>
     <t>2025-07-07 21:06:26</t>
   </si>
   <si>
     <t>2025-07-07 12:34:34</t>
   </si>
   <si>
     <t>Sybill Aguilar Flores</t>
   </si>
   <si>
     <t>/11348809</t>
   </si>
   <si>
     <t>UN037403665MU</t>
   </si>
   <si>
     <t>Agusto Aguirre 3585</t>
   </si>
   <si>
-    <t>/VSPOY7621</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 18:25:36</t>
   </si>
   <si>
     <t>2025-07-07 21:06:24</t>
   </si>
   <si>
     <t>2025-07-07 00:03:35</t>
   </si>
   <si>
     <t>Rosannette Yacolca</t>
   </si>
   <si>
     <t>/114-9003895-6241868</t>
   </si>
   <si>
     <t>UN037384621MU</t>
   </si>
   <si>
     <t>Avenida Ernesto diez Canseco</t>
   </si>
   <si>
     <t>USPS</t>
   </si>
   <si>
     <t>9361289677050836939278</t>
@@ -1169,53 +1826,50 @@
   <si>
     <t>2025-07-15 16:57:25</t>
   </si>
   <si>
     <t>2025-07-26 17:21:51</t>
   </si>
   <si>
     <t>2025-07-07 16:40:10</t>
   </si>
   <si>
     <t>2025-07-06 01:53:46</t>
   </si>
   <si>
     <t>luis manuel sanchez ferrer chavez</t>
   </si>
   <si>
     <t>/11348658</t>
   </si>
   <si>
     <t>UN037372637MU</t>
   </si>
   <si>
     <t>Urb Los Cedroz, Mz E, LT  9, dpto 402</t>
   </si>
   <si>
-    <t>/VSPOY8421</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-10 10:08:10</t>
   </si>
   <si>
     <t>2025-08-03 16:33:24</t>
   </si>
   <si>
     <t>2025-07-07 14:20:03</t>
   </si>
   <si>
     <t>2025-07-06 01:48:07</t>
   </si>
   <si>
     <t>/11348654</t>
   </si>
   <si>
     <t>UN037376571MU</t>
   </si>
   <si>
     <t>/VSPOQ9221</t>
   </si>
   <si>
     <t>2025-07-10 10:08:21</t>
   </si>
   <si>
     <t>2025-08-04 17:48:37</t>
@@ -1253,53 +1907,50 @@
   <si>
     <t>2025-07-25 17:20:28</t>
   </si>
   <si>
     <t>2025-07-01 14:55:02</t>
   </si>
   <si>
     <t>2025-06-27 16:26:50</t>
   </si>
   <si>
     <t>ysmael Pantigoso</t>
   </si>
   <si>
     <t>/11344708</t>
   </si>
   <si>
     <t>2025-06-27 00:00:00</t>
   </si>
   <si>
     <t>UN037326164MU</t>
   </si>
   <si>
     <t>avenida collasuyo 2964</t>
   </si>
   <si>
-    <t>CUSCO</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-02 13:48:41</t>
   </si>
   <si>
     <t>2025-07-14 17:22:32</t>
   </si>
   <si>
     <t>2025-06-27 21:52:36</t>
   </si>
   <si>
     <t>2025-06-24 18:37:22</t>
   </si>
   <si>
     <t>Jossef Abdón Alanya Cruz</t>
   </si>
   <si>
     <t>/11343664</t>
   </si>
   <si>
     <t>2025-06-25 00:00:00</t>
   </si>
   <si>
     <t>UN037308789MU</t>
   </si>
   <si>
     <t>Manco Cápac con Jirón Venezuela 493</t>
@@ -1311,53 +1962,50 @@
     <t>2025-06-24 18:37:27</t>
   </si>
   <si>
     <t>2025-06-27 20:13:57</t>
   </si>
   <si>
     <t>2025-06-25 14:14:32</t>
   </si>
   <si>
     <t>2025-06-22 22:24:05</t>
   </si>
   <si>
     <t>JHOMAYRA ZAMORA</t>
   </si>
   <si>
     <t>/11343413</t>
   </si>
   <si>
     <t>2025-06-24 00:00:00</t>
   </si>
   <si>
     <t>UN037300207MU</t>
   </si>
   <si>
     <t>URBANIZACION CASUARINAS II ETAPA</t>
-  </si>
-[...1 lines deleted...]
-    <t>SANTA</t>
   </si>
   <si>
     <t>2025-06-30 16:19:32</t>
   </si>
   <si>
     <t>2025-07-07 12:51:14</t>
   </si>
   <si>
     <t>2025-06-24 21:26:35</t>
   </si>
   <si>
     <t>2025-06-22 17:46:26</t>
   </si>
   <si>
     <t>Vicky Tavara Cavero</t>
   </si>
   <si>
     <t>/11343412</t>
   </si>
   <si>
     <t>UN037286482MU</t>
   </si>
   <si>
     <t>Av America Oeste 133-135 Urb Los Cedros</t>
   </si>
@@ -2077,51 +2725,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS50"/>
+  <dimension ref="A1:BS72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2308,9492 +2956,13686 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>3012876680</v>
+        <v>3216714817</v>
       </c>
       <c r="D2">
-        <v>594742</v>
+        <v>597928</v>
       </c>
       <c r="E2">
-        <v>105</v>
+        <v>99.74</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>63.2</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
         <v>71</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>72</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>47510175</v>
+        <v>43760064</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U2">
-        <v>3012876680</v>
+        <v>3216714817</v>
       </c>
       <c r="V2">
-        <v>594742</v>
+        <v>597928</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X2">
-        <v>105</v>
+        <v>99.74</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
-        <v>47510175</v>
+        <v>43760064</v>
       </c>
       <c r="AE2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2" t="s">
         <v>79</v>
       </c>
-      <c r="AK2" t="s">
-[...5 lines deleted...]
-      <c r="AM2" t="s">
+      <c r="AQ2" t="s">
         <v>80</v>
       </c>
-      <c r="AN2" t="s">
-[...5 lines deleted...]
-      <c r="AP2" t="s">
+      <c r="AR2" t="s">
         <v>81</v>
       </c>
-      <c r="AQ2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AS2">
-        <v>885055897013</v>
+        <v>396240445640</v>
       </c>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AZ2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BD2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BH2">
         <v>0</v>
       </c>
       <c r="BI2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3">
+        <v>3216460437</v>
+      </c>
+      <c r="D3">
+        <v>597750</v>
+      </c>
+      <c r="E3">
+        <v>89.21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>87</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
         <v>88</v>
       </c>
-      <c r="C3">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="I3">
+        <v>52.8</v>
+      </c>
+      <c r="J3" t="s">
         <v>89</v>
       </c>
-      <c r="G3" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K3" t="s">
+        <v>80</v>
+      </c>
+      <c r="L3" t="s">
         <v>90</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3">
-        <v>29739404</v>
+        <v>47920251</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T3" t="s">
         <v>92</v>
       </c>
       <c r="U3">
-        <v>2996088570</v>
+        <v>3216460437</v>
       </c>
       <c r="V3">
-        <v>594621</v>
+        <v>597750</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X3">
-        <v>144.47</v>
+        <v>89.21</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="AD3">
-        <v>29739404</v>
+        <v>47920251</v>
       </c>
       <c r="AE3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
         <v>93</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>94</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="AM3" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="AN3"/>
+        <v>78</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>88</v>
+      </c>
       <c r="AO3">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="AP3" t="s">
         <v>95</v>
       </c>
-      <c r="AQ3"/>
-[...1 lines deleted...]
-      <c r="AS3"/>
+      <c r="AQ3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS3">
+        <v>396138476268</v>
+      </c>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AZ3" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA3"/>
+        <v>73</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>96</v>
+      </c>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="BC3" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="BD3" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="BE3" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="BF3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="BH3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="BJ3"/>
-      <c r="BK3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BK3"/>
+      <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="BN3" t="s">
         <v>101</v>
       </c>
       <c r="BO3">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="BP3"/>
+        <v>0</v>
+      </c>
+      <c r="BP3" t="s">
+        <v>80</v>
+      </c>
       <c r="BQ3"/>
       <c r="BR3">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C4">
+        <v>3215587718</v>
+      </c>
+      <c r="D4">
+        <v>597534</v>
+      </c>
+      <c r="E4">
+        <v>199.48</v>
+      </c>
+      <c r="F4" t="s">
         <v>103</v>
       </c>
-      <c r="C4">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
         <v>104</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4">
+        <v>118.4</v>
+      </c>
+      <c r="J4" t="s">
         <v>105</v>
       </c>
-      <c r="I4">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L4" t="s">
         <v>106</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N4" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="O4"/>
       <c r="P4">
-        <v>46923224</v>
+        <v>21460593</v>
       </c>
       <c r="Q4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="R4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="U4">
-        <v>2985047531</v>
+        <v>3215587718</v>
       </c>
       <c r="V4">
-        <v>594438</v>
+        <v>597534</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X4">
-        <v>144.47</v>
+        <v>199.48</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="AD4">
-        <v>46923224</v>
+        <v>21460593</v>
       </c>
       <c r="AE4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>105</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO4">
+        <v>118.4</v>
+      </c>
+      <c r="AP4" t="s">
         <v>111</v>
       </c>
-      <c r="AK4" t="s">
-[...5 lines deleted...]
-      <c r="AM4" t="s">
+      <c r="AQ4" t="s">
         <v>80</v>
       </c>
-      <c r="AN4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS4">
-        <v>393698136509</v>
+        <v>396016438189</v>
       </c>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AZ4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA4" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>102</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>105</v>
+      </c>
+      <c r="BD4" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>113</v>
       </c>
       <c r="BF4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>114</v>
       </c>
       <c r="BH4">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="BI4" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>115</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>549</v>
+        <v>758</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>116</v>
       </c>
       <c r="C5">
-        <v>2967797468</v>
+        <v>3215585100</v>
       </c>
       <c r="D5">
-        <v>594133</v>
+        <v>597526</v>
       </c>
       <c r="E5">
-        <v>152.37</v>
+        <v>191.58</v>
       </c>
       <c r="F5" t="s">
+        <v>103</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
         <v>117</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5">
+        <v>114.4</v>
+      </c>
+      <c r="J5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L5" t="s">
         <v>118</v>
       </c>
-      <c r="I5">
-[...10 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N5" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="O5"/>
       <c r="P5">
-        <v>72162907</v>
+        <v>21460593</v>
       </c>
       <c r="Q5" t="s">
         <v>116</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T5" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="U5">
-        <v>2967797468</v>
+        <v>3215585100</v>
       </c>
       <c r="V5">
-        <v>594133</v>
+        <v>597526</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X5">
-        <v>152.37</v>
+        <v>191.58</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="AD5">
-        <v>72162907</v>
+        <v>21460593</v>
       </c>
       <c r="AE5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO5">
+        <v>114.4</v>
+      </c>
+      <c r="AP5" t="s">
         <v>119</v>
       </c>
-      <c r="AM5" t="s">
+      <c r="AQ5" t="s">
         <v>80</v>
       </c>
-      <c r="AN5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS5">
-        <v>393282179512</v>
+        <v>396017284145</v>
       </c>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY5" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AZ5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA5" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB5" t="s">
         <v>116</v>
       </c>
       <c r="BC5" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="BD5" t="s">
-        <v>76</v>
+        <v>120</v>
       </c>
       <c r="BE5" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="BF5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG5" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="BH5">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="BI5" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN5" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>579</v>
+        <v>728</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C6">
-        <v>2962136563</v>
+        <v>3214971109</v>
       </c>
       <c r="D6">
-        <v>594022</v>
+        <v>597393</v>
       </c>
       <c r="E6">
-        <v>323.42</v>
+        <v>89.21</v>
       </c>
       <c r="F6" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="I6">
-        <v>155.99</v>
+        <v>52.99</v>
       </c>
       <c r="J6" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="K6" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L6" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N6" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="O6"/>
       <c r="P6">
-        <v>46953549</v>
+        <v>47474028</v>
       </c>
       <c r="Q6" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T6" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="U6">
-        <v>2962136563</v>
+        <v>3214971109</v>
       </c>
       <c r="V6">
-        <v>594022</v>
+        <v>597393</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X6">
-        <v>323.42</v>
+        <v>89.21</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="AD6">
-        <v>46953549</v>
+        <v>47474028</v>
       </c>
       <c r="AE6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="AM6" t="s">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="AN6" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO6">
+        <v>52.99</v>
+      </c>
+      <c r="AP6" t="s">
         <v>131</v>
       </c>
-      <c r="AO6">
-[...7 lines deleted...]
-      <c r="AS6"/>
+      <c r="AQ6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS6">
+        <v>395930698858</v>
+      </c>
       <c r="AT6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>124</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>127</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>132</v>
+      </c>
+      <c r="BE6" t="s">
         <v>133</v>
       </c>
-      <c r="AZ6" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG6" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="BH6">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="BI6" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN6" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
-      <c r="BP6"/>
+      <c r="BP6" t="s">
+        <v>80</v>
+      </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>1229</v>
+        <v>339</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="C7">
-        <v>2955131834</v>
+        <v>3213425222</v>
       </c>
       <c r="D7">
-        <v>593919</v>
+        <v>596756</v>
       </c>
       <c r="E7">
-        <v>181.05</v>
+        <v>152.37</v>
       </c>
       <c r="F7" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="I7">
-        <v>108</v>
+        <v>100.99</v>
       </c>
       <c r="J7" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="K7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L7" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="O7"/>
       <c r="P7">
-        <v>47316237</v>
+        <v>43975268</v>
       </c>
       <c r="Q7" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="R7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T7" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="U7">
-        <v>2955131834</v>
+        <v>3213425222</v>
       </c>
       <c r="V7">
-        <v>593919</v>
+        <v>596756</v>
       </c>
       <c r="W7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X7">
-        <v>181.05</v>
+        <v>152.37</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="AD7">
-        <v>47316237</v>
+        <v>43975268</v>
       </c>
       <c r="AE7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>111</v>
+        <v>142</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="AM7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>138</v>
+      </c>
+      <c r="AO7">
+        <v>100.99</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>143</v>
+      </c>
+      <c r="AQ7" t="s">
         <v>80</v>
       </c>
-      <c r="AN7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS7">
-        <v>392980482230</v>
+        <v>395710863358</v>
       </c>
       <c r="AT7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY7" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="AZ7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA7" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB7" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="BC7" t="s">
+        <v>139</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>145</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG7" t="s">
         <v>146</v>
       </c>
-      <c r="BD7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH7">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="BI7" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN7" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>688</v>
+        <v>579</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C8">
-        <v>2952002709</v>
+        <v>3212868969</v>
       </c>
       <c r="D8">
-        <v>593817</v>
+        <v>596397</v>
       </c>
       <c r="E8">
         <v>89.21</v>
       </c>
       <c r="F8" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="I8">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="J8" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="L8" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O8"/>
       <c r="P8">
-        <v>70560713</v>
+        <v>70011931</v>
       </c>
       <c r="Q8" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="R8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T8" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U8">
-        <v>2952002709</v>
+        <v>3212868969</v>
       </c>
       <c r="V8">
-        <v>593817</v>
+        <v>596397</v>
       </c>
       <c r="W8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X8">
         <v>89.21</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="AD8">
-        <v>70560713</v>
+        <v>70011931</v>
       </c>
       <c r="AE8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="AM8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AO8">
+        <v>52.8</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ8" t="s">
         <v>80</v>
       </c>
-      <c r="AN8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR8" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS8">
-        <v>392897327167</v>
+        <v>395449971913</v>
       </c>
       <c r="AT8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>148</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>151</v>
+      </c>
+      <c r="BD8" t="s">
         <v>157</v>
       </c>
-      <c r="AZ8" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="BE8" t="s">
-        <v>76</v>
+        <v>158</v>
       </c>
       <c r="BF8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG8" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="BH8">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="BI8" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN8" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
         <v>339</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>161</v>
+      </c>
+      <c r="C9">
+        <v>3212699000</v>
+      </c>
+      <c r="D9">
+        <v>596299</v>
+      </c>
+      <c r="E9">
+        <v>89.21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>162</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
         <v>163</v>
       </c>
-      <c r="C9">
-[...8 lines deleted...]
-      <c r="F9" t="s">
+      <c r="I9">
+        <v>52.99</v>
+      </c>
+      <c r="J9" t="s">
         <v>164</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="K9" t="s">
+        <v>71</v>
+      </c>
+      <c r="L9" t="s">
         <v>165</v>
       </c>
-      <c r="I9">
-[...10 lines deleted...]
-      </c>
       <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="O9"/>
       <c r="P9">
-        <v>47156354</v>
+        <v>76356974</v>
       </c>
       <c r="Q9" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="R9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T9" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U9">
-        <v>2942595906</v>
+        <v>3212699000</v>
       </c>
       <c r="V9">
-        <v>593697</v>
+        <v>596299</v>
       </c>
       <c r="W9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X9">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>69</v>
       </c>
       <c r="AC9" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="AD9">
-        <v>47156354</v>
+        <v>76356974</v>
       </c>
       <c r="AE9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="AM9" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>163</v>
+      </c>
+      <c r="AO9">
+        <v>52.99</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ9" t="s">
         <v>80</v>
       </c>
-      <c r="AN9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS9">
-        <v>392749542801</v>
+        <v>395324846339</v>
       </c>
       <c r="AT9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY9" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="AZ9" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="BA9"/>
       <c r="BB9" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="BC9" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="BD9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE9" t="s">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="BF9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG9" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="BH9">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="BI9" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN9" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
+        <v>171</v>
+      </c>
+      <c r="C10">
+        <v>3212325379</v>
+      </c>
+      <c r="D10">
+        <v>596049</v>
+      </c>
+      <c r="E10">
+        <v>310.26</v>
+      </c>
+      <c r="F10" t="s">
+        <v>172</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>175</v>
       </c>
       <c r="I10">
         <v>155.99</v>
       </c>
       <c r="J10" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="K10" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L10" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O10"/>
       <c r="P10">
-        <v>70422203</v>
+        <v>45419531</v>
       </c>
       <c r="Q10" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="R10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T10" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U10">
-        <v>2942141700</v>
+        <v>3212325379</v>
       </c>
       <c r="V10">
-        <v>593698</v>
+        <v>596049</v>
       </c>
       <c r="W10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X10">
-        <v>323.42</v>
+        <v>310.26</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>69</v>
       </c>
       <c r="AC10" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="AD10">
-        <v>70422203</v>
+        <v>45419531</v>
       </c>
       <c r="AE10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="AM10" t="s">
-        <v>136</v>
+        <v>177</v>
       </c>
       <c r="AN10" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="AO10">
         <v>155.99</v>
       </c>
       <c r="AP10" t="s">
-        <v>137</v>
+        <v>178</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY10" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AZ10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA10" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB10" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="BC10" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="BD10" t="s">
-        <v>76</v>
+        <v>179</v>
       </c>
       <c r="BE10" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="BF10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG10" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="BH10">
         <v>21</v>
       </c>
       <c r="BI10" t="s">
-        <v>141</v>
+        <v>182</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN10" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>1229</v>
+        <v>1179</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C11">
-        <v>2939069815</v>
+        <v>3212214216</v>
       </c>
       <c r="D11">
-        <v>593518</v>
+        <v>595992</v>
       </c>
       <c r="E11">
-        <v>170.79</v>
+        <v>139.21</v>
       </c>
       <c r="F11" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I11">
-        <v>109.99</v>
+        <v>87.99</v>
       </c>
       <c r="J11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L11" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N11" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O11"/>
       <c r="P11">
-        <v>29736982</v>
+        <v>46027310</v>
       </c>
       <c r="Q11" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="R11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T11" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U11">
-        <v>2939069815</v>
+        <v>3212214216</v>
       </c>
       <c r="V11">
-        <v>593518</v>
+        <v>595992</v>
       </c>
       <c r="W11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X11">
-        <v>170.79</v>
+        <v>139.21</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>69</v>
       </c>
       <c r="AC11" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="AD11">
-        <v>29736982</v>
+        <v>46027310</v>
       </c>
       <c r="AE11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>111</v>
+        <v>142</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="AM11" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>186</v>
+      </c>
+      <c r="AO11">
+        <v>87.99</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>190</v>
+      </c>
+      <c r="AQ11" t="s">
         <v>80</v>
       </c>
-      <c r="AN11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS11">
-        <v>392533330360</v>
+        <v>395159711330</v>
       </c>
       <c r="AT11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY11" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="AZ11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA11" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB11" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="BC11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="BD11" t="s">
-        <v>76</v>
+        <v>191</v>
       </c>
       <c r="BE11" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="BF11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG11" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="BH11">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="BI11" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN11" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>649</v>
+        <v>529</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C12">
-        <v>2936432726</v>
+        <v>3212101410</v>
       </c>
       <c r="D12">
-        <v>593451</v>
+        <v>595935</v>
       </c>
       <c r="E12">
-        <v>178.68</v>
+        <v>94.47</v>
       </c>
       <c r="F12" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="H12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H12"/>
       <c r="I12">
-        <v>114.99</v>
+        <v>0</v>
       </c>
       <c r="J12" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
-        <v>47959005</v>
+        <v>44025372</v>
       </c>
       <c r="Q12" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="R12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T12" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U12">
-        <v>2936432726</v>
+        <v>3212101410</v>
       </c>
       <c r="V12">
-        <v>593451</v>
+        <v>595935</v>
       </c>
       <c r="W12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X12">
-        <v>178.68</v>
+        <v>94.47</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>69</v>
       </c>
       <c r="AC12" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="AD12">
-        <v>47959005</v>
+        <v>44025372</v>
       </c>
       <c r="AE12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="AM12" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AN12"/>
       <c r="AO12">
-        <v>114.99</v>
+        <v>0</v>
       </c>
       <c r="AP12" t="s">
-        <v>198</v>
-[...9 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="AQ12"/>
+      <c r="AR12"/>
+      <c r="AS12"/>
       <c r="AT12" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
-      <c r="AX12" t="s">
+      <c r="AX12"/>
+      <c r="AY12"/>
+      <c r="AZ12" t="s">
+        <v>198</v>
+      </c>
+      <c r="BA12"/>
+      <c r="BB12" t="s">
+        <v>195</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH12">
+        <v>30</v>
+      </c>
+      <c r="BI12" t="s">
         <v>84</v>
       </c>
-      <c r="AY12" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BJ12"/>
-      <c r="BK12"/>
-      <c r="BL12"/>
+      <c r="BK12" t="s">
+        <v>201</v>
+      </c>
+      <c r="BL12" t="s">
+        <v>202</v>
+      </c>
       <c r="BM12" t="s">
-        <v>76</v>
+        <v>203</v>
       </c>
       <c r="BN12" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="BO12">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="BS12"/>
+        <v>359</v>
+      </c>
+      <c r="BS12" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C13">
-        <v>2934907785</v>
+        <v>3211371411</v>
       </c>
       <c r="D13">
-        <v>593408</v>
+        <v>595936</v>
       </c>
       <c r="E13">
-        <v>152.37</v>
+        <v>99.74</v>
       </c>
       <c r="F13" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="I13">
-        <v>100.99</v>
+        <v>59.2</v>
       </c>
       <c r="J13" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L13" t="s">
+        <v>210</v>
+      </c>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>153</v>
+      </c>
+      <c r="O13"/>
+      <c r="P13">
+        <v>44081821</v>
+      </c>
+      <c r="Q13" t="s">
         <v>206</v>
       </c>
-      <c r="M13" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T13" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U13">
-        <v>2934907785</v>
+        <v>3211371411</v>
       </c>
       <c r="V13">
-        <v>593408</v>
+        <v>595936</v>
       </c>
       <c r="W13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X13">
-        <v>152.37</v>
+        <v>99.74</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>69</v>
       </c>
       <c r="AC13" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="AD13" t="s">
         <v>207</v>
       </c>
+      <c r="AD13">
+        <v>44081821</v>
+      </c>
       <c r="AE13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>111</v>
+        <v>212</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="AM13" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>208</v>
+      </c>
+      <c r="AO13">
+        <v>59.2</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ13" t="s">
         <v>80</v>
       </c>
-      <c r="AN13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR13" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS13">
-        <v>883791862399</v>
+        <v>395097627173</v>
       </c>
       <c r="AT13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY13" t="s">
+        <v>210</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB13" t="s">
         <v>206</v>
       </c>
-      <c r="AZ13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC13" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="BD13" t="s">
-        <v>76</v>
+        <v>213</v>
       </c>
       <c r="BE13" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="BF13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG13" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="BH13">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="BI13" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN13" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>579</v>
+        <v>379</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C14">
-        <v>2925943262</v>
+        <v>3211368031</v>
       </c>
       <c r="D14">
-        <v>593146</v>
+        <v>595937</v>
       </c>
       <c r="E14">
-        <v>136.58</v>
+        <v>99.74</v>
       </c>
       <c r="F14" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
-      <c r="H14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14"/>
       <c r="I14">
-        <v>75.99</v>
+        <v>0</v>
       </c>
       <c r="J14" t="s">
-        <v>216</v>
+        <v>70</v>
       </c>
       <c r="K14" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
-        <v>45430118</v>
+        <v>44081821</v>
       </c>
       <c r="Q14" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="R14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T14" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U14">
-        <v>2925943262</v>
+        <v>3211368031</v>
       </c>
       <c r="V14">
-        <v>593146</v>
+        <v>595937</v>
       </c>
       <c r="W14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X14">
-        <v>136.58</v>
+        <v>99.74</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>69</v>
       </c>
       <c r="AC14" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="AD14">
-        <v>45430118</v>
+        <v>44081821</v>
       </c>
       <c r="AE14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
         <v>218</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>111</v>
+        <v>219</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>216</v>
+        <v>70</v>
       </c>
       <c r="AM14" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="AN14"/>
       <c r="AO14">
-        <v>75.99</v>
+        <v>0</v>
       </c>
       <c r="AP14" t="s">
-        <v>219</v>
-[...9 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
       <c r="AT14" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
-      <c r="AX14" t="s">
+      <c r="AX14"/>
+      <c r="AY14"/>
+      <c r="AZ14" t="s">
+        <v>198</v>
+      </c>
+      <c r="BA14"/>
+      <c r="BB14" t="s">
+        <v>217</v>
+      </c>
+      <c r="BC14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH14">
+        <v>33</v>
+      </c>
+      <c r="BI14" t="s">
         <v>84</v>
       </c>
-      <c r="AY14" t="s">
-[...23 lines deleted...]
-      <c r="BG14" t="s">
+      <c r="BJ14"/>
+      <c r="BK14" t="s">
+        <v>201</v>
+      </c>
+      <c r="BL14" t="s">
         <v>220</v>
       </c>
-      <c r="BH14">
-[...7 lines deleted...]
-      <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>76</v>
+        <v>221</v>
       </c>
       <c r="BN14" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="BO14">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="BS14"/>
+        <v>379</v>
+      </c>
+      <c r="BS14" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C15">
-        <v>2918449099</v>
+        <v>3211354325</v>
       </c>
       <c r="D15">
-        <v>592906</v>
+        <v>595938</v>
       </c>
       <c r="E15">
-        <v>536.58</v>
+        <v>89.21</v>
       </c>
       <c r="F15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I15">
-        <v>279</v>
+        <v>52.8</v>
       </c>
       <c r="J15" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="K15" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="L15" t="s">
         <v>226</v>
       </c>
       <c r="M15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N15" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O15"/>
       <c r="P15">
-        <v>10008229</v>
+        <v>43602431</v>
       </c>
       <c r="Q15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="R15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T15" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U15">
-        <v>2918449099</v>
+        <v>3211354325</v>
       </c>
       <c r="V15">
-        <v>592906</v>
+        <v>595938</v>
       </c>
       <c r="W15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X15">
-        <v>536.58</v>
+        <v>89.21</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>69</v>
       </c>
       <c r="AC15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="AD15">
-        <v>10008229</v>
+        <v>43602431</v>
       </c>
       <c r="AE15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
         <v>227</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>111</v>
+        <v>228</v>
       </c>
       <c r="AK15" t="s">
         <v>69</v>
       </c>
       <c r="AL15" t="s">
+        <v>209</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN15" t="s">
         <v>225</v>
       </c>
-      <c r="AM15" t="s">
+      <c r="AO15">
+        <v>52.8</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>229</v>
+      </c>
+      <c r="AQ15" t="s">
         <v>80</v>
       </c>
-      <c r="AN15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS15">
-        <v>883577618803</v>
+        <v>395097663610</v>
       </c>
       <c r="AT15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY15" t="s">
         <v>226</v>
       </c>
       <c r="AZ15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA15" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="BC15" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="BD15" t="s">
-        <v>76</v>
+        <v>230</v>
       </c>
       <c r="BE15" t="s">
-        <v>76</v>
+        <v>231</v>
       </c>
       <c r="BF15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="BH15">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="BI15" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
       <c r="BP15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>2039</v>
+        <v>339</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C16">
-        <v>2914068692</v>
+        <v>3211069040</v>
       </c>
       <c r="D16">
-        <v>592826</v>
+        <v>595939</v>
       </c>
       <c r="E16">
-        <v>323.42</v>
+        <v>89.21</v>
       </c>
       <c r="F16" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="I16">
-        <v>155.99</v>
+        <v>52.8</v>
       </c>
       <c r="J16" t="s">
+        <v>209</v>
+      </c>
+      <c r="K16" t="s">
+        <v>80</v>
+      </c>
+      <c r="L16" t="s">
+        <v>237</v>
+      </c>
+      <c r="M16" t="s">
+        <v>73</v>
+      </c>
+      <c r="N16" t="s">
+        <v>153</v>
+      </c>
+      <c r="O16"/>
+      <c r="P16">
+        <v>76380257</v>
+      </c>
+      <c r="Q16" t="s">
         <v>234</v>
       </c>
-      <c r="K16" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="R16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T16" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U16">
-        <v>2914068692</v>
+        <v>3211069040</v>
       </c>
       <c r="V16">
-        <v>592826</v>
+        <v>595939</v>
       </c>
       <c r="W16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X16">
-        <v>323.42</v>
+        <v>89.21</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>69</v>
       </c>
       <c r="AC16" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>235</v>
+      </c>
+      <c r="AD16">
+        <v>76380257</v>
       </c>
       <c r="AE16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>111</v>
+        <v>142</v>
       </c>
       <c r="AK16" t="s">
         <v>69</v>
       </c>
       <c r="AL16" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="AM16" t="s">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="AN16" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="AO16">
-        <v>155.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP16" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="AQ16" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AR16" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>81</v>
+      </c>
+      <c r="AS16">
+        <v>395097594866</v>
       </c>
       <c r="AT16" t="s">
-        <v>240</v>
+        <v>70</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY16" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="AZ16" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA16" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB16" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="BC16" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="BD16" t="s">
-        <v>76</v>
+        <v>239</v>
       </c>
       <c r="BE16" t="s">
+        <v>240</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG16" t="s">
         <v>241</v>
       </c>
-      <c r="BF16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH16">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="BI16" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN16" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
-        <v>244</v>
+        <v>80</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>1229</v>
+        <v>339</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>243</v>
+      </c>
+      <c r="C17">
+        <v>3210802212</v>
+      </c>
+      <c r="D17">
+        <v>595525</v>
+      </c>
+      <c r="E17">
+        <v>139.21</v>
+      </c>
+      <c r="F17" t="s">
+        <v>244</v>
+      </c>
+      <c r="G17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H17" t="s">
         <v>245</v>
       </c>
-      <c r="C17">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="I17">
+        <v>87.99</v>
+      </c>
+      <c r="J17" t="s">
         <v>246</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17" t="s">
+      <c r="K17" t="s">
+        <v>80</v>
+      </c>
+      <c r="L17" t="s">
         <v>247</v>
       </c>
-      <c r="I17">
-[...10 lines deleted...]
-      </c>
       <c r="M17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N17" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O17"/>
       <c r="P17">
-        <v>47367254</v>
+        <v>73196748</v>
       </c>
       <c r="Q17" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="R17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T17" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U17">
-        <v>2911756214</v>
+        <v>3210802212</v>
       </c>
       <c r="V17">
-        <v>592785</v>
+        <v>595525</v>
       </c>
       <c r="W17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X17">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>69</v>
       </c>
       <c r="AC17" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="AD17">
-        <v>47367254</v>
+        <v>73196748</v>
       </c>
       <c r="AE17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>111</v>
+        <v>249</v>
       </c>
       <c r="AK17" t="s">
         <v>69</v>
       </c>
       <c r="AL17" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="AM17" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>245</v>
+      </c>
+      <c r="AO17">
+        <v>87.99</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>190</v>
+      </c>
+      <c r="AQ17" t="s">
         <v>80</v>
       </c>
-      <c r="AN17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR17" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS17">
-        <v>391680775541</v>
+        <v>394842945776</v>
       </c>
       <c r="AT17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY17" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="AZ17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA17" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB17" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="BC17" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="BD17" t="s">
-        <v>76</v>
+        <v>250</v>
       </c>
       <c r="BE17" t="s">
+        <v>251</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG17" t="s">
         <v>252</v>
       </c>
-      <c r="BF17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH17">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="BI17" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN17" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="BO17">
         <v>0</v>
       </c>
       <c r="BP17" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>339</v>
+        <v>529</v>
       </c>
       <c r="BS17"/>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>254</v>
+      </c>
+      <c r="C18">
+        <v>3209491962</v>
+      </c>
+      <c r="D18">
+        <v>595406</v>
+      </c>
+      <c r="E18">
+        <v>128.68</v>
+      </c>
+      <c r="F18" t="s">
         <v>255</v>
       </c>
-      <c r="C18">
-[...8 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18" t="s">
         <v>256</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18">
+        <v>79.99</v>
+      </c>
+      <c r="J18" t="s">
         <v>257</v>
       </c>
-      <c r="I18">
-[...2 lines deleted...]
-      <c r="J18" t="s">
+      <c r="K18" t="s">
+        <v>80</v>
+      </c>
+      <c r="L18" t="s">
         <v>258</v>
       </c>
-      <c r="K18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N18" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="O18"/>
       <c r="P18">
-        <v>42519212</v>
+        <v>70382745</v>
       </c>
       <c r="Q18" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="R18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T18" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U18">
-        <v>2904307687</v>
+        <v>3209491962</v>
       </c>
       <c r="V18">
-        <v>592559</v>
+        <v>595406</v>
       </c>
       <c r="W18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X18">
-        <v>126.05</v>
+        <v>128.68</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>69</v>
       </c>
       <c r="AC18" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="AD18">
-        <v>42519212</v>
+        <v>70382745</v>
       </c>
       <c r="AE18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>111</v>
+        <v>260</v>
       </c>
       <c r="AK18" t="s">
         <v>69</v>
       </c>
       <c r="AL18" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="AM18" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>256</v>
+      </c>
+      <c r="AO18">
+        <v>79.99</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ18" t="s">
         <v>80</v>
       </c>
-      <c r="AN18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR18" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="AS18"/>
+        <v>81</v>
+      </c>
+      <c r="AS18">
+        <v>394721629597</v>
+      </c>
       <c r="AT18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY18" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="AZ18" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA18"/>
+        <v>73</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>96</v>
+      </c>
       <c r="BB18" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="BC18" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="BD18" t="s">
-        <v>76</v>
+        <v>262</v>
       </c>
       <c r="BE18" t="s">
-        <v>76</v>
+        <v>263</v>
       </c>
       <c r="BF18" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG18" t="s">
         <v>264</v>
       </c>
       <c r="BH18">
+        <v>10</v>
+      </c>
+      <c r="BI18" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN18" t="s">
+        <v>265</v>
+      </c>
+      <c r="BO18">
         <v>0</v>
       </c>
-      <c r="BI18" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP18" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
+        <v>266</v>
+      </c>
+      <c r="C19">
+        <v>3205820503</v>
+      </c>
+      <c r="D19">
+        <v>595296</v>
+      </c>
+      <c r="E19">
+        <v>323.42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>267</v>
+      </c>
+      <c r="G19" t="s">
+        <v>69</v>
+      </c>
+      <c r="H19" t="s">
+        <v>268</v>
+      </c>
+      <c r="I19">
+        <v>155.99</v>
+      </c>
+      <c r="J19" t="s">
         <v>269</v>
       </c>
-      <c r="C19">
-[...8 lines deleted...]
-      <c r="F19" t="s">
+      <c r="K19" t="s">
+        <v>80</v>
+      </c>
+      <c r="L19" t="s">
         <v>270</v>
       </c>
-      <c r="G19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N19" t="s">
-        <v>274</v>
+        <v>153</v>
       </c>
       <c r="O19"/>
-      <c r="P19" t="s">
-        <v>275</v>
+      <c r="P19">
+        <v>41866187</v>
       </c>
       <c r="Q19" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="R19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T19" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U19">
-        <v>2903399285</v>
+        <v>3205820503</v>
       </c>
       <c r="V19">
-        <v>592522</v>
+        <v>595296</v>
       </c>
       <c r="W19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X19">
-        <v>126.05</v>
+        <v>323.42</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>69</v>
       </c>
       <c r="AC19" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>267</v>
+      </c>
+      <c r="AD19">
+        <v>41866187</v>
       </c>
       <c r="AE19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>111</v>
+        <v>272</v>
       </c>
       <c r="AK19" t="s">
         <v>69</v>
       </c>
       <c r="AL19" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="AM19" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="AN19" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="AO19">
-        <v>67.32</v>
+        <v>155.99</v>
       </c>
       <c r="AP19" t="s">
-        <v>262</v>
-[...6 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="AQ19"/>
+      <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
-      <c r="AW19">
+      <c r="AW19"/>
+      <c r="AX19" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY19" t="s">
+        <v>270</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB19" t="s">
+        <v>266</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>269</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>273</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>274</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>275</v>
+      </c>
+      <c r="BH19">
+        <v>20</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>182</v>
+      </c>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN19" t="s">
+        <v>276</v>
+      </c>
+      <c r="BO19">
         <v>0</v>
       </c>
-      <c r="AX19" t="s">
-[...55 lines deleted...]
-      </c>
+      <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="BS19"/>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="C20">
-        <v>2900134158</v>
+        <v>3204517749</v>
       </c>
       <c r="D20">
-        <v>592451</v>
+        <v>595251</v>
       </c>
       <c r="E20">
         <v>128.68</v>
       </c>
       <c r="F20" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="G20" t="s">
         <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="I20">
-        <v>68</v>
+        <v>79.99</v>
       </c>
       <c r="J20" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="K20" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L20" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="M20" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N20" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O20"/>
-      <c r="P20" t="s">
-        <v>287</v>
+      <c r="P20">
+        <v>29580283</v>
       </c>
       <c r="Q20" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="R20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T20" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U20">
-        <v>2900134158</v>
+        <v>3204517749</v>
       </c>
       <c r="V20">
-        <v>592451</v>
+        <v>595251</v>
       </c>
       <c r="W20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X20">
         <v>128.68</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>69</v>
       </c>
       <c r="AC20" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>278</v>
+      </c>
+      <c r="AD20">
+        <v>29580283</v>
       </c>
       <c r="AE20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>178</v>
+        <v>142</v>
       </c>
       <c r="AK20" t="s">
         <v>69</v>
       </c>
       <c r="AL20" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="AM20" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>279</v>
+      </c>
+      <c r="AO20">
+        <v>79.99</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>283</v>
+      </c>
+      <c r="AQ20" t="s">
         <v>80</v>
       </c>
-      <c r="AN20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR20" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS20">
-        <v>391312480128</v>
+        <v>394576547285</v>
       </c>
       <c r="AT20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY20" t="s">
+        <v>281</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>277</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>280</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>284</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>285</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG20" t="s">
         <v>286</v>
       </c>
-      <c r="AZ20" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BH20">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="BI20" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN20" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
         <v>489</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="C21">
-        <v>2896172660</v>
+        <v>3203445301</v>
       </c>
       <c r="D21">
-        <v>592316</v>
+        <v>595240</v>
       </c>
       <c r="E21">
-        <v>149.74</v>
+        <v>128.68</v>
       </c>
       <c r="F21" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="G21" t="s">
         <v>69</v>
       </c>
       <c r="H21" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="I21">
-        <v>168</v>
+        <v>79.99</v>
       </c>
       <c r="J21" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="K21" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L21" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="M21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N21" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O21"/>
       <c r="P21">
-        <v>40922941</v>
+        <v>70614444</v>
       </c>
       <c r="Q21" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="R21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T21" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U21">
-        <v>2896172660</v>
+        <v>3203445301</v>
       </c>
       <c r="V21">
-        <v>592316</v>
+        <v>595240</v>
       </c>
       <c r="W21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X21">
-        <v>149.74</v>
+        <v>128.68</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>69</v>
       </c>
       <c r="AC21" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="AD21">
-        <v>40922941</v>
+        <v>70614444</v>
       </c>
       <c r="AE21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="AK21" t="s">
         <v>69</v>
       </c>
       <c r="AL21" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="AM21" t="s">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="AN21" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="AO21">
-        <v>168</v>
+        <v>79.99</v>
       </c>
       <c r="AP21" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      <c r="AS21"/>
+        <v>261</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS21">
+        <v>394566175272</v>
+      </c>
       <c r="AT21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY21" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="AZ21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA21" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB21" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="BC21" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="BD21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE21" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="BF21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG21" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="BH21">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="BI21" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN21" t="s">
-        <v>76</v>
+        <v>295</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
-      <c r="BP21"/>
+      <c r="BP21" t="s">
+        <v>80</v>
+      </c>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>569</v>
+        <v>489</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="C22">
-        <v>2895980625</v>
+        <v>3202636055</v>
       </c>
       <c r="D22">
-        <v>592314</v>
+        <v>595230</v>
       </c>
       <c r="E22">
-        <v>91.84</v>
+        <v>89.21</v>
       </c>
       <c r="F22" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="G22" t="s">
         <v>69</v>
       </c>
       <c r="H22" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="I22">
-        <v>45.9</v>
+        <v>52.8</v>
       </c>
       <c r="J22" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="K22" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L22" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="M22" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N22" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O22"/>
       <c r="P22">
-        <v>40685972</v>
+        <v>90190445</v>
       </c>
       <c r="Q22" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="R22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T22" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U22">
-        <v>2895980625</v>
+        <v>3202636055</v>
       </c>
       <c r="V22">
-        <v>592314</v>
+        <v>595230</v>
       </c>
       <c r="W22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X22">
-        <v>91.84</v>
+        <v>89.21</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>69</v>
       </c>
       <c r="AC22" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="AD22">
-        <v>40685972</v>
+        <v>90190445</v>
       </c>
       <c r="AE22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>111</v>
+        <v>302</v>
       </c>
       <c r="AK22" t="s">
         <v>69</v>
       </c>
       <c r="AL22" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="AM22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN22" t="s">
+        <v>298</v>
+      </c>
+      <c r="AO22">
+        <v>52.8</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ22" t="s">
         <v>80</v>
       </c>
-      <c r="AN22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR22" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS22">
-        <v>391182742722</v>
+        <v>394542759507</v>
       </c>
       <c r="AT22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY22" t="s">
+        <v>300</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB22" t="s">
+        <v>296</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>299</v>
+      </c>
+      <c r="BD22" t="s">
+        <v>303</v>
+      </c>
+      <c r="BE22" t="s">
+        <v>304</v>
+      </c>
+      <c r="BF22" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG22" t="s">
         <v>305</v>
       </c>
-      <c r="AZ22" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BH22">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="BI22" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN22" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
+        <v>307</v>
+      </c>
+      <c r="C23">
+        <v>3014797163</v>
+      </c>
+      <c r="D23">
+        <v>594797</v>
+      </c>
+      <c r="E23">
+        <v>89.21</v>
+      </c>
+      <c r="F23" t="s">
+        <v>308</v>
+      </c>
+      <c r="G23" t="s">
+        <v>69</v>
+      </c>
+      <c r="H23" t="s">
+        <v>309</v>
+      </c>
+      <c r="I23">
+        <v>52.99</v>
+      </c>
+      <c r="J23" t="s">
+        <v>310</v>
+      </c>
+      <c r="K23" t="s">
+        <v>80</v>
+      </c>
+      <c r="L23" t="s">
         <v>311</v>
       </c>
-      <c r="C23">
-[...28 lines deleted...]
-      </c>
       <c r="M23" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N23" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O23"/>
       <c r="P23">
-        <v>46852841</v>
+        <v>72391447</v>
       </c>
       <c r="Q23" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="R23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T23" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U23">
-        <v>2891377838</v>
+        <v>3014797163</v>
       </c>
       <c r="V23">
-        <v>592239</v>
+        <v>594797</v>
       </c>
       <c r="W23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X23">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>69</v>
       </c>
       <c r="AC23" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="AD23">
-        <v>46852841</v>
+        <v>72391447</v>
       </c>
       <c r="AE23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="AK23" t="s">
         <v>69</v>
       </c>
       <c r="AL23" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="AM23" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>309</v>
+      </c>
+      <c r="AO23">
+        <v>52.99</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>313</v>
+      </c>
+      <c r="AQ23" t="s">
         <v>80</v>
       </c>
-      <c r="AN23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR23" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS23">
-        <v>391095960562</v>
+        <v>394186781415</v>
       </c>
       <c r="AT23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY23" t="s">
+        <v>311</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB23" t="s">
+        <v>307</v>
+      </c>
+      <c r="BC23" t="s">
+        <v>310</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>314</v>
+      </c>
+      <c r="BE23" t="s">
         <v>315</v>
       </c>
-      <c r="AZ23" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG23" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="BH23">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="BI23" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN23" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
+        <v>318</v>
+      </c>
+      <c r="C24">
+        <v>3012876680</v>
+      </c>
+      <c r="D24">
+        <v>594742</v>
+      </c>
+      <c r="E24">
+        <v>105</v>
+      </c>
+      <c r="F24" t="s">
+        <v>319</v>
+      </c>
+      <c r="G24" t="s">
+        <v>69</v>
+      </c>
+      <c r="H24" t="s">
         <v>320</v>
       </c>
-      <c r="C24">
-[...8 lines deleted...]
-      <c r="F24" t="s">
+      <c r="I24">
+        <v>63.2</v>
+      </c>
+      <c r="J24" t="s">
         <v>321</v>
       </c>
-      <c r="G24" t="s">
-[...2 lines deleted...]
-      <c r="H24" t="s">
+      <c r="K24" t="s">
+        <v>80</v>
+      </c>
+      <c r="L24" t="s">
         <v>322</v>
       </c>
-      <c r="I24">
-[...10 lines deleted...]
-      </c>
       <c r="M24" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N24" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O24"/>
       <c r="P24">
-        <v>29480625</v>
+        <v>47510175</v>
       </c>
       <c r="Q24" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="R24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T24" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U24">
-        <v>2889002247</v>
+        <v>3012876680</v>
       </c>
       <c r="V24">
-        <v>592216</v>
+        <v>594742</v>
       </c>
       <c r="W24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X24">
-        <v>139.21</v>
+        <v>105</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>69</v>
       </c>
       <c r="AC24" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="AD24">
-        <v>29480625</v>
+        <v>47510175</v>
       </c>
       <c r="AE24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>94</v>
+        <v>302</v>
       </c>
       <c r="AK24" t="s">
         <v>69</v>
       </c>
       <c r="AL24" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="AM24" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>320</v>
+      </c>
+      <c r="AO24">
+        <v>63.2</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>324</v>
+      </c>
+      <c r="AQ24" t="s">
         <v>80</v>
       </c>
-      <c r="AN24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR24" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS24">
-        <v>391055837031</v>
+        <v>885055897013</v>
       </c>
       <c r="AT24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
-      <c r="AW24">
-[...1 lines deleted...]
-      </c>
+      <c r="AW24"/>
       <c r="AX24" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY24" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="AZ24" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA24" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB24" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="BC24" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="BD24" t="s">
-        <v>76</v>
+        <v>325</v>
       </c>
       <c r="BE24" t="s">
+        <v>326</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG24" t="s">
         <v>327</v>
       </c>
-      <c r="BF24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH24">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="BI24" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN24" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
       <c r="BP24" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>529</v>
+        <v>399</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
+        <v>329</v>
+      </c>
+      <c r="C25">
+        <v>2996088570</v>
+      </c>
+      <c r="D25">
+        <v>594621</v>
+      </c>
+      <c r="E25">
+        <v>144.47</v>
+      </c>
+      <c r="F25" t="s">
         <v>330</v>
       </c>
-      <c r="C25">
-[...8 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" t="s">
+        <v>69</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25" t="s">
+        <v>70</v>
+      </c>
+      <c r="K25" t="s">
+        <v>197</v>
+      </c>
+      <c r="L25" t="s">
         <v>331</v>
       </c>
-      <c r="G25" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M25" t="s">
+        <v>73</v>
+      </c>
+      <c r="N25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="O25"/>
       <c r="P25">
-        <v>48369654</v>
+        <v>29739404</v>
       </c>
       <c r="Q25" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="R25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T25" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U25">
-        <v>2883153269</v>
+        <v>2996088570</v>
       </c>
       <c r="V25">
-        <v>592102</v>
+        <v>594621</v>
       </c>
       <c r="W25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X25">
-        <v>89.21</v>
+        <v>144.47</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>69</v>
       </c>
       <c r="AC25" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="AD25">
-        <v>48369654</v>
+        <v>29739404</v>
       </c>
       <c r="AE25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>336</v>
+        <v>142</v>
       </c>
       <c r="AK25" t="s">
         <v>69</v>
       </c>
       <c r="AL25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN25"/>
+      <c r="AO25">
+        <v>0</v>
+      </c>
+      <c r="AP25" t="s">
         <v>333</v>
       </c>
-      <c r="AM25" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="AQ25"/>
+      <c r="AR25"/>
+      <c r="AS25"/>
       <c r="AT25" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY25" t="s">
+        <v>331</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA25"/>
+      <c r="BB25" t="s">
+        <v>329</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE25" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF25" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG25" t="s">
+        <v>334</v>
+      </c>
+      <c r="BH25">
+        <v>0</v>
+      </c>
+      <c r="BI25" t="s">
         <v>84</v>
       </c>
-      <c r="AY25" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BJ25"/>
-      <c r="BK25"/>
-      <c r="BL25"/>
+      <c r="BK25" t="s">
+        <v>201</v>
+      </c>
+      <c r="BL25" t="s">
+        <v>220</v>
+      </c>
       <c r="BM25" t="s">
-        <v>76</v>
+        <v>335</v>
       </c>
       <c r="BN25" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="BO25">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS25"/>
+        <v>549</v>
+      </c>
+      <c r="BS25" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
+        <v>337</v>
+      </c>
+      <c r="C26">
+        <v>2985047531</v>
+      </c>
+      <c r="D26">
+        <v>594438</v>
+      </c>
+      <c r="E26">
+        <v>144.47</v>
+      </c>
+      <c r="F26" t="s">
+        <v>338</v>
+      </c>
+      <c r="G26" t="s">
+        <v>69</v>
+      </c>
+      <c r="H26" t="s">
+        <v>339</v>
+      </c>
+      <c r="I26">
+        <v>91.99</v>
+      </c>
+      <c r="J26" t="s">
+        <v>340</v>
+      </c>
+      <c r="K26" t="s">
+        <v>80</v>
+      </c>
+      <c r="L26" t="s">
         <v>341</v>
       </c>
-      <c r="C26">
-[...28 lines deleted...]
-      </c>
       <c r="M26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N26" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="O26"/>
       <c r="P26">
-        <v>47466207</v>
+        <v>46923224</v>
       </c>
       <c r="Q26" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="R26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T26" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="U26">
-        <v>2879851517</v>
+        <v>2985047531</v>
       </c>
       <c r="V26">
-        <v>592016</v>
+        <v>594438</v>
       </c>
       <c r="W26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X26">
-        <v>149.74</v>
+        <v>144.47</v>
       </c>
       <c r="Y26">
         <v>3.8</v>
       </c>
       <c r="Z26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>69</v>
       </c>
       <c r="AC26" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="AD26">
-        <v>47466207</v>
+        <v>46923224</v>
       </c>
       <c r="AE26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>347</v>
+        <v>130</v>
       </c>
       <c r="AK26" t="s">
         <v>69</v>
       </c>
       <c r="AL26" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="AM26" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>339</v>
+      </c>
+      <c r="AO26">
+        <v>91.99</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>333</v>
+      </c>
+      <c r="AQ26" t="s">
         <v>80</v>
       </c>
-      <c r="AN26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR26" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS26">
-        <v>390856114630</v>
+        <v>393698136509</v>
       </c>
       <c r="AT26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY26" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="AZ26" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA26" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB26" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="BC26" t="s">
+        <v>340</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>343</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG26" t="s">
         <v>344</v>
       </c>
-      <c r="BD26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH26">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="BI26" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN26" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>569</v>
+        <v>549</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C27">
-        <v>2878353312</v>
+        <v>2967797468</v>
       </c>
       <c r="D27">
-        <v>591987</v>
+        <v>594133</v>
       </c>
       <c r="E27">
-        <v>139.21</v>
+        <v>152.37</v>
       </c>
       <c r="F27" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="G27" t="s">
         <v>69</v>
       </c>
       <c r="H27" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="I27">
-        <v>87.99</v>
+        <v>104.99</v>
       </c>
       <c r="J27" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="K27" t="s">
-        <v>259</v>
+        <v>80</v>
       </c>
       <c r="L27" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="M27" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N27" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="O27"/>
       <c r="P27">
-        <v>47466207</v>
+        <v>72162907</v>
       </c>
       <c r="Q27" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="R27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T27" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U27">
-        <v>2878353312</v>
+        <v>2967797468</v>
       </c>
       <c r="V27">
-        <v>591987</v>
+        <v>594133</v>
       </c>
       <c r="W27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X27">
-        <v>139.21</v>
+        <v>152.37</v>
       </c>
       <c r="Y27">
         <v>3.8</v>
       </c>
       <c r="Z27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>69</v>
       </c>
       <c r="AC27" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="AD27">
-        <v>47466207</v>
+        <v>72162907</v>
       </c>
       <c r="AE27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="AK27" t="s">
         <v>69</v>
       </c>
       <c r="AL27" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="AM27" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN27" t="s">
+        <v>348</v>
+      </c>
+      <c r="AO27">
+        <v>104.99</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>353</v>
+      </c>
+      <c r="AQ27" t="s">
         <v>80</v>
       </c>
-      <c r="AN27" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR27" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="AS27"/>
+        <v>81</v>
+      </c>
+      <c r="AS27">
+        <v>393282179512</v>
+      </c>
       <c r="AT27" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY27" t="s">
+        <v>350</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>346</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>349</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE27" t="s">
+        <v>354</v>
+      </c>
+      <c r="BF27" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG27" t="s">
         <v>355</v>
       </c>
-      <c r="AZ27" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="BH27">
+        <v>13</v>
+      </c>
+      <c r="BI27" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ27"/>
+      <c r="BK27"/>
+      <c r="BL27"/>
+      <c r="BM27" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN27" t="s">
+        <v>356</v>
+      </c>
+      <c r="BO27">
         <v>0</v>
       </c>
-      <c r="BI27" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP27" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
+        <v>357</v>
+      </c>
+      <c r="C28">
+        <v>2962136563</v>
+      </c>
+      <c r="D28">
+        <v>594022</v>
+      </c>
+      <c r="E28">
+        <v>323.42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>358</v>
+      </c>
+      <c r="G28" t="s">
+        <v>69</v>
+      </c>
+      <c r="H28" t="s">
+        <v>359</v>
+      </c>
+      <c r="I28">
+        <v>155.99</v>
+      </c>
+      <c r="J28" t="s">
+        <v>360</v>
+      </c>
+      <c r="K28" t="s">
+        <v>80</v>
+      </c>
+      <c r="L28" t="s">
         <v>361</v>
       </c>
-      <c r="C28">
-[...28 lines deleted...]
-      </c>
       <c r="M28" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N28" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O28"/>
       <c r="P28">
-        <v>76729314</v>
+        <v>46953549</v>
       </c>
       <c r="Q28" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="R28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T28" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U28">
-        <v>2878160082</v>
+        <v>2962136563</v>
       </c>
       <c r="V28">
-        <v>591981</v>
+        <v>594022</v>
       </c>
       <c r="W28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X28">
-        <v>89.21</v>
+        <v>323.42</v>
       </c>
       <c r="Y28">
         <v>3.8</v>
       </c>
       <c r="Z28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>69</v>
       </c>
       <c r="AC28" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="AD28">
-        <v>76729314</v>
+        <v>46953549</v>
       </c>
       <c r="AE28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>111</v>
+        <v>363</v>
       </c>
       <c r="AK28" t="s">
         <v>69</v>
       </c>
       <c r="AL28" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="AM28" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="AN28" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="AO28">
-        <v>52.99</v>
+        <v>155.99</v>
       </c>
       <c r="AP28" t="s">
-        <v>366</v>
-[...9 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="AQ28"/>
+      <c r="AR28"/>
+      <c r="AS28"/>
       <c r="AT28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY28" t="s">
+        <v>361</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>357</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>360</v>
+      </c>
+      <c r="BD28" t="s">
         <v>364</v>
       </c>
-      <c r="AZ28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BE28" t="s">
-        <v>76</v>
+        <v>365</v>
       </c>
       <c r="BF28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG28" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="BH28">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="BI28" t="s">
-        <v>86</v>
+        <v>182</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN28" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
-      <c r="BP28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>339</v>
+        <v>1229</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>368</v>
+      </c>
+      <c r="C29">
+        <v>2955131834</v>
+      </c>
+      <c r="D29">
+        <v>593919</v>
+      </c>
+      <c r="E29">
+        <v>181.05</v>
+      </c>
+      <c r="F29" t="s">
         <v>369</v>
       </c>
-      <c r="C29">
-[...8 lines deleted...]
-      <c r="F29" t="s">
+      <c r="G29" t="s">
+        <v>69</v>
+      </c>
+      <c r="H29" t="s">
         <v>370</v>
       </c>
-      <c r="G29" t="s">
-[...2 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29">
+        <v>108</v>
+      </c>
+      <c r="J29" t="s">
         <v>371</v>
       </c>
-      <c r="I29">
-[...4 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L29" t="s">
         <v>372</v>
       </c>
       <c r="M29" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N29" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O29"/>
       <c r="P29">
-        <v>70454300</v>
+        <v>47316237</v>
       </c>
       <c r="Q29" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="R29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T29" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U29">
-        <v>2877665454</v>
+        <v>2955131834</v>
       </c>
       <c r="V29">
-        <v>591967</v>
+        <v>593919</v>
       </c>
       <c r="W29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X29">
-        <v>323.42</v>
+        <v>181.05</v>
       </c>
       <c r="Y29">
         <v>3.8</v>
       </c>
       <c r="Z29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>69</v>
       </c>
       <c r="AC29" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="AD29">
-        <v>70454300</v>
+        <v>47316237</v>
       </c>
       <c r="AE29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
         <v>373</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK29" t="s">
         <v>69</v>
       </c>
       <c r="AL29" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="AM29" t="s">
-        <v>136</v>
+        <v>78</v>
       </c>
       <c r="AN29" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="AO29">
-        <v>155.99</v>
+        <v>108</v>
       </c>
       <c r="AP29" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="AQ29" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AR29" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>81</v>
+      </c>
+      <c r="AS29">
+        <v>392980482230</v>
       </c>
       <c r="AT29" t="s">
-        <v>376</v>
+        <v>70</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
-      <c r="AW29"/>
+      <c r="AW29">
+        <v>0</v>
+      </c>
       <c r="AX29" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY29" t="s">
         <v>372</v>
       </c>
       <c r="AZ29" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA29" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB29" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="BC29" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="BD29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE29" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="BF29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG29" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="BH29">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="BI29" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN29" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>1229</v>
+        <v>688</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C30">
-        <v>2876614549</v>
+        <v>2952002709</v>
       </c>
       <c r="D30">
-        <v>591935</v>
+        <v>593817</v>
       </c>
       <c r="E30">
         <v>89.21</v>
       </c>
       <c r="F30" t="s">
+        <v>379</v>
+      </c>
+      <c r="G30" t="s">
+        <v>69</v>
+      </c>
+      <c r="H30" t="s">
+        <v>380</v>
+      </c>
+      <c r="I30">
+        <v>52.99</v>
+      </c>
+      <c r="J30" t="s">
         <v>381</v>
       </c>
-      <c r="G30" t="s">
-[...2 lines deleted...]
-      <c r="H30" t="s">
+      <c r="K30" t="s">
+        <v>71</v>
+      </c>
+      <c r="L30" t="s">
         <v>382</v>
       </c>
-      <c r="I30">
-[...10 lines deleted...]
-      </c>
       <c r="M30" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N30" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O30"/>
       <c r="P30">
-        <v>41444911</v>
+        <v>70560713</v>
       </c>
       <c r="Q30" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="R30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T30" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U30">
-        <v>2876614549</v>
+        <v>2952002709</v>
       </c>
       <c r="V30">
-        <v>591935</v>
+        <v>593817</v>
       </c>
       <c r="W30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X30">
         <v>89.21</v>
       </c>
       <c r="Y30">
         <v>3.8</v>
       </c>
       <c r="Z30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>69</v>
       </c>
       <c r="AC30" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="AD30">
-        <v>41444911</v>
+        <v>70560713</v>
       </c>
       <c r="AE30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>79</v>
+        <v>384</v>
       </c>
       <c r="AK30" t="s">
         <v>69</v>
       </c>
       <c r="AL30" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="AM30" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>380</v>
+      </c>
+      <c r="AO30">
+        <v>52.99</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ30" t="s">
         <v>80</v>
       </c>
-      <c r="AN30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS30">
-        <v>390741586288</v>
+        <v>392897327167</v>
       </c>
       <c r="AT30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY30" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="AZ30" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="BA30"/>
       <c r="BB30" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="BC30" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="BD30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE30" t="s">
-        <v>386</v>
+        <v>70</v>
       </c>
       <c r="BF30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG30" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="BH30">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="BI30" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN30" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="BO30">
         <v>0</v>
       </c>
       <c r="BP30" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ30"/>
       <c r="BR30">
         <v>339</v>
       </c>
       <c r="BS30"/>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
+        <v>387</v>
+      </c>
+      <c r="C31">
+        <v>2942595906</v>
+      </c>
+      <c r="D31">
+        <v>593697</v>
+      </c>
+      <c r="E31">
+        <v>128.68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>388</v>
+      </c>
+      <c r="G31" t="s">
+        <v>69</v>
+      </c>
+      <c r="H31" t="s">
         <v>389</v>
       </c>
-      <c r="C31">
-[...14 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31">
+        <v>79.99</v>
+      </c>
+      <c r="J31" t="s">
         <v>390</v>
       </c>
-      <c r="I31">
-[...4 lines deleted...]
-      </c>
       <c r="K31" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L31" t="s">
         <v>391</v>
       </c>
       <c r="M31" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N31" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O31"/>
       <c r="P31">
-        <v>41444911</v>
+        <v>47156354</v>
       </c>
       <c r="Q31" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="R31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T31" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U31">
-        <v>2876613179</v>
+        <v>2942595906</v>
       </c>
       <c r="V31">
-        <v>591936</v>
+        <v>593697</v>
       </c>
       <c r="W31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X31">
-        <v>86.58</v>
+        <v>128.68</v>
       </c>
       <c r="Y31">
         <v>3.8</v>
       </c>
       <c r="Z31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>69</v>
       </c>
       <c r="AC31" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="AD31">
-        <v>41444911</v>
+        <v>47156354</v>
       </c>
       <c r="AE31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="AK31" t="s">
         <v>69</v>
       </c>
       <c r="AL31" t="s">
-        <v>354</v>
+        <v>390</v>
       </c>
       <c r="AM31" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>389</v>
+      </c>
+      <c r="AO31">
+        <v>79.99</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ31" t="s">
         <v>80</v>
       </c>
-      <c r="AN31" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR31" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS31">
-        <v>390738095970</v>
+        <v>392749542801</v>
       </c>
       <c r="AT31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY31" t="s">
         <v>391</v>
       </c>
       <c r="AZ31" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA31" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB31" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="BC31" t="s">
-        <v>354</v>
+        <v>390</v>
       </c>
       <c r="BD31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE31" t="s">
         <v>393</v>
       </c>
       <c r="BF31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG31" t="s">
         <v>394</v>
       </c>
       <c r="BH31">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="BI31" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN31" t="s">
         <v>395</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>329</v>
+        <v>489</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>396</v>
       </c>
       <c r="C32">
-        <v>2870292727</v>
+        <v>2942141700</v>
       </c>
       <c r="D32">
-        <v>591718</v>
+        <v>593698</v>
       </c>
       <c r="E32">
-        <v>97.11</v>
+        <v>323.42</v>
       </c>
       <c r="F32" t="s">
         <v>397</v>
       </c>
       <c r="G32" t="s">
         <v>69</v>
       </c>
       <c r="H32" t="s">
         <v>398</v>
       </c>
       <c r="I32">
-        <v>58.99</v>
+        <v>155.99</v>
       </c>
       <c r="J32" t="s">
+        <v>390</v>
+      </c>
+      <c r="K32" t="s">
+        <v>80</v>
+      </c>
+      <c r="L32" t="s">
         <v>399</v>
       </c>
-      <c r="K32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M32" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N32" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O32"/>
       <c r="P32">
-        <v>74219410</v>
+        <v>70422203</v>
       </c>
       <c r="Q32" t="s">
         <v>396</v>
       </c>
       <c r="R32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T32" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U32">
-        <v>2870292727</v>
+        <v>2942141700</v>
       </c>
       <c r="V32">
-        <v>591718</v>
+        <v>593698</v>
       </c>
       <c r="W32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X32">
-        <v>97.11</v>
+        <v>323.42</v>
       </c>
       <c r="Y32">
         <v>3.8</v>
       </c>
       <c r="Z32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>69</v>
       </c>
       <c r="AC32" t="s">
         <v>397</v>
       </c>
       <c r="AD32">
-        <v>74219410</v>
+        <v>70422203</v>
       </c>
       <c r="AE32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="AK32" t="s">
         <v>69</v>
       </c>
       <c r="AL32" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="AM32" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="AN32" t="s">
         <v>398</v>
       </c>
       <c r="AO32">
-        <v>58.99</v>
+        <v>155.99</v>
       </c>
       <c r="AP32" t="s">
-        <v>403</v>
-[...9 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="AQ32"/>
+      <c r="AR32"/>
+      <c r="AS32"/>
       <c r="AT32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY32" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="AZ32" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA32" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB32" t="s">
         <v>396</v>
       </c>
       <c r="BC32" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="BD32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE32" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="BF32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG32" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="BH32">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="BI32" t="s">
-        <v>86</v>
+        <v>182</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN32" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
-      <c r="BP32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>369</v>
+        <v>1229</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
+        <v>405</v>
+      </c>
+      <c r="C33">
+        <v>2939069815</v>
+      </c>
+      <c r="D33">
+        <v>593518</v>
+      </c>
+      <c r="E33">
+        <v>170.79</v>
+      </c>
+      <c r="F33" t="s">
+        <v>406</v>
+      </c>
+      <c r="G33" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33" t="s">
         <v>407</v>
       </c>
-      <c r="C33">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="I33">
+        <v>109.99</v>
+      </c>
+      <c r="J33" t="s">
         <v>408</v>
       </c>
-      <c r="G33" t="s">
-[...2 lines deleted...]
-      <c r="H33" t="s">
+      <c r="K33" t="s">
+        <v>80</v>
+      </c>
+      <c r="L33" t="s">
         <v>409</v>
       </c>
-      <c r="I33">
-[...10 lines deleted...]
-      </c>
       <c r="M33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N33" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O33"/>
       <c r="P33">
-        <v>40876056</v>
+        <v>29736982</v>
       </c>
       <c r="Q33" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="R33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T33" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U33">
-        <v>2866384939</v>
+        <v>2939069815</v>
       </c>
       <c r="V33">
-        <v>591578</v>
+        <v>593518</v>
       </c>
       <c r="W33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X33">
-        <v>128.68</v>
+        <v>170.79</v>
       </c>
       <c r="Y33">
         <v>3.8</v>
       </c>
       <c r="Z33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>69</v>
       </c>
       <c r="AC33" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="AD33">
-        <v>40876056</v>
+        <v>29736982</v>
       </c>
       <c r="AE33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>413</v>
+        <v>130</v>
       </c>
       <c r="AK33" t="s">
         <v>69</v>
       </c>
       <c r="AL33" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="AM33" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>407</v>
+      </c>
+      <c r="AO33">
+        <v>109.99</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>411</v>
+      </c>
+      <c r="AQ33" t="s">
         <v>80</v>
       </c>
-      <c r="AN33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR33" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS33">
-        <v>390511250523</v>
+        <v>392533330360</v>
       </c>
       <c r="AT33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY33" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="AZ33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA33" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB33" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="BC33" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="BD33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE33" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="BF33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG33" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="BH33">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="BI33" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN33" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
       <c r="BP33" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>489</v>
+        <v>649</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
+        <v>415</v>
+      </c>
+      <c r="C34">
+        <v>2936432726</v>
+      </c>
+      <c r="D34">
+        <v>593451</v>
+      </c>
+      <c r="E34">
+        <v>178.68</v>
+      </c>
+      <c r="F34" t="s">
+        <v>416</v>
+      </c>
+      <c r="G34" t="s">
+        <v>69</v>
+      </c>
+      <c r="H34" t="s">
         <v>417</v>
       </c>
-      <c r="C34">
-[...8 lines deleted...]
-      <c r="F34" t="s">
+      <c r="I34">
+        <v>114.99</v>
+      </c>
+      <c r="J34" t="s">
         <v>418</v>
       </c>
-      <c r="G34" t="s">
-[...2 lines deleted...]
-      <c r="H34" t="s">
+      <c r="K34" t="s">
+        <v>80</v>
+      </c>
+      <c r="L34" t="s">
         <v>419</v>
       </c>
-      <c r="I34">
-[...10 lines deleted...]
-      </c>
       <c r="M34" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N34" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="O34"/>
       <c r="P34">
-        <v>73502324</v>
+        <v>47959005</v>
       </c>
       <c r="Q34" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="R34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T34" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U34">
-        <v>2862941317</v>
+        <v>2936432726</v>
       </c>
       <c r="V34">
-        <v>591472</v>
+        <v>593451</v>
       </c>
       <c r="W34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X34">
-        <v>183.95</v>
+        <v>178.68</v>
       </c>
       <c r="Y34">
         <v>3.8</v>
       </c>
       <c r="Z34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>69</v>
       </c>
       <c r="AC34" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="AD34">
-        <v>73502324</v>
+        <v>47959005</v>
       </c>
       <c r="AE34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>402</v>
+        <v>130</v>
       </c>
       <c r="AK34" t="s">
         <v>69</v>
       </c>
       <c r="AL34" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="AM34" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>417</v>
+      </c>
+      <c r="AO34">
+        <v>114.99</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>421</v>
+      </c>
+      <c r="AQ34" t="s">
         <v>80</v>
       </c>
-      <c r="AN34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR34" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="AS34"/>
+        <v>81</v>
+      </c>
+      <c r="AS34">
+        <v>392475976637</v>
+      </c>
       <c r="AT34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY34" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="AZ34" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA34"/>
+        <v>73</v>
+      </c>
+      <c r="BA34" t="s">
+        <v>96</v>
+      </c>
       <c r="BB34" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="BC34" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="BD34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE34" t="s">
-        <v>76</v>
+        <v>422</v>
       </c>
       <c r="BF34" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG34" t="s">
+        <v>423</v>
+      </c>
+      <c r="BH34">
+        <v>11</v>
+      </c>
+      <c r="BI34" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ34"/>
+      <c r="BK34"/>
+      <c r="BL34"/>
+      <c r="BM34" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN34" t="s">
         <v>424</v>
       </c>
-      <c r="BH34">
+      <c r="BO34">
         <v>0</v>
       </c>
-      <c r="BI34" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP34" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
+        <v>425</v>
+      </c>
+      <c r="C35">
+        <v>2934907785</v>
+      </c>
+      <c r="D35">
+        <v>593408</v>
+      </c>
+      <c r="E35">
+        <v>152.37</v>
+      </c>
+      <c r="F35" t="s">
+        <v>426</v>
+      </c>
+      <c r="G35" t="s">
+        <v>69</v>
+      </c>
+      <c r="H35" t="s">
         <v>427</v>
       </c>
-      <c r="C35">
-[...8 lines deleted...]
-      <c r="F35" t="s">
+      <c r="I35">
+        <v>100.99</v>
+      </c>
+      <c r="J35" t="s">
         <v>428</v>
       </c>
-      <c r="G35" t="s">
-[...2 lines deleted...]
-      <c r="H35" t="s">
+      <c r="K35" t="s">
+        <v>80</v>
+      </c>
+      <c r="L35" t="s">
         <v>429</v>
       </c>
-      <c r="I35">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="M35" t="s">
+        <v>73</v>
+      </c>
+      <c r="N35" t="s">
+        <v>153</v>
+      </c>
+      <c r="O35"/>
+      <c r="P35" t="s">
         <v>430</v>
       </c>
-      <c r="K35" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="Q35" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="R35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T35" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U35">
-        <v>2860946322</v>
+        <v>2934907785</v>
       </c>
       <c r="V35">
-        <v>591465</v>
+        <v>593408</v>
       </c>
       <c r="W35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X35">
-        <v>128.68</v>
+        <v>152.37</v>
       </c>
       <c r="Y35">
         <v>3.8</v>
       </c>
       <c r="Z35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>69</v>
       </c>
       <c r="AC35" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>73259514</v>
+        <v>426</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>430</v>
       </c>
       <c r="AE35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>433</v>
+        <v>130</v>
       </c>
       <c r="AK35" t="s">
         <v>69</v>
       </c>
       <c r="AL35" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="AM35" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>427</v>
+      </c>
+      <c r="AO35">
+        <v>100.99</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>143</v>
+      </c>
+      <c r="AQ35" t="s">
         <v>80</v>
       </c>
-      <c r="AN35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS35">
-        <v>390343587194</v>
+        <v>883791862399</v>
       </c>
       <c r="AT35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY35" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="AZ35" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA35" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB35" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="BC35" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="BD35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE35" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="BF35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG35" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="BH35">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="BI35" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN35" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>489</v>
+        <v>579</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
+        <v>435</v>
+      </c>
+      <c r="C36">
+        <v>2925943262</v>
+      </c>
+      <c r="D36">
+        <v>593146</v>
+      </c>
+      <c r="E36">
+        <v>136.58</v>
+      </c>
+      <c r="F36" t="s">
+        <v>436</v>
+      </c>
+      <c r="G36" t="s">
+        <v>69</v>
+      </c>
+      <c r="H36" t="s">
         <v>437</v>
       </c>
-      <c r="C36">
-[...8 lines deleted...]
-      <c r="F36" t="s">
+      <c r="I36">
+        <v>75.99</v>
+      </c>
+      <c r="J36" t="s">
         <v>438</v>
       </c>
-      <c r="G36" t="s">
-[...2 lines deleted...]
-      <c r="H36" t="s">
+      <c r="K36" t="s">
+        <v>71</v>
+      </c>
+      <c r="L36" t="s">
         <v>439</v>
       </c>
-      <c r="I36">
-[...10 lines deleted...]
-      </c>
       <c r="M36" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N36" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="O36"/>
       <c r="P36">
-        <v>42349381</v>
+        <v>45430118</v>
       </c>
       <c r="Q36" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="R36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T36" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U36">
-        <v>2860680156</v>
+        <v>2925943262</v>
       </c>
       <c r="V36">
-        <v>591467</v>
+        <v>593146</v>
       </c>
       <c r="W36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X36">
-        <v>133.95</v>
+        <v>136.58</v>
       </c>
       <c r="Y36">
         <v>3.8</v>
       </c>
       <c r="Z36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>69</v>
       </c>
       <c r="AC36" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="AD36">
-        <v>42349381</v>
+        <v>45430118</v>
       </c>
       <c r="AE36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="AK36" t="s">
         <v>69</v>
       </c>
       <c r="AL36" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="AM36" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN36" t="s">
+        <v>437</v>
+      </c>
+      <c r="AO36">
+        <v>75.99</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>441</v>
+      </c>
+      <c r="AQ36" t="s">
         <v>80</v>
       </c>
-      <c r="AN36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR36" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="AS36"/>
+        <v>81</v>
+      </c>
+      <c r="AS36">
+        <v>392082993332</v>
+      </c>
       <c r="AT36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY36" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="AZ36" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA36"/>
+        <v>73</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>96</v>
+      </c>
       <c r="BB36" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="BC36" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="BD36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF36" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG36" t="s">
+        <v>442</v>
+      </c>
+      <c r="BH36">
+        <v>10</v>
+      </c>
+      <c r="BI36" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ36"/>
+      <c r="BK36"/>
+      <c r="BL36"/>
+      <c r="BM36" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN36" t="s">
         <v>443</v>
       </c>
-      <c r="BH36">
+      <c r="BO36">
         <v>0</v>
       </c>
-      <c r="BI36" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP36" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
+        <v>444</v>
+      </c>
+      <c r="C37">
+        <v>2918449099</v>
+      </c>
+      <c r="D37">
+        <v>592906</v>
+      </c>
+      <c r="E37">
+        <v>536.58</v>
+      </c>
+      <c r="F37" t="s">
+        <v>445</v>
+      </c>
+      <c r="G37" t="s">
+        <v>69</v>
+      </c>
+      <c r="H37" t="s">
         <v>446</v>
       </c>
-      <c r="C37">
-[...14 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37">
+        <v>279</v>
+      </c>
+      <c r="J37" t="s">
         <v>447</v>
       </c>
-      <c r="I37">
-[...2 lines deleted...]
-      <c r="J37" t="s">
+      <c r="K37" t="s">
+        <v>71</v>
+      </c>
+      <c r="L37" t="s">
         <v>448</v>
       </c>
-      <c r="K37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M37" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N37" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O37"/>
       <c r="P37">
-        <v>29736982</v>
+        <v>10008229</v>
       </c>
       <c r="Q37" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="R37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T37" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U37">
-        <v>2858970664</v>
+        <v>2918449099</v>
       </c>
       <c r="V37">
-        <v>591353</v>
+        <v>592906</v>
       </c>
       <c r="W37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X37">
-        <v>128.68</v>
+        <v>536.58</v>
       </c>
       <c r="Y37">
         <v>3.8</v>
       </c>
       <c r="Z37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>69</v>
       </c>
       <c r="AC37" t="s">
-        <v>183</v>
+        <v>445</v>
       </c>
       <c r="AD37">
-        <v>29736982</v>
+        <v>10008229</v>
       </c>
       <c r="AE37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>187</v>
+        <v>449</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK37" t="s">
         <v>69</v>
       </c>
       <c r="AL37" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="AM37" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN37" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="AO37">
-        <v>79.99</v>
+        <v>279</v>
       </c>
       <c r="AP37" t="s">
         <v>450</v>
       </c>
       <c r="AQ37" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AR37" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS37">
-        <v>390270601928</v>
+        <v>883577618803</v>
       </c>
       <c r="AT37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY37" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="AZ37" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA37" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB37" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="BC37" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="BD37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE37" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF37" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG37" t="s">
         <v>451</v>
       </c>
-      <c r="BF37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH37">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="BI37" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN37" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
       <c r="BP37" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>489</v>
+        <v>2039</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
+        <v>453</v>
+      </c>
+      <c r="C38">
+        <v>2914068692</v>
+      </c>
+      <c r="D38">
+        <v>592826</v>
+      </c>
+      <c r="E38">
+        <v>323.42</v>
+      </c>
+      <c r="F38" t="s">
         <v>454</v>
       </c>
-      <c r="C38">
-[...8 lines deleted...]
-      <c r="F38" t="s">
+      <c r="G38" t="s">
+        <v>69</v>
+      </c>
+      <c r="H38" t="s">
         <v>455</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38">
+        <v>155.99</v>
+      </c>
+      <c r="J38" t="s">
         <v>456</v>
       </c>
-      <c r="I38">
-[...2 lines deleted...]
-      <c r="J38" t="s">
+      <c r="K38" t="s">
+        <v>80</v>
+      </c>
+      <c r="L38" t="s">
         <v>457</v>
       </c>
-      <c r="K38" t="s">
-[...2 lines deleted...]
-      <c r="L38" t="s">
+      <c r="M38" t="s">
+        <v>73</v>
+      </c>
+      <c r="N38" t="s">
+        <v>153</v>
+      </c>
+      <c r="O38"/>
+      <c r="P38" t="s">
         <v>458</v>
       </c>
-      <c r="M38" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="Q38" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="R38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T38" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U38">
-        <v>2853272715</v>
+        <v>2914068692</v>
       </c>
       <c r="V38">
-        <v>591202</v>
+        <v>592826</v>
       </c>
       <c r="W38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X38">
-        <v>128.68</v>
+        <v>323.42</v>
       </c>
       <c r="Y38">
         <v>3.8</v>
       </c>
       <c r="Z38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>69</v>
       </c>
       <c r="AC38" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>18213043</v>
+        <v>454</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>458</v>
       </c>
       <c r="AE38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
         <v>459</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK38" t="s">
         <v>69</v>
       </c>
       <c r="AL38" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="AM38" t="s">
+        <v>177</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>455</v>
+      </c>
+      <c r="AO38">
+        <v>155.99</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>178</v>
+      </c>
+      <c r="AQ38" t="s">
         <v>80</v>
       </c>
-      <c r="AN38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR38" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>390038713411</v>
+        <v>460</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>461</v>
       </c>
       <c r="AT38" t="s">
-        <v>76</v>
+        <v>462</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY38" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="AZ38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA38" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB38" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="BC38" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="BD38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE38" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="BF38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG38" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="BH38">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="BI38" t="s">
-        <v>86</v>
+        <v>182</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN38" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
-        <v>82</v>
+        <v>466</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>489</v>
+        <v>1229</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C39">
-        <v>2852845513</v>
+        <v>2911756214</v>
       </c>
       <c r="D39">
-        <v>591192</v>
+        <v>592785</v>
       </c>
       <c r="E39">
         <v>89.21</v>
       </c>
       <c r="F39" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="I39">
         <v>52.8</v>
       </c>
       <c r="J39" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="K39" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L39" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="M39" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N39" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O39"/>
       <c r="P39">
-        <v>73518777</v>
+        <v>47367254</v>
       </c>
       <c r="Q39" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="R39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T39" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U39">
-        <v>2852845513</v>
+        <v>2911756214</v>
       </c>
       <c r="V39">
-        <v>591192</v>
+        <v>592785</v>
       </c>
       <c r="W39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X39">
         <v>89.21</v>
       </c>
       <c r="Y39">
         <v>3.8</v>
       </c>
       <c r="Z39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>69</v>
       </c>
       <c r="AC39" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="AD39">
-        <v>73518777</v>
+        <v>47367254</v>
       </c>
       <c r="AE39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>178</v>
+        <v>130</v>
       </c>
       <c r="AK39" t="s">
         <v>69</v>
       </c>
       <c r="AL39" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="AM39" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN39" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="AO39">
         <v>52.8</v>
       </c>
       <c r="AP39" t="s">
-        <v>337</v>
+        <v>473</v>
       </c>
       <c r="AQ39" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AR39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS39">
-        <v>390038672462</v>
+        <v>391680775541</v>
       </c>
       <c r="AT39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY39" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="AZ39" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA39" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB39" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="BC39" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="BD39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE39" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="BF39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG39" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="BH39">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="BI39" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN39" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
         <v>339</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="C40">
-        <v>2852663382</v>
+        <v>2904307687</v>
       </c>
       <c r="D40">
-        <v>591182</v>
+        <v>592559</v>
       </c>
       <c r="E40">
-        <v>89.21</v>
+        <v>126.05</v>
       </c>
       <c r="F40" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="I40">
-        <v>52.99</v>
+        <v>67.32</v>
       </c>
       <c r="J40" t="s">
-        <v>457</v>
+        <v>480</v>
       </c>
       <c r="K40" t="s">
-        <v>82</v>
+        <v>481</v>
       </c>
       <c r="L40" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="M40" t="s">
+        <v>73</v>
+      </c>
+      <c r="N40" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="O40"/>
       <c r="P40">
-        <v>72945315</v>
+        <v>42519212</v>
       </c>
       <c r="Q40" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="R40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T40" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U40">
-        <v>2852663382</v>
+        <v>2904307687</v>
       </c>
       <c r="V40">
-        <v>591182</v>
+        <v>592559</v>
       </c>
       <c r="W40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X40">
-        <v>89.21</v>
+        <v>126.05</v>
       </c>
       <c r="Y40">
         <v>3.8</v>
       </c>
       <c r="Z40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>69</v>
       </c>
       <c r="AC40" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="AD40">
-        <v>72945315</v>
+        <v>42519212</v>
       </c>
       <c r="AE40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK40" t="s">
         <v>69</v>
       </c>
       <c r="AL40" t="s">
-        <v>457</v>
+        <v>480</v>
       </c>
       <c r="AM40" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN40" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="AO40">
-        <v>52.99</v>
+        <v>67.32</v>
       </c>
       <c r="AP40" t="s">
-        <v>366</v>
+        <v>484</v>
       </c>
       <c r="AQ40" t="s">
-        <v>82</v>
+        <v>485</v>
       </c>
       <c r="AR40" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="AS40"/>
       <c r="AT40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY40" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="AZ40" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="BA40"/>
       <c r="BB40" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="BC40" t="s">
-        <v>457</v>
+        <v>480</v>
       </c>
       <c r="BD40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE40" t="s">
-        <v>476</v>
+        <v>70</v>
       </c>
       <c r="BF40" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG40" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="BH40">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="BI40" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ40"/>
-      <c r="BK40"/>
-      <c r="BL40"/>
+      <c r="BK40" t="s">
+        <v>487</v>
+      </c>
+      <c r="BL40" t="s">
+        <v>488</v>
+      </c>
       <c r="BM40" t="s">
-        <v>76</v>
+        <v>489</v>
       </c>
       <c r="BN40" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="BO40">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP40" t="s">
-        <v>82</v>
+        <v>485</v>
       </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS40"/>
+        <v>479</v>
+      </c>
+      <c r="BS40" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="C41">
-        <v>2848997589</v>
+        <v>2903399285</v>
       </c>
       <c r="D41">
-        <v>591039</v>
+        <v>592522</v>
       </c>
       <c r="E41">
-        <v>89.21</v>
+        <v>126.05</v>
       </c>
       <c r="F41" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="G41" t="s">
         <v>69</v>
       </c>
       <c r="H41" t="s">
+        <v>493</v>
+      </c>
+      <c r="I41">
+        <v>67.32</v>
+      </c>
+      <c r="J41" t="s">
+        <v>494</v>
+      </c>
+      <c r="K41" t="s">
         <v>481</v>
       </c>
-      <c r="I41">
-[...7 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="M41" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N41" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="O41"/>
-      <c r="P41">
-        <v>46121566</v>
+      <c r="P41" t="s">
+        <v>496</v>
       </c>
       <c r="Q41" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="R41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T41" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="U41">
-        <v>2848997589</v>
+        <v>2903399285</v>
       </c>
       <c r="V41">
-        <v>591039</v>
+        <v>592522</v>
       </c>
       <c r="W41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X41">
-        <v>89.21</v>
+        <v>126.05</v>
       </c>
       <c r="Y41">
         <v>3.8</v>
       </c>
       <c r="Z41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>69</v>
       </c>
       <c r="AC41" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>46121566</v>
+        <v>492</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>496</v>
       </c>
       <c r="AE41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="AK41" t="s">
         <v>69</v>
       </c>
       <c r="AL41" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="AM41" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN41" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="AO41">
-        <v>52.99</v>
+        <v>67.32</v>
       </c>
       <c r="AP41" t="s">
+        <v>484</v>
+      </c>
+      <c r="AQ41" t="s">
         <v>485</v>
       </c>
-      <c r="AQ41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AR41" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="AS41"/>
       <c r="AT41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41">
         <v>0</v>
       </c>
       <c r="AX41" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY41" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="AZ41" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA41" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB41" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="BC41" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="BD41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE41" t="s">
-        <v>486</v>
+        <v>70</v>
       </c>
       <c r="BF41" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG41" t="s">
+        <v>498</v>
+      </c>
+      <c r="BH41">
+        <v>3</v>
+      </c>
+      <c r="BI41" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ41" t="s">
+        <v>499</v>
+      </c>
+      <c r="BK41" t="s">
         <v>487</v>
       </c>
-      <c r="BH41">
-[...7 lines deleted...]
-      <c r="BL41"/>
+      <c r="BL41" t="s">
+        <v>500</v>
+      </c>
       <c r="BM41" t="s">
-        <v>76</v>
+        <v>501</v>
       </c>
       <c r="BN41" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="BO41">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP41" t="s">
-        <v>82</v>
+        <v>485</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS41"/>
+        <v>479</v>
+      </c>
+      <c r="BS41" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="C42">
-        <v>2848628252</v>
+        <v>2900134158</v>
       </c>
       <c r="D42">
-        <v>591030</v>
+        <v>592451</v>
       </c>
       <c r="E42">
-        <v>536.58</v>
+        <v>128.68</v>
       </c>
       <c r="F42" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="G42" t="s">
         <v>69</v>
       </c>
       <c r="H42" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="I42">
-        <v>279</v>
+        <v>68</v>
       </c>
       <c r="J42" t="s">
-        <v>482</v>
+        <v>506</v>
       </c>
       <c r="K42" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L42" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="M42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N42" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O42"/>
-      <c r="P42">
-        <v>41429994</v>
+      <c r="P42" t="s">
+        <v>508</v>
       </c>
       <c r="Q42" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="R42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T42" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U42">
-        <v>2848628252</v>
+        <v>2900134158</v>
       </c>
       <c r="V42">
-        <v>591030</v>
+        <v>592451</v>
       </c>
       <c r="W42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X42">
-        <v>536.58</v>
+        <v>128.68</v>
       </c>
       <c r="Y42">
         <v>3.8</v>
       </c>
       <c r="Z42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>69</v>
       </c>
       <c r="AC42" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>41429994</v>
+        <v>504</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>508</v>
       </c>
       <c r="AE42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>111</v>
+        <v>401</v>
       </c>
       <c r="AK42" t="s">
         <v>69</v>
       </c>
       <c r="AL42" t="s">
-        <v>482</v>
+        <v>506</v>
       </c>
       <c r="AM42" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN42" t="s">
+        <v>505</v>
+      </c>
+      <c r="AO42">
+        <v>68</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ42" t="s">
         <v>80</v>
       </c>
-      <c r="AN42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR42" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>81</v>
+      </c>
+      <c r="AS42">
+        <v>391312480128</v>
       </c>
       <c r="AT42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
-      <c r="AW42">
-[...1 lines deleted...]
-      </c>
+      <c r="AW42"/>
       <c r="AX42" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY42" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="AZ42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA42" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB42" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="BC42" t="s">
-        <v>482</v>
+        <v>506</v>
       </c>
       <c r="BD42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE42" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="BF42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG42" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="BH42">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="BI42" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN42" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>2039</v>
+        <v>489</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="C43">
-        <v>2847720443</v>
+        <v>2896172660</v>
       </c>
       <c r="D43">
-        <v>591008</v>
+        <v>592316</v>
       </c>
       <c r="E43">
-        <v>160.26</v>
+        <v>149.74</v>
       </c>
       <c r="F43" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="G43" t="s">
         <v>69</v>
       </c>
       <c r="H43" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="I43">
-        <v>95.99</v>
+        <v>168</v>
       </c>
       <c r="J43" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="K43" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="L43" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="M43" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N43" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O43"/>
       <c r="P43">
-        <v>46070619</v>
+        <v>40922941</v>
       </c>
       <c r="Q43" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="R43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T43" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U43">
-        <v>2847720443</v>
+        <v>2896172660</v>
       </c>
       <c r="V43">
-        <v>591008</v>
+        <v>592316</v>
       </c>
       <c r="W43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X43">
-        <v>160.26</v>
+        <v>149.74</v>
       </c>
       <c r="Y43">
         <v>3.8</v>
       </c>
       <c r="Z43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>69</v>
       </c>
       <c r="AC43" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="AD43">
-        <v>46070619</v>
+        <v>40922941</v>
       </c>
       <c r="AE43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="AK43" t="s">
         <v>69</v>
       </c>
       <c r="AL43" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="AM43" t="s">
-        <v>80</v>
+        <v>177</v>
       </c>
       <c r="AN43" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="AO43">
-        <v>95.99</v>
+        <v>168</v>
       </c>
       <c r="AP43" t="s">
-        <v>505</v>
-[...9 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="AQ43"/>
+      <c r="AR43"/>
+      <c r="AS43"/>
       <c r="AT43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
-      <c r="AW43">
-[...1 lines deleted...]
-      </c>
+      <c r="AW43"/>
       <c r="AX43" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY43" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="AZ43" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA43" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB43" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="BC43" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="BD43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE43" t="s">
-        <v>76</v>
+        <v>521</v>
       </c>
       <c r="BF43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG43" t="s">
-        <v>506</v>
+        <v>522</v>
       </c>
       <c r="BH43">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="BI43" t="s">
-        <v>86</v>
+        <v>182</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN43" t="s">
-        <v>507</v>
+        <v>70</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
-      <c r="BP43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>609</v>
+        <v>569</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="C44">
-        <v>2847131945</v>
+        <v>2895980625</v>
       </c>
       <c r="D44">
-        <v>590982</v>
+        <v>592314</v>
       </c>
       <c r="E44">
-        <v>89.21</v>
+        <v>91.84</v>
       </c>
       <c r="F44" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="I44">
-        <v>52.99</v>
+        <v>45.9</v>
       </c>
       <c r="J44" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="K44" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L44" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="M44" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N44" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O44"/>
       <c r="P44">
-        <v>70975555</v>
+        <v>40685972</v>
       </c>
       <c r="Q44" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="R44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T44" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U44">
-        <v>2847131945</v>
+        <v>2895980625</v>
       </c>
       <c r="V44">
-        <v>590982</v>
+        <v>592314</v>
       </c>
       <c r="W44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X44">
-        <v>89.21</v>
+        <v>91.84</v>
       </c>
       <c r="Y44">
         <v>3.8</v>
       </c>
       <c r="Z44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>69</v>
       </c>
       <c r="AC44" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="AD44">
-        <v>70975555</v>
+        <v>40685972</v>
       </c>
       <c r="AE44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK44" t="s">
         <v>69</v>
       </c>
       <c r="AL44" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="AM44" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>525</v>
+      </c>
+      <c r="AO44">
+        <v>45.9</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>528</v>
+      </c>
+      <c r="AQ44" t="s">
         <v>80</v>
       </c>
-      <c r="AN44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR44" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS44">
-        <v>881959957110</v>
+        <v>391182742722</v>
       </c>
       <c r="AT44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY44" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="AZ44" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA44" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB44" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="BC44" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="BD44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE44" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="BF44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG44" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="BH44">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="BI44" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN44" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="C45">
-        <v>2844865283</v>
+        <v>2891377838</v>
       </c>
       <c r="D45">
-        <v>590960</v>
+        <v>592239</v>
       </c>
       <c r="E45">
-        <v>97.11</v>
+        <v>128.68</v>
       </c>
       <c r="F45" t="s">
-        <v>472</v>
+        <v>533</v>
       </c>
       <c r="G45" t="s">
         <v>69</v>
       </c>
       <c r="H45" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="I45">
-        <v>57.6</v>
+        <v>68</v>
       </c>
       <c r="J45" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="K45" t="s">
-        <v>259</v>
+        <v>80</v>
       </c>
       <c r="L45" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="M45" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N45" t="s">
-        <v>75</v>
+        <v>153</v>
       </c>
       <c r="O45"/>
       <c r="P45">
-        <v>72945315</v>
+        <v>46852841</v>
       </c>
       <c r="Q45" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="R45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T45" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="U45">
-        <v>2844865283</v>
+        <v>2891377838</v>
       </c>
       <c r="V45">
-        <v>590960</v>
+        <v>592239</v>
       </c>
       <c r="W45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X45">
-        <v>97.11</v>
+        <v>128.68</v>
       </c>
       <c r="Y45">
         <v>3.8</v>
       </c>
       <c r="Z45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>69</v>
       </c>
       <c r="AC45" t="s">
-        <v>472</v>
+        <v>533</v>
       </c>
       <c r="AD45">
-        <v>72945315</v>
+        <v>46852841</v>
       </c>
       <c r="AE45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>413</v>
+        <v>142</v>
       </c>
       <c r="AK45" t="s">
         <v>69</v>
       </c>
       <c r="AL45" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="AM45" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN45" t="s">
+        <v>534</v>
+      </c>
+      <c r="AO45">
+        <v>68</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ45" t="s">
         <v>80</v>
       </c>
-      <c r="AN45" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR45" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="AS45"/>
+        <v>81</v>
+      </c>
+      <c r="AS45">
+        <v>391095960562</v>
+      </c>
       <c r="AT45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY45" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="AZ45" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="BA45"/>
+        <v>73</v>
+      </c>
+      <c r="BA45" t="s">
+        <v>96</v>
+      </c>
       <c r="BB45" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="BC45" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="BD45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE45" t="s">
-        <v>76</v>
+        <v>538</v>
       </c>
       <c r="BF45" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG45" t="s">
-        <v>522</v>
+        <v>539</v>
       </c>
       <c r="BH45">
+        <v>16</v>
+      </c>
+      <c r="BI45" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ45"/>
+      <c r="BK45"/>
+      <c r="BL45"/>
+      <c r="BM45" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN45" t="s">
+        <v>540</v>
+      </c>
+      <c r="BO45">
         <v>0</v>
       </c>
-      <c r="BI45" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP45" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="BS45"/>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="C46">
-        <v>2839748619</v>
+        <v>2889002247</v>
       </c>
       <c r="D46">
-        <v>590830</v>
+        <v>592216</v>
       </c>
       <c r="E46">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="F46" t="s">
-        <v>526</v>
+        <v>542</v>
       </c>
       <c r="G46" t="s">
         <v>69</v>
       </c>
       <c r="H46" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="I46">
-        <v>52.8</v>
+        <v>74.8</v>
       </c>
       <c r="J46" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="K46" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L46" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="M46" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N46" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O46"/>
       <c r="P46">
-        <v>73966626</v>
+        <v>29480625</v>
       </c>
       <c r="Q46" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="R46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T46" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U46">
-        <v>2839748619</v>
+        <v>2889002247</v>
       </c>
       <c r="V46">
-        <v>590830</v>
+        <v>592216</v>
       </c>
       <c r="W46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X46">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="Y46">
         <v>3.8</v>
       </c>
       <c r="Z46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>69</v>
       </c>
       <c r="AC46" t="s">
-        <v>526</v>
+        <v>542</v>
       </c>
       <c r="AD46">
-        <v>73966626</v>
+        <v>29480625</v>
       </c>
       <c r="AE46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>111</v>
+        <v>142</v>
       </c>
       <c r="AK46" t="s">
         <v>69</v>
       </c>
       <c r="AL46" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="AM46" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>543</v>
+      </c>
+      <c r="AO46">
+        <v>74.8</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>190</v>
+      </c>
+      <c r="AQ46" t="s">
         <v>80</v>
       </c>
-      <c r="AN46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR46" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS46">
-        <v>289458478976</v>
+        <v>391055837031</v>
       </c>
       <c r="AT46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
-      <c r="AW46"/>
+      <c r="AW46">
+        <v>0</v>
+      </c>
       <c r="AX46" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY46" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="AZ46" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA46" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB46" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="BC46" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="BD46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE46" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
       <c r="BF46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG46" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="BH46">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="BI46" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN46" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="BO46">
         <v>0</v>
       </c>
       <c r="BP46" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>339</v>
+        <v>529</v>
       </c>
       <c r="BS46"/>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="C47">
-        <v>2835325329</v>
+        <v>2883153269</v>
       </c>
       <c r="D47">
-        <v>590784</v>
+        <v>592102</v>
       </c>
       <c r="E47">
         <v>89.21</v>
       </c>
       <c r="F47" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="G47" t="s">
         <v>69</v>
       </c>
       <c r="H47" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="I47">
         <v>52.8</v>
       </c>
       <c r="J47" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="K47" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L47" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="M47" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N47" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O47"/>
-      <c r="P47" t="s">
-        <v>539</v>
+      <c r="P47">
+        <v>48369654</v>
       </c>
       <c r="Q47" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="R47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T47" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U47">
-        <v>2835325329</v>
+        <v>2883153269</v>
       </c>
       <c r="V47">
-        <v>590784</v>
+        <v>592102</v>
       </c>
       <c r="W47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X47">
         <v>89.21</v>
       </c>
       <c r="Y47">
         <v>3.8</v>
       </c>
       <c r="Z47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>69</v>
       </c>
       <c r="AC47" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>551</v>
+      </c>
+      <c r="AD47">
+        <v>48369654</v>
       </c>
       <c r="AE47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>111</v>
+        <v>556</v>
       </c>
       <c r="AK47" t="s">
         <v>69</v>
       </c>
       <c r="AL47" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="AM47" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN47" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="AO47">
         <v>52.8</v>
       </c>
       <c r="AP47" t="s">
-        <v>337</v>
+        <v>557</v>
       </c>
       <c r="AQ47" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AR47" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS47">
-        <v>289409738869</v>
+        <v>390943162656</v>
       </c>
       <c r="AT47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY47" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="AZ47" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA47" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB47" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="BC47" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="BD47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE47" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
       <c r="BF47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG47" t="s">
-        <v>542</v>
+        <v>559</v>
       </c>
       <c r="BH47">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="BI47" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN47" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ47"/>
       <c r="BR47">
         <v>339</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="C48">
-        <v>2829440219</v>
+        <v>2879851517</v>
       </c>
       <c r="D48">
-        <v>590732</v>
+        <v>592016</v>
       </c>
       <c r="E48">
-        <v>128.68</v>
+        <v>149.74</v>
       </c>
       <c r="F48" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="G48" t="s">
         <v>69</v>
       </c>
       <c r="H48" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
       <c r="I48">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="J48" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="K48" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="L48" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="M48" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N48" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O48"/>
       <c r="P48">
-        <v>40942691</v>
+        <v>47466207</v>
       </c>
       <c r="Q48" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="R48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T48" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U48">
-        <v>2829440219</v>
+        <v>2879851517</v>
       </c>
       <c r="V48">
-        <v>590732</v>
+        <v>592016</v>
       </c>
       <c r="W48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X48">
-        <v>128.68</v>
+        <v>149.74</v>
       </c>
       <c r="Y48">
         <v>3.8</v>
       </c>
       <c r="Z48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>69</v>
       </c>
       <c r="AC48" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="AD48">
-        <v>40942691</v>
+        <v>47466207</v>
       </c>
       <c r="AE48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>178</v>
+        <v>567</v>
       </c>
       <c r="AK48" t="s">
         <v>69</v>
       </c>
       <c r="AL48" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="AM48" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN48" t="s">
+        <v>563</v>
+      </c>
+      <c r="AO48">
+        <v>95.99</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>568</v>
+      </c>
+      <c r="AQ48" t="s">
         <v>80</v>
       </c>
-      <c r="AN48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR48" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS48">
-        <v>289332009229</v>
+        <v>390856114630</v>
       </c>
       <c r="AT48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY48" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="AZ48" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA48" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB48" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="BC48" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="BD48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE48" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="BF48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG48" t="s">
-        <v>552</v>
+        <v>570</v>
       </c>
       <c r="BH48">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="BI48" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN48" t="s">
-        <v>553</v>
+        <v>571</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
       <c r="BP48" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ48"/>
       <c r="BR48">
-        <v>489</v>
+        <v>569</v>
       </c>
       <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
       <c r="C49">
-        <v>2824467579</v>
+        <v>2878353312</v>
       </c>
       <c r="D49">
-        <v>590637</v>
+        <v>591987</v>
       </c>
       <c r="E49">
-        <v>126.05</v>
+        <v>139.21</v>
       </c>
       <c r="F49" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="G49" t="s">
         <v>69</v>
       </c>
       <c r="H49" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="I49">
-        <v>79.2</v>
+        <v>87.99</v>
       </c>
       <c r="J49" t="s">
-        <v>547</v>
+        <v>574</v>
       </c>
       <c r="K49" t="s">
-        <v>259</v>
+        <v>481</v>
       </c>
       <c r="L49" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="M49" t="s">
+        <v>73</v>
+      </c>
+      <c r="N49" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O49"/>
       <c r="P49">
-        <v>29329204</v>
+        <v>47466207</v>
       </c>
       <c r="Q49" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
       <c r="R49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T49" t="s">
-        <v>92</v>
+        <v>166</v>
       </c>
       <c r="U49">
-        <v>2824467579</v>
+        <v>2878353312</v>
       </c>
       <c r="V49">
-        <v>590637</v>
+        <v>591987</v>
       </c>
       <c r="W49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X49">
-        <v>126.05</v>
+        <v>139.21</v>
       </c>
       <c r="Y49">
         <v>3.8</v>
       </c>
       <c r="Z49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>69</v>
       </c>
       <c r="AC49" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="AD49">
-        <v>29329204</v>
+        <v>47466207</v>
       </c>
       <c r="AE49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>111</v>
+        <v>567</v>
       </c>
       <c r="AK49" t="s">
         <v>69</v>
       </c>
       <c r="AL49" t="s">
-        <v>547</v>
+        <v>574</v>
       </c>
       <c r="AM49" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AN49" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="AO49">
-        <v>79.2</v>
+        <v>87.99</v>
       </c>
       <c r="AP49" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="AQ49" t="s">
-        <v>263</v>
+        <v>485</v>
       </c>
       <c r="AR49" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS49"/>
       <c r="AT49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY49" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="AZ49" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA49"/>
       <c r="BB49" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
       <c r="BC49" t="s">
-        <v>547</v>
+        <v>574</v>
       </c>
       <c r="BD49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF49" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG49" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="BH49">
         <v>0</v>
       </c>
       <c r="BI49" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ49"/>
       <c r="BK49" t="s">
-        <v>265</v>
+        <v>487</v>
       </c>
       <c r="BL49" t="s">
-        <v>279</v>
+        <v>578</v>
       </c>
       <c r="BM49" t="s">
-        <v>561</v>
+        <v>579</v>
       </c>
       <c r="BN49" t="s">
-        <v>562</v>
+        <v>580</v>
       </c>
       <c r="BO49">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BP49" t="s">
-        <v>263</v>
+        <v>485</v>
       </c>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>479</v>
+        <v>529</v>
       </c>
       <c r="BS49" t="s">
-        <v>102</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="C50">
-        <v>2820199334</v>
+        <v>2878160082</v>
       </c>
       <c r="D50">
-        <v>590516</v>
+        <v>591981</v>
       </c>
       <c r="E50">
-        <v>141.84</v>
+        <v>89.21</v>
       </c>
       <c r="F50" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
       <c r="G50" t="s">
         <v>69</v>
       </c>
       <c r="H50" t="s">
-        <v>565</v>
+        <v>583</v>
       </c>
       <c r="I50">
-        <v>88.99</v>
+        <v>52.99</v>
       </c>
       <c r="J50" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="K50" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="L50" t="s">
-        <v>567</v>
+        <v>584</v>
       </c>
       <c r="M50" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N50" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="O50"/>
       <c r="P50">
-        <v>71357327</v>
+        <v>76729314</v>
       </c>
       <c r="Q50" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="R50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T50" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="U50">
-        <v>2820199334</v>
+        <v>2878160082</v>
       </c>
       <c r="V50">
-        <v>590516</v>
+        <v>591981</v>
       </c>
       <c r="W50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X50">
-        <v>141.84</v>
+        <v>89.21</v>
       </c>
       <c r="Y50">
         <v>3.8</v>
       </c>
       <c r="Z50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>69</v>
       </c>
       <c r="AC50" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
       <c r="AD50">
-        <v>71357327</v>
+        <v>76729314</v>
       </c>
       <c r="AE50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AF50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="AK50" t="s">
         <v>69</v>
       </c>
       <c r="AL50" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="AM50" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>583</v>
+      </c>
+      <c r="AO50">
+        <v>52.99</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>313</v>
+      </c>
+      <c r="AQ50" t="s">
         <v>80</v>
       </c>
-      <c r="AN50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AR50" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AS50">
-        <v>289147262976</v>
+        <v>390761210703</v>
       </c>
       <c r="AT50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY50" t="s">
-        <v>567</v>
+        <v>584</v>
       </c>
       <c r="AZ50" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA50" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="BB50" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="BC50" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="BD50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE50" t="s">
-        <v>570</v>
+        <v>70</v>
       </c>
       <c r="BF50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG50" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="BH50">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="BI50" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN50" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="BQ50"/>
       <c r="BR50">
+        <v>339</v>
+      </c>
+      <c r="BS50"/>
+    </row>
+    <row r="51" spans="1:71">
+      <c r="A51" t="s">
+        <v>66</v>
+      </c>
+      <c r="B51" t="s">
+        <v>588</v>
+      </c>
+      <c r="C51">
+        <v>2877665454</v>
+      </c>
+      <c r="D51">
+        <v>591967</v>
+      </c>
+      <c r="E51">
+        <v>323.42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>589</v>
+      </c>
+      <c r="G51" t="s">
+        <v>69</v>
+      </c>
+      <c r="H51" t="s">
+        <v>590</v>
+      </c>
+      <c r="I51">
+        <v>155.99</v>
+      </c>
+      <c r="J51" t="s">
+        <v>574</v>
+      </c>
+      <c r="K51" t="s">
+        <v>80</v>
+      </c>
+      <c r="L51" t="s">
+        <v>591</v>
+      </c>
+      <c r="M51" t="s">
+        <v>73</v>
+      </c>
+      <c r="N51" t="s">
+        <v>153</v>
+      </c>
+      <c r="O51"/>
+      <c r="P51">
+        <v>70454300</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>588</v>
+      </c>
+      <c r="R51" t="s">
+        <v>70</v>
+      </c>
+      <c r="S51" t="s">
+        <v>70</v>
+      </c>
+      <c r="T51" t="s">
+        <v>154</v>
+      </c>
+      <c r="U51">
+        <v>2877665454</v>
+      </c>
+      <c r="V51">
+        <v>591967</v>
+      </c>
+      <c r="W51" t="s">
+        <v>70</v>
+      </c>
+      <c r="X51">
+        <v>323.42</v>
+      </c>
+      <c r="Y51">
+        <v>3.8</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>589</v>
+      </c>
+      <c r="AD51">
+        <v>70454300</v>
+      </c>
+      <c r="AE51" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF51" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG51"/>
+      <c r="AH51" t="s">
+        <v>592</v>
+      </c>
+      <c r="AI51"/>
+      <c r="AJ51" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK51" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL51" t="s">
+        <v>574</v>
+      </c>
+      <c r="AM51" t="s">
+        <v>177</v>
+      </c>
+      <c r="AN51" t="s">
+        <v>590</v>
+      </c>
+      <c r="AO51">
+        <v>155.99</v>
+      </c>
+      <c r="AP51" t="s">
+        <v>178</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR51" t="s">
+        <v>593</v>
+      </c>
+      <c r="AS51" t="s">
+        <v>594</v>
+      </c>
+      <c r="AT51" t="s">
+        <v>595</v>
+      </c>
+      <c r="AU51"/>
+      <c r="AV51"/>
+      <c r="AW51"/>
+      <c r="AX51" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY51" t="s">
+        <v>591</v>
+      </c>
+      <c r="AZ51" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA51" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB51" t="s">
+        <v>588</v>
+      </c>
+      <c r="BC51" t="s">
+        <v>574</v>
+      </c>
+      <c r="BD51" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE51" t="s">
+        <v>596</v>
+      </c>
+      <c r="BF51" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG51" t="s">
+        <v>597</v>
+      </c>
+      <c r="BH51">
+        <v>19</v>
+      </c>
+      <c r="BI51" t="s">
+        <v>182</v>
+      </c>
+      <c r="BJ51"/>
+      <c r="BK51"/>
+      <c r="BL51"/>
+      <c r="BM51" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN51" t="s">
+        <v>598</v>
+      </c>
+      <c r="BO51">
+        <v>0</v>
+      </c>
+      <c r="BP51" t="s">
+        <v>485</v>
+      </c>
+      <c r="BQ51"/>
+      <c r="BR51">
+        <v>1229</v>
+      </c>
+      <c r="BS51"/>
+    </row>
+    <row r="52" spans="1:71">
+      <c r="A52" t="s">
+        <v>66</v>
+      </c>
+      <c r="B52" t="s">
+        <v>599</v>
+      </c>
+      <c r="C52">
+        <v>2876614549</v>
+      </c>
+      <c r="D52">
+        <v>591935</v>
+      </c>
+      <c r="E52">
+        <v>89.21</v>
+      </c>
+      <c r="F52" t="s">
+        <v>600</v>
+      </c>
+      <c r="G52" t="s">
+        <v>69</v>
+      </c>
+      <c r="H52" t="s">
+        <v>601</v>
+      </c>
+      <c r="I52">
+        <v>52.8</v>
+      </c>
+      <c r="J52" t="s">
+        <v>574</v>
+      </c>
+      <c r="K52" t="s">
+        <v>80</v>
+      </c>
+      <c r="L52" t="s">
+        <v>602</v>
+      </c>
+      <c r="M52" t="s">
+        <v>73</v>
+      </c>
+      <c r="N52" t="s">
+        <v>153</v>
+      </c>
+      <c r="O52"/>
+      <c r="P52">
+        <v>41444911</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>599</v>
+      </c>
+      <c r="R52" t="s">
+        <v>70</v>
+      </c>
+      <c r="S52" t="s">
+        <v>70</v>
+      </c>
+      <c r="T52" t="s">
+        <v>154</v>
+      </c>
+      <c r="U52">
+        <v>2876614549</v>
+      </c>
+      <c r="V52">
+        <v>591935</v>
+      </c>
+      <c r="W52" t="s">
+        <v>70</v>
+      </c>
+      <c r="X52">
+        <v>89.21</v>
+      </c>
+      <c r="Y52">
+        <v>3.8</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>600</v>
+      </c>
+      <c r="AD52">
+        <v>41444911</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG52"/>
+      <c r="AH52" t="s">
+        <v>603</v>
+      </c>
+      <c r="AI52"/>
+      <c r="AJ52" t="s">
+        <v>302</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>574</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>601</v>
+      </c>
+      <c r="AO52">
+        <v>52.8</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS52">
+        <v>390741586288</v>
+      </c>
+      <c r="AT52" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU52"/>
+      <c r="AV52"/>
+      <c r="AW52"/>
+      <c r="AX52" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY52" t="s">
+        <v>602</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA52" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB52" t="s">
+        <v>599</v>
+      </c>
+      <c r="BC52" t="s">
+        <v>574</v>
+      </c>
+      <c r="BD52" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE52" t="s">
+        <v>604</v>
+      </c>
+      <c r="BF52" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG52" t="s">
+        <v>605</v>
+      </c>
+      <c r="BH52">
+        <v>28</v>
+      </c>
+      <c r="BI52" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ52"/>
+      <c r="BK52"/>
+      <c r="BL52"/>
+      <c r="BM52" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN52" t="s">
+        <v>606</v>
+      </c>
+      <c r="BO52">
+        <v>0</v>
+      </c>
+      <c r="BP52" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ52"/>
+      <c r="BR52">
+        <v>339</v>
+      </c>
+      <c r="BS52"/>
+    </row>
+    <row r="53" spans="1:71">
+      <c r="A53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53" t="s">
+        <v>607</v>
+      </c>
+      <c r="C53">
+        <v>2876613179</v>
+      </c>
+      <c r="D53">
+        <v>591936</v>
+      </c>
+      <c r="E53">
+        <v>86.58</v>
+      </c>
+      <c r="F53" t="s">
+        <v>600</v>
+      </c>
+      <c r="G53" t="s">
+        <v>69</v>
+      </c>
+      <c r="H53" t="s">
+        <v>608</v>
+      </c>
+      <c r="I53">
+        <v>50.99</v>
+      </c>
+      <c r="J53" t="s">
+        <v>574</v>
+      </c>
+      <c r="K53" t="s">
+        <v>80</v>
+      </c>
+      <c r="L53" t="s">
+        <v>609</v>
+      </c>
+      <c r="M53" t="s">
+        <v>73</v>
+      </c>
+      <c r="N53" t="s">
+        <v>153</v>
+      </c>
+      <c r="O53"/>
+      <c r="P53">
+        <v>41444911</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>607</v>
+      </c>
+      <c r="R53" t="s">
+        <v>70</v>
+      </c>
+      <c r="S53" t="s">
+        <v>70</v>
+      </c>
+      <c r="T53" t="s">
+        <v>154</v>
+      </c>
+      <c r="U53">
+        <v>2876613179</v>
+      </c>
+      <c r="V53">
+        <v>591936</v>
+      </c>
+      <c r="W53" t="s">
+        <v>70</v>
+      </c>
+      <c r="X53">
+        <v>86.58</v>
+      </c>
+      <c r="Y53">
+        <v>3.8</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>600</v>
+      </c>
+      <c r="AD53">
+        <v>41444911</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG53"/>
+      <c r="AH53" t="s">
+        <v>603</v>
+      </c>
+      <c r="AI53"/>
+      <c r="AJ53" t="s">
+        <v>302</v>
+      </c>
+      <c r="AK53" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>574</v>
+      </c>
+      <c r="AM53" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN53" t="s">
+        <v>608</v>
+      </c>
+      <c r="AO53">
+        <v>50.99</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>610</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS53">
+        <v>390738095970</v>
+      </c>
+      <c r="AT53" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU53"/>
+      <c r="AV53"/>
+      <c r="AW53"/>
+      <c r="AX53" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY53" t="s">
+        <v>609</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA53" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB53" t="s">
+        <v>607</v>
+      </c>
+      <c r="BC53" t="s">
+        <v>574</v>
+      </c>
+      <c r="BD53" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE53" t="s">
+        <v>611</v>
+      </c>
+      <c r="BF53" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG53" t="s">
+        <v>612</v>
+      </c>
+      <c r="BH53">
+        <v>29</v>
+      </c>
+      <c r="BI53" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ53"/>
+      <c r="BK53"/>
+      <c r="BL53"/>
+      <c r="BM53" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN53" t="s">
+        <v>613</v>
+      </c>
+      <c r="BO53">
+        <v>0</v>
+      </c>
+      <c r="BP53" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ53"/>
+      <c r="BR53">
+        <v>329</v>
+      </c>
+      <c r="BS53"/>
+    </row>
+    <row r="54" spans="1:71">
+      <c r="A54" t="s">
+        <v>66</v>
+      </c>
+      <c r="B54" t="s">
+        <v>614</v>
+      </c>
+      <c r="C54">
+        <v>2870292727</v>
+      </c>
+      <c r="D54">
+        <v>591718</v>
+      </c>
+      <c r="E54">
+        <v>97.11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>615</v>
+      </c>
+      <c r="G54" t="s">
+        <v>69</v>
+      </c>
+      <c r="H54" t="s">
+        <v>616</v>
+      </c>
+      <c r="I54">
+        <v>58.99</v>
+      </c>
+      <c r="J54" t="s">
+        <v>617</v>
+      </c>
+      <c r="K54" t="s">
+        <v>80</v>
+      </c>
+      <c r="L54" t="s">
+        <v>618</v>
+      </c>
+      <c r="M54" t="s">
+        <v>73</v>
+      </c>
+      <c r="N54" t="s">
+        <v>153</v>
+      </c>
+      <c r="O54"/>
+      <c r="P54">
+        <v>74219410</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>614</v>
+      </c>
+      <c r="R54" t="s">
+        <v>70</v>
+      </c>
+      <c r="S54" t="s">
+        <v>70</v>
+      </c>
+      <c r="T54" t="s">
+        <v>154</v>
+      </c>
+      <c r="U54">
+        <v>2870292727</v>
+      </c>
+      <c r="V54">
+        <v>591718</v>
+      </c>
+      <c r="W54" t="s">
+        <v>70</v>
+      </c>
+      <c r="X54">
+        <v>97.11</v>
+      </c>
+      <c r="Y54">
+        <v>3.8</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>615</v>
+      </c>
+      <c r="AD54">
+        <v>74219410</v>
+      </c>
+      <c r="AE54" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF54" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG54"/>
+      <c r="AH54" t="s">
+        <v>619</v>
+      </c>
+      <c r="AI54"/>
+      <c r="AJ54" t="s">
+        <v>620</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>617</v>
+      </c>
+      <c r="AM54" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN54" t="s">
+        <v>616</v>
+      </c>
+      <c r="AO54">
+        <v>58.99</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>621</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS54">
+        <v>390843108976</v>
+      </c>
+      <c r="AT54" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU54"/>
+      <c r="AV54"/>
+      <c r="AW54"/>
+      <c r="AX54" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY54" t="s">
+        <v>618</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB54" t="s">
+        <v>614</v>
+      </c>
+      <c r="BC54" t="s">
+        <v>617</v>
+      </c>
+      <c r="BD54" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE54" t="s">
+        <v>622</v>
+      </c>
+      <c r="BF54" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG54" t="s">
+        <v>623</v>
+      </c>
+      <c r="BH54">
+        <v>24</v>
+      </c>
+      <c r="BI54" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ54"/>
+      <c r="BK54"/>
+      <c r="BL54"/>
+      <c r="BM54" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN54" t="s">
+        <v>624</v>
+      </c>
+      <c r="BO54">
+        <v>0</v>
+      </c>
+      <c r="BP54" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ54"/>
+      <c r="BR54">
+        <v>369</v>
+      </c>
+      <c r="BS54"/>
+    </row>
+    <row r="55" spans="1:71">
+      <c r="A55" t="s">
+        <v>66</v>
+      </c>
+      <c r="B55" t="s">
+        <v>625</v>
+      </c>
+      <c r="C55">
+        <v>2866384939</v>
+      </c>
+      <c r="D55">
+        <v>591578</v>
+      </c>
+      <c r="E55">
+        <v>128.68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>626</v>
+      </c>
+      <c r="G55" t="s">
+        <v>69</v>
+      </c>
+      <c r="H55" t="s">
+        <v>627</v>
+      </c>
+      <c r="I55">
+        <v>79.99</v>
+      </c>
+      <c r="J55" t="s">
+        <v>628</v>
+      </c>
+      <c r="K55" t="s">
+        <v>80</v>
+      </c>
+      <c r="L55" t="s">
+        <v>629</v>
+      </c>
+      <c r="M55" t="s">
+        <v>73</v>
+      </c>
+      <c r="N55" t="s">
+        <v>153</v>
+      </c>
+      <c r="O55"/>
+      <c r="P55">
+        <v>40876056</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>625</v>
+      </c>
+      <c r="R55" t="s">
+        <v>70</v>
+      </c>
+      <c r="S55" t="s">
+        <v>70</v>
+      </c>
+      <c r="T55" t="s">
+        <v>154</v>
+      </c>
+      <c r="U55">
+        <v>2866384939</v>
+      </c>
+      <c r="V55">
+        <v>591578</v>
+      </c>
+      <c r="W55" t="s">
+        <v>70</v>
+      </c>
+      <c r="X55">
+        <v>128.68</v>
+      </c>
+      <c r="Y55">
+        <v>3.8</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>626</v>
+      </c>
+      <c r="AD55">
+        <v>40876056</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF55" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG55"/>
+      <c r="AH55" t="s">
+        <v>630</v>
+      </c>
+      <c r="AI55"/>
+      <c r="AJ55" t="s">
+        <v>249</v>
+      </c>
+      <c r="AK55" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL55" t="s">
+        <v>628</v>
+      </c>
+      <c r="AM55" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN55" t="s">
+        <v>627</v>
+      </c>
+      <c r="AO55">
+        <v>79.99</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS55">
+        <v>390511250523</v>
+      </c>
+      <c r="AT55" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU55"/>
+      <c r="AV55"/>
+      <c r="AW55"/>
+      <c r="AX55" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY55" t="s">
+        <v>629</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB55" t="s">
+        <v>625</v>
+      </c>
+      <c r="BC55" t="s">
+        <v>628</v>
+      </c>
+      <c r="BD55" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE55" t="s">
+        <v>631</v>
+      </c>
+      <c r="BF55" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG55" t="s">
+        <v>632</v>
+      </c>
+      <c r="BH55">
+        <v>17</v>
+      </c>
+      <c r="BI55" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ55"/>
+      <c r="BK55"/>
+      <c r="BL55"/>
+      <c r="BM55" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN55" t="s">
+        <v>633</v>
+      </c>
+      <c r="BO55">
+        <v>0</v>
+      </c>
+      <c r="BP55" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ55"/>
+      <c r="BR55">
+        <v>489</v>
+      </c>
+      <c r="BS55"/>
+    </row>
+    <row r="56" spans="1:71">
+      <c r="A56" t="s">
+        <v>66</v>
+      </c>
+      <c r="B56" t="s">
+        <v>634</v>
+      </c>
+      <c r="C56">
+        <v>2862941317</v>
+      </c>
+      <c r="D56">
+        <v>591472</v>
+      </c>
+      <c r="E56">
+        <v>183.95</v>
+      </c>
+      <c r="F56" t="s">
+        <v>635</v>
+      </c>
+      <c r="G56" t="s">
+        <v>69</v>
+      </c>
+      <c r="H56" t="s">
+        <v>636</v>
+      </c>
+      <c r="I56">
+        <v>119.99</v>
+      </c>
+      <c r="J56" t="s">
+        <v>637</v>
+      </c>
+      <c r="K56" t="s">
+        <v>481</v>
+      </c>
+      <c r="L56" t="s">
+        <v>638</v>
+      </c>
+      <c r="M56" t="s">
+        <v>73</v>
+      </c>
+      <c r="N56" t="s">
+        <v>74</v>
+      </c>
+      <c r="O56"/>
+      <c r="P56">
+        <v>73502324</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>634</v>
+      </c>
+      <c r="R56" t="s">
+        <v>70</v>
+      </c>
+      <c r="S56" t="s">
+        <v>70</v>
+      </c>
+      <c r="T56" t="s">
+        <v>166</v>
+      </c>
+      <c r="U56">
+        <v>2862941317</v>
+      </c>
+      <c r="V56">
+        <v>591472</v>
+      </c>
+      <c r="W56" t="s">
+        <v>70</v>
+      </c>
+      <c r="X56">
+        <v>183.95</v>
+      </c>
+      <c r="Y56">
+        <v>3.8</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>635</v>
+      </c>
+      <c r="AD56">
+        <v>73502324</v>
+      </c>
+      <c r="AE56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG56"/>
+      <c r="AH56" t="s">
+        <v>639</v>
+      </c>
+      <c r="AI56"/>
+      <c r="AJ56" t="s">
+        <v>620</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>637</v>
+      </c>
+      <c r="AM56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>636</v>
+      </c>
+      <c r="AO56">
+        <v>119.99</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>640</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>485</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS56"/>
+      <c r="AT56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU56"/>
+      <c r="AV56"/>
+      <c r="AW56"/>
+      <c r="AX56" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY56" t="s">
+        <v>638</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA56"/>
+      <c r="BB56" t="s">
+        <v>634</v>
+      </c>
+      <c r="BC56" t="s">
+        <v>637</v>
+      </c>
+      <c r="BD56" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE56" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF56" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG56" t="s">
+        <v>641</v>
+      </c>
+      <c r="BH56">
+        <v>0</v>
+      </c>
+      <c r="BI56" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ56"/>
+      <c r="BK56" t="s">
+        <v>487</v>
+      </c>
+      <c r="BL56" t="s">
+        <v>488</v>
+      </c>
+      <c r="BM56" t="s">
+        <v>642</v>
+      </c>
+      <c r="BN56" t="s">
+        <v>643</v>
+      </c>
+      <c r="BO56">
+        <v>3</v>
+      </c>
+      <c r="BP56" t="s">
+        <v>485</v>
+      </c>
+      <c r="BQ56"/>
+      <c r="BR56">
+        <v>699</v>
+      </c>
+      <c r="BS56" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="57" spans="1:71">
+      <c r="A57" t="s">
+        <v>66</v>
+      </c>
+      <c r="B57" t="s">
+        <v>644</v>
+      </c>
+      <c r="C57">
+        <v>2860946322</v>
+      </c>
+      <c r="D57">
+        <v>591465</v>
+      </c>
+      <c r="E57">
+        <v>128.68</v>
+      </c>
+      <c r="F57" t="s">
+        <v>645</v>
+      </c>
+      <c r="G57" t="s">
+        <v>69</v>
+      </c>
+      <c r="H57" t="s">
+        <v>646</v>
+      </c>
+      <c r="I57">
+        <v>79.99</v>
+      </c>
+      <c r="J57" t="s">
+        <v>647</v>
+      </c>
+      <c r="K57" t="s">
+        <v>80</v>
+      </c>
+      <c r="L57" t="s">
+        <v>648</v>
+      </c>
+      <c r="M57" t="s">
+        <v>73</v>
+      </c>
+      <c r="N57" t="s">
+        <v>153</v>
+      </c>
+      <c r="O57"/>
+      <c r="P57">
+        <v>73259514</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>644</v>
+      </c>
+      <c r="R57" t="s">
+        <v>70</v>
+      </c>
+      <c r="S57" t="s">
+        <v>70</v>
+      </c>
+      <c r="T57" t="s">
+        <v>154</v>
+      </c>
+      <c r="U57">
+        <v>2860946322</v>
+      </c>
+      <c r="V57">
+        <v>591465</v>
+      </c>
+      <c r="W57" t="s">
+        <v>70</v>
+      </c>
+      <c r="X57">
+        <v>128.68</v>
+      </c>
+      <c r="Y57">
+        <v>3.8</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>645</v>
+      </c>
+      <c r="AD57">
+        <v>73259514</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG57"/>
+      <c r="AH57" t="s">
+        <v>649</v>
+      </c>
+      <c r="AI57"/>
+      <c r="AJ57" t="s">
+        <v>156</v>
+      </c>
+      <c r="AK57" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL57" t="s">
+        <v>647</v>
+      </c>
+      <c r="AM57" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN57" t="s">
+        <v>646</v>
+      </c>
+      <c r="AO57">
+        <v>79.99</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR57" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS57">
+        <v>390343587194</v>
+      </c>
+      <c r="AT57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU57"/>
+      <c r="AV57"/>
+      <c r="AW57"/>
+      <c r="AX57" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY57" t="s">
+        <v>648</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA57" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB57" t="s">
+        <v>644</v>
+      </c>
+      <c r="BC57" t="s">
+        <v>647</v>
+      </c>
+      <c r="BD57" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE57" t="s">
+        <v>650</v>
+      </c>
+      <c r="BF57" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG57" t="s">
+        <v>651</v>
+      </c>
+      <c r="BH57">
+        <v>14</v>
+      </c>
+      <c r="BI57" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ57"/>
+      <c r="BK57"/>
+      <c r="BL57"/>
+      <c r="BM57" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN57" t="s">
+        <v>652</v>
+      </c>
+      <c r="BO57">
+        <v>0</v>
+      </c>
+      <c r="BP57" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ57"/>
+      <c r="BR57">
+        <v>489</v>
+      </c>
+      <c r="BS57"/>
+    </row>
+    <row r="58" spans="1:71">
+      <c r="A58" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" t="s">
+        <v>653</v>
+      </c>
+      <c r="C58">
+        <v>2860680156</v>
+      </c>
+      <c r="D58">
+        <v>591467</v>
+      </c>
+      <c r="E58">
+        <v>133.95</v>
+      </c>
+      <c r="F58" t="s">
+        <v>654</v>
+      </c>
+      <c r="G58" t="s">
+        <v>69</v>
+      </c>
+      <c r="H58" t="s">
+        <v>655</v>
+      </c>
+      <c r="I58">
+        <v>82.99</v>
+      </c>
+      <c r="J58" t="s">
+        <v>647</v>
+      </c>
+      <c r="K58" t="s">
+        <v>481</v>
+      </c>
+      <c r="L58" t="s">
+        <v>656</v>
+      </c>
+      <c r="M58" t="s">
+        <v>73</v>
+      </c>
+      <c r="N58" t="s">
+        <v>74</v>
+      </c>
+      <c r="O58"/>
+      <c r="P58">
+        <v>42349381</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>653</v>
+      </c>
+      <c r="R58" t="s">
+        <v>70</v>
+      </c>
+      <c r="S58" t="s">
+        <v>70</v>
+      </c>
+      <c r="T58" t="s">
+        <v>166</v>
+      </c>
+      <c r="U58">
+        <v>2860680156</v>
+      </c>
+      <c r="V58">
+        <v>591467</v>
+      </c>
+      <c r="W58" t="s">
+        <v>70</v>
+      </c>
+      <c r="X58">
+        <v>133.95</v>
+      </c>
+      <c r="Y58">
+        <v>3.8</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>654</v>
+      </c>
+      <c r="AD58">
+        <v>42349381</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG58"/>
+      <c r="AH58" t="s">
+        <v>657</v>
+      </c>
+      <c r="AI58"/>
+      <c r="AJ58" t="s">
+        <v>302</v>
+      </c>
+      <c r="AK58" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL58" t="s">
+        <v>647</v>
+      </c>
+      <c r="AM58" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN58" t="s">
+        <v>655</v>
+      </c>
+      <c r="AO58">
+        <v>82.99</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>658</v>
+      </c>
+      <c r="AQ58" t="s">
+        <v>485</v>
+      </c>
+      <c r="AR58" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS58"/>
+      <c r="AT58" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU58"/>
+      <c r="AV58"/>
+      <c r="AW58"/>
+      <c r="AX58" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY58" t="s">
+        <v>656</v>
+      </c>
+      <c r="AZ58" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA58"/>
+      <c r="BB58" t="s">
+        <v>653</v>
+      </c>
+      <c r="BC58" t="s">
+        <v>647</v>
+      </c>
+      <c r="BD58" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE58" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF58" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG58" t="s">
+        <v>659</v>
+      </c>
+      <c r="BH58">
+        <v>0</v>
+      </c>
+      <c r="BI58" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ58"/>
+      <c r="BK58" t="s">
+        <v>487</v>
+      </c>
+      <c r="BL58" t="s">
+        <v>500</v>
+      </c>
+      <c r="BM58" t="s">
+        <v>660</v>
+      </c>
+      <c r="BN58" t="s">
+        <v>661</v>
+      </c>
+      <c r="BO58">
+        <v>5</v>
+      </c>
+      <c r="BP58" t="s">
+        <v>485</v>
+      </c>
+      <c r="BQ58"/>
+      <c r="BR58">
+        <v>509</v>
+      </c>
+      <c r="BS58" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="59" spans="1:71">
+      <c r="A59" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" t="s">
+        <v>662</v>
+      </c>
+      <c r="C59">
+        <v>2858970664</v>
+      </c>
+      <c r="D59">
+        <v>591353</v>
+      </c>
+      <c r="E59">
+        <v>128.68</v>
+      </c>
+      <c r="F59" t="s">
+        <v>406</v>
+      </c>
+      <c r="G59" t="s">
+        <v>69</v>
+      </c>
+      <c r="H59" t="s">
+        <v>663</v>
+      </c>
+      <c r="I59">
+        <v>79.99</v>
+      </c>
+      <c r="J59" t="s">
+        <v>664</v>
+      </c>
+      <c r="K59" t="s">
+        <v>80</v>
+      </c>
+      <c r="L59" t="s">
+        <v>665</v>
+      </c>
+      <c r="M59" t="s">
+        <v>73</v>
+      </c>
+      <c r="N59" t="s">
+        <v>153</v>
+      </c>
+      <c r="O59"/>
+      <c r="P59">
+        <v>29736982</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>662</v>
+      </c>
+      <c r="R59" t="s">
+        <v>70</v>
+      </c>
+      <c r="S59" t="s">
+        <v>70</v>
+      </c>
+      <c r="T59" t="s">
+        <v>154</v>
+      </c>
+      <c r="U59">
+        <v>2858970664</v>
+      </c>
+      <c r="V59">
+        <v>591353</v>
+      </c>
+      <c r="W59" t="s">
+        <v>70</v>
+      </c>
+      <c r="X59">
+        <v>128.68</v>
+      </c>
+      <c r="Y59">
+        <v>3.8</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>406</v>
+      </c>
+      <c r="AD59">
+        <v>29736982</v>
+      </c>
+      <c r="AE59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG59"/>
+      <c r="AH59" t="s">
+        <v>410</v>
+      </c>
+      <c r="AI59"/>
+      <c r="AJ59" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK59" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL59" t="s">
+        <v>664</v>
+      </c>
+      <c r="AM59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN59" t="s">
+        <v>663</v>
+      </c>
+      <c r="AO59">
+        <v>79.99</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>666</v>
+      </c>
+      <c r="AQ59" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR59" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS59">
+        <v>390270601928</v>
+      </c>
+      <c r="AT59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU59"/>
+      <c r="AV59"/>
+      <c r="AW59"/>
+      <c r="AX59" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY59" t="s">
+        <v>665</v>
+      </c>
+      <c r="AZ59" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA59" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB59" t="s">
+        <v>662</v>
+      </c>
+      <c r="BC59" t="s">
+        <v>664</v>
+      </c>
+      <c r="BD59" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE59" t="s">
+        <v>667</v>
+      </c>
+      <c r="BF59" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG59" t="s">
+        <v>668</v>
+      </c>
+      <c r="BH59">
+        <v>10</v>
+      </c>
+      <c r="BI59" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ59"/>
+      <c r="BK59"/>
+      <c r="BL59"/>
+      <c r="BM59" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN59" t="s">
+        <v>669</v>
+      </c>
+      <c r="BO59">
+        <v>0</v>
+      </c>
+      <c r="BP59" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ59"/>
+      <c r="BR59">
+        <v>489</v>
+      </c>
+      <c r="BS59"/>
+    </row>
+    <row r="60" spans="1:71">
+      <c r="A60" t="s">
+        <v>66</v>
+      </c>
+      <c r="B60" t="s">
+        <v>670</v>
+      </c>
+      <c r="C60">
+        <v>2853272715</v>
+      </c>
+      <c r="D60">
+        <v>591202</v>
+      </c>
+      <c r="E60">
+        <v>128.68</v>
+      </c>
+      <c r="F60" t="s">
+        <v>671</v>
+      </c>
+      <c r="G60" t="s">
+        <v>69</v>
+      </c>
+      <c r="H60" t="s">
+        <v>672</v>
+      </c>
+      <c r="I60">
+        <v>79.99</v>
+      </c>
+      <c r="J60" t="s">
+        <v>673</v>
+      </c>
+      <c r="K60" t="s">
+        <v>80</v>
+      </c>
+      <c r="L60" t="s">
+        <v>674</v>
+      </c>
+      <c r="M60" t="s">
+        <v>73</v>
+      </c>
+      <c r="N60" t="s">
+        <v>153</v>
+      </c>
+      <c r="O60"/>
+      <c r="P60">
+        <v>18213043</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>670</v>
+      </c>
+      <c r="R60" t="s">
+        <v>70</v>
+      </c>
+      <c r="S60" t="s">
+        <v>70</v>
+      </c>
+      <c r="T60" t="s">
+        <v>154</v>
+      </c>
+      <c r="U60">
+        <v>2853272715</v>
+      </c>
+      <c r="V60">
+        <v>591202</v>
+      </c>
+      <c r="W60" t="s">
+        <v>70</v>
+      </c>
+      <c r="X60">
+        <v>128.68</v>
+      </c>
+      <c r="Y60">
+        <v>3.8</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>671</v>
+      </c>
+      <c r="AD60">
+        <v>18213043</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG60"/>
+      <c r="AH60" t="s">
+        <v>675</v>
+      </c>
+      <c r="AI60"/>
+      <c r="AJ60" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>673</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>672</v>
+      </c>
+      <c r="AO60">
+        <v>79.99</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS60">
+        <v>390038713411</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU60"/>
+      <c r="AV60"/>
+      <c r="AW60"/>
+      <c r="AX60" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY60" t="s">
+        <v>674</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>670</v>
+      </c>
+      <c r="BC60" t="s">
+        <v>673</v>
+      </c>
+      <c r="BD60" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE60" t="s">
+        <v>676</v>
+      </c>
+      <c r="BF60" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG60" t="s">
+        <v>677</v>
+      </c>
+      <c r="BH60">
+        <v>10</v>
+      </c>
+      <c r="BI60" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ60"/>
+      <c r="BK60"/>
+      <c r="BL60"/>
+      <c r="BM60" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN60" t="s">
+        <v>678</v>
+      </c>
+      <c r="BO60">
+        <v>0</v>
+      </c>
+      <c r="BP60" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ60"/>
+      <c r="BR60">
+        <v>489</v>
+      </c>
+      <c r="BS60"/>
+    </row>
+    <row r="61" spans="1:71">
+      <c r="A61" t="s">
+        <v>66</v>
+      </c>
+      <c r="B61" t="s">
+        <v>679</v>
+      </c>
+      <c r="C61">
+        <v>2852845513</v>
+      </c>
+      <c r="D61">
+        <v>591192</v>
+      </c>
+      <c r="E61">
+        <v>89.21</v>
+      </c>
+      <c r="F61" t="s">
+        <v>680</v>
+      </c>
+      <c r="G61" t="s">
+        <v>69</v>
+      </c>
+      <c r="H61" t="s">
+        <v>681</v>
+      </c>
+      <c r="I61">
+        <v>52.8</v>
+      </c>
+      <c r="J61" t="s">
+        <v>673</v>
+      </c>
+      <c r="K61" t="s">
+        <v>80</v>
+      </c>
+      <c r="L61" t="s">
+        <v>682</v>
+      </c>
+      <c r="M61" t="s">
+        <v>73</v>
+      </c>
+      <c r="N61" t="s">
+        <v>153</v>
+      </c>
+      <c r="O61"/>
+      <c r="P61">
+        <v>73518777</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>679</v>
+      </c>
+      <c r="R61" t="s">
+        <v>70</v>
+      </c>
+      <c r="S61" t="s">
+        <v>70</v>
+      </c>
+      <c r="T61" t="s">
+        <v>154</v>
+      </c>
+      <c r="U61">
+        <v>2852845513</v>
+      </c>
+      <c r="V61">
+        <v>591192</v>
+      </c>
+      <c r="W61" t="s">
+        <v>70</v>
+      </c>
+      <c r="X61">
+        <v>89.21</v>
+      </c>
+      <c r="Y61">
+        <v>3.8</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>680</v>
+      </c>
+      <c r="AD61">
+        <v>73518777</v>
+      </c>
+      <c r="AE61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG61"/>
+      <c r="AH61" t="s">
+        <v>683</v>
+      </c>
+      <c r="AI61"/>
+      <c r="AJ61" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK61" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>673</v>
+      </c>
+      <c r="AM61" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN61" t="s">
+        <v>681</v>
+      </c>
+      <c r="AO61">
+        <v>52.8</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>557</v>
+      </c>
+      <c r="AQ61" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS61">
+        <v>390038672462</v>
+      </c>
+      <c r="AT61" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU61"/>
+      <c r="AV61"/>
+      <c r="AW61"/>
+      <c r="AX61" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY61" t="s">
+        <v>682</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA61" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB61" t="s">
+        <v>679</v>
+      </c>
+      <c r="BC61" t="s">
+        <v>673</v>
+      </c>
+      <c r="BD61" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE61" t="s">
+        <v>684</v>
+      </c>
+      <c r="BF61" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG61" t="s">
+        <v>685</v>
+      </c>
+      <c r="BH61">
+        <v>10</v>
+      </c>
+      <c r="BI61" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ61"/>
+      <c r="BK61"/>
+      <c r="BL61"/>
+      <c r="BM61" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN61" t="s">
+        <v>686</v>
+      </c>
+      <c r="BO61">
+        <v>0</v>
+      </c>
+      <c r="BP61" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ61"/>
+      <c r="BR61">
+        <v>339</v>
+      </c>
+      <c r="BS61"/>
+    </row>
+    <row r="62" spans="1:71">
+      <c r="A62" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62" t="s">
+        <v>687</v>
+      </c>
+      <c r="C62">
+        <v>2852663382</v>
+      </c>
+      <c r="D62">
+        <v>591182</v>
+      </c>
+      <c r="E62">
+        <v>89.21</v>
+      </c>
+      <c r="F62" t="s">
+        <v>688</v>
+      </c>
+      <c r="G62" t="s">
+        <v>69</v>
+      </c>
+      <c r="H62" t="s">
+        <v>689</v>
+      </c>
+      <c r="I62">
+        <v>52.99</v>
+      </c>
+      <c r="J62" t="s">
+        <v>673</v>
+      </c>
+      <c r="K62" t="s">
+        <v>80</v>
+      </c>
+      <c r="L62" t="s">
+        <v>690</v>
+      </c>
+      <c r="M62" t="s">
+        <v>73</v>
+      </c>
+      <c r="N62" t="s">
+        <v>153</v>
+      </c>
+      <c r="O62"/>
+      <c r="P62">
+        <v>72945315</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>687</v>
+      </c>
+      <c r="R62" t="s">
+        <v>70</v>
+      </c>
+      <c r="S62" t="s">
+        <v>70</v>
+      </c>
+      <c r="T62" t="s">
+        <v>154</v>
+      </c>
+      <c r="U62">
+        <v>2852663382</v>
+      </c>
+      <c r="V62">
+        <v>591182</v>
+      </c>
+      <c r="W62" t="s">
+        <v>70</v>
+      </c>
+      <c r="X62">
+        <v>89.21</v>
+      </c>
+      <c r="Y62">
+        <v>3.8</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>688</v>
+      </c>
+      <c r="AD62">
+        <v>72945315</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG62"/>
+      <c r="AH62" t="s">
+        <v>691</v>
+      </c>
+      <c r="AI62"/>
+      <c r="AJ62" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>673</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>689</v>
+      </c>
+      <c r="AO62">
+        <v>52.99</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>313</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS62">
+        <v>390038881094</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU62"/>
+      <c r="AV62"/>
+      <c r="AW62"/>
+      <c r="AX62" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY62" t="s">
+        <v>690</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB62" t="s">
+        <v>687</v>
+      </c>
+      <c r="BC62" t="s">
+        <v>673</v>
+      </c>
+      <c r="BD62" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE62" t="s">
+        <v>692</v>
+      </c>
+      <c r="BF62" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG62" t="s">
+        <v>693</v>
+      </c>
+      <c r="BH62">
+        <v>11</v>
+      </c>
+      <c r="BI62" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ62"/>
+      <c r="BK62"/>
+      <c r="BL62"/>
+      <c r="BM62" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN62" t="s">
+        <v>694</v>
+      </c>
+      <c r="BO62">
+        <v>0</v>
+      </c>
+      <c r="BP62" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ62"/>
+      <c r="BR62">
+        <v>339</v>
+      </c>
+      <c r="BS62"/>
+    </row>
+    <row r="63" spans="1:71">
+      <c r="A63" t="s">
+        <v>66</v>
+      </c>
+      <c r="B63" t="s">
+        <v>695</v>
+      </c>
+      <c r="C63">
+        <v>2848997589</v>
+      </c>
+      <c r="D63">
+        <v>591039</v>
+      </c>
+      <c r="E63">
+        <v>89.21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>696</v>
+      </c>
+      <c r="G63" t="s">
+        <v>69</v>
+      </c>
+      <c r="H63" t="s">
+        <v>697</v>
+      </c>
+      <c r="I63">
+        <v>52.99</v>
+      </c>
+      <c r="J63" t="s">
+        <v>698</v>
+      </c>
+      <c r="K63" t="s">
+        <v>80</v>
+      </c>
+      <c r="L63" t="s">
+        <v>699</v>
+      </c>
+      <c r="M63" t="s">
+        <v>73</v>
+      </c>
+      <c r="N63" t="s">
+        <v>153</v>
+      </c>
+      <c r="O63"/>
+      <c r="P63">
+        <v>46121566</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>695</v>
+      </c>
+      <c r="R63" t="s">
+        <v>70</v>
+      </c>
+      <c r="S63" t="s">
+        <v>70</v>
+      </c>
+      <c r="T63" t="s">
+        <v>154</v>
+      </c>
+      <c r="U63">
+        <v>2848997589</v>
+      </c>
+      <c r="V63">
+        <v>591039</v>
+      </c>
+      <c r="W63" t="s">
+        <v>70</v>
+      </c>
+      <c r="X63">
+        <v>89.21</v>
+      </c>
+      <c r="Y63">
+        <v>3.8</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>696</v>
+      </c>
+      <c r="AD63">
+        <v>46121566</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG63"/>
+      <c r="AH63" t="s">
+        <v>700</v>
+      </c>
+      <c r="AI63"/>
+      <c r="AJ63" t="s">
+        <v>142</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>698</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN63" t="s">
+        <v>697</v>
+      </c>
+      <c r="AO63">
+        <v>52.99</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>701</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS63">
+        <v>289701976612</v>
+      </c>
+      <c r="AT63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU63"/>
+      <c r="AV63"/>
+      <c r="AW63">
+        <v>0</v>
+      </c>
+      <c r="AX63" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY63" t="s">
+        <v>699</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA63" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB63" t="s">
+        <v>695</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>698</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE63" t="s">
+        <v>702</v>
+      </c>
+      <c r="BF63" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG63" t="s">
+        <v>703</v>
+      </c>
+      <c r="BH63">
+        <v>16</v>
+      </c>
+      <c r="BI63" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ63"/>
+      <c r="BK63"/>
+      <c r="BL63"/>
+      <c r="BM63" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN63" t="s">
+        <v>704</v>
+      </c>
+      <c r="BO63">
+        <v>0</v>
+      </c>
+      <c r="BP63" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ63"/>
+      <c r="BR63">
+        <v>339</v>
+      </c>
+      <c r="BS63"/>
+    </row>
+    <row r="64" spans="1:71">
+      <c r="A64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" t="s">
+        <v>705</v>
+      </c>
+      <c r="C64">
+        <v>2848628252</v>
+      </c>
+      <c r="D64">
+        <v>591030</v>
+      </c>
+      <c r="E64">
+        <v>536.58</v>
+      </c>
+      <c r="F64" t="s">
+        <v>706</v>
+      </c>
+      <c r="G64" t="s">
+        <v>69</v>
+      </c>
+      <c r="H64" t="s">
+        <v>707</v>
+      </c>
+      <c r="I64">
+        <v>279</v>
+      </c>
+      <c r="J64" t="s">
+        <v>698</v>
+      </c>
+      <c r="K64" t="s">
+        <v>80</v>
+      </c>
+      <c r="L64" t="s">
+        <v>708</v>
+      </c>
+      <c r="M64" t="s">
+        <v>73</v>
+      </c>
+      <c r="N64" t="s">
+        <v>153</v>
+      </c>
+      <c r="O64"/>
+      <c r="P64">
+        <v>41429994</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>705</v>
+      </c>
+      <c r="R64" t="s">
+        <v>70</v>
+      </c>
+      <c r="S64" t="s">
+        <v>70</v>
+      </c>
+      <c r="T64" t="s">
+        <v>154</v>
+      </c>
+      <c r="U64">
+        <v>2848628252</v>
+      </c>
+      <c r="V64">
+        <v>591030</v>
+      </c>
+      <c r="W64" t="s">
+        <v>70</v>
+      </c>
+      <c r="X64">
+        <v>536.58</v>
+      </c>
+      <c r="Y64">
+        <v>3.8</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>706</v>
+      </c>
+      <c r="AD64">
+        <v>41429994</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG64"/>
+      <c r="AH64" t="s">
+        <v>709</v>
+      </c>
+      <c r="AI64"/>
+      <c r="AJ64" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>698</v>
+      </c>
+      <c r="AM64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN64" t="s">
+        <v>707</v>
+      </c>
+      <c r="AO64">
+        <v>279</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>450</v>
+      </c>
+      <c r="AQ64" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS64" t="s">
+        <v>710</v>
+      </c>
+      <c r="AT64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU64"/>
+      <c r="AV64"/>
+      <c r="AW64">
+        <v>0</v>
+      </c>
+      <c r="AX64" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY64" t="s">
+        <v>708</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB64" t="s">
+        <v>705</v>
+      </c>
+      <c r="BC64" t="s">
+        <v>698</v>
+      </c>
+      <c r="BD64" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE64" t="s">
+        <v>711</v>
+      </c>
+      <c r="BF64" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG64" t="s">
+        <v>712</v>
+      </c>
+      <c r="BH64">
+        <v>16</v>
+      </c>
+      <c r="BI64" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ64"/>
+      <c r="BK64"/>
+      <c r="BL64"/>
+      <c r="BM64" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN64" t="s">
+        <v>713</v>
+      </c>
+      <c r="BO64">
+        <v>0</v>
+      </c>
+      <c r="BP64" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ64"/>
+      <c r="BR64">
+        <v>2039</v>
+      </c>
+      <c r="BS64"/>
+    </row>
+    <row r="65" spans="1:71">
+      <c r="A65" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" t="s">
+        <v>714</v>
+      </c>
+      <c r="C65">
+        <v>2847720443</v>
+      </c>
+      <c r="D65">
+        <v>591008</v>
+      </c>
+      <c r="E65">
+        <v>160.26</v>
+      </c>
+      <c r="F65" t="s">
+        <v>715</v>
+      </c>
+      <c r="G65" t="s">
+        <v>69</v>
+      </c>
+      <c r="H65" t="s">
+        <v>716</v>
+      </c>
+      <c r="I65">
+        <v>95.99</v>
+      </c>
+      <c r="J65" t="s">
+        <v>717</v>
+      </c>
+      <c r="K65" t="s">
+        <v>71</v>
+      </c>
+      <c r="L65" t="s">
+        <v>718</v>
+      </c>
+      <c r="M65" t="s">
+        <v>73</v>
+      </c>
+      <c r="N65" t="s">
+        <v>153</v>
+      </c>
+      <c r="O65"/>
+      <c r="P65">
+        <v>46070619</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>714</v>
+      </c>
+      <c r="R65" t="s">
+        <v>70</v>
+      </c>
+      <c r="S65" t="s">
+        <v>70</v>
+      </c>
+      <c r="T65" t="s">
+        <v>154</v>
+      </c>
+      <c r="U65">
+        <v>2847720443</v>
+      </c>
+      <c r="V65">
+        <v>591008</v>
+      </c>
+      <c r="W65" t="s">
+        <v>70</v>
+      </c>
+      <c r="X65">
+        <v>160.26</v>
+      </c>
+      <c r="Y65">
+        <v>3.8</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>715</v>
+      </c>
+      <c r="AD65">
+        <v>46070619</v>
+      </c>
+      <c r="AE65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG65"/>
+      <c r="AH65" t="s">
+        <v>719</v>
+      </c>
+      <c r="AI65"/>
+      <c r="AJ65" t="s">
+        <v>720</v>
+      </c>
+      <c r="AK65" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>717</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN65" t="s">
+        <v>716</v>
+      </c>
+      <c r="AO65">
+        <v>95.99</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>721</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS65">
+        <v>289613106111</v>
+      </c>
+      <c r="AT65" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU65"/>
+      <c r="AV65"/>
+      <c r="AW65">
+        <v>0</v>
+      </c>
+      <c r="AX65" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY65" t="s">
+        <v>718</v>
+      </c>
+      <c r="AZ65" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA65" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB65" t="s">
+        <v>714</v>
+      </c>
+      <c r="BC65" t="s">
+        <v>717</v>
+      </c>
+      <c r="BD65" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE65" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF65" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG65" t="s">
+        <v>722</v>
+      </c>
+      <c r="BH65">
+        <v>13</v>
+      </c>
+      <c r="BI65" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ65"/>
+      <c r="BK65"/>
+      <c r="BL65"/>
+      <c r="BM65" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN65" t="s">
+        <v>723</v>
+      </c>
+      <c r="BO65">
+        <v>0</v>
+      </c>
+      <c r="BP65" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ65"/>
+      <c r="BR65">
+        <v>609</v>
+      </c>
+      <c r="BS65"/>
+    </row>
+    <row r="66" spans="1:71">
+      <c r="A66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66" t="s">
+        <v>724</v>
+      </c>
+      <c r="C66">
+        <v>2847131945</v>
+      </c>
+      <c r="D66">
+        <v>590982</v>
+      </c>
+      <c r="E66">
+        <v>89.21</v>
+      </c>
+      <c r="F66" t="s">
+        <v>725</v>
+      </c>
+      <c r="G66" t="s">
+        <v>69</v>
+      </c>
+      <c r="H66" t="s">
+        <v>726</v>
+      </c>
+      <c r="I66">
+        <v>52.99</v>
+      </c>
+      <c r="J66" t="s">
+        <v>727</v>
+      </c>
+      <c r="K66" t="s">
+        <v>80</v>
+      </c>
+      <c r="L66" t="s">
+        <v>728</v>
+      </c>
+      <c r="M66" t="s">
+        <v>73</v>
+      </c>
+      <c r="N66" t="s">
+        <v>153</v>
+      </c>
+      <c r="O66"/>
+      <c r="P66">
+        <v>70975555</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>724</v>
+      </c>
+      <c r="R66" t="s">
+        <v>70</v>
+      </c>
+      <c r="S66" t="s">
+        <v>70</v>
+      </c>
+      <c r="T66" t="s">
+        <v>154</v>
+      </c>
+      <c r="U66">
+        <v>2847131945</v>
+      </c>
+      <c r="V66">
+        <v>590982</v>
+      </c>
+      <c r="W66" t="s">
+        <v>70</v>
+      </c>
+      <c r="X66">
+        <v>89.21</v>
+      </c>
+      <c r="Y66">
+        <v>3.8</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>725</v>
+      </c>
+      <c r="AD66">
+        <v>70975555</v>
+      </c>
+      <c r="AE66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG66"/>
+      <c r="AH66" t="s">
+        <v>729</v>
+      </c>
+      <c r="AI66"/>
+      <c r="AJ66" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK66" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL66" t="s">
+        <v>727</v>
+      </c>
+      <c r="AM66" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN66" t="s">
+        <v>726</v>
+      </c>
+      <c r="AO66">
+        <v>52.99</v>
+      </c>
+      <c r="AP66" t="s">
+        <v>701</v>
+      </c>
+      <c r="AQ66" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR66" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS66">
+        <v>881959957110</v>
+      </c>
+      <c r="AT66" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU66"/>
+      <c r="AV66"/>
+      <c r="AW66"/>
+      <c r="AX66" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY66" t="s">
+        <v>728</v>
+      </c>
+      <c r="AZ66" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA66" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB66" t="s">
+        <v>724</v>
+      </c>
+      <c r="BC66" t="s">
+        <v>727</v>
+      </c>
+      <c r="BD66" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE66" t="s">
+        <v>730</v>
+      </c>
+      <c r="BF66" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG66" t="s">
+        <v>731</v>
+      </c>
+      <c r="BH66">
+        <v>17</v>
+      </c>
+      <c r="BI66" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ66"/>
+      <c r="BK66"/>
+      <c r="BL66"/>
+      <c r="BM66" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN66" t="s">
+        <v>732</v>
+      </c>
+      <c r="BO66">
+        <v>0</v>
+      </c>
+      <c r="BP66" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ66"/>
+      <c r="BR66">
+        <v>339</v>
+      </c>
+      <c r="BS66"/>
+    </row>
+    <row r="67" spans="1:71">
+      <c r="A67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>733</v>
+      </c>
+      <c r="C67">
+        <v>2844865283</v>
+      </c>
+      <c r="D67">
+        <v>590960</v>
+      </c>
+      <c r="E67">
+        <v>97.11</v>
+      </c>
+      <c r="F67" t="s">
+        <v>688</v>
+      </c>
+      <c r="G67" t="s">
+        <v>69</v>
+      </c>
+      <c r="H67" t="s">
+        <v>734</v>
+      </c>
+      <c r="I67">
+        <v>57.6</v>
+      </c>
+      <c r="J67" t="s">
+        <v>727</v>
+      </c>
+      <c r="K67" t="s">
+        <v>481</v>
+      </c>
+      <c r="L67" t="s">
+        <v>735</v>
+      </c>
+      <c r="M67" t="s">
+        <v>73</v>
+      </c>
+      <c r="N67" t="s">
+        <v>74</v>
+      </c>
+      <c r="O67"/>
+      <c r="P67">
+        <v>72945315</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>733</v>
+      </c>
+      <c r="R67" t="s">
+        <v>70</v>
+      </c>
+      <c r="S67" t="s">
+        <v>70</v>
+      </c>
+      <c r="T67" t="s">
+        <v>166</v>
+      </c>
+      <c r="U67">
+        <v>2844865283</v>
+      </c>
+      <c r="V67">
+        <v>590960</v>
+      </c>
+      <c r="W67" t="s">
+        <v>70</v>
+      </c>
+      <c r="X67">
+        <v>97.11</v>
+      </c>
+      <c r="Y67">
+        <v>3.8</v>
+      </c>
+      <c r="Z67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>688</v>
+      </c>
+      <c r="AD67">
+        <v>72945315</v>
+      </c>
+      <c r="AE67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG67"/>
+      <c r="AH67" t="s">
+        <v>736</v>
+      </c>
+      <c r="AI67"/>
+      <c r="AJ67" t="s">
+        <v>249</v>
+      </c>
+      <c r="AK67" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL67" t="s">
+        <v>727</v>
+      </c>
+      <c r="AM67" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN67" t="s">
+        <v>734</v>
+      </c>
+      <c r="AO67">
+        <v>57.6</v>
+      </c>
+      <c r="AP67" t="s">
+        <v>737</v>
+      </c>
+      <c r="AQ67" t="s">
+        <v>485</v>
+      </c>
+      <c r="AR67" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS67"/>
+      <c r="AT67" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU67"/>
+      <c r="AV67"/>
+      <c r="AW67"/>
+      <c r="AX67" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY67" t="s">
+        <v>735</v>
+      </c>
+      <c r="AZ67" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA67"/>
+      <c r="BB67" t="s">
+        <v>733</v>
+      </c>
+      <c r="BC67" t="s">
+        <v>727</v>
+      </c>
+      <c r="BD67" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE67" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF67" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG67" t="s">
+        <v>738</v>
+      </c>
+      <c r="BH67">
+        <v>0</v>
+      </c>
+      <c r="BI67" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ67"/>
+      <c r="BK67" t="s">
+        <v>487</v>
+      </c>
+      <c r="BL67" t="s">
+        <v>500</v>
+      </c>
+      <c r="BM67" t="s">
+        <v>739</v>
+      </c>
+      <c r="BN67" t="s">
+        <v>740</v>
+      </c>
+      <c r="BO67">
+        <v>4</v>
+      </c>
+      <c r="BP67" t="s">
+        <v>485</v>
+      </c>
+      <c r="BQ67"/>
+      <c r="BR67">
+        <v>369</v>
+      </c>
+      <c r="BS67" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="68" spans="1:71">
+      <c r="A68" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" t="s">
+        <v>741</v>
+      </c>
+      <c r="C68">
+        <v>2839748619</v>
+      </c>
+      <c r="D68">
+        <v>590830</v>
+      </c>
+      <c r="E68">
+        <v>89.21</v>
+      </c>
+      <c r="F68" t="s">
+        <v>742</v>
+      </c>
+      <c r="G68" t="s">
+        <v>69</v>
+      </c>
+      <c r="H68" t="s">
+        <v>743</v>
+      </c>
+      <c r="I68">
+        <v>52.8</v>
+      </c>
+      <c r="J68" t="s">
+        <v>744</v>
+      </c>
+      <c r="K68" t="s">
+        <v>80</v>
+      </c>
+      <c r="L68" t="s">
+        <v>745</v>
+      </c>
+      <c r="M68" t="s">
+        <v>73</v>
+      </c>
+      <c r="N68" t="s">
+        <v>153</v>
+      </c>
+      <c r="O68"/>
+      <c r="P68">
+        <v>73966626</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>741</v>
+      </c>
+      <c r="R68" t="s">
+        <v>70</v>
+      </c>
+      <c r="S68" t="s">
+        <v>70</v>
+      </c>
+      <c r="T68" t="s">
+        <v>154</v>
+      </c>
+      <c r="U68">
+        <v>2839748619</v>
+      </c>
+      <c r="V68">
+        <v>590830</v>
+      </c>
+      <c r="W68" t="s">
+        <v>70</v>
+      </c>
+      <c r="X68">
+        <v>89.21</v>
+      </c>
+      <c r="Y68">
+        <v>3.8</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>742</v>
+      </c>
+      <c r="AD68">
+        <v>73966626</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG68"/>
+      <c r="AH68" t="s">
+        <v>746</v>
+      </c>
+      <c r="AI68"/>
+      <c r="AJ68" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK68" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>744</v>
+      </c>
+      <c r="AM68" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN68" t="s">
+        <v>743</v>
+      </c>
+      <c r="AO68">
+        <v>52.8</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>95</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS68">
+        <v>289458478976</v>
+      </c>
+      <c r="AT68" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU68"/>
+      <c r="AV68"/>
+      <c r="AW68"/>
+      <c r="AX68" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY68" t="s">
+        <v>745</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA68" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB68" t="s">
+        <v>741</v>
+      </c>
+      <c r="BC68" t="s">
+        <v>744</v>
+      </c>
+      <c r="BD68" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE68" t="s">
+        <v>747</v>
+      </c>
+      <c r="BF68" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG68" t="s">
+        <v>748</v>
+      </c>
+      <c r="BH68">
+        <v>14</v>
+      </c>
+      <c r="BI68" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ68"/>
+      <c r="BK68"/>
+      <c r="BL68"/>
+      <c r="BM68" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN68" t="s">
+        <v>749</v>
+      </c>
+      <c r="BO68">
+        <v>0</v>
+      </c>
+      <c r="BP68" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ68"/>
+      <c r="BR68">
+        <v>339</v>
+      </c>
+      <c r="BS68"/>
+    </row>
+    <row r="69" spans="1:71">
+      <c r="A69" t="s">
+        <v>66</v>
+      </c>
+      <c r="B69" t="s">
+        <v>750</v>
+      </c>
+      <c r="C69">
+        <v>2835325329</v>
+      </c>
+      <c r="D69">
+        <v>590784</v>
+      </c>
+      <c r="E69">
+        <v>89.21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>751</v>
+      </c>
+      <c r="G69" t="s">
+        <v>69</v>
+      </c>
+      <c r="H69" t="s">
+        <v>752</v>
+      </c>
+      <c r="I69">
+        <v>52.8</v>
+      </c>
+      <c r="J69" t="s">
+        <v>753</v>
+      </c>
+      <c r="K69" t="s">
+        <v>80</v>
+      </c>
+      <c r="L69" t="s">
+        <v>754</v>
+      </c>
+      <c r="M69" t="s">
+        <v>73</v>
+      </c>
+      <c r="N69" t="s">
+        <v>153</v>
+      </c>
+      <c r="O69"/>
+      <c r="P69" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>750</v>
+      </c>
+      <c r="R69" t="s">
+        <v>70</v>
+      </c>
+      <c r="S69" t="s">
+        <v>70</v>
+      </c>
+      <c r="T69" t="s">
+        <v>154</v>
+      </c>
+      <c r="U69">
+        <v>2835325329</v>
+      </c>
+      <c r="V69">
+        <v>590784</v>
+      </c>
+      <c r="W69" t="s">
+        <v>70</v>
+      </c>
+      <c r="X69">
+        <v>89.21</v>
+      </c>
+      <c r="Y69">
+        <v>3.8</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>751</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>755</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG69"/>
+      <c r="AH69" t="s">
+        <v>756</v>
+      </c>
+      <c r="AI69"/>
+      <c r="AJ69" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>753</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN69" t="s">
+        <v>752</v>
+      </c>
+      <c r="AO69">
+        <v>52.8</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>557</v>
+      </c>
+      <c r="AQ69" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS69">
+        <v>289409738869</v>
+      </c>
+      <c r="AT69" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU69"/>
+      <c r="AV69"/>
+      <c r="AW69"/>
+      <c r="AX69" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY69" t="s">
+        <v>754</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA69" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB69" t="s">
+        <v>750</v>
+      </c>
+      <c r="BC69" t="s">
+        <v>753</v>
+      </c>
+      <c r="BD69" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE69" t="s">
+        <v>757</v>
+      </c>
+      <c r="BF69" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG69" t="s">
+        <v>758</v>
+      </c>
+      <c r="BH69">
+        <v>14</v>
+      </c>
+      <c r="BI69" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ69"/>
+      <c r="BK69"/>
+      <c r="BL69"/>
+      <c r="BM69" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN69" t="s">
+        <v>759</v>
+      </c>
+      <c r="BO69">
+        <v>0</v>
+      </c>
+      <c r="BP69" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ69"/>
+      <c r="BR69">
+        <v>339</v>
+      </c>
+      <c r="BS69"/>
+    </row>
+    <row r="70" spans="1:71">
+      <c r="A70" t="s">
+        <v>66</v>
+      </c>
+      <c r="B70" t="s">
+        <v>760</v>
+      </c>
+      <c r="C70">
+        <v>2829440219</v>
+      </c>
+      <c r="D70">
+        <v>590732</v>
+      </c>
+      <c r="E70">
+        <v>128.68</v>
+      </c>
+      <c r="F70" t="s">
+        <v>761</v>
+      </c>
+      <c r="G70" t="s">
+        <v>69</v>
+      </c>
+      <c r="H70" t="s">
+        <v>762</v>
+      </c>
+      <c r="I70">
+        <v>79.99</v>
+      </c>
+      <c r="J70" t="s">
+        <v>763</v>
+      </c>
+      <c r="K70" t="s">
+        <v>80</v>
+      </c>
+      <c r="L70" t="s">
+        <v>764</v>
+      </c>
+      <c r="M70" t="s">
+        <v>73</v>
+      </c>
+      <c r="N70" t="s">
+        <v>153</v>
+      </c>
+      <c r="O70"/>
+      <c r="P70">
+        <v>40942691</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>760</v>
+      </c>
+      <c r="R70" t="s">
+        <v>70</v>
+      </c>
+      <c r="S70" t="s">
+        <v>70</v>
+      </c>
+      <c r="T70" t="s">
+        <v>154</v>
+      </c>
+      <c r="U70">
+        <v>2829440219</v>
+      </c>
+      <c r="V70">
+        <v>590732</v>
+      </c>
+      <c r="W70" t="s">
+        <v>70</v>
+      </c>
+      <c r="X70">
+        <v>128.68</v>
+      </c>
+      <c r="Y70">
+        <v>3.8</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>761</v>
+      </c>
+      <c r="AD70">
+        <v>40942691</v>
+      </c>
+      <c r="AE70" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG70"/>
+      <c r="AH70" t="s">
+        <v>765</v>
+      </c>
+      <c r="AI70"/>
+      <c r="AJ70" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK70" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>763</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN70" t="s">
+        <v>762</v>
+      </c>
+      <c r="AO70">
+        <v>79.99</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>766</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS70">
+        <v>289332009229</v>
+      </c>
+      <c r="AT70" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU70"/>
+      <c r="AV70"/>
+      <c r="AW70"/>
+      <c r="AX70" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY70" t="s">
+        <v>764</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA70" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB70" t="s">
+        <v>760</v>
+      </c>
+      <c r="BC70" t="s">
+        <v>763</v>
+      </c>
+      <c r="BD70" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE70" t="s">
+        <v>767</v>
+      </c>
+      <c r="BF70" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG70" t="s">
+        <v>768</v>
+      </c>
+      <c r="BH70">
+        <v>15</v>
+      </c>
+      <c r="BI70" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ70"/>
+      <c r="BK70"/>
+      <c r="BL70"/>
+      <c r="BM70" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN70" t="s">
+        <v>769</v>
+      </c>
+      <c r="BO70">
+        <v>0</v>
+      </c>
+      <c r="BP70" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ70"/>
+      <c r="BR70">
+        <v>489</v>
+      </c>
+      <c r="BS70"/>
+    </row>
+    <row r="71" spans="1:71">
+      <c r="A71" t="s">
+        <v>66</v>
+      </c>
+      <c r="B71" t="s">
+        <v>770</v>
+      </c>
+      <c r="C71">
+        <v>2824467579</v>
+      </c>
+      <c r="D71">
+        <v>590637</v>
+      </c>
+      <c r="E71">
+        <v>126.05</v>
+      </c>
+      <c r="F71" t="s">
+        <v>771</v>
+      </c>
+      <c r="G71" t="s">
+        <v>69</v>
+      </c>
+      <c r="H71" t="s">
+        <v>772</v>
+      </c>
+      <c r="I71">
+        <v>79.2</v>
+      </c>
+      <c r="J71" t="s">
+        <v>763</v>
+      </c>
+      <c r="K71" t="s">
+        <v>481</v>
+      </c>
+      <c r="L71" t="s">
+        <v>773</v>
+      </c>
+      <c r="M71" t="s">
+        <v>73</v>
+      </c>
+      <c r="N71" t="s">
+        <v>74</v>
+      </c>
+      <c r="O71"/>
+      <c r="P71">
+        <v>29329204</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>770</v>
+      </c>
+      <c r="R71" t="s">
+        <v>70</v>
+      </c>
+      <c r="S71" t="s">
+        <v>70</v>
+      </c>
+      <c r="T71" t="s">
+        <v>166</v>
+      </c>
+      <c r="U71">
+        <v>2824467579</v>
+      </c>
+      <c r="V71">
+        <v>590637</v>
+      </c>
+      <c r="W71" t="s">
+        <v>70</v>
+      </c>
+      <c r="X71">
+        <v>126.05</v>
+      </c>
+      <c r="Y71">
+        <v>3.8</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>771</v>
+      </c>
+      <c r="AD71">
+        <v>29329204</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG71"/>
+      <c r="AH71" t="s">
+        <v>774</v>
+      </c>
+      <c r="AI71"/>
+      <c r="AJ71" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>763</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN71" t="s">
+        <v>772</v>
+      </c>
+      <c r="AO71">
+        <v>79.2</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>775</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>485</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS71"/>
+      <c r="AT71" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU71"/>
+      <c r="AV71"/>
+      <c r="AW71"/>
+      <c r="AX71" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY71" t="s">
+        <v>773</v>
+      </c>
+      <c r="AZ71" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA71"/>
+      <c r="BB71" t="s">
+        <v>770</v>
+      </c>
+      <c r="BC71" t="s">
+        <v>763</v>
+      </c>
+      <c r="BD71" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE71" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF71" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG71" t="s">
+        <v>776</v>
+      </c>
+      <c r="BH71">
+        <v>0</v>
+      </c>
+      <c r="BI71" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ71"/>
+      <c r="BK71" t="s">
+        <v>487</v>
+      </c>
+      <c r="BL71" t="s">
+        <v>500</v>
+      </c>
+      <c r="BM71" t="s">
+        <v>777</v>
+      </c>
+      <c r="BN71" t="s">
+        <v>778</v>
+      </c>
+      <c r="BO71">
+        <v>3</v>
+      </c>
+      <c r="BP71" t="s">
+        <v>485</v>
+      </c>
+      <c r="BQ71"/>
+      <c r="BR71">
+        <v>479</v>
+      </c>
+      <c r="BS71" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="72" spans="1:71">
+      <c r="A72" t="s">
+        <v>66</v>
+      </c>
+      <c r="B72" t="s">
+        <v>779</v>
+      </c>
+      <c r="C72">
+        <v>2820199334</v>
+      </c>
+      <c r="D72">
+        <v>590516</v>
+      </c>
+      <c r="E72">
+        <v>141.84</v>
+      </c>
+      <c r="F72" t="s">
+        <v>780</v>
+      </c>
+      <c r="G72" t="s">
+        <v>69</v>
+      </c>
+      <c r="H72" t="s">
+        <v>781</v>
+      </c>
+      <c r="I72">
+        <v>88.99</v>
+      </c>
+      <c r="J72" t="s">
+        <v>782</v>
+      </c>
+      <c r="K72" t="s">
+        <v>80</v>
+      </c>
+      <c r="L72" t="s">
+        <v>783</v>
+      </c>
+      <c r="M72" t="s">
+        <v>73</v>
+      </c>
+      <c r="N72" t="s">
+        <v>153</v>
+      </c>
+      <c r="O72"/>
+      <c r="P72">
+        <v>71357327</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>779</v>
+      </c>
+      <c r="R72" t="s">
+        <v>70</v>
+      </c>
+      <c r="S72" t="s">
+        <v>70</v>
+      </c>
+      <c r="T72" t="s">
+        <v>154</v>
+      </c>
+      <c r="U72">
+        <v>2820199334</v>
+      </c>
+      <c r="V72">
+        <v>590516</v>
+      </c>
+      <c r="W72" t="s">
+        <v>70</v>
+      </c>
+      <c r="X72">
+        <v>141.84</v>
+      </c>
+      <c r="Y72">
+        <v>3.8</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>780</v>
+      </c>
+      <c r="AD72">
+        <v>71357327</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG72"/>
+      <c r="AH72" t="s">
+        <v>784</v>
+      </c>
+      <c r="AI72"/>
+      <c r="AJ72" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK72" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>782</v>
+      </c>
+      <c r="AM72" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN72" t="s">
+        <v>781</v>
+      </c>
+      <c r="AO72">
+        <v>88.99</v>
+      </c>
+      <c r="AP72" t="s">
+        <v>785</v>
+      </c>
+      <c r="AQ72" t="s">
+        <v>80</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS72">
+        <v>289147262976</v>
+      </c>
+      <c r="AT72" t="s">
+        <v>70</v>
+      </c>
+      <c r="AU72"/>
+      <c r="AV72"/>
+      <c r="AW72"/>
+      <c r="AX72" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY72" t="s">
+        <v>783</v>
+      </c>
+      <c r="AZ72" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA72" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB72" t="s">
+        <v>779</v>
+      </c>
+      <c r="BC72" t="s">
+        <v>782</v>
+      </c>
+      <c r="BD72" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE72" t="s">
+        <v>786</v>
+      </c>
+      <c r="BF72" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG72" t="s">
+        <v>787</v>
+      </c>
+      <c r="BH72">
+        <v>10</v>
+      </c>
+      <c r="BI72" t="s">
+        <v>100</v>
+      </c>
+      <c r="BJ72"/>
+      <c r="BK72"/>
+      <c r="BL72"/>
+      <c r="BM72" t="s">
+        <v>70</v>
+      </c>
+      <c r="BN72" t="s">
+        <v>788</v>
+      </c>
+      <c r="BO72">
+        <v>0</v>
+      </c>
+      <c r="BP72" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ72"/>
+      <c r="BR72">
         <v>539</v>
       </c>
-      <c r="BS50"/>
+      <c r="BS72"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>