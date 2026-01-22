--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="789">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="835">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,1335 +215,1473 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
+    <t>2026-01-14 17:28:34</t>
+  </si>
+  <si>
+    <t>Deivy Hanz Niquen</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>/11463705</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:00:00</t>
+  </si>
+  <si>
+    <t>In Transit to Hub</t>
+  </si>
+  <si>
+    <t>UN038760862MU</t>
+  </si>
+  <si>
+    <t>tracking_code_created</t>
+  </si>
+  <si>
+    <t>mailamericas - shipped</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>Av Arenales</t>
+  </si>
+  <si>
+    <t>LIMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALUXE, </t>
+  </si>
+  <si>
+    <t>/VSP1R1321</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2026-01-20 18:19:38</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-14 22:45:49</t>
+  </si>
+  <si>
+    <t>2026-01-13 17:56:46</t>
+  </si>
+  <si>
+    <t>magaly yanet medina paucar</t>
+  </si>
+  <si>
+    <t>/11463418</t>
+  </si>
+  <si>
+    <t>UN038755244MU</t>
+  </si>
+  <si>
+    <t>AA HH virgen asunta mz E Lt 02</t>
+  </si>
+  <si>
+    <t>ICA</t>
+  </si>
+  <si>
+    <t>2026-01-16 13:20:33</t>
+  </si>
+  <si>
+    <t>2026-01-16 13:23:26</t>
+  </si>
+  <si>
+    <t>2026-01-19 10:48:47</t>
+  </si>
+  <si>
+    <t>2026-01-13 23:45:47</t>
+  </si>
+  <si>
+    <t>2025-12-31 11:44:32</t>
+  </si>
+  <si>
+    <t>Luisa Rosalinda Antonio Mendoza</t>
+  </si>
+  <si>
+    <t>/11458859</t>
+  </si>
+  <si>
+    <t>2025-12-31 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038705044MU</t>
+  </si>
+  <si>
+    <t>mailamericas - delivered</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>avenida Aviación</t>
+  </si>
+  <si>
+    <t>/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>2026-01-06 14:00:21</t>
+  </si>
+  <si>
+    <t>2026-01-06 14:03:37</t>
+  </si>
+  <si>
+    <t>2026-01-15 19:09:16</t>
+  </si>
+  <si>
+    <t>2025-12-31 17:45:20</t>
+  </si>
+  <si>
+    <t>2025-12-30 01:04:16</t>
+  </si>
+  <si>
+    <t>Raquel Priscila Bocanegra Villanueva</t>
+  </si>
+  <si>
+    <t>/11458442</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038691570MU</t>
+  </si>
+  <si>
+    <t>Sr de los milagros Mz. L    Lt.16</t>
+  </si>
+  <si>
+    <t>SANTA</t>
+  </si>
+  <si>
+    <t>/GG0470O-30006525-003</t>
+  </si>
+  <si>
+    <t>2026-01-05 09:33:17</t>
+  </si>
+  <si>
+    <t>2026-01-05 09:35:32</t>
+  </si>
+  <si>
+    <t>2026-01-16 11:23:40</t>
+  </si>
+  <si>
+    <t>2025-12-30 06:45:16</t>
+  </si>
+  <si>
+    <t>2025-12-23 12:44:08</t>
+  </si>
+  <si>
+    <t>Daniela Rodriguez</t>
+  </si>
+  <si>
+    <t>/11456253</t>
+  </si>
+  <si>
+    <t>2025-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038654625MU</t>
+  </si>
+  <si>
+    <t>AV LA MERCED 721 DPTO 402</t>
+  </si>
+  <si>
+    <t>/BB0024SA-30007767-001</t>
+  </si>
+  <si>
+    <t>2025-12-29 15:34:51</t>
+  </si>
+  <si>
+    <t>2025-12-29 15:37:20</t>
+  </si>
+  <si>
+    <t>2026-01-09 14:49:25</t>
+  </si>
+  <si>
+    <t>2025-12-23 18:53:53</t>
+  </si>
+  <si>
     <t>2025-12-04 10:29:47</t>
   </si>
   <si>
     <t>Leslie Chinchay Ramos</t>
   </si>
   <si>
-    <t>PE</t>
-[...7 lines deleted...]
-  <si>
     <t>UN038550152MU</t>
   </si>
   <si>
-    <t>tracking_code_created</t>
+    <t>Pedregal alto Mz. 202 lote 02</t>
+  </si>
+  <si>
+    <t>HUARAZ</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:10:09</t>
+  </si>
+  <si>
+    <t>2025-12-08 14:12:04</t>
+  </si>
+  <si>
+    <t>2025-12-22 12:22:15</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2025-12-04 15:54:23</t>
+  </si>
+  <si>
+    <t>2025-12-02 14:53:29</t>
+  </si>
+  <si>
+    <t>luis barba infante</t>
+  </si>
+  <si>
+    <t>/11446448</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038546011MU</t>
+  </si>
+  <si>
+    <t>Andres avelino caceres</t>
+  </si>
+  <si>
+    <t>Piura</t>
+  </si>
+  <si>
+    <t>/VSPOY8421</t>
+  </si>
+  <si>
+    <t>2025-12-05 08:09:23</t>
+  </si>
+  <si>
+    <t>2025-12-05 08:13:47</t>
+  </si>
+  <si>
+    <t>2025-12-18 14:10:52</t>
+  </si>
+  <si>
+    <t>2025-12-02 20:53:42</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:44:10</t>
+  </si>
+  <si>
+    <t>Ana delgado delgado</t>
+  </si>
+  <si>
+    <t>/11444592</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038509288MU</t>
+  </si>
+  <si>
+    <t>Calle Cardos</t>
+  </si>
+  <si>
+    <t>/VSPOQ1H21/VSPOQ1K21</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:15:26</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:27:09</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:59:56</t>
+  </si>
+  <si>
+    <t>2025-11-30 17:53:44</t>
+  </si>
+  <si>
+    <t>2025-11-30 11:38:35</t>
+  </si>
+  <si>
+    <t>/11444564</t>
+  </si>
+  <si>
+    <t>UN038506454MU</t>
+  </si>
+  <si>
+    <t>/VSP1R1321/VSPOQ1R21</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:33:30</t>
+  </si>
+  <si>
+    <t>2025-12-03 16:36:08</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:59:55</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:53:47</t>
+  </si>
+  <si>
+    <t>2025-11-28 21:56:12</t>
+  </si>
+  <si>
+    <t>Juan Mamani</t>
+  </si>
+  <si>
+    <t>UN038484688MU</t>
+  </si>
+  <si>
+    <t>Avenida Riva Aguero</t>
+  </si>
+  <si>
+    <t>/VSPOY8121</t>
+  </si>
+  <si>
+    <t>2025-12-01 15:09:19</t>
+  </si>
+  <si>
+    <t>2025-12-01 15:13:27</t>
+  </si>
+  <si>
+    <t>2025-12-13 13:50:06</t>
+  </si>
+  <si>
+    <t>2025-11-29 03:53:41</t>
+  </si>
+  <si>
+    <t>2025-11-20 21:50:04</t>
+  </si>
+  <si>
+    <t>Elisbeth Juana Espinal Llerena</t>
+  </si>
+  <si>
+    <t>/11440290</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038430954MU</t>
+  </si>
+  <si>
+    <t>Urb Felipe Santiago Salaverry B 1</t>
+  </si>
+  <si>
+    <t>AREQUIPA</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:06:02</t>
+  </si>
+  <si>
+    <t>2025-11-26 15:08:27</t>
+  </si>
+  <si>
+    <t>2025-12-12 19:19:12</t>
+  </si>
+  <si>
+    <t>2025-11-21 03:53:38</t>
+  </si>
+  <si>
+    <t>2025-11-15 15:00:26</t>
+  </si>
+  <si>
+    <t>Victoria Milagros Mines Manrique</t>
+  </si>
+  <si>
+    <t>UN038411076MU</t>
+  </si>
+  <si>
+    <t>Urbanización el Amauta Mz H Lte 23</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:13:37</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:15:29</t>
+  </si>
+  <si>
+    <t>2025-11-28 09:33:12</t>
+  </si>
+  <si>
+    <t>2025-11-15 20:50:13</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:19:07</t>
+  </si>
+  <si>
+    <t>Fabiano Casarino tapia</t>
+  </si>
+  <si>
+    <t>/11435407</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>In Warehouse - Processed</t>
+  </si>
+  <si>
+    <t>UN038398176MU</t>
   </si>
   <si>
     <t>mailamericas - pending</t>
   </si>
   <si>
-    <t>pending</t>
-[...44 lines deleted...]
-    <t>UN038546011MU</t>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>calle Alcatraces</t>
+  </si>
+  <si>
+    <t>/VSPOY7421</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:20:18</t>
+  </si>
+  <si>
+    <t>2025-11-13 15:19:11</t>
+  </si>
+  <si>
+    <t>2025-11-13 20:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-09 18:47:38</t>
+  </si>
+  <si>
+    <t>Sheraldin Calixto Hernandez</t>
+  </si>
+  <si>
+    <t>/ 114-8600719-7948248</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038376683MU</t>
+  </si>
+  <si>
+    <t>Calle monte caoba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B08GYG5SL6</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:16:49</t>
+  </si>
+  <si>
+    <t>2025-11-19 17:18:05</t>
+  </si>
+  <si>
+    <t>2025-12-01 14:40:21</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:50:10</t>
+  </si>
+  <si>
+    <t>2025-11-08 13:55:05</t>
+  </si>
+  <si>
+    <t>Fiorella Margaret Delgado Cornejo</t>
+  </si>
+  <si>
+    <t>/11433240</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038387859MU</t>
+  </si>
+  <si>
+    <t>Pasaje Javier Delgado 107</t>
+  </si>
+  <si>
+    <t>/VSP1S3421</t>
+  </si>
+  <si>
+    <t>2025-11-12 12:36:00</t>
+  </si>
+  <si>
+    <t>2025-11-12 12:38:10</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:45:34</t>
+  </si>
+  <si>
+    <t>2025-11-08 19:50:11</t>
+  </si>
+  <si>
+    <t>2025-11-07 10:03:53</t>
+  </si>
+  <si>
+    <t>ZAIDA ESCUDERO MEJIA</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>shipment_canceled</t>
+  </si>
+  <si>
+    <t>calle manuel mesones muro Mg Lote 32</t>
+  </si>
+  <si>
+    <t>/VSPOQ2G21</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:13</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:35</t>
+  </si>
+  <si>
+    <t>Finished</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:55:05</t>
+  </si>
+  <si>
+    <t>juan huaman</t>
+  </si>
+  <si>
+    <t>/11432727</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038327206MU</t>
+  </si>
+  <si>
+    <t>JR. CHANCAY</t>
+  </si>
+  <si>
+    <t>FERREÑAFE</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:44:01</t>
+  </si>
+  <si>
+    <t>2025-11-11 16:46:03</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:19:50</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:37</t>
+  </si>
+  <si>
+    <t>2025-11-04 10:38:06</t>
+  </si>
+  <si>
+    <t>Balta</t>
+  </si>
+  <si>
+    <t>Chiclayo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no comprada"					</t>
+  </si>
+  <si>
+    <t>2025-11-10 16:03:46</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:41</t>
+  </si>
+  <si>
+    <t>2025-11-04 09:27:38</t>
+  </si>
+  <si>
+    <t>karen nieto Zeballos</t>
+  </si>
+  <si>
+    <t>/11432726</t>
+  </si>
+  <si>
+    <t>UN038321296MU</t>
+  </si>
+  <si>
+    <t>urbanizacion san pedro mz A lt 12</t>
+  </si>
+  <si>
+    <t>TACNA</t>
+  </si>
+  <si>
+    <t>/VSPOQ8021</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:23:48</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:26:19</t>
+  </si>
+  <si>
+    <t>2025-11-28 15:44:29</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:45</t>
+  </si>
+  <si>
+    <t>2025-11-03 01:01:24</t>
+  </si>
+  <si>
+    <t>brian bustinza perea</t>
+  </si>
+  <si>
+    <t>/11432725</t>
+  </si>
+  <si>
+    <t>UN038307250MU</t>
+  </si>
+  <si>
+    <t>Centro comercial Siglo XX Puerta 6</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:14:35</t>
+  </si>
+  <si>
+    <t>2025-11-10 13:22:04</t>
+  </si>
+  <si>
+    <t>2025-11-21 16:45:33</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:30:47</t>
+  </si>
+  <si>
+    <t>2025-10-30 20:25:19</t>
+  </si>
+  <si>
+    <t>Vieri Paco Vargas</t>
+  </si>
+  <si>
+    <t>/11429502</t>
+  </si>
+  <si>
+    <t>2025-10-31 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038302218MU</t>
+  </si>
+  <si>
+    <t>urb mateo pumacahua</t>
+  </si>
+  <si>
+    <t>CUSCO</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:30:04</t>
+  </si>
+  <si>
+    <t>2025-11-03 13:32:20</t>
+  </si>
+  <si>
+    <t>2025-11-15 13:32:02</t>
+  </si>
+  <si>
+    <t>2025-10-31 01:50:04</t>
+  </si>
+  <si>
+    <t>2025-10-27 22:41:34</t>
+  </si>
+  <si>
+    <t>Fiorella Margarita Tadayco Avalos</t>
+  </si>
+  <si>
+    <t>/11428362</t>
+  </si>
+  <si>
+    <t>2025-10-28 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038293670MU</t>
+  </si>
+  <si>
+    <t>Calle carrizo</t>
+  </si>
+  <si>
+    <t>GROCIO PRADO</t>
+  </si>
+  <si>
+    <t>/VSPOS5621</t>
+  </si>
+  <si>
+    <t>2025-10-31 09:07:49</t>
+  </si>
+  <si>
+    <t>2025-10-31 12:10:05</t>
+  </si>
+  <si>
+    <t>2025-11-07 16:54:15</t>
+  </si>
+  <si>
+    <t>2025-10-28 04:50:03</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:49:33</t>
+  </si>
+  <si>
+    <t>Monica Bustinza Alvarez</t>
+  </si>
+  <si>
+    <t>/114-3398269-2357818</t>
+  </si>
+  <si>
+    <t>2025-10-24 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038281795MU</t>
+  </si>
+  <si>
+    <t>Urbanización Bello Horizonte</t>
+  </si>
+  <si>
+    <t>Arequipa</t>
+  </si>
+  <si>
+    <t>2025-11-03 09:44:33</t>
+  </si>
+  <si>
+    <t>2025-11-03 09:48:48</t>
+  </si>
+  <si>
+    <t>2025-11-13 14:26:19</t>
+  </si>
+  <si>
+    <t>2025-10-24 19:50:05</t>
+  </si>
+  <si>
+    <t>2025-10-23 10:20:06</t>
+  </si>
+  <si>
+    <t>irene yaneth baca jimenez</t>
+  </si>
+  <si>
+    <t>/11426397</t>
+  </si>
+  <si>
+    <t>2025-10-23 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038278142MU</t>
+  </si>
+  <si>
+    <t>Urb. Corazón de Jesús G-03</t>
+  </si>
+  <si>
+    <t>/VSP1F2821</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:27:55</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:30:45</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:15:37</t>
+  </si>
+  <si>
+    <t>2025-10-23 15:50:01</t>
+  </si>
+  <si>
+    <t>2025-10-22 19:37:14</t>
+  </si>
+  <si>
+    <t>José Rodrigo Chauca Gutierrez</t>
+  </si>
+  <si>
+    <t>/11426234</t>
+  </si>
+  <si>
+    <t>UN038277765MU</t>
+  </si>
+  <si>
+    <t>Urbanizacion Los Naranjos Mz V03 Lote 05</t>
+  </si>
+  <si>
+    <t>2025-10-27 13:31:39</t>
+  </si>
+  <si>
+    <t>2025-11-12 16:40:24</t>
+  </si>
+  <si>
+    <t>2025-10-23 01:50:01</t>
+  </si>
+  <si>
+    <t>2025-10-22 09:47:34</t>
+  </si>
+  <si>
+    <t>Jennifer Prado Llaja</t>
+  </si>
+  <si>
+    <t>/11426023</t>
+  </si>
+  <si>
+    <t>2025-10-22 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038262607MU</t>
+  </si>
+  <si>
+    <t>Calle la habana Mz j lote 19</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:17:36</t>
+  </si>
+  <si>
+    <t>2025-10-24 13:19:23</t>
+  </si>
+  <si>
+    <t>2025-11-02 16:05:19</t>
+  </si>
+  <si>
+    <t>2025-10-22 15:50:00</t>
+  </si>
+  <si>
+    <t>2025-10-10 23:11:58</t>
+  </si>
+  <si>
+    <t>Diego alonso Davalos Huarcaya</t>
+  </si>
+  <si>
+    <t>/11421482</t>
+  </si>
+  <si>
+    <t>2025-10-11 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038182926MU</t>
+  </si>
+  <si>
+    <t>Calle Las Hebeas</t>
+  </si>
+  <si>
+    <t>/VSPOY7621</t>
+  </si>
+  <si>
+    <t>2025-10-15 14:09:48</t>
+  </si>
+  <si>
+    <t>2025-10-15 14:11:20</t>
+  </si>
+  <si>
+    <t>2025-10-22 14:47:10</t>
+  </si>
+  <si>
+    <t>2025-10-11 04:49:55</t>
+  </si>
+  <si>
+    <t>2025-10-09 08:31:18</t>
+  </si>
+  <si>
+    <t>Grace Gonzalez Aguirre</t>
+  </si>
+  <si>
+    <t>/11420740</t>
+  </si>
+  <si>
+    <t>2025-10-09 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038189986MU</t>
+  </si>
+  <si>
+    <t>CALLE LA CORNALINA 512</t>
+  </si>
+  <si>
+    <t>/VSPOQ1G21</t>
+  </si>
+  <si>
+    <t>2025-10-13 13:17:20</t>
+  </si>
+  <si>
+    <t>2025-10-13 13:18:46</t>
+  </si>
+  <si>
+    <t>2025-10-23 16:58:19</t>
+  </si>
+  <si>
+    <t>2025-10-09 13:49:53</t>
+  </si>
+  <si>
+    <t>2025-10-04 17:03:42</t>
+  </si>
+  <si>
+    <t>norma veronica salas</t>
+  </si>
+  <si>
+    <t>UN038148068MU</t>
+  </si>
+  <si>
+    <t>Urb Los Angeles de Cayma Mz C Lte 32</t>
+  </si>
+  <si>
+    <t>/VSPEN5521</t>
+  </si>
+  <si>
+    <t>2025-10-04 17:03:46</t>
+  </si>
+  <si>
+    <t>2025-10-09 17:06:40</t>
+  </si>
+  <si>
+    <t>2025-10-05 17:15:02</t>
+  </si>
+  <si>
+    <t>2025-09-27 12:31:53</t>
+  </si>
+  <si>
+    <t>nora salvatierra</t>
+  </si>
+  <si>
+    <t>/11415712</t>
+  </si>
+  <si>
+    <t>2025-09-27 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038095997MU</t>
+  </si>
+  <si>
+    <t>calle 22 , villa militar san borja</t>
+  </si>
+  <si>
+    <t>2025-10-01 13:59:59</t>
+  </si>
+  <si>
+    <t>2025-10-17 15:53:18</t>
+  </si>
+  <si>
+    <t>2025-09-27 18:11:11</t>
+  </si>
+  <si>
+    <t>2025-09-15 18:55:25</t>
+  </si>
+  <si>
+    <t>Yesica Madeli Chávez Cercado</t>
+  </si>
+  <si>
+    <t>/11408965</t>
+  </si>
+  <si>
+    <t>2025-09-16 00:00:00</t>
+  </si>
+  <si>
+    <t>UN038004829MU</t>
+  </si>
+  <si>
+    <t>jr 11 de febrero</t>
+  </si>
+  <si>
+    <t>CAJAMARCA</t>
+  </si>
+  <si>
+    <t>/VSPLD1321</t>
+  </si>
+  <si>
+    <t>2025-09-19 16:09:11</t>
+  </si>
+  <si>
+    <t>2025-09-29 17:04:48</t>
+  </si>
+  <si>
+    <t>2025-09-16 19:41:22</t>
+  </si>
+  <si>
+    <t>2025-09-11 19:59:50</t>
+  </si>
+  <si>
+    <t>Alexander Crisostomo Cencia</t>
+  </si>
+  <si>
+    <t>/112-7734899-1365026</t>
+  </si>
+  <si>
+    <t>2025-09-12 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037960482MU</t>
+  </si>
+  <si>
+    <t>Calle borgoña  - La Viñas - ex toche</t>
+  </si>
+  <si>
+    <t>CHINCHA</t>
+  </si>
+  <si>
+    <t>2025-09-19 16:01:25</t>
+  </si>
+  <si>
+    <t>2025-09-19 16:03:16</t>
+  </si>
+  <si>
+    <t>2025-10-01 15:20:49</t>
+  </si>
+  <si>
+    <t>2025-09-12 01:33:07</t>
+  </si>
+  <si>
+    <t>2025-09-07 12:44:16</t>
+  </si>
+  <si>
+    <t>Yerson Granja Aponte</t>
+  </si>
+  <si>
+    <t>/11402235</t>
+  </si>
+  <si>
+    <t>2025-09-08 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037936435MU</t>
+  </si>
+  <si>
+    <t>JR AYACUCHO</t>
+  </si>
+  <si>
+    <t>/VSPOQ1D21/VSPOY7821</t>
+  </si>
+  <si>
+    <t>2025-09-10 14:15:25</t>
+  </si>
+  <si>
+    <t>2025-09-19 14:58:31</t>
+  </si>
+  <si>
+    <t>2025-09-08 15:20:37</t>
+  </si>
+  <si>
+    <t>2025-09-04 22:40:25</t>
+  </si>
+  <si>
+    <t>Francesca Alessandra Huaman Hernandez</t>
+  </si>
+  <si>
+    <t>/11399389</t>
+  </si>
+  <si>
+    <t>2025-09-05 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037885509MU</t>
+  </si>
+  <si>
+    <t>Calle Fermín del Castillo</t>
+  </si>
+  <si>
+    <t>NAZCA</t>
+  </si>
+  <si>
+    <t>2025-09-14 19:00:42</t>
+  </si>
+  <si>
+    <t>2025-09-05 14:11:20</t>
+  </si>
+  <si>
+    <t>2025-08-29 13:52:52</t>
+  </si>
+  <si>
+    <t>Cinthia Jara Romero</t>
+  </si>
+  <si>
+    <t>/11395956</t>
+  </si>
+  <si>
+    <t>2025-09-01 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037868029MU</t>
+  </si>
+  <si>
+    <t>mz b lt 31 urbanización California</t>
+  </si>
+  <si>
+    <t>2025-09-04 13:18:02</t>
+  </si>
+  <si>
+    <t>2025-09-12 16:17:46</t>
+  </si>
+  <si>
+    <t>2025-09-01 18:43:22</t>
+  </si>
+  <si>
+    <t>2025-08-29 05:44:47</t>
+  </si>
+  <si>
+    <t>daniel lazarte</t>
+  </si>
+  <si>
+    <t>/112-1303637-1155423</t>
+  </si>
+  <si>
+    <t>UN037872575MU</t>
+  </si>
+  <si>
+    <t>los diamantes urb el cascajal</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>2025-09-11 13:49:09</t>
+  </si>
+  <si>
+    <t>2025-09-19 13:36:29</t>
+  </si>
+  <si>
+    <t>2025-09-01 18:43:28</t>
+  </si>
+  <si>
+    <t>2025-08-26 08:51:41</t>
+  </si>
+  <si>
+    <t>tatiana chavez filinich</t>
+  </si>
+  <si>
+    <t>/11388381</t>
+  </si>
+  <si>
+    <t>2025-08-26 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037844380MU</t>
+  </si>
+  <si>
+    <t>JR DANIEL ALOMIA ROBLES 274 BLOC E 203</t>
+  </si>
+  <si>
+    <t>/VSPEN5921</t>
+  </si>
+  <si>
+    <t>2025-08-28 14:19:43</t>
+  </si>
+  <si>
+    <t>2025-09-04 12:20:12</t>
+  </si>
+  <si>
+    <t>2025-08-26 14:24:20</t>
+  </si>
+  <si>
+    <t>2025-08-23 22:26:04</t>
+  </si>
+  <si>
+    <t>vanessa walde ortega</t>
+  </si>
+  <si>
+    <t>/11386519</t>
+  </si>
+  <si>
+    <t>2025-08-24 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037835255MU</t>
+  </si>
+  <si>
+    <t>Jiron los cerezos 197</t>
+  </si>
+  <si>
+    <t>/VSPLP1421</t>
+  </si>
+  <si>
+    <t>2025-08-27 14:06:07</t>
+  </si>
+  <si>
+    <t>2025-09-04 11:04:27</t>
+  </si>
+  <si>
+    <t>2025-08-24 04:24:03</t>
+  </si>
+  <si>
+    <t>2025-08-22 10:58:01</t>
+  </si>
+  <si>
+    <t>AMPARO MIRANDA RAMOS</t>
+  </si>
+  <si>
+    <t>/11385257</t>
+  </si>
+  <si>
+    <t>2025-08-22 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037831681MU</t>
+  </si>
+  <si>
+    <t>06667304</t>
+  </si>
+  <si>
+    <t>JR CENTENARIO 179 A313 BARRANCO</t>
+  </si>
+  <si>
+    <t>2025-08-25 17:21:39</t>
+  </si>
+  <si>
+    <t>2025-09-04 11:41:49</t>
+  </si>
+  <si>
+    <t>2025-08-22 16:34:00</t>
+  </si>
+  <si>
+    <t>2025-08-13 08:36:05</t>
+  </si>
+  <si>
+    <t>patricia tello</t>
+  </si>
+  <si>
+    <t>/11374324</t>
+  </si>
+  <si>
+    <t>2025-08-13 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037772935MU</t>
+  </si>
+  <si>
+    <t>Avenida Salaverry</t>
+  </si>
+  <si>
+    <t>2025-08-23 18:02:39</t>
+  </si>
+  <si>
+    <t>2025-08-13 16:15:11</t>
+  </si>
+  <si>
+    <t>2025-08-05 20:19:14</t>
+  </si>
+  <si>
+    <t>Simón Hugo Plácido Fabián</t>
+  </si>
+  <si>
+    <t>/11367251</t>
+  </si>
+  <si>
+    <t>2025-08-06 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037704484MU</t>
+  </si>
+  <si>
+    <t>Manuel Jaramillo</t>
+  </si>
+  <si>
+    <t>/VE2E00521</t>
+  </si>
+  <si>
+    <t>2025-09-03 09:35:25</t>
+  </si>
+  <si>
+    <t>2025-08-06 01:57:26</t>
+  </si>
+  <si>
+    <t>2025-08-02 21:53:56</t>
+  </si>
+  <si>
+    <t>Francelys Figueroa Pino</t>
+  </si>
+  <si>
+    <t>/114-1598044-4933006</t>
+  </si>
+  <si>
+    <t>2025-08-04 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037674924MU</t>
+  </si>
+  <si>
+    <t>002426398</t>
+  </si>
+  <si>
+    <t>Los Sauces</t>
+  </si>
+  <si>
+    <t>UPS</t>
+  </si>
+  <si>
+    <t>1Z82V0630373654746</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>2025-08-11 13:49:35</t>
+  </si>
+  <si>
+    <t>2025-09-04 08:47:28</t>
+  </si>
+  <si>
+    <t>2025-08-03 03:47:16</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>2025-08-01 09:41:11</t>
+  </si>
+  <si>
+    <t>SARA OMAIRA CUADROS SANCHEZ</t>
+  </si>
+  <si>
+    <t>/11363553</t>
+  </si>
+  <si>
+    <t>2025-08-01 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037665879MU</t>
+  </si>
+  <si>
+    <t>Calle el trapiche</t>
+  </si>
+  <si>
+    <t>/VSP1R1521</t>
+  </si>
+  <si>
+    <t>2025-08-04 14:03:23</t>
+  </si>
+  <si>
+    <t>2025-08-13 10:25:30</t>
+  </si>
+  <si>
+    <t>2025-08-01 19:47:12</t>
+  </si>
+  <si>
+    <t>2025-07-25 18:15:28</t>
+  </si>
+  <si>
+    <t>Kelly Caceda</t>
+  </si>
+  <si>
+    <t>/11358286</t>
+  </si>
+  <si>
+    <t>2025-07-26 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, )</t>
+  </si>
+  <si>
+    <t>UN037619525MU</t>
+  </si>
+  <si>
+    <t>Jr.  Gamarra</t>
+  </si>
+  <si>
+    <t>/VSPLM2521</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>2025-07-25 18:15:32</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden no despachada por Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-08-01 17:06:14</t>
+  </si>
+  <si>
+    <t>2025-07-25 23:46:50</t>
+  </si>
+  <si>
+    <t>2025-07-24 20:31:32</t>
+  </si>
+  <si>
+    <t>Isabel Mariño</t>
+  </si>
+  <si>
+    <t>/11357733</t>
+  </si>
+  <si>
+    <t>2025-07-25 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037617649MU</t>
   </si>
   <si>
     <t>mailamericas - ready_to_ship</t>
-  </si>
-[...1210 lines deleted...]
-    <t>UN037617649MU</t>
   </si>
   <si>
     <t>07238685</t>
   </si>
   <si>
     <t>San Fernando</t>
   </si>
   <si>
     <t>2025-07-28 11:46:24</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-08-01 17:10:01</t>
   </si>
   <si>
     <t>2025-07-25 02:26:47</t>
   </si>
   <si>
     <t>2025-07-21 21:37:32</t>
   </si>
@@ -2725,51 +2863,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BS72"/>
+  <dimension ref="A1:BS77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:71">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2956,13686 +3094,14651 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>3216714817</v>
+        <v>3221712532</v>
       </c>
       <c r="D2">
-        <v>597928</v>
+        <v>599699</v>
       </c>
       <c r="E2">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2"/>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
       <c r="I2">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="J2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>43760064</v>
+        <v>42559307</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="U2">
-        <v>3216714817</v>
+        <v>3221712532</v>
       </c>
       <c r="V2">
-        <v>597928</v>
+        <v>599699</v>
       </c>
       <c r="W2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X2">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
-        <v>43760064</v>
+        <v>42559307</v>
       </c>
       <c r="AE2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
+        <v>71</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN2" t="s">
         <v>70</v>
       </c>
-      <c r="AM2" t="s">
-[...2 lines deleted...]
-      <c r="AN2"/>
       <c r="AO2">
-        <v>0</v>
+        <v>52.8</v>
       </c>
       <c r="AP2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="AQ2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS2">
-        <v>396240445640</v>
+        <v>397791295905</v>
       </c>
       <c r="AT2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AZ2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA2"/>
+        <v>74</v>
+      </c>
+      <c r="BA2" t="s">
+        <v>85</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="BD2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BF2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="BH2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BI2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
-        <v>379</v>
+        <v>339</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C3">
-        <v>3216460437</v>
+        <v>3221610766</v>
       </c>
       <c r="D3">
-        <v>597750</v>
+        <v>599670</v>
       </c>
       <c r="E3">
         <v>89.21</v>
       </c>
       <c r="F3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I3">
         <v>52.8</v>
       </c>
       <c r="J3" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3">
-        <v>47920251</v>
+        <v>70348240</v>
       </c>
       <c r="Q3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="R3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T3" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="U3">
-        <v>3216460437</v>
+        <v>3221610766</v>
       </c>
       <c r="V3">
-        <v>597750</v>
+        <v>599670</v>
       </c>
       <c r="W3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X3">
         <v>89.21</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="AD3">
-        <v>47920251</v>
+        <v>70348240</v>
       </c>
       <c r="AE3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
         <v>93</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
         <v>94</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="AM3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="AO3">
         <v>52.8</v>
       </c>
       <c r="AP3" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="AQ3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS3">
-        <v>396138476268</v>
+        <v>397753261480</v>
       </c>
       <c r="AT3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="AZ3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA3" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>89</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>71</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>95</v>
+      </c>
+      <c r="BE3" t="s">
         <v>96</v>
       </c>
-      <c r="BB3" t="s">
-[...5 lines deleted...]
-      <c r="BD3" t="s">
+      <c r="BF3" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG3" t="s">
         <v>97</v>
       </c>
-      <c r="BE3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BH3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BI3" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>339</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4">
+        <v>3220271151</v>
+      </c>
+      <c r="D4">
+        <v>599224</v>
+      </c>
+      <c r="E4">
+        <v>99.74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>100</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>101</v>
+      </c>
+      <c r="I4">
+        <v>59.2</v>
+      </c>
+      <c r="J4" t="s">
         <v>102</v>
       </c>
-      <c r="C4">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L4" t="s">
         <v>103</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="M4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N4" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
       <c r="O4"/>
       <c r="P4">
-        <v>21460593</v>
+        <v>21549919</v>
       </c>
       <c r="Q4" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="R4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="U4">
-        <v>3215587718</v>
+        <v>3220271151</v>
       </c>
       <c r="V4">
-        <v>597534</v>
+        <v>599224</v>
       </c>
       <c r="W4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X4">
-        <v>199.48</v>
+        <v>99.74</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="AD4">
-        <v>21460593</v>
+        <v>21549919</v>
       </c>
       <c r="AE4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="AM4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="AO4">
-        <v>118.4</v>
+        <v>59.2</v>
       </c>
       <c r="AP4" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="AQ4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS4">
-        <v>396016438189</v>
+        <v>397354299607</v>
       </c>
       <c r="AT4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY4" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="AZ4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BC4" t="s">
         <v>102</v>
       </c>
-      <c r="BC4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD4" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="BE4" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="BF4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG4" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="BH4">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="BI4" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
-        <v>758</v>
+        <v>379</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5">
+        <v>3220155249</v>
+      </c>
+      <c r="D5">
+        <v>599155</v>
+      </c>
+      <c r="E5">
+        <v>136.58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>113</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>114</v>
+      </c>
+      <c r="I5">
+        <v>75.99</v>
+      </c>
+      <c r="J5" t="s">
+        <v>115</v>
+      </c>
+      <c r="K5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L5" t="s">
         <v>116</v>
       </c>
-      <c r="C5">
-[...28 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="O5"/>
       <c r="P5">
-        <v>21460593</v>
+        <v>46076916</v>
       </c>
       <c r="Q5" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="R5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T5" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="U5">
-        <v>3215585100</v>
+        <v>3220155249</v>
       </c>
       <c r="V5">
-        <v>597526</v>
+        <v>599155</v>
       </c>
       <c r="W5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X5">
-        <v>191.58</v>
+        <v>136.58</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="AD5">
-        <v>21460593</v>
+        <v>46076916</v>
       </c>
       <c r="AE5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="AM5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN5" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="AO5">
-        <v>114.4</v>
+        <v>75.99</v>
       </c>
       <c r="AP5" t="s">
         <v>119</v>
       </c>
       <c r="AQ5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS5">
-        <v>396017284145</v>
+        <v>397279726065</v>
       </c>
       <c r="AT5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY5" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="AZ5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB5" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="BC5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="BD5" t="s">
         <v>120</v>
       </c>
       <c r="BE5" t="s">
         <v>121</v>
       </c>
       <c r="BF5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>122</v>
       </c>
       <c r="BH5">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="BI5" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>123</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
-        <v>728</v>
+        <v>519</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
         <v>124</v>
       </c>
       <c r="C6">
-        <v>3214971109</v>
+        <v>3219573693</v>
       </c>
       <c r="D6">
-        <v>597393</v>
+        <v>598947</v>
       </c>
       <c r="E6">
-        <v>89.21</v>
+        <v>152.37</v>
       </c>
       <c r="F6" t="s">
         <v>125</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
         <v>126</v>
       </c>
       <c r="I6">
-        <v>52.99</v>
+        <v>100.99</v>
       </c>
       <c r="J6" t="s">
         <v>127</v>
       </c>
       <c r="K6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L6" t="s">
         <v>128</v>
       </c>
       <c r="M6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="O6"/>
       <c r="P6">
-        <v>47474028</v>
+        <v>74460359</v>
       </c>
       <c r="Q6" t="s">
         <v>124</v>
       </c>
       <c r="R6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="U6">
-        <v>3214971109</v>
+        <v>3219573693</v>
       </c>
       <c r="V6">
-        <v>597393</v>
+        <v>598947</v>
       </c>
       <c r="W6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X6">
-        <v>89.21</v>
+        <v>152.37</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
         <v>125</v>
       </c>
       <c r="AD6">
-        <v>47474028</v>
+        <v>74460359</v>
       </c>
       <c r="AE6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
         <v>129</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
         <v>127</v>
       </c>
       <c r="AM6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN6" t="s">
         <v>126</v>
       </c>
       <c r="AO6">
-        <v>52.99</v>
+        <v>100.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AQ6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS6">
-        <v>395930698858</v>
+        <v>397115120387</v>
       </c>
       <c r="AT6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY6" t="s">
         <v>128</v>
       </c>
       <c r="AZ6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB6" t="s">
         <v>124</v>
       </c>
       <c r="BC6" t="s">
         <v>127</v>
       </c>
       <c r="BD6" t="s">
+        <v>131</v>
+      </c>
+      <c r="BE6" t="s">
         <v>132</v>
       </c>
-      <c r="BE6" t="s">
+      <c r="BF6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG6" t="s">
         <v>133</v>
       </c>
-      <c r="BF6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH6">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="BI6" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
-        <v>339</v>
+        <v>579</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
+        <v>135</v>
+      </c>
+      <c r="C7">
+        <v>3216714817</v>
+      </c>
+      <c r="D7">
+        <v>597928</v>
+      </c>
+      <c r="E7">
+        <v>99.74</v>
+      </c>
+      <c r="F7" t="s">
         <v>136</v>
       </c>
-      <c r="C7">
-[...8 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7" t="s">
+        <v>76</v>
+      </c>
+      <c r="K7" t="s">
+        <v>82</v>
+      </c>
+      <c r="L7" t="s">
         <v>137</v>
       </c>
-      <c r="G7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="O7"/>
       <c r="P7">
-        <v>43975268</v>
+        <v>43760064</v>
       </c>
       <c r="Q7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="R7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T7" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="U7">
-        <v>3213425222</v>
+        <v>3216714817</v>
       </c>
       <c r="V7">
-        <v>596756</v>
+        <v>597928</v>
       </c>
       <c r="W7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X7">
-        <v>152.37</v>
+        <v>99.74</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AD7">
-        <v>43975268</v>
+        <v>43760064</v>
       </c>
       <c r="AE7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="AM7" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AN7"/>
       <c r="AO7">
-        <v>100.99</v>
+        <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="AQ7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS7">
-        <v>395710863358</v>
+        <v>396240445640</v>
       </c>
       <c r="AT7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
-      <c r="AW7">
-[...1 lines deleted...]
-      </c>
+      <c r="AW7"/>
       <c r="AX7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY7" t="s">
+        <v>137</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>135</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD7" t="s">
         <v>140</v>
       </c>
-      <c r="AZ7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="BE7" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="BF7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG7" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="BH7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="BI7" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
-        <v>579</v>
+        <v>379</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C8">
-        <v>3212868969</v>
+        <v>3216460437</v>
       </c>
       <c r="D8">
-        <v>596397</v>
+        <v>597750</v>
       </c>
       <c r="E8">
         <v>89.21</v>
       </c>
       <c r="F8" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="I8">
         <v>52.8</v>
       </c>
       <c r="J8" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="K8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L8" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O8"/>
       <c r="P8">
-        <v>70011931</v>
+        <v>47920251</v>
       </c>
       <c r="Q8" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="R8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T8" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U8">
-        <v>3212868969</v>
+        <v>3216460437</v>
       </c>
       <c r="V8">
-        <v>596397</v>
+        <v>597750</v>
       </c>
       <c r="W8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X8">
         <v>89.21</v>
       </c>
       <c r="Y8">
         <v>3.8</v>
       </c>
       <c r="Z8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>69</v>
       </c>
       <c r="AC8" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="AD8">
-        <v>70011931</v>
+        <v>47920251</v>
       </c>
       <c r="AE8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG8"/>
       <c r="AH8" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="AK8" t="s">
         <v>69</v>
       </c>
       <c r="AL8" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="AM8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="AO8">
         <v>52.8</v>
       </c>
       <c r="AP8" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
       <c r="AQ8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS8">
-        <v>395449971913</v>
+        <v>396138476268</v>
       </c>
       <c r="AT8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY8" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="AZ8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA8" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB8" t="s">
+        <v>145</v>
+      </c>
+      <c r="BC8" t="s">
         <v>148</v>
       </c>
-      <c r="BC8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD8" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="BE8" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="BF8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG8" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="BH8">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="BI8" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN8" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ8"/>
       <c r="BR8">
         <v>339</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C9">
+        <v>3215587718</v>
+      </c>
+      <c r="D9">
+        <v>597534</v>
+      </c>
+      <c r="E9">
+        <v>199.48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>158</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>159</v>
+      </c>
+      <c r="I9">
+        <v>118.4</v>
+      </c>
+      <c r="J9" t="s">
+        <v>160</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
         <v>161</v>
       </c>
-      <c r="C9">
-[...28 lines deleted...]
-      </c>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O9"/>
       <c r="P9">
-        <v>76356974</v>
+        <v>21460593</v>
       </c>
       <c r="Q9" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="R9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T9" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U9">
-        <v>3212699000</v>
+        <v>3215587718</v>
       </c>
       <c r="V9">
-        <v>596299</v>
+        <v>597534</v>
       </c>
       <c r="W9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X9">
-        <v>89.21</v>
+        <v>199.48</v>
       </c>
       <c r="Y9">
         <v>3.8</v>
       </c>
       <c r="Z9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>69</v>
       </c>
       <c r="AC9" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="AD9">
-        <v>76356974</v>
+        <v>21460593</v>
       </c>
       <c r="AE9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG9"/>
       <c r="AH9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="AK9" t="s">
         <v>69</v>
       </c>
       <c r="AL9" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="AM9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN9" t="s">
+        <v>159</v>
+      </c>
+      <c r="AO9">
+        <v>118.4</v>
+      </c>
+      <c r="AP9" t="s">
         <v>163</v>
       </c>
-      <c r="AO9">
-[...4 lines deleted...]
-      </c>
       <c r="AQ9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS9">
-        <v>395324846339</v>
+        <v>396016438189</v>
       </c>
       <c r="AT9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY9" t="s">
+        <v>161</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>157</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>160</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>164</v>
+      </c>
+      <c r="BE9" t="s">
         <v>165</v>
       </c>
-      <c r="AZ9" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="BF9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG9" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BH9">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="BI9" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN9" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ9"/>
       <c r="BR9">
-        <v>339</v>
+        <v>758</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C10">
-        <v>3212325379</v>
+        <v>3215585100</v>
       </c>
       <c r="D10">
-        <v>596049</v>
+        <v>597526</v>
       </c>
       <c r="E10">
-        <v>310.26</v>
+        <v>191.58</v>
       </c>
       <c r="F10" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="I10">
-        <v>155.99</v>
+        <v>114.4</v>
       </c>
       <c r="J10" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="K10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L10" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N10" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O10"/>
       <c r="P10">
-        <v>45419531</v>
+        <v>21460593</v>
       </c>
       <c r="Q10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="R10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T10" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U10">
-        <v>3212325379</v>
+        <v>3215585100</v>
       </c>
       <c r="V10">
-        <v>596049</v>
+        <v>597526</v>
       </c>
       <c r="W10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X10">
-        <v>310.26</v>
+        <v>191.58</v>
       </c>
       <c r="Y10">
         <v>3.8</v>
       </c>
       <c r="Z10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>69</v>
       </c>
       <c r="AC10" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="AD10">
-        <v>45419531</v>
+        <v>21460593</v>
       </c>
       <c r="AE10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="AK10" t="s">
         <v>69</v>
       </c>
       <c r="AL10" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="AM10" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AN10" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="AO10">
-        <v>155.99</v>
+        <v>114.4</v>
       </c>
       <c r="AP10" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      <c r="AS10"/>
+        <v>171</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS10">
+        <v>396017284145</v>
+      </c>
       <c r="AT10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY10" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="AZ10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA10" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB10" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="BC10" t="s">
+        <v>160</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>172</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>173</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG10" t="s">
         <v>174</v>
       </c>
-      <c r="BD10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH10">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="BI10" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN10" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
-      <c r="BP10"/>
+      <c r="BP10" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ10"/>
       <c r="BR10">
-        <v>1179</v>
+        <v>728</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="C11">
-        <v>3212214216</v>
+        <v>3214971109</v>
       </c>
       <c r="D11">
-        <v>595992</v>
+        <v>597393</v>
       </c>
       <c r="E11">
-        <v>139.21</v>
+        <v>89.21</v>
       </c>
       <c r="F11" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>87.99</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>187</v>
+        <v>76</v>
       </c>
       <c r="K11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L11" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="M11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O11"/>
       <c r="P11">
-        <v>46027310</v>
+        <v>47474028</v>
       </c>
       <c r="Q11" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="R11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T11" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U11">
-        <v>3212214216</v>
+        <v>3214971109</v>
       </c>
       <c r="V11">
-        <v>595992</v>
+        <v>597393</v>
       </c>
       <c r="W11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X11">
-        <v>139.21</v>
+        <v>89.21</v>
       </c>
       <c r="Y11">
         <v>3.8</v>
       </c>
       <c r="Z11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>69</v>
       </c>
       <c r="AC11" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="AD11">
-        <v>46027310</v>
+        <v>47474028</v>
       </c>
       <c r="AE11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>142</v>
+        <v>79</v>
       </c>
       <c r="AK11" t="s">
         <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>187</v>
+        <v>76</v>
       </c>
       <c r="AM11" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AN11"/>
       <c r="AO11">
-        <v>87.99</v>
+        <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="AQ11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS11">
-        <v>395159711330</v>
+        <v>395930698858</v>
       </c>
       <c r="AT11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY11" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="AZ11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA11" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB11" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="BC11" t="s">
-        <v>187</v>
+        <v>76</v>
       </c>
       <c r="BD11" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="BE11" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="BF11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG11" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="BH11">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="BI11" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN11" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ11"/>
       <c r="BR11">
-        <v>529</v>
+        <v>339</v>
       </c>
       <c r="BS11"/>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="C12">
-        <v>3212101410</v>
+        <v>3213425222</v>
       </c>
       <c r="D12">
-        <v>595935</v>
+        <v>596756</v>
       </c>
       <c r="E12">
-        <v>94.47</v>
+        <v>152.37</v>
       </c>
       <c r="F12" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="H12"/>
+      <c r="H12" t="s">
+        <v>187</v>
+      </c>
       <c r="I12">
-        <v>0</v>
+        <v>100.99</v>
       </c>
       <c r="J12" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="K12" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="L12"/>
+        <v>82</v>
+      </c>
+      <c r="L12" t="s">
+        <v>189</v>
+      </c>
       <c r="M12" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="N12"/>
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>104</v>
+      </c>
       <c r="O12"/>
       <c r="P12">
-        <v>44025372</v>
+        <v>43975268</v>
       </c>
       <c r="Q12" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="R12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T12" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U12">
-        <v>3212101410</v>
+        <v>3213425222</v>
       </c>
       <c r="V12">
-        <v>595935</v>
+        <v>596756</v>
       </c>
       <c r="W12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X12">
-        <v>94.47</v>
+        <v>152.37</v>
       </c>
       <c r="Y12">
         <v>3.8</v>
       </c>
       <c r="Z12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>69</v>
       </c>
       <c r="AC12" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="AD12">
-        <v>44025372</v>
+        <v>43975268</v>
       </c>
       <c r="AE12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG12"/>
       <c r="AH12" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>188</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>187</v>
+      </c>
+      <c r="AO12">
+        <v>100.99</v>
+      </c>
+      <c r="AP12" t="s">
         <v>130</v>
       </c>
-      <c r="AK12" t="s">
-[...17 lines deleted...]
-      <c r="AS12"/>
+      <c r="AQ12" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS12">
+        <v>395710863358</v>
+      </c>
       <c r="AT12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
-      <c r="AW12"/>
-[...1 lines deleted...]
-      <c r="AY12"/>
+      <c r="AW12">
+        <v>0</v>
+      </c>
+      <c r="AX12" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY12" t="s">
+        <v>189</v>
+      </c>
       <c r="AZ12" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="BA12"/>
+        <v>74</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>85</v>
+      </c>
       <c r="BB12" t="s">
+        <v>185</v>
+      </c>
+      <c r="BC12" t="s">
+        <v>188</v>
+      </c>
+      <c r="BD12" t="s">
+        <v>192</v>
+      </c>
+      <c r="BE12" t="s">
+        <v>193</v>
+      </c>
+      <c r="BF12" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG12" t="s">
+        <v>194</v>
+      </c>
+      <c r="BH12">
+        <v>21</v>
+      </c>
+      <c r="BI12" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ12"/>
+      <c r="BK12"/>
+      <c r="BL12"/>
+      <c r="BM12" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN12" t="s">
         <v>195</v>
       </c>
-      <c r="BC12" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="BO12">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="BP12"/>
+        <v>0</v>
+      </c>
+      <c r="BP12" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ12"/>
       <c r="BR12">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="BS12"/>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="C13">
-        <v>3211371411</v>
+        <v>3212868969</v>
       </c>
       <c r="D13">
-        <v>595936</v>
+        <v>596397</v>
       </c>
       <c r="E13">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="F13" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="G13" t="s">
         <v>69</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
       <c r="I13">
-        <v>59.2</v>
+        <v>0</v>
       </c>
       <c r="J13" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="K13" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L13" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="M13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N13" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O13"/>
       <c r="P13">
-        <v>44081821</v>
+        <v>70011931</v>
       </c>
       <c r="Q13" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="R13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T13" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U13">
-        <v>3211371411</v>
+        <v>3212868969</v>
       </c>
       <c r="V13">
-        <v>595936</v>
+        <v>596397</v>
       </c>
       <c r="W13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X13">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="Y13">
         <v>3.8</v>
       </c>
       <c r="Z13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>69</v>
       </c>
       <c r="AC13" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="AD13">
-        <v>44081821</v>
+        <v>70011931</v>
       </c>
       <c r="AE13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG13"/>
       <c r="AH13" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
-        <v>212</v>
+        <v>118</v>
       </c>
       <c r="AK13" t="s">
         <v>69</v>
       </c>
       <c r="AL13" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="AM13" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AN13"/>
       <c r="AO13">
-        <v>59.2</v>
+        <v>0</v>
       </c>
       <c r="AP13" t="s">
-        <v>79</v>
+        <v>152</v>
       </c>
       <c r="AQ13" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR13" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS13">
-        <v>395097627173</v>
+        <v>395449971913</v>
       </c>
       <c r="AT13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY13" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="AZ13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA13" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB13" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="BC13" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="BD13" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="BE13" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="BF13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG13" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="BH13">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="BI13" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN13" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="BO13">
         <v>0</v>
       </c>
       <c r="BP13" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ13"/>
       <c r="BR13">
-        <v>379</v>
+        <v>339</v>
       </c>
       <c r="BS13"/>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="C14">
-        <v>3211368031</v>
+        <v>3212699000</v>
       </c>
       <c r="D14">
-        <v>595937</v>
+        <v>596299</v>
       </c>
       <c r="E14">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="F14" t="s">
+        <v>205</v>
+      </c>
+      <c r="G14" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>206</v>
+      </c>
+      <c r="I14">
+        <v>52.99</v>
+      </c>
+      <c r="J14" t="s">
         <v>207</v>
       </c>
-      <c r="G14" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>208</v>
+      </c>
+      <c r="L14" t="s">
+        <v>209</v>
+      </c>
       <c r="M14" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="N14"/>
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>210</v>
+      </c>
       <c r="O14"/>
       <c r="P14">
-        <v>44081821</v>
+        <v>76356974</v>
       </c>
       <c r="Q14" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="R14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T14" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="U14">
-        <v>3211368031</v>
+        <v>3212699000</v>
       </c>
       <c r="V14">
-        <v>595937</v>
+        <v>596299</v>
       </c>
       <c r="W14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X14">
-        <v>99.74</v>
+        <v>89.21</v>
       </c>
       <c r="Y14">
         <v>3.8</v>
       </c>
       <c r="Z14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>69</v>
       </c>
       <c r="AC14" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="AD14">
-        <v>44081821</v>
+        <v>76356974</v>
       </c>
       <c r="AE14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG14"/>
       <c r="AH14" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
-        <v>219</v>
+        <v>79</v>
       </c>
       <c r="AK14" t="s">
         <v>69</v>
       </c>
       <c r="AL14" t="s">
-        <v>70</v>
+        <v>207</v>
       </c>
       <c r="AM14" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="AN14"/>
+        <v>80</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>206</v>
+      </c>
       <c r="AO14">
-        <v>0</v>
+        <v>52.99</v>
       </c>
       <c r="AP14" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      <c r="AS14"/>
+        <v>213</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS14">
+        <v>395324846339</v>
+      </c>
       <c r="AT14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
-      <c r="AW14"/>
-[...1 lines deleted...]
-      <c r="AY14"/>
+      <c r="AW14">
+        <v>0</v>
+      </c>
+      <c r="AX14" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>209</v>
+      </c>
       <c r="AZ14" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="BA14"/>
+        <v>74</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>85</v>
+      </c>
       <c r="BB14" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="BC14" t="s">
-        <v>70</v>
+        <v>207</v>
       </c>
       <c r="BD14" t="s">
-        <v>70</v>
+        <v>214</v>
       </c>
       <c r="BE14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BF14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG14" t="s">
-        <v>70</v>
+        <v>215</v>
       </c>
       <c r="BH14">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="BI14" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="BJ14"/>
-      <c r="BK14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BK14"/>
+      <c r="BL14"/>
       <c r="BM14" t="s">
-        <v>221</v>
+        <v>76</v>
       </c>
       <c r="BN14" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="BO14">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="BP14"/>
+        <v>0</v>
+      </c>
+      <c r="BP14" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ14"/>
       <c r="BR14">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="BS14"/>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C15">
-        <v>3211354325</v>
+        <v>3212325379</v>
       </c>
       <c r="D15">
-        <v>595938</v>
+        <v>596049</v>
       </c>
       <c r="E15">
-        <v>89.21</v>
+        <v>310.26</v>
       </c>
       <c r="F15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="I15">
-        <v>52.8</v>
+        <v>155.99</v>
       </c>
       <c r="J15" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="K15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L15" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="M15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N15" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O15"/>
       <c r="P15">
-        <v>43602431</v>
+        <v>45419531</v>
       </c>
       <c r="Q15" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="R15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T15" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U15">
-        <v>3211354325</v>
+        <v>3212325379</v>
       </c>
       <c r="V15">
-        <v>595938</v>
+        <v>596049</v>
       </c>
       <c r="W15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X15">
-        <v>89.21</v>
+        <v>310.26</v>
       </c>
       <c r="Y15">
         <v>3.8</v>
       </c>
       <c r="Z15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>69</v>
       </c>
       <c r="AC15" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="AD15">
-        <v>43602431</v>
+        <v>45419531</v>
       </c>
       <c r="AE15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG15"/>
       <c r="AH15" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>228</v>
+        <v>79</v>
       </c>
       <c r="AK15" t="s">
         <v>69</v>
       </c>
       <c r="AL15" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="AM15" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN15" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="AO15">
-        <v>52.8</v>
+        <v>155.99</v>
       </c>
       <c r="AP15" t="s">
-        <v>229</v>
-[...9 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="AQ15"/>
+      <c r="AR15"/>
+      <c r="AS15"/>
       <c r="AT15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY15" t="s">
+        <v>221</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>217</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>220</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>225</v>
+      </c>
+      <c r="BE15" t="s">
         <v>226</v>
       </c>
-      <c r="AZ15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG15" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="BH15">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="BI15" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN15" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="BO15">
         <v>0</v>
       </c>
-      <c r="BP15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15">
-        <v>339</v>
+        <v>1179</v>
       </c>
       <c r="BS15"/>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>230</v>
+      </c>
+      <c r="C16">
+        <v>3212214216</v>
+      </c>
+      <c r="D16">
+        <v>595992</v>
+      </c>
+      <c r="E16">
+        <v>139.21</v>
+      </c>
+      <c r="F16" t="s">
+        <v>231</v>
+      </c>
+      <c r="G16" t="s">
+        <v>69</v>
+      </c>
+      <c r="H16" t="s">
+        <v>232</v>
+      </c>
+      <c r="I16">
+        <v>87.99</v>
+      </c>
+      <c r="J16" t="s">
+        <v>233</v>
+      </c>
+      <c r="K16" t="s">
+        <v>82</v>
+      </c>
+      <c r="L16" t="s">
         <v>234</v>
       </c>
-      <c r="C16">
-[...28 lines deleted...]
-      </c>
       <c r="M16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N16" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O16"/>
       <c r="P16">
-        <v>76380257</v>
+        <v>46027310</v>
       </c>
       <c r="Q16" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="R16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T16" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U16">
-        <v>3211069040</v>
+        <v>3212214216</v>
       </c>
       <c r="V16">
-        <v>595939</v>
+        <v>595992</v>
       </c>
       <c r="W16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X16">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="Y16">
         <v>3.8</v>
       </c>
       <c r="Z16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>69</v>
       </c>
       <c r="AC16" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="AD16">
-        <v>76380257</v>
+        <v>46027310</v>
       </c>
       <c r="AE16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG16"/>
       <c r="AH16" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>142</v>
+        <v>191</v>
       </c>
       <c r="AK16" t="s">
         <v>69</v>
       </c>
       <c r="AL16" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="AM16" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN16" t="s">
+        <v>232</v>
+      </c>
+      <c r="AO16">
+        <v>87.99</v>
+      </c>
+      <c r="AP16" t="s">
         <v>236</v>
       </c>
-      <c r="AO16">
-[...4 lines deleted...]
-      </c>
       <c r="AQ16" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR16" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS16">
-        <v>395097594866</v>
+        <v>395159711330</v>
       </c>
       <c r="AT16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY16" t="s">
+        <v>234</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>230</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>233</v>
+      </c>
+      <c r="BD16" t="s">
         <v>237</v>
       </c>
-      <c r="AZ16" t="s">
-[...11 lines deleted...]
-      <c r="BD16" t="s">
+      <c r="BE16" t="s">
+        <v>238</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG16" t="s">
         <v>239</v>
       </c>
-      <c r="BE16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BH16">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="BI16" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN16" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="BO16">
         <v>0</v>
       </c>
       <c r="BP16" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ16"/>
       <c r="BR16">
-        <v>339</v>
+        <v>529</v>
       </c>
       <c r="BS16"/>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>241</v>
+      </c>
+      <c r="C17">
+        <v>3212101410</v>
+      </c>
+      <c r="D17">
+        <v>595935</v>
+      </c>
+      <c r="E17">
+        <v>94.47</v>
+      </c>
+      <c r="F17" t="s">
+        <v>242</v>
+      </c>
+      <c r="G17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>76</v>
+      </c>
+      <c r="K17" t="s">
         <v>243</v>
       </c>
-      <c r="C17">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
         <v>244</v>
       </c>
-      <c r="G17" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
-        <v>73196748</v>
+        <v>44025372</v>
       </c>
       <c r="Q17" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="R17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T17" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U17">
-        <v>3210802212</v>
+        <v>3212101410</v>
       </c>
       <c r="V17">
-        <v>595525</v>
+        <v>595935</v>
       </c>
       <c r="W17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X17">
-        <v>139.21</v>
+        <v>94.47</v>
       </c>
       <c r="Y17">
         <v>3.8</v>
       </c>
       <c r="Z17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>69</v>
       </c>
       <c r="AC17" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="AD17">
-        <v>73196748</v>
+        <v>44025372</v>
       </c>
       <c r="AE17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG17"/>
       <c r="AH17" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>249</v>
+        <v>79</v>
       </c>
       <c r="AK17" t="s">
         <v>69</v>
       </c>
       <c r="AL17" t="s">
+        <v>76</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN17"/>
+      <c r="AO17">
+        <v>0</v>
+      </c>
+      <c r="AP17" t="s">
         <v>246</v>
       </c>
-      <c r="AM17" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="AQ17"/>
+      <c r="AR17"/>
+      <c r="AS17"/>
       <c r="AT17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
-      <c r="AX17" t="s">
-[...2 lines deleted...]
-      <c r="AY17" t="s">
+      <c r="AX17"/>
+      <c r="AY17"/>
+      <c r="AZ17" t="s">
+        <v>244</v>
+      </c>
+      <c r="BA17"/>
+      <c r="BB17" t="s">
+        <v>241</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH17">
+        <v>75</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>143</v>
+      </c>
+      <c r="BJ17"/>
+      <c r="BK17" t="s">
         <v>247</v>
       </c>
-      <c r="AZ17" t="s">
-[...11 lines deleted...]
-      <c r="BD17" t="s">
+      <c r="BL17" t="s">
+        <v>248</v>
+      </c>
+      <c r="BM17" t="s">
+        <v>249</v>
+      </c>
+      <c r="BN17" t="s">
         <v>250</v>
       </c>
-      <c r="BE17" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BO17">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="BS17"/>
+        <v>359</v>
+      </c>
+      <c r="BS17" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>252</v>
+      </c>
+      <c r="C18">
+        <v>3211371411</v>
+      </c>
+      <c r="D18">
+        <v>595936</v>
+      </c>
+      <c r="E18">
+        <v>99.74</v>
+      </c>
+      <c r="F18" t="s">
+        <v>253</v>
+      </c>
+      <c r="G18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18" t="s">
         <v>254</v>
       </c>
-      <c r="C18">
-[...8 lines deleted...]
-      <c r="F18" t="s">
+      <c r="I18">
+        <v>59.2</v>
+      </c>
+      <c r="J18" t="s">
         <v>255</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="H18" t="s">
+      <c r="K18" t="s">
+        <v>82</v>
+      </c>
+      <c r="L18" t="s">
         <v>256</v>
       </c>
-      <c r="I18">
-[...10 lines deleted...]
-      </c>
       <c r="M18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N18" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O18"/>
       <c r="P18">
-        <v>70382745</v>
+        <v>44081821</v>
       </c>
       <c r="Q18" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="R18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T18" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U18">
-        <v>3209491962</v>
+        <v>3211371411</v>
       </c>
       <c r="V18">
-        <v>595406</v>
+        <v>595936</v>
       </c>
       <c r="W18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X18">
-        <v>128.68</v>
+        <v>99.74</v>
       </c>
       <c r="Y18">
         <v>3.8</v>
       </c>
       <c r="Z18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>69</v>
       </c>
       <c r="AC18" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="AD18">
-        <v>70382745</v>
+        <v>44081821</v>
       </c>
       <c r="AE18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG18"/>
       <c r="AH18" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="AK18" t="s">
         <v>69</v>
       </c>
       <c r="AL18" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="AM18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN18" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="AO18">
-        <v>79.99</v>
+        <v>59.2</v>
       </c>
       <c r="AP18" t="s">
-        <v>261</v>
+        <v>107</v>
       </c>
       <c r="AQ18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR18" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS18">
-        <v>394721629597</v>
+        <v>395097627173</v>
       </c>
       <c r="AT18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY18" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="AZ18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA18" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB18" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="BC18" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="BD18" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="BE18" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="BF18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG18" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="BH18">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="BI18" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN18" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ18"/>
       <c r="BR18">
-        <v>489</v>
+        <v>379</v>
       </c>
       <c r="BS18"/>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C19">
-        <v>3205820503</v>
+        <v>3211368031</v>
       </c>
       <c r="D19">
-        <v>595296</v>
+        <v>595937</v>
       </c>
       <c r="E19">
-        <v>323.42</v>
+        <v>99.74</v>
       </c>
       <c r="F19" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="G19" t="s">
         <v>69</v>
       </c>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
       <c r="I19">
-        <v>155.99</v>
+        <v>0</v>
       </c>
       <c r="J19" t="s">
-        <v>269</v>
+        <v>76</v>
       </c>
       <c r="K19" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="N19"/>
       <c r="O19"/>
       <c r="P19">
-        <v>41866187</v>
+        <v>44081821</v>
       </c>
       <c r="Q19" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="R19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T19" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U19">
-        <v>3205820503</v>
+        <v>3211368031</v>
       </c>
       <c r="V19">
-        <v>595296</v>
+        <v>595937</v>
       </c>
       <c r="W19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X19">
-        <v>323.42</v>
+        <v>99.74</v>
       </c>
       <c r="Y19">
         <v>3.8</v>
       </c>
       <c r="Z19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>69</v>
       </c>
       <c r="AC19" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="AD19">
-        <v>41866187</v>
+        <v>44081821</v>
       </c>
       <c r="AE19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG19"/>
       <c r="AH19" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="AK19" t="s">
         <v>69</v>
       </c>
       <c r="AL19" t="s">
-        <v>269</v>
+        <v>76</v>
       </c>
       <c r="AM19" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AN19"/>
       <c r="AO19">
-        <v>155.99</v>
+        <v>0</v>
       </c>
       <c r="AP19" t="s">
-        <v>178</v>
+        <v>107</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
-      <c r="AX19" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AX19"/>
+      <c r="AY19"/>
       <c r="AZ19" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="BA19"/>
       <c r="BB19" t="s">
+        <v>263</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG19" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH19">
+        <v>78</v>
+      </c>
+      <c r="BI19" t="s">
+        <v>143</v>
+      </c>
+      <c r="BJ19"/>
+      <c r="BK19" t="s">
+        <v>247</v>
+      </c>
+      <c r="BL19" t="s">
         <v>266</v>
       </c>
-      <c r="BC19" t="s">
-[...22 lines deleted...]
-      <c r="BL19"/>
       <c r="BM19" t="s">
-        <v>70</v>
+        <v>267</v>
       </c>
       <c r="BN19" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="BO19">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19">
-        <v>1229</v>
-[...1 lines deleted...]
-      <c r="BS19"/>
+        <v>379</v>
+      </c>
+      <c r="BS19" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="C20">
-        <v>3204517749</v>
+        <v>3211354325</v>
       </c>
       <c r="D20">
-        <v>595251</v>
+        <v>595938</v>
       </c>
       <c r="E20">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="F20" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="G20" t="s">
         <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="I20">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="J20" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="K20" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L20" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="M20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O20"/>
       <c r="P20">
-        <v>29580283</v>
+        <v>43602431</v>
       </c>
       <c r="Q20" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="R20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T20" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U20">
-        <v>3204517749</v>
+        <v>3211354325</v>
       </c>
       <c r="V20">
-        <v>595251</v>
+        <v>595938</v>
       </c>
       <c r="W20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X20">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y20">
         <v>3.8</v>
       </c>
       <c r="Z20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>69</v>
       </c>
       <c r="AC20" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="AD20">
-        <v>29580283</v>
+        <v>43602431</v>
       </c>
       <c r="AE20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG20"/>
       <c r="AH20" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>142</v>
+        <v>274</v>
       </c>
       <c r="AK20" t="s">
         <v>69</v>
       </c>
       <c r="AL20" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="AM20" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN20" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="AO20">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP20" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="AQ20" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS20">
-        <v>394576547285</v>
+        <v>395097663610</v>
       </c>
       <c r="AT20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY20" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="AZ20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA20" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB20" t="s">
+        <v>269</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>255</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>276</v>
+      </c>
+      <c r="BE20" t="s">
         <v>277</v>
       </c>
-      <c r="BC20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BF20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG20" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="BH20">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="BI20" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN20" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="BO20">
         <v>0</v>
       </c>
       <c r="BP20" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ20"/>
       <c r="BR20">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS20"/>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="C21">
-        <v>3203445301</v>
+        <v>3211069040</v>
       </c>
       <c r="D21">
-        <v>595240</v>
+        <v>595939</v>
       </c>
       <c r="E21">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="F21" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="G21" t="s">
         <v>69</v>
       </c>
       <c r="H21" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="I21">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="J21" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="K21" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L21" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="M21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N21" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O21"/>
       <c r="P21">
-        <v>70614444</v>
+        <v>76380257</v>
       </c>
       <c r="Q21" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="R21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T21" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U21">
-        <v>3203445301</v>
+        <v>3211069040</v>
       </c>
       <c r="V21">
-        <v>595240</v>
+        <v>595939</v>
       </c>
       <c r="W21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X21">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y21">
         <v>3.8</v>
       </c>
       <c r="Z21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>69</v>
       </c>
       <c r="AC21" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="AD21">
-        <v>70614444</v>
+        <v>76380257</v>
       </c>
       <c r="AE21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG21"/>
       <c r="AH21" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="AK21" t="s">
         <v>69</v>
       </c>
       <c r="AL21" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="AM21" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN21" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="AO21">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP21" t="s">
-        <v>261</v>
+        <v>152</v>
       </c>
       <c r="AQ21" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR21" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS21">
-        <v>394566175272</v>
+        <v>395097594866</v>
       </c>
       <c r="AT21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY21" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="AZ21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA21" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB21" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="BC21" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="BD21" t="s">
-        <v>70</v>
+        <v>285</v>
       </c>
       <c r="BE21" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="BF21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG21" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="BH21">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="BI21" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN21" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ21"/>
       <c r="BR21">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS21"/>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="C22">
-        <v>3202636055</v>
+        <v>3210802212</v>
       </c>
       <c r="D22">
-        <v>595230</v>
+        <v>595525</v>
       </c>
       <c r="E22">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="F22" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="G22" t="s">
         <v>69</v>
       </c>
       <c r="H22" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="I22">
-        <v>52.8</v>
+        <v>87.99</v>
       </c>
       <c r="J22" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="K22" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L22" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N22" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O22"/>
       <c r="P22">
-        <v>90190445</v>
+        <v>73196748</v>
       </c>
       <c r="Q22" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="R22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T22" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U22">
-        <v>3202636055</v>
+        <v>3210802212</v>
       </c>
       <c r="V22">
-        <v>595230</v>
+        <v>595525</v>
       </c>
       <c r="W22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X22">
-        <v>89.21</v>
+        <v>139.21</v>
       </c>
       <c r="Y22">
         <v>3.8</v>
       </c>
       <c r="Z22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>69</v>
       </c>
       <c r="AC22" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="AD22">
-        <v>90190445</v>
+        <v>73196748</v>
       </c>
       <c r="AE22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG22"/>
       <c r="AH22" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="AK22" t="s">
         <v>69</v>
       </c>
       <c r="AL22" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="AM22" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN22" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="AO22">
-        <v>52.8</v>
+        <v>87.99</v>
       </c>
       <c r="AP22" t="s">
-        <v>95</v>
+        <v>236</v>
       </c>
       <c r="AQ22" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR22" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS22">
-        <v>394542759507</v>
+        <v>394842945776</v>
       </c>
       <c r="AT22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY22" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="AZ22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA22" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB22" t="s">
+        <v>289</v>
+      </c>
+      <c r="BC22" t="s">
+        <v>292</v>
+      </c>
+      <c r="BD22" t="s">
         <v>296</v>
       </c>
-      <c r="BC22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE22" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="BF22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG22" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="BH22">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="BI22" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN22" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="BO22">
         <v>0</v>
       </c>
       <c r="BP22" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ22"/>
       <c r="BR22">
-        <v>339</v>
+        <v>529</v>
       </c>
       <c r="BS22"/>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C23">
-        <v>3014797163</v>
+        <v>3209491962</v>
       </c>
       <c r="D23">
-        <v>594797</v>
+        <v>595406</v>
       </c>
       <c r="E23">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="F23" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="G23" t="s">
         <v>69</v>
       </c>
       <c r="H23" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="I23">
-        <v>52.99</v>
+        <v>79.99</v>
       </c>
       <c r="J23" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="K23" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L23" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N23" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O23"/>
       <c r="P23">
-        <v>72391447</v>
+        <v>70382745</v>
       </c>
       <c r="Q23" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="R23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T23" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U23">
-        <v>3014797163</v>
+        <v>3209491962</v>
       </c>
       <c r="V23">
-        <v>594797</v>
+        <v>595406</v>
       </c>
       <c r="W23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X23">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="Y23">
         <v>3.8</v>
       </c>
       <c r="Z23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>69</v>
       </c>
       <c r="AC23" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="AD23">
-        <v>72391447</v>
+        <v>70382745</v>
       </c>
       <c r="AE23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG23"/>
       <c r="AH23" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>130</v>
+        <v>306</v>
       </c>
       <c r="AK23" t="s">
         <v>69</v>
       </c>
       <c r="AL23" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="AM23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN23" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="AO23">
-        <v>52.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP23" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="AQ23" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR23" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS23">
-        <v>394186781415</v>
+        <v>394721629597</v>
       </c>
       <c r="AT23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY23" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="AZ23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA23" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB23" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="BC23" t="s">
+        <v>303</v>
+      </c>
+      <c r="BD23" t="s">
+        <v>308</v>
+      </c>
+      <c r="BE23" t="s">
+        <v>309</v>
+      </c>
+      <c r="BF23" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG23" t="s">
         <v>310</v>
       </c>
-      <c r="BD23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH23">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="BI23" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN23" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="BO23">
         <v>0</v>
       </c>
       <c r="BP23" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ23"/>
       <c r="BR23">
-        <v>339</v>
+        <v>489</v>
       </c>
       <c r="BS23"/>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C24">
-        <v>3012876680</v>
+        <v>3205820503</v>
       </c>
       <c r="D24">
-        <v>594742</v>
+        <v>595296</v>
       </c>
       <c r="E24">
-        <v>105</v>
+        <v>323.42</v>
       </c>
       <c r="F24" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="G24" t="s">
         <v>69</v>
       </c>
       <c r="H24" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="I24">
-        <v>63.2</v>
+        <v>155.99</v>
       </c>
       <c r="J24" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="K24" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L24" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="M24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N24" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O24"/>
       <c r="P24">
-        <v>47510175</v>
+        <v>41866187</v>
       </c>
       <c r="Q24" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="R24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T24" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U24">
-        <v>3012876680</v>
+        <v>3205820503</v>
       </c>
       <c r="V24">
-        <v>594742</v>
+        <v>595296</v>
       </c>
       <c r="W24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X24">
-        <v>105</v>
+        <v>323.42</v>
       </c>
       <c r="Y24">
         <v>3.8</v>
       </c>
       <c r="Z24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>69</v>
       </c>
       <c r="AC24" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="AD24">
-        <v>47510175</v>
+        <v>41866187</v>
       </c>
       <c r="AE24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG24"/>
       <c r="AH24" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="AK24" t="s">
         <v>69</v>
       </c>
       <c r="AL24" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="AM24" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN24" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="AO24">
-        <v>63.2</v>
+        <v>155.99</v>
       </c>
       <c r="AP24" t="s">
-        <v>324</v>
-[...9 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="AQ24"/>
+      <c r="AR24"/>
+      <c r="AS24"/>
       <c r="AT24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY24" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="AZ24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA24" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB24" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="BC24" t="s">
+        <v>315</v>
+      </c>
+      <c r="BD24" t="s">
+        <v>319</v>
+      </c>
+      <c r="BE24" t="s">
+        <v>320</v>
+      </c>
+      <c r="BF24" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG24" t="s">
         <v>321</v>
       </c>
-      <c r="BD24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH24">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="BI24" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN24" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="BO24">
         <v>0</v>
       </c>
-      <c r="BP24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24">
-        <v>399</v>
+        <v>1229</v>
       </c>
       <c r="BS24"/>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C25">
-        <v>2996088570</v>
+        <v>3204517749</v>
       </c>
       <c r="D25">
-        <v>594621</v>
+        <v>595251</v>
       </c>
       <c r="E25">
-        <v>144.47</v>
+        <v>128.68</v>
       </c>
       <c r="F25" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="G25" t="s">
         <v>69</v>
       </c>
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>325</v>
+      </c>
       <c r="I25">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="J25" t="s">
-        <v>70</v>
+        <v>326</v>
       </c>
       <c r="K25" t="s">
-        <v>197</v>
+        <v>82</v>
       </c>
       <c r="L25" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="M25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N25" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O25"/>
       <c r="P25">
-        <v>29739404</v>
+        <v>29580283</v>
       </c>
       <c r="Q25" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="R25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T25" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U25">
-        <v>2996088570</v>
+        <v>3204517749</v>
       </c>
       <c r="V25">
-        <v>594621</v>
+        <v>595251</v>
       </c>
       <c r="W25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X25">
-        <v>144.47</v>
+        <v>128.68</v>
       </c>
       <c r="Y25">
         <v>3.8</v>
       </c>
       <c r="Z25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>69</v>
       </c>
       <c r="AC25" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="AD25">
-        <v>29739404</v>
+        <v>29580283</v>
       </c>
       <c r="AE25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG25"/>
       <c r="AH25" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>142</v>
+        <v>191</v>
       </c>
       <c r="AK25" t="s">
         <v>69</v>
       </c>
       <c r="AL25" t="s">
-        <v>70</v>
+        <v>326</v>
       </c>
       <c r="AM25" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="AN25"/>
+        <v>80</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>325</v>
+      </c>
       <c r="AO25">
-        <v>0</v>
+        <v>79.99</v>
       </c>
       <c r="AP25" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      <c r="AS25"/>
+        <v>329</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS25">
+        <v>394576547285</v>
+      </c>
       <c r="AT25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY25" t="s">
+        <v>327</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB25" t="s">
+        <v>323</v>
+      </c>
+      <c r="BC25" t="s">
+        <v>326</v>
+      </c>
+      <c r="BD25" t="s">
+        <v>330</v>
+      </c>
+      <c r="BE25" t="s">
         <v>331</v>
       </c>
-      <c r="AZ25" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="BF25" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG25" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="BH25">
+        <v>21</v>
+      </c>
+      <c r="BI25" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN25" t="s">
+        <v>333</v>
+      </c>
+      <c r="BO25">
         <v>0</v>
       </c>
-      <c r="BI25" t="s">
-[...18 lines deleted...]
-      <c r="BP25"/>
+      <c r="BP25" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ25"/>
       <c r="BR25">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="BS25"/>
     </row>
     <row r="26" spans="1:71">
       <c r="A26" t="s">
         <v>66</v>
       </c>
       <c r="B26" t="s">
+        <v>334</v>
+      </c>
+      <c r="C26">
+        <v>3203445301</v>
+      </c>
+      <c r="D26">
+        <v>595240</v>
+      </c>
+      <c r="E26">
+        <v>128.68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>335</v>
+      </c>
+      <c r="G26" t="s">
+        <v>69</v>
+      </c>
+      <c r="H26" t="s">
+        <v>336</v>
+      </c>
+      <c r="I26">
+        <v>79.99</v>
+      </c>
+      <c r="J26" t="s">
+        <v>326</v>
+      </c>
+      <c r="K26" t="s">
+        <v>82</v>
+      </c>
+      <c r="L26" t="s">
         <v>337</v>
       </c>
-      <c r="C26">
-[...28 lines deleted...]
-      </c>
       <c r="M26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N26" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="O26"/>
       <c r="P26">
-        <v>46923224</v>
+        <v>70614444</v>
       </c>
       <c r="Q26" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="R26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T26" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="U26">
-        <v>2985047531</v>
+        <v>3203445301</v>
       </c>
       <c r="V26">
-        <v>594438</v>
+        <v>595240</v>
       </c>
       <c r="W26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X26">
-        <v>144.47</v>
+        <v>128.68</v>
       </c>
       <c r="Y26">
         <v>3.8</v>
       </c>
       <c r="Z26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA26" t="s">
         <v>66</v>
       </c>
       <c r="AB26" t="s">
         <v>69</v>
       </c>
       <c r="AC26" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="AD26">
-        <v>46923224</v>
+        <v>70614444</v>
       </c>
       <c r="AE26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG26"/>
       <c r="AH26" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="AI26"/>
       <c r="AJ26" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK26" t="s">
         <v>69</v>
       </c>
       <c r="AL26" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="AM26" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN26" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="AO26">
-        <v>91.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP26" t="s">
-        <v>333</v>
+        <v>307</v>
       </c>
       <c r="AQ26" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR26" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS26">
-        <v>393698136509</v>
+        <v>394566175272</v>
       </c>
       <c r="AT26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY26" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="AZ26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA26" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB26" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="BC26" t="s">
+        <v>326</v>
+      </c>
+      <c r="BD26" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE26" t="s">
+        <v>339</v>
+      </c>
+      <c r="BF26" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG26" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>344</v>
       </c>
       <c r="BH26">
         <v>20</v>
       </c>
       <c r="BI26" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN26" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="BO26">
         <v>0</v>
       </c>
       <c r="BP26" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ26"/>
       <c r="BR26">
-        <v>549</v>
+        <v>489</v>
       </c>
       <c r="BS26"/>
     </row>
     <row r="27" spans="1:71">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
+        <v>342</v>
+      </c>
+      <c r="C27">
+        <v>3202636055</v>
+      </c>
+      <c r="D27">
+        <v>595230</v>
+      </c>
+      <c r="E27">
+        <v>89.21</v>
+      </c>
+      <c r="F27" t="s">
+        <v>343</v>
+      </c>
+      <c r="G27" t="s">
+        <v>69</v>
+      </c>
+      <c r="H27" t="s">
+        <v>344</v>
+      </c>
+      <c r="I27">
+        <v>52.8</v>
+      </c>
+      <c r="J27" t="s">
+        <v>345</v>
+      </c>
+      <c r="K27" t="s">
+        <v>82</v>
+      </c>
+      <c r="L27" t="s">
         <v>346</v>
       </c>
-      <c r="C27">
-[...28 lines deleted...]
-      </c>
       <c r="M27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N27" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O27"/>
       <c r="P27">
-        <v>72162907</v>
+        <v>90190445</v>
       </c>
       <c r="Q27" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="R27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T27" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U27">
-        <v>2967797468</v>
+        <v>3202636055</v>
       </c>
       <c r="V27">
-        <v>594133</v>
+        <v>595230</v>
       </c>
       <c r="W27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X27">
-        <v>152.37</v>
+        <v>89.21</v>
       </c>
       <c r="Y27">
         <v>3.8</v>
       </c>
       <c r="Z27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA27" t="s">
         <v>66</v>
       </c>
       <c r="AB27" t="s">
         <v>69</v>
       </c>
       <c r="AC27" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="AD27">
-        <v>72162907</v>
+        <v>90190445</v>
       </c>
       <c r="AE27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG27"/>
       <c r="AH27" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="AI27"/>
       <c r="AJ27" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="AK27" t="s">
         <v>69</v>
       </c>
       <c r="AL27" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="AM27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN27" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="AO27">
-        <v>104.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP27" t="s">
-        <v>353</v>
+        <v>152</v>
       </c>
       <c r="AQ27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR27" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS27">
-        <v>393282179512</v>
+        <v>394542759507</v>
       </c>
       <c r="AT27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY27" t="s">
+        <v>346</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB27" t="s">
+        <v>342</v>
+      </c>
+      <c r="BC27" t="s">
+        <v>345</v>
+      </c>
+      <c r="BD27" t="s">
+        <v>349</v>
+      </c>
+      <c r="BE27" t="s">
         <v>350</v>
       </c>
-      <c r="AZ27" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG27" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="BH27">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="BI27" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN27" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="BO27">
         <v>0</v>
       </c>
       <c r="BP27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ27"/>
       <c r="BR27">
-        <v>579</v>
+        <v>339</v>
       </c>
       <c r="BS27"/>
     </row>
     <row r="28" spans="1:71">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
+        <v>353</v>
+      </c>
+      <c r="C28">
+        <v>3014797163</v>
+      </c>
+      <c r="D28">
+        <v>594797</v>
+      </c>
+      <c r="E28">
+        <v>89.21</v>
+      </c>
+      <c r="F28" t="s">
+        <v>354</v>
+      </c>
+      <c r="G28" t="s">
+        <v>69</v>
+      </c>
+      <c r="H28" t="s">
+        <v>355</v>
+      </c>
+      <c r="I28">
+        <v>52.99</v>
+      </c>
+      <c r="J28" t="s">
+        <v>356</v>
+      </c>
+      <c r="K28" t="s">
+        <v>82</v>
+      </c>
+      <c r="L28" t="s">
         <v>357</v>
       </c>
-      <c r="C28">
-[...28 lines deleted...]
-      </c>
       <c r="M28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N28" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O28"/>
       <c r="P28">
-        <v>46953549</v>
+        <v>72391447</v>
       </c>
       <c r="Q28" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="R28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T28" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U28">
-        <v>2962136563</v>
+        <v>3014797163</v>
       </c>
       <c r="V28">
-        <v>594022</v>
+        <v>594797</v>
       </c>
       <c r="W28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X28">
-        <v>323.42</v>
+        <v>89.21</v>
       </c>
       <c r="Y28">
         <v>3.8</v>
       </c>
       <c r="Z28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA28" t="s">
         <v>66</v>
       </c>
       <c r="AB28" t="s">
         <v>69</v>
       </c>
       <c r="AC28" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="AD28">
-        <v>46953549</v>
+        <v>72391447</v>
       </c>
       <c r="AE28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG28"/>
       <c r="AH28" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="AI28"/>
       <c r="AJ28" t="s">
-        <v>363</v>
+        <v>79</v>
       </c>
       <c r="AK28" t="s">
         <v>69</v>
       </c>
       <c r="AL28" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="AM28" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AN28" t="s">
+        <v>355</v>
+      </c>
+      <c r="AO28">
+        <v>52.99</v>
+      </c>
+      <c r="AP28" t="s">
         <v>359</v>
       </c>
-      <c r="AO28">
-[...7 lines deleted...]
-      <c r="AS28"/>
+      <c r="AQ28" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS28">
+        <v>394186781415</v>
+      </c>
       <c r="AT28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY28" t="s">
+        <v>357</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB28" t="s">
+        <v>353</v>
+      </c>
+      <c r="BC28" t="s">
+        <v>356</v>
+      </c>
+      <c r="BD28" t="s">
+        <v>360</v>
+      </c>
+      <c r="BE28" t="s">
         <v>361</v>
       </c>
-      <c r="AZ28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG28" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="BH28">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="BI28" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN28" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="BO28">
         <v>0</v>
       </c>
-      <c r="BP28"/>
+      <c r="BP28" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ28"/>
       <c r="BR28">
-        <v>1229</v>
+        <v>339</v>
       </c>
       <c r="BS28"/>
     </row>
     <row r="29" spans="1:71">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
+        <v>364</v>
+      </c>
+      <c r="C29">
+        <v>3012876680</v>
+      </c>
+      <c r="D29">
+        <v>594742</v>
+      </c>
+      <c r="E29">
+        <v>105</v>
+      </c>
+      <c r="F29" t="s">
+        <v>365</v>
+      </c>
+      <c r="G29" t="s">
+        <v>69</v>
+      </c>
+      <c r="H29" t="s">
+        <v>366</v>
+      </c>
+      <c r="I29">
+        <v>63.2</v>
+      </c>
+      <c r="J29" t="s">
+        <v>367</v>
+      </c>
+      <c r="K29" t="s">
+        <v>82</v>
+      </c>
+      <c r="L29" t="s">
         <v>368</v>
       </c>
-      <c r="C29">
-[...28 lines deleted...]
-      </c>
       <c r="M29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N29" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O29"/>
       <c r="P29">
-        <v>47316237</v>
+        <v>47510175</v>
       </c>
       <c r="Q29" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="R29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T29" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U29">
-        <v>2955131834</v>
+        <v>3012876680</v>
       </c>
       <c r="V29">
-        <v>593919</v>
+        <v>594742</v>
       </c>
       <c r="W29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X29">
-        <v>181.05</v>
+        <v>105</v>
       </c>
       <c r="Y29">
         <v>3.8</v>
       </c>
       <c r="Z29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA29" t="s">
         <v>66</v>
       </c>
       <c r="AB29" t="s">
         <v>69</v>
       </c>
       <c r="AC29" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="AD29">
-        <v>47316237</v>
+        <v>47510175</v>
       </c>
       <c r="AE29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG29"/>
       <c r="AH29" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="AI29"/>
       <c r="AJ29" t="s">
-        <v>130</v>
+        <v>348</v>
       </c>
       <c r="AK29" t="s">
         <v>69</v>
       </c>
       <c r="AL29" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="AM29" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN29" t="s">
+        <v>366</v>
+      </c>
+      <c r="AO29">
+        <v>63.2</v>
+      </c>
+      <c r="AP29" t="s">
         <v>370</v>
       </c>
-      <c r="AO29">
-[...4 lines deleted...]
-      </c>
       <c r="AQ29" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR29" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS29">
-        <v>392980482230</v>
+        <v>885055897013</v>
       </c>
       <c r="AT29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU29"/>
       <c r="AV29"/>
-      <c r="AW29">
-[...1 lines deleted...]
-      </c>
+      <c r="AW29"/>
       <c r="AX29" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY29" t="s">
+        <v>368</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB29" t="s">
+        <v>364</v>
+      </c>
+      <c r="BC29" t="s">
+        <v>367</v>
+      </c>
+      <c r="BD29" t="s">
+        <v>371</v>
+      </c>
+      <c r="BE29" t="s">
         <v>372</v>
       </c>
-      <c r="AZ29" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG29" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="BH29">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="BI29" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN29" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="BO29">
         <v>0</v>
       </c>
       <c r="BP29" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ29"/>
       <c r="BR29">
-        <v>688</v>
+        <v>399</v>
       </c>
       <c r="BS29"/>
     </row>
     <row r="30" spans="1:71">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C30">
-        <v>2952002709</v>
+        <v>2996088570</v>
       </c>
       <c r="D30">
-        <v>593817</v>
+        <v>594621</v>
       </c>
       <c r="E30">
-        <v>89.21</v>
+        <v>144.47</v>
       </c>
       <c r="F30" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
       <c r="I30">
-        <v>52.99</v>
+        <v>0</v>
       </c>
       <c r="J30" t="s">
-        <v>381</v>
+        <v>76</v>
       </c>
       <c r="K30" t="s">
-        <v>71</v>
+        <v>243</v>
       </c>
       <c r="L30" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="M30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N30" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O30"/>
       <c r="P30">
-        <v>70560713</v>
+        <v>29739404</v>
       </c>
       <c r="Q30" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="R30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T30" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U30">
-        <v>2952002709</v>
+        <v>2996088570</v>
       </c>
       <c r="V30">
-        <v>593817</v>
+        <v>594621</v>
       </c>
       <c r="W30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X30">
-        <v>89.21</v>
+        <v>144.47</v>
       </c>
       <c r="Y30">
         <v>3.8</v>
       </c>
       <c r="Z30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA30" t="s">
         <v>66</v>
       </c>
       <c r="AB30" t="s">
         <v>69</v>
       </c>
       <c r="AC30" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="AD30">
-        <v>70560713</v>
+        <v>29739404</v>
       </c>
       <c r="AE30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG30"/>
       <c r="AH30" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="AI30"/>
       <c r="AJ30" t="s">
-        <v>384</v>
+        <v>191</v>
       </c>
       <c r="AK30" t="s">
         <v>69</v>
       </c>
       <c r="AL30" t="s">
-        <v>381</v>
+        <v>76</v>
       </c>
       <c r="AM30" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="AN30"/>
       <c r="AO30">
-        <v>52.99</v>
+        <v>0</v>
       </c>
       <c r="AP30" t="s">
-        <v>168</v>
-[...9 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="AQ30"/>
+      <c r="AR30"/>
+      <c r="AS30"/>
       <c r="AT30" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY30" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="AZ30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA30"/>
       <c r="BB30" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="BC30" t="s">
+        <v>76</v>
+      </c>
+      <c r="BD30" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE30" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF30" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG30" t="s">
+        <v>380</v>
+      </c>
+      <c r="BH30">
+        <v>0</v>
+      </c>
+      <c r="BI30" t="s">
+        <v>143</v>
+      </c>
+      <c r="BJ30"/>
+      <c r="BK30" t="s">
+        <v>247</v>
+      </c>
+      <c r="BL30" t="s">
+        <v>266</v>
+      </c>
+      <c r="BM30" t="s">
         <v>381</v>
       </c>
-      <c r="BD30" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="BN30" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="BO30">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS30"/>
+        <v>549</v>
+      </c>
+      <c r="BS30" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="31" spans="1:71">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
+        <v>383</v>
+      </c>
+      <c r="C31">
+        <v>2985047531</v>
+      </c>
+      <c r="D31">
+        <v>594438</v>
+      </c>
+      <c r="E31">
+        <v>144.47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>384</v>
+      </c>
+      <c r="G31" t="s">
+        <v>69</v>
+      </c>
+      <c r="H31" t="s">
+        <v>385</v>
+      </c>
+      <c r="I31">
+        <v>91.99</v>
+      </c>
+      <c r="J31" t="s">
+        <v>386</v>
+      </c>
+      <c r="K31" t="s">
+        <v>82</v>
+      </c>
+      <c r="L31" t="s">
         <v>387</v>
       </c>
-      <c r="C31">
-[...28 lines deleted...]
-      </c>
       <c r="M31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N31" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
       <c r="O31"/>
       <c r="P31">
-        <v>47156354</v>
+        <v>46923224</v>
       </c>
       <c r="Q31" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="R31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T31" t="s">
-        <v>154</v>
+        <v>77</v>
       </c>
       <c r="U31">
-        <v>2942595906</v>
+        <v>2985047531</v>
       </c>
       <c r="V31">
-        <v>593697</v>
+        <v>594438</v>
       </c>
       <c r="W31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X31">
-        <v>128.68</v>
+        <v>144.47</v>
       </c>
       <c r="Y31">
         <v>3.8</v>
       </c>
       <c r="Z31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA31" t="s">
         <v>66</v>
       </c>
       <c r="AB31" t="s">
         <v>69</v>
       </c>
       <c r="AC31" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="AD31">
-        <v>47156354</v>
+        <v>46923224</v>
       </c>
       <c r="AE31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG31"/>
       <c r="AH31" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="AI31"/>
       <c r="AJ31" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK31" t="s">
         <v>69</v>
       </c>
       <c r="AL31" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="AM31" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN31" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="AO31">
-        <v>79.99</v>
+        <v>91.99</v>
       </c>
       <c r="AP31" t="s">
-        <v>261</v>
+        <v>379</v>
       </c>
       <c r="AQ31" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR31" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS31">
-        <v>392749542801</v>
+        <v>393698136509</v>
       </c>
       <c r="AT31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY31" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="AZ31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA31" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB31" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="BC31" t="s">
+        <v>386</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE31" t="s">
+        <v>389</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG31" t="s">
         <v>390</v>
       </c>
-      <c r="BD31" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BH31">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="BI31" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN31" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="BO31">
         <v>0</v>
       </c>
       <c r="BP31" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ31"/>
       <c r="BR31">
-        <v>489</v>
+        <v>549</v>
       </c>
       <c r="BS31"/>
     </row>
     <row r="32" spans="1:71">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
+        <v>392</v>
+      </c>
+      <c r="C32">
+        <v>2967797468</v>
+      </c>
+      <c r="D32">
+        <v>594133</v>
+      </c>
+      <c r="E32">
+        <v>152.37</v>
+      </c>
+      <c r="F32" t="s">
+        <v>393</v>
+      </c>
+      <c r="G32" t="s">
+        <v>69</v>
+      </c>
+      <c r="H32" t="s">
+        <v>394</v>
+      </c>
+      <c r="I32">
+        <v>104.99</v>
+      </c>
+      <c r="J32" t="s">
+        <v>395</v>
+      </c>
+      <c r="K32" t="s">
+        <v>82</v>
+      </c>
+      <c r="L32" t="s">
         <v>396</v>
       </c>
-      <c r="C32">
-[...28 lines deleted...]
-      </c>
       <c r="M32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N32" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O32"/>
       <c r="P32">
-        <v>70422203</v>
+        <v>72162907</v>
       </c>
       <c r="Q32" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="R32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T32" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U32">
-        <v>2942141700</v>
+        <v>2967797468</v>
       </c>
       <c r="V32">
-        <v>593698</v>
+        <v>594133</v>
       </c>
       <c r="W32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X32">
-        <v>323.42</v>
+        <v>152.37</v>
       </c>
       <c r="Y32">
         <v>3.8</v>
       </c>
       <c r="Z32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA32" t="s">
         <v>66</v>
       </c>
       <c r="AB32" t="s">
         <v>69</v>
       </c>
       <c r="AC32" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="AD32">
-        <v>70422203</v>
+        <v>72162907</v>
       </c>
       <c r="AE32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG32"/>
       <c r="AH32" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="AI32"/>
       <c r="AJ32" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="AK32" t="s">
         <v>69</v>
       </c>
       <c r="AL32" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="AM32" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AN32" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="AO32">
-        <v>155.99</v>
+        <v>104.99</v>
       </c>
       <c r="AP32" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      <c r="AS32"/>
+        <v>399</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS32">
+        <v>393282179512</v>
+      </c>
       <c r="AT32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY32" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="AZ32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA32" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB32" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="BC32" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="BD32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE32" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="BF32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG32" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="BH32">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="BI32" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN32" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="BO32">
         <v>0</v>
       </c>
-      <c r="BP32"/>
+      <c r="BP32" t="s">
+        <v>82</v>
+      </c>
       <c r="BQ32"/>
       <c r="BR32">
-        <v>1229</v>
+        <v>579</v>
       </c>
       <c r="BS32"/>
     </row>
     <row r="33" spans="1:71">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
+        <v>403</v>
+      </c>
+      <c r="C33">
+        <v>2962136563</v>
+      </c>
+      <c r="D33">
+        <v>594022</v>
+      </c>
+      <c r="E33">
+        <v>323.42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>404</v>
+      </c>
+      <c r="G33" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33" t="s">
         <v>405</v>
       </c>
-      <c r="C33">
-[...8 lines deleted...]
-      <c r="F33" t="s">
+      <c r="I33">
+        <v>155.99</v>
+      </c>
+      <c r="J33" t="s">
         <v>406</v>
       </c>
-      <c r="G33" t="s">
-[...2 lines deleted...]
-      <c r="H33" t="s">
+      <c r="K33" t="s">
+        <v>82</v>
+      </c>
+      <c r="L33" t="s">
         <v>407</v>
       </c>
-      <c r="I33">
-[...10 lines deleted...]
-      </c>
       <c r="M33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N33" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O33"/>
       <c r="P33">
-        <v>29736982</v>
+        <v>46953549</v>
       </c>
       <c r="Q33" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="R33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T33" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U33">
-        <v>2939069815</v>
+        <v>2962136563</v>
       </c>
       <c r="V33">
-        <v>593518</v>
+        <v>594022</v>
       </c>
       <c r="W33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X33">
-        <v>170.79</v>
+        <v>323.42</v>
       </c>
       <c r="Y33">
         <v>3.8</v>
       </c>
       <c r="Z33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA33" t="s">
         <v>66</v>
       </c>
       <c r="AB33" t="s">
         <v>69</v>
       </c>
       <c r="AC33" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="AD33">
-        <v>29736982</v>
+        <v>46953549</v>
       </c>
       <c r="AE33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG33"/>
       <c r="AH33" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="AI33"/>
       <c r="AJ33" t="s">
-        <v>130</v>
+        <v>409</v>
       </c>
       <c r="AK33" t="s">
         <v>69</v>
       </c>
       <c r="AL33" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="AM33" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN33" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="AO33">
-        <v>109.99</v>
+        <v>155.99</v>
       </c>
       <c r="AP33" t="s">
-        <v>411</v>
-[...9 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="AQ33"/>
+      <c r="AR33"/>
+      <c r="AS33"/>
       <c r="AT33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY33" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="AZ33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA33" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB33" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="BC33" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="BD33" t="s">
-        <v>70</v>
+        <v>410</v>
       </c>
       <c r="BE33" t="s">
+        <v>411</v>
+      </c>
+      <c r="BF33" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG33" t="s">
         <v>412</v>
       </c>
-      <c r="BF33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH33">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="BI33" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN33" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="BO33">
         <v>0</v>
       </c>
-      <c r="BP33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33">
-        <v>649</v>
+        <v>1229</v>
       </c>
       <c r="BS33"/>
     </row>
     <row r="34" spans="1:71">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
+        <v>414</v>
+      </c>
+      <c r="C34">
+        <v>2955131834</v>
+      </c>
+      <c r="D34">
+        <v>593919</v>
+      </c>
+      <c r="E34">
+        <v>181.05</v>
+      </c>
+      <c r="F34" t="s">
         <v>415</v>
       </c>
-      <c r="C34">
-[...8 lines deleted...]
-      <c r="F34" t="s">
+      <c r="G34" t="s">
+        <v>69</v>
+      </c>
+      <c r="H34" t="s">
         <v>416</v>
       </c>
-      <c r="G34" t="s">
-[...2 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34">
+        <v>108</v>
+      </c>
+      <c r="J34" t="s">
         <v>417</v>
       </c>
-      <c r="I34">
-[...2 lines deleted...]
-      <c r="J34" t="s">
+      <c r="K34" t="s">
+        <v>82</v>
+      </c>
+      <c r="L34" t="s">
         <v>418</v>
       </c>
-      <c r="K34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N34" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O34"/>
       <c r="P34">
-        <v>47959005</v>
+        <v>47316237</v>
       </c>
       <c r="Q34" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="R34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T34" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U34">
-        <v>2936432726</v>
+        <v>2955131834</v>
       </c>
       <c r="V34">
-        <v>593451</v>
+        <v>593919</v>
       </c>
       <c r="W34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X34">
-        <v>178.68</v>
+        <v>181.05</v>
       </c>
       <c r="Y34">
         <v>3.8</v>
       </c>
       <c r="Z34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA34" t="s">
         <v>66</v>
       </c>
       <c r="AB34" t="s">
         <v>69</v>
       </c>
       <c r="AC34" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="AD34">
-        <v>47959005</v>
+        <v>47316237</v>
       </c>
       <c r="AE34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG34"/>
       <c r="AH34" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="AI34"/>
       <c r="AJ34" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK34" t="s">
         <v>69</v>
       </c>
       <c r="AL34" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="AM34" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN34" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="AO34">
-        <v>114.99</v>
+        <v>108</v>
       </c>
       <c r="AP34" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="AQ34" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR34" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS34">
-        <v>392475976637</v>
+        <v>392980482230</v>
       </c>
       <c r="AT34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU34"/>
       <c r="AV34"/>
-      <c r="AW34"/>
+      <c r="AW34">
+        <v>0</v>
+      </c>
       <c r="AX34" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY34" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="AZ34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA34" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB34" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="BC34" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="BD34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE34" t="s">
+        <v>421</v>
+      </c>
+      <c r="BF34" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG34" t="s">
         <v>422</v>
       </c>
-      <c r="BF34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BH34">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="BI34" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN34" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="BO34">
         <v>0</v>
       </c>
       <c r="BP34" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ34"/>
       <c r="BR34">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="BS34"/>
     </row>
     <row r="35" spans="1:71">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
+        <v>424</v>
+      </c>
+      <c r="C35">
+        <v>2952002709</v>
+      </c>
+      <c r="D35">
+        <v>593817</v>
+      </c>
+      <c r="E35">
+        <v>89.21</v>
+      </c>
+      <c r="F35" t="s">
         <v>425</v>
       </c>
-      <c r="C35">
-[...8 lines deleted...]
-      <c r="F35" t="s">
+      <c r="G35" t="s">
+        <v>69</v>
+      </c>
+      <c r="H35" t="s">
         <v>426</v>
       </c>
-      <c r="G35" t="s">
-[...2 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35">
+        <v>52.99</v>
+      </c>
+      <c r="J35" t="s">
         <v>427</v>
       </c>
-      <c r="I35">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="K35" t="s">
+        <v>72</v>
+      </c>
+      <c r="L35" t="s">
         <v>428</v>
       </c>
-      <c r="K35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N35" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O35"/>
-      <c r="P35" t="s">
-        <v>430</v>
+      <c r="P35">
+        <v>70560713</v>
       </c>
       <c r="Q35" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="R35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T35" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U35">
-        <v>2934907785</v>
+        <v>2952002709</v>
       </c>
       <c r="V35">
-        <v>593408</v>
+        <v>593817</v>
       </c>
       <c r="W35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X35">
-        <v>152.37</v>
+        <v>89.21</v>
       </c>
       <c r="Y35">
         <v>3.8</v>
       </c>
       <c r="Z35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA35" t="s">
         <v>66</v>
       </c>
       <c r="AB35" t="s">
         <v>69</v>
       </c>
       <c r="AC35" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>425</v>
+      </c>
+      <c r="AD35">
+        <v>70560713</v>
       </c>
       <c r="AE35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG35"/>
       <c r="AH35" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="AI35"/>
       <c r="AJ35" t="s">
-        <v>130</v>
+        <v>430</v>
       </c>
       <c r="AK35" t="s">
         <v>69</v>
       </c>
       <c r="AL35" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="AM35" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN35" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="AO35">
-        <v>100.99</v>
+        <v>52.99</v>
       </c>
       <c r="AP35" t="s">
-        <v>143</v>
+        <v>213</v>
       </c>
       <c r="AQ35" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR35" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS35">
-        <v>883791862399</v>
+        <v>392897327167</v>
       </c>
       <c r="AT35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY35" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="AZ35" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="BA35"/>
       <c r="BB35" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="BC35" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="BD35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE35" t="s">
-        <v>432</v>
+        <v>76</v>
       </c>
       <c r="BF35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG35" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="BH35">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="BI35" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN35" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="BO35">
         <v>0</v>
       </c>
       <c r="BP35" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ35"/>
       <c r="BR35">
-        <v>579</v>
+        <v>339</v>
       </c>
       <c r="BS35"/>
     </row>
     <row r="36" spans="1:71">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
+        <v>433</v>
+      </c>
+      <c r="C36">
+        <v>2942595906</v>
+      </c>
+      <c r="D36">
+        <v>593697</v>
+      </c>
+      <c r="E36">
+        <v>128.68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>434</v>
+      </c>
+      <c r="G36" t="s">
+        <v>69</v>
+      </c>
+      <c r="H36" t="s">
         <v>435</v>
       </c>
-      <c r="C36">
-[...8 lines deleted...]
-      <c r="F36" t="s">
+      <c r="I36">
+        <v>79.99</v>
+      </c>
+      <c r="J36" t="s">
         <v>436</v>
       </c>
-      <c r="G36" t="s">
-[...2 lines deleted...]
-      <c r="H36" t="s">
+      <c r="K36" t="s">
+        <v>82</v>
+      </c>
+      <c r="L36" t="s">
         <v>437</v>
       </c>
-      <c r="I36">
-[...10 lines deleted...]
-      </c>
       <c r="M36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N36" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O36"/>
       <c r="P36">
-        <v>45430118</v>
+        <v>47156354</v>
       </c>
       <c r="Q36" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="R36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T36" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U36">
-        <v>2925943262</v>
+        <v>2942595906</v>
       </c>
       <c r="V36">
-        <v>593146</v>
+        <v>593697</v>
       </c>
       <c r="W36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X36">
-        <v>136.58</v>
+        <v>128.68</v>
       </c>
       <c r="Y36">
         <v>3.8</v>
       </c>
       <c r="Z36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA36" t="s">
         <v>66</v>
       </c>
       <c r="AB36" t="s">
         <v>69</v>
       </c>
       <c r="AC36" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="AD36">
-        <v>45430118</v>
+        <v>47156354</v>
       </c>
       <c r="AE36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG36"/>
       <c r="AH36" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="AI36"/>
       <c r="AJ36" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK36" t="s">
         <v>69</v>
       </c>
       <c r="AL36" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="AM36" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN36" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="AO36">
-        <v>75.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP36" t="s">
-        <v>441</v>
+        <v>307</v>
       </c>
       <c r="AQ36" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR36" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS36">
-        <v>392082993332</v>
+        <v>392749542801</v>
       </c>
       <c r="AT36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY36" t="s">
+        <v>437</v>
+      </c>
+      <c r="AZ36" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB36" t="s">
+        <v>433</v>
+      </c>
+      <c r="BC36" t="s">
+        <v>436</v>
+      </c>
+      <c r="BD36" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE36" t="s">
         <v>439</v>
       </c>
-      <c r="AZ36" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG36" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="BH36">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="BI36" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN36" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="BO36">
         <v>0</v>
       </c>
       <c r="BP36" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ36"/>
       <c r="BR36">
-        <v>519</v>
+        <v>489</v>
       </c>
       <c r="BS36"/>
     </row>
     <row r="37" spans="1:71">
       <c r="A37" t="s">
         <v>66</v>
       </c>
       <c r="B37" t="s">
+        <v>442</v>
+      </c>
+      <c r="C37">
+        <v>2942141700</v>
+      </c>
+      <c r="D37">
+        <v>593698</v>
+      </c>
+      <c r="E37">
+        <v>323.42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>443</v>
+      </c>
+      <c r="G37" t="s">
+        <v>69</v>
+      </c>
+      <c r="H37" t="s">
         <v>444</v>
       </c>
-      <c r="C37">
-[...8 lines deleted...]
-      <c r="F37" t="s">
+      <c r="I37">
+        <v>155.99</v>
+      </c>
+      <c r="J37" t="s">
+        <v>436</v>
+      </c>
+      <c r="K37" t="s">
+        <v>82</v>
+      </c>
+      <c r="L37" t="s">
         <v>445</v>
       </c>
-      <c r="G37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M37" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N37" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O37"/>
       <c r="P37">
-        <v>10008229</v>
+        <v>70422203</v>
       </c>
       <c r="Q37" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="R37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T37" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U37">
-        <v>2918449099</v>
+        <v>2942141700</v>
       </c>
       <c r="V37">
-        <v>592906</v>
+        <v>593698</v>
       </c>
       <c r="W37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X37">
-        <v>536.58</v>
+        <v>323.42</v>
       </c>
       <c r="Y37">
         <v>3.8</v>
       </c>
       <c r="Z37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA37" t="s">
         <v>66</v>
       </c>
       <c r="AB37" t="s">
         <v>69</v>
       </c>
       <c r="AC37" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="AD37">
-        <v>10008229</v>
+        <v>70422203</v>
       </c>
       <c r="AE37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG37"/>
       <c r="AH37" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="AI37"/>
       <c r="AJ37" t="s">
-        <v>130</v>
+        <v>447</v>
       </c>
       <c r="AK37" t="s">
         <v>69</v>
       </c>
       <c r="AL37" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="AM37" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN37" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="AO37">
-        <v>279</v>
+        <v>155.99</v>
       </c>
       <c r="AP37" t="s">
-        <v>450</v>
-[...9 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="AQ37"/>
+      <c r="AR37"/>
+      <c r="AS37"/>
       <c r="AT37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY37" t="s">
+        <v>445</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB37" t="s">
+        <v>442</v>
+      </c>
+      <c r="BC37" t="s">
+        <v>436</v>
+      </c>
+      <c r="BD37" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE37" t="s">
         <v>448</v>
       </c>
-      <c r="AZ37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG37" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="BH37">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="BI37" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN37" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="BO37">
         <v>0</v>
       </c>
-      <c r="BP37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37">
-        <v>2039</v>
+        <v>1229</v>
       </c>
       <c r="BS37"/>
     </row>
     <row r="38" spans="1:71">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
+        <v>451</v>
+      </c>
+      <c r="C38">
+        <v>2939069815</v>
+      </c>
+      <c r="D38">
+        <v>593518</v>
+      </c>
+      <c r="E38">
+        <v>170.79</v>
+      </c>
+      <c r="F38" t="s">
+        <v>452</v>
+      </c>
+      <c r="G38" t="s">
+        <v>69</v>
+      </c>
+      <c r="H38" t="s">
         <v>453</v>
       </c>
-      <c r="C38">
-[...8 lines deleted...]
-      <c r="F38" t="s">
+      <c r="I38">
+        <v>109.99</v>
+      </c>
+      <c r="J38" t="s">
         <v>454</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38" t="s">
+      <c r="K38" t="s">
+        <v>82</v>
+      </c>
+      <c r="L38" t="s">
         <v>455</v>
       </c>
-      <c r="I38">
-[...10 lines deleted...]
-      </c>
       <c r="M38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N38" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O38"/>
-      <c r="P38" t="s">
-        <v>458</v>
+      <c r="P38">
+        <v>29736982</v>
       </c>
       <c r="Q38" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="R38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T38" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U38">
-        <v>2914068692</v>
+        <v>2939069815</v>
       </c>
       <c r="V38">
-        <v>592826</v>
+        <v>593518</v>
       </c>
       <c r="W38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X38">
-        <v>323.42</v>
+        <v>170.79</v>
       </c>
       <c r="Y38">
         <v>3.8</v>
       </c>
       <c r="Z38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA38" t="s">
         <v>66</v>
       </c>
       <c r="AB38" t="s">
         <v>69</v>
       </c>
       <c r="AC38" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>452</v>
+      </c>
+      <c r="AD38">
+        <v>29736982</v>
       </c>
       <c r="AE38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG38"/>
       <c r="AH38" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="AI38"/>
       <c r="AJ38" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK38" t="s">
         <v>69</v>
       </c>
       <c r="AL38" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="AM38" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AN38" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="AO38">
-        <v>155.99</v>
+        <v>109.99</v>
       </c>
       <c r="AP38" t="s">
-        <v>178</v>
+        <v>457</v>
       </c>
       <c r="AQ38" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR38" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>83</v>
+      </c>
+      <c r="AS38">
+        <v>392533330360</v>
       </c>
       <c r="AT38" t="s">
-        <v>462</v>
+        <v>76</v>
       </c>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY38" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="AZ38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA38" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB38" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="BC38" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="BD38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE38" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="BF38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG38" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="BH38">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="BI38" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN38" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="BO38">
         <v>0</v>
       </c>
       <c r="BP38" t="s">
-        <v>466</v>
+        <v>82</v>
       </c>
       <c r="BQ38"/>
       <c r="BR38">
-        <v>1229</v>
+        <v>649</v>
       </c>
       <c r="BS38"/>
     </row>
     <row r="39" spans="1:71">
       <c r="A39" t="s">
         <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="C39">
-        <v>2911756214</v>
+        <v>2936432726</v>
       </c>
       <c r="D39">
-        <v>592785</v>
+        <v>593451</v>
       </c>
       <c r="E39">
-        <v>89.21</v>
+        <v>178.68</v>
       </c>
       <c r="F39" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="I39">
-        <v>52.8</v>
+        <v>114.99</v>
       </c>
       <c r="J39" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="K39" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L39" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="M39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N39" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O39"/>
       <c r="P39">
-        <v>47367254</v>
+        <v>47959005</v>
       </c>
       <c r="Q39" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="R39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T39" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U39">
-        <v>2911756214</v>
+        <v>2936432726</v>
       </c>
       <c r="V39">
-        <v>592785</v>
+        <v>593451</v>
       </c>
       <c r="W39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X39">
-        <v>89.21</v>
+        <v>178.68</v>
       </c>
       <c r="Y39">
         <v>3.8</v>
       </c>
       <c r="Z39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA39" t="s">
         <v>66</v>
       </c>
       <c r="AB39" t="s">
         <v>69</v>
       </c>
       <c r="AC39" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="AD39">
-        <v>47367254</v>
+        <v>47959005</v>
       </c>
       <c r="AE39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG39"/>
       <c r="AH39" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="AI39"/>
       <c r="AJ39" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK39" t="s">
         <v>69</v>
       </c>
       <c r="AL39" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="AM39" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN39" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="AO39">
-        <v>52.8</v>
+        <v>114.99</v>
       </c>
       <c r="AP39" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="AQ39" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR39" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS39">
-        <v>391680775541</v>
+        <v>392475976637</v>
       </c>
       <c r="AT39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY39" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="AZ39" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA39" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB39" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="BC39" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="BD39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE39" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="BF39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG39" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="BH39">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="BI39" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN39" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="BO39">
         <v>0</v>
       </c>
       <c r="BP39" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ39"/>
       <c r="BR39">
-        <v>339</v>
+        <v>679</v>
       </c>
       <c r="BS39"/>
     </row>
     <row r="40" spans="1:71">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="C40">
-        <v>2904307687</v>
+        <v>2934907785</v>
       </c>
       <c r="D40">
-        <v>592559</v>
+        <v>593408</v>
       </c>
       <c r="E40">
-        <v>126.05</v>
+        <v>152.37</v>
       </c>
       <c r="F40" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="I40">
-        <v>67.32</v>
+        <v>100.99</v>
       </c>
       <c r="J40" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="K40" t="s">
-        <v>481</v>
+        <v>82</v>
       </c>
       <c r="L40" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="M40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N40" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O40"/>
-      <c r="P40">
-        <v>42519212</v>
+      <c r="P40" t="s">
+        <v>476</v>
       </c>
       <c r="Q40" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="R40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T40" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U40">
-        <v>2904307687</v>
+        <v>2934907785</v>
       </c>
       <c r="V40">
-        <v>592559</v>
+        <v>593408</v>
       </c>
       <c r="W40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X40">
-        <v>126.05</v>
+        <v>152.37</v>
       </c>
       <c r="Y40">
         <v>3.8</v>
       </c>
       <c r="Z40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA40" t="s">
         <v>66</v>
       </c>
       <c r="AB40" t="s">
         <v>69</v>
       </c>
       <c r="AC40" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>42519212</v>
+        <v>472</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>476</v>
       </c>
       <c r="AE40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG40"/>
       <c r="AH40" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="AI40"/>
       <c r="AJ40" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>474</v>
+      </c>
+      <c r="AM40" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN40" t="s">
+        <v>473</v>
+      </c>
+      <c r="AO40">
+        <v>100.99</v>
+      </c>
+      <c r="AP40" t="s">
         <v>130</v>
       </c>
-      <c r="AK40" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AQ40" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR40" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS40"/>
+        <v>83</v>
+      </c>
+      <c r="AS40">
+        <v>883791862399</v>
+      </c>
       <c r="AT40" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY40" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="AZ40" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA40"/>
+        <v>74</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>85</v>
+      </c>
       <c r="BB40" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="BC40" t="s">
+        <v>474</v>
+      </c>
+      <c r="BD40" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE40" t="s">
+        <v>478</v>
+      </c>
+      <c r="BF40" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG40" t="s">
+        <v>479</v>
+      </c>
+      <c r="BH40">
+        <v>13</v>
+      </c>
+      <c r="BI40" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ40"/>
+      <c r="BK40"/>
+      <c r="BL40"/>
+      <c r="BM40" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN40" t="s">
         <v>480</v>
       </c>
-      <c r="BD40" t="s">
-[...11 lines deleted...]
-      <c r="BH40">
+      <c r="BO40">
         <v>0</v>
       </c>
-      <c r="BI40" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP40" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ40"/>
       <c r="BR40">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="BS40"/>
     </row>
     <row r="41" spans="1:71">
       <c r="A41" t="s">
         <v>66</v>
       </c>
       <c r="B41" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="C41">
-        <v>2903399285</v>
+        <v>2925943262</v>
       </c>
       <c r="D41">
-        <v>592522</v>
+        <v>593146</v>
       </c>
       <c r="E41">
-        <v>126.05</v>
+        <v>136.58</v>
       </c>
       <c r="F41" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="G41" t="s">
         <v>69</v>
       </c>
       <c r="H41" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="I41">
-        <v>67.32</v>
+        <v>75.99</v>
       </c>
       <c r="J41" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="K41" t="s">
+        <v>72</v>
+      </c>
+      <c r="L41" t="s">
+        <v>485</v>
+      </c>
+      <c r="M41" t="s">
+        <v>74</v>
+      </c>
+      <c r="N41" t="s">
+        <v>104</v>
+      </c>
+      <c r="O41"/>
+      <c r="P41">
+        <v>45430118</v>
+      </c>
+      <c r="Q41" t="s">
         <v>481</v>
       </c>
-      <c r="L41" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="R41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T41" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U41">
-        <v>2903399285</v>
+        <v>2925943262</v>
       </c>
       <c r="V41">
-        <v>592522</v>
+        <v>593146</v>
       </c>
       <c r="W41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X41">
-        <v>126.05</v>
+        <v>136.58</v>
       </c>
       <c r="Y41">
         <v>3.8</v>
       </c>
       <c r="Z41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA41" t="s">
         <v>66</v>
       </c>
       <c r="AB41" t="s">
         <v>69</v>
       </c>
       <c r="AC41" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>482</v>
+      </c>
+      <c r="AD41">
+        <v>45430118</v>
       </c>
       <c r="AE41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG41"/>
       <c r="AH41" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="AI41"/>
       <c r="AJ41" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK41" t="s">
         <v>69</v>
       </c>
       <c r="AL41" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="AM41" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN41" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="AO41">
-        <v>67.32</v>
+        <v>75.99</v>
       </c>
       <c r="AP41" t="s">
-        <v>484</v>
+        <v>119</v>
       </c>
       <c r="AQ41" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR41" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS41"/>
+        <v>83</v>
+      </c>
+      <c r="AS41">
+        <v>392082993332</v>
+      </c>
       <c r="AT41" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU41"/>
       <c r="AV41"/>
-      <c r="AW41">
+      <c r="AW41"/>
+      <c r="AX41" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY41" t="s">
+        <v>485</v>
+      </c>
+      <c r="AZ41" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA41" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB41" t="s">
+        <v>481</v>
+      </c>
+      <c r="BC41" t="s">
+        <v>484</v>
+      </c>
+      <c r="BD41" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE41" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF41" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG41" t="s">
+        <v>487</v>
+      </c>
+      <c r="BH41">
+        <v>10</v>
+      </c>
+      <c r="BI41" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ41"/>
+      <c r="BK41"/>
+      <c r="BL41"/>
+      <c r="BM41" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN41" t="s">
+        <v>488</v>
+      </c>
+      <c r="BO41">
         <v>0</v>
       </c>
-      <c r="AX41" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="BP41" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ41"/>
       <c r="BR41">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="BS41"/>
     </row>
     <row r="42" spans="1:71">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="C42">
-        <v>2900134158</v>
+        <v>2918449099</v>
       </c>
       <c r="D42">
-        <v>592451</v>
+        <v>592906</v>
       </c>
       <c r="E42">
-        <v>128.68</v>
+        <v>536.58</v>
       </c>
       <c r="F42" t="s">
-        <v>504</v>
+        <v>490</v>
       </c>
       <c r="G42" t="s">
         <v>69</v>
       </c>
       <c r="H42" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="I42">
-        <v>68</v>
+        <v>279</v>
       </c>
       <c r="J42" t="s">
-        <v>506</v>
+        <v>492</v>
       </c>
       <c r="K42" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="L42" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="M42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N42" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O42"/>
-      <c r="P42" t="s">
-        <v>508</v>
+      <c r="P42">
+        <v>10008229</v>
       </c>
       <c r="Q42" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="R42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T42" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U42">
-        <v>2900134158</v>
+        <v>2918449099</v>
       </c>
       <c r="V42">
-        <v>592451</v>
+        <v>592906</v>
       </c>
       <c r="W42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X42">
-        <v>128.68</v>
+        <v>536.58</v>
       </c>
       <c r="Y42">
         <v>3.8</v>
       </c>
       <c r="Z42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA42" t="s">
         <v>66</v>
       </c>
       <c r="AB42" t="s">
         <v>69</v>
       </c>
       <c r="AC42" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>490</v>
+      </c>
+      <c r="AD42">
+        <v>10008229</v>
       </c>
       <c r="AE42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG42"/>
       <c r="AH42" t="s">
-        <v>509</v>
+        <v>494</v>
       </c>
       <c r="AI42"/>
       <c r="AJ42" t="s">
-        <v>401</v>
+        <v>79</v>
       </c>
       <c r="AK42" t="s">
         <v>69</v>
       </c>
       <c r="AL42" t="s">
-        <v>506</v>
+        <v>492</v>
       </c>
       <c r="AM42" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN42" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="AO42">
-        <v>68</v>
+        <v>279</v>
       </c>
       <c r="AP42" t="s">
-        <v>261</v>
+        <v>495</v>
       </c>
       <c r="AQ42" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR42" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS42">
-        <v>391312480128</v>
+        <v>883577618803</v>
       </c>
       <c r="AT42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY42" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="AZ42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA42" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB42" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="BC42" t="s">
-        <v>506</v>
+        <v>492</v>
       </c>
       <c r="BD42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE42" t="s">
-        <v>510</v>
+        <v>76</v>
       </c>
       <c r="BF42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG42" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
       <c r="BH42">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="BI42" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN42" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="BO42">
         <v>0</v>
       </c>
       <c r="BP42" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ42"/>
       <c r="BR42">
-        <v>489</v>
+        <v>2039</v>
       </c>
       <c r="BS42"/>
     </row>
     <row r="43" spans="1:71">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="C43">
-        <v>2896172660</v>
+        <v>2914068692</v>
       </c>
       <c r="D43">
-        <v>592316</v>
+        <v>592826</v>
       </c>
       <c r="E43">
-        <v>149.74</v>
+        <v>323.42</v>
       </c>
       <c r="F43" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="G43" t="s">
         <v>69</v>
       </c>
       <c r="H43" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="I43">
-        <v>168</v>
+        <v>155.99</v>
       </c>
       <c r="J43" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="K43" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L43" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="M43" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N43" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O43"/>
-      <c r="P43">
-        <v>40922941</v>
+      <c r="P43" t="s">
+        <v>503</v>
       </c>
       <c r="Q43" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="R43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T43" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U43">
-        <v>2896172660</v>
+        <v>2914068692</v>
       </c>
       <c r="V43">
-        <v>592316</v>
+        <v>592826</v>
       </c>
       <c r="W43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X43">
-        <v>149.74</v>
+        <v>323.42</v>
       </c>
       <c r="Y43">
         <v>3.8</v>
       </c>
       <c r="Z43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA43" t="s">
         <v>66</v>
       </c>
       <c r="AB43" t="s">
         <v>69</v>
       </c>
       <c r="AC43" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>40922941</v>
+        <v>499</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>503</v>
       </c>
       <c r="AE43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG43"/>
       <c r="AH43" t="s">
-        <v>518</v>
+        <v>504</v>
       </c>
       <c r="AI43"/>
       <c r="AJ43" t="s">
-        <v>519</v>
+        <v>79</v>
       </c>
       <c r="AK43" t="s">
         <v>69</v>
       </c>
       <c r="AL43" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="AM43" t="s">
-        <v>177</v>
+        <v>223</v>
       </c>
       <c r="AN43" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="AO43">
-        <v>168</v>
+        <v>155.99</v>
       </c>
       <c r="AP43" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      <c r="AS43"/>
+        <v>224</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>505</v>
+      </c>
+      <c r="AS43" t="s">
+        <v>506</v>
+      </c>
       <c r="AT43" t="s">
-        <v>70</v>
+        <v>507</v>
       </c>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY43" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="AZ43" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA43" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB43" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="BC43" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="BD43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE43" t="s">
-        <v>521</v>
+        <v>508</v>
       </c>
       <c r="BF43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG43" t="s">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c r="BH43">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="BI43" t="s">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN43" t="s">
-        <v>70</v>
+        <v>510</v>
       </c>
       <c r="BO43">
         <v>0</v>
       </c>
-      <c r="BP43"/>
+      <c r="BP43" t="s">
+        <v>511</v>
+      </c>
       <c r="BQ43"/>
       <c r="BR43">
-        <v>569</v>
+        <v>1229</v>
       </c>
       <c r="BS43"/>
     </row>
     <row r="44" spans="1:71">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="C44">
-        <v>2895980625</v>
+        <v>2911756214</v>
       </c>
       <c r="D44">
-        <v>592314</v>
+        <v>592785</v>
       </c>
       <c r="E44">
-        <v>91.84</v>
+        <v>89.21</v>
       </c>
       <c r="F44" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="I44">
-        <v>45.9</v>
+        <v>52.8</v>
       </c>
       <c r="J44" t="s">
+        <v>515</v>
+      </c>
+      <c r="K44" t="s">
+        <v>82</v>
+      </c>
+      <c r="L44" t="s">
         <v>516</v>
       </c>
-      <c r="K44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M44" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N44" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O44"/>
       <c r="P44">
-        <v>40685972</v>
+        <v>47367254</v>
       </c>
       <c r="Q44" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="R44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T44" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U44">
-        <v>2895980625</v>
+        <v>2911756214</v>
       </c>
       <c r="V44">
-        <v>592314</v>
+        <v>592785</v>
       </c>
       <c r="W44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X44">
-        <v>91.84</v>
+        <v>89.21</v>
       </c>
       <c r="Y44">
         <v>3.8</v>
       </c>
       <c r="Z44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA44" t="s">
         <v>66</v>
       </c>
       <c r="AB44" t="s">
         <v>69</v>
       </c>
       <c r="AC44" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="AD44">
-        <v>40685972</v>
+        <v>47367254</v>
       </c>
       <c r="AE44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG44"/>
       <c r="AH44" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="AI44"/>
       <c r="AJ44" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK44" t="s">
         <v>69</v>
       </c>
       <c r="AL44" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="AM44" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN44" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="AO44">
-        <v>45.9</v>
+        <v>52.8</v>
       </c>
       <c r="AP44" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="AQ44" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR44" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS44">
-        <v>391182742722</v>
+        <v>391680775541</v>
       </c>
       <c r="AT44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY44" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="AZ44" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA44" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB44" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="BC44" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="BD44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE44" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="BF44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG44" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="BH44">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="BI44" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN44" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="BO44">
         <v>0</v>
       </c>
       <c r="BP44" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ44"/>
       <c r="BR44">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="BS44"/>
     </row>
     <row r="45" spans="1:71">
       <c r="A45" t="s">
         <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="C45">
-        <v>2891377838</v>
+        <v>2904307687</v>
       </c>
       <c r="D45">
-        <v>592239</v>
+        <v>592559</v>
       </c>
       <c r="E45">
-        <v>128.68</v>
+        <v>126.05</v>
       </c>
       <c r="F45" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="G45" t="s">
         <v>69</v>
       </c>
       <c r="H45" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="I45">
-        <v>68</v>
+        <v>67.32</v>
       </c>
       <c r="J45" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="K45" t="s">
-        <v>80</v>
+        <v>526</v>
       </c>
       <c r="L45" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
       <c r="M45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N45" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O45"/>
       <c r="P45">
-        <v>46852841</v>
+        <v>42519212</v>
       </c>
       <c r="Q45" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="R45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T45" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U45">
-        <v>2891377838</v>
+        <v>2904307687</v>
       </c>
       <c r="V45">
-        <v>592239</v>
+        <v>592559</v>
       </c>
       <c r="W45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X45">
-        <v>128.68</v>
+        <v>126.05</v>
       </c>
       <c r="Y45">
         <v>3.8</v>
       </c>
       <c r="Z45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA45" t="s">
         <v>66</v>
       </c>
       <c r="AB45" t="s">
         <v>69</v>
       </c>
       <c r="AC45" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="AD45">
-        <v>46852841</v>
+        <v>42519212</v>
       </c>
       <c r="AE45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG45"/>
       <c r="AH45" t="s">
-        <v>537</v>
+        <v>528</v>
       </c>
       <c r="AI45"/>
       <c r="AJ45" t="s">
-        <v>142</v>
+        <v>79</v>
       </c>
       <c r="AK45" t="s">
         <v>69</v>
       </c>
       <c r="AL45" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="AM45" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN45" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="AO45">
-        <v>68</v>
+        <v>67.32</v>
       </c>
       <c r="AP45" t="s">
-        <v>261</v>
+        <v>529</v>
       </c>
       <c r="AQ45" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR45" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS45"/>
       <c r="AT45" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY45" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
       <c r="AZ45" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="BA45"/>
       <c r="BB45" t="s">
+        <v>522</v>
+      </c>
+      <c r="BC45" t="s">
+        <v>525</v>
+      </c>
+      <c r="BD45" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE45" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF45" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG45" t="s">
+        <v>531</v>
+      </c>
+      <c r="BH45">
+        <v>0</v>
+      </c>
+      <c r="BI45" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ45"/>
+      <c r="BK45" t="s">
         <v>532</v>
       </c>
-      <c r="BC45" t="s">
+      <c r="BL45" t="s">
+        <v>533</v>
+      </c>
+      <c r="BM45" t="s">
+        <v>534</v>
+      </c>
+      <c r="BN45" t="s">
         <v>535</v>
       </c>
-      <c r="BD45" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BO45">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BP45" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ45"/>
       <c r="BR45">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="BS45"/>
+        <v>479</v>
+      </c>
+      <c r="BS45" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="46" spans="1:71">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46" t="s">
+        <v>536</v>
+      </c>
+      <c r="C46">
+        <v>2903399285</v>
+      </c>
+      <c r="D46">
+        <v>592522</v>
+      </c>
+      <c r="E46">
+        <v>126.05</v>
+      </c>
+      <c r="F46" t="s">
+        <v>537</v>
+      </c>
+      <c r="G46" t="s">
+        <v>69</v>
+      </c>
+      <c r="H46" t="s">
+        <v>538</v>
+      </c>
+      <c r="I46">
+        <v>67.32</v>
+      </c>
+      <c r="J46" t="s">
+        <v>539</v>
+      </c>
+      <c r="K46" t="s">
+        <v>526</v>
+      </c>
+      <c r="L46" t="s">
+        <v>540</v>
+      </c>
+      <c r="M46" t="s">
+        <v>74</v>
+      </c>
+      <c r="N46" t="s">
         <v>541</v>
       </c>
-      <c r="C46">
-[...8 lines deleted...]
-      <c r="F46" t="s">
+      <c r="O46"/>
+      <c r="P46" t="s">
         <v>542</v>
       </c>
-      <c r="G46" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="Q46" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="R46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T46" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U46">
-        <v>2889002247</v>
+        <v>2903399285</v>
       </c>
       <c r="V46">
-        <v>592216</v>
+        <v>592522</v>
       </c>
       <c r="W46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X46">
-        <v>139.21</v>
+        <v>126.05</v>
       </c>
       <c r="Y46">
         <v>3.8</v>
       </c>
       <c r="Z46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA46" t="s">
         <v>66</v>
       </c>
       <c r="AB46" t="s">
         <v>69</v>
       </c>
       <c r="AC46" t="s">
+        <v>537</v>
+      </c>
+      <c r="AD46" t="s">
         <v>542</v>
       </c>
-      <c r="AD46">
-[...1 lines deleted...]
-      </c>
       <c r="AE46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG46"/>
       <c r="AH46" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="AI46"/>
       <c r="AJ46" t="s">
-        <v>142</v>
+        <v>79</v>
       </c>
       <c r="AK46" t="s">
         <v>69</v>
       </c>
       <c r="AL46" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="AM46" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN46" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="AO46">
-        <v>74.8</v>
+        <v>67.32</v>
       </c>
       <c r="AP46" t="s">
-        <v>190</v>
+        <v>529</v>
       </c>
       <c r="AQ46" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR46" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS46"/>
       <c r="AT46" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46">
         <v>0</v>
       </c>
       <c r="AX46" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY46" t="s">
+        <v>540</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB46" t="s">
+        <v>536</v>
+      </c>
+      <c r="BC46" t="s">
+        <v>539</v>
+      </c>
+      <c r="BD46" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE46" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF46" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG46" t="s">
+        <v>544</v>
+      </c>
+      <c r="BH46">
+        <v>3</v>
+      </c>
+      <c r="BI46" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ46" t="s">
         <v>545</v>
       </c>
-      <c r="AZ46" t="s">
-[...14 lines deleted...]
-      <c r="BE46" t="s">
+      <c r="BK46" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL46" t="s">
+        <v>546</v>
+      </c>
+      <c r="BM46" t="s">
         <v>547</v>
       </c>
-      <c r="BF46" t="s">
-[...2 lines deleted...]
-      <c r="BG46" t="s">
+      <c r="BN46" t="s">
         <v>548</v>
       </c>
-      <c r="BH46">
-[...13 lines deleted...]
-      </c>
       <c r="BO46">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="BP46" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ46"/>
       <c r="BR46">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="BS46"/>
+        <v>479</v>
+      </c>
+      <c r="BS46" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="47" spans="1:71">
       <c r="A47" t="s">
         <v>66</v>
       </c>
       <c r="B47" t="s">
+        <v>549</v>
+      </c>
+      <c r="C47">
+        <v>2900134158</v>
+      </c>
+      <c r="D47">
+        <v>592451</v>
+      </c>
+      <c r="E47">
+        <v>128.68</v>
+      </c>
+      <c r="F47" t="s">
         <v>550</v>
       </c>
-      <c r="C47">
-[...8 lines deleted...]
-      <c r="F47" t="s">
+      <c r="G47" t="s">
+        <v>69</v>
+      </c>
+      <c r="H47" t="s">
         <v>551</v>
       </c>
-      <c r="G47" t="s">
-[...2 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47">
+        <v>68</v>
+      </c>
+      <c r="J47" t="s">
         <v>552</v>
       </c>
-      <c r="I47">
-[...2 lines deleted...]
-      <c r="J47" t="s">
+      <c r="K47" t="s">
+        <v>82</v>
+      </c>
+      <c r="L47" t="s">
         <v>553</v>
       </c>
-      <c r="K47" t="s">
-[...2 lines deleted...]
-      <c r="L47" t="s">
+      <c r="M47" t="s">
+        <v>74</v>
+      </c>
+      <c r="N47" t="s">
+        <v>104</v>
+      </c>
+      <c r="O47"/>
+      <c r="P47" t="s">
         <v>554</v>
       </c>
-      <c r="M47" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="Q47" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="R47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T47" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U47">
-        <v>2883153269</v>
+        <v>2900134158</v>
       </c>
       <c r="V47">
-        <v>592102</v>
+        <v>592451</v>
       </c>
       <c r="W47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X47">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="Y47">
         <v>3.8</v>
       </c>
       <c r="Z47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA47" t="s">
         <v>66</v>
       </c>
       <c r="AB47" t="s">
         <v>69</v>
       </c>
       <c r="AC47" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>48369654</v>
+        <v>550</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>554</v>
       </c>
       <c r="AE47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG47"/>
       <c r="AH47" t="s">
         <v>555</v>
       </c>
       <c r="AI47"/>
       <c r="AJ47" t="s">
-        <v>556</v>
+        <v>447</v>
       </c>
       <c r="AK47" t="s">
         <v>69</v>
       </c>
       <c r="AL47" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="AM47" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN47" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="AO47">
-        <v>52.8</v>
+        <v>68</v>
       </c>
       <c r="AP47" t="s">
-        <v>557</v>
+        <v>307</v>
       </c>
       <c r="AQ47" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR47" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS47">
-        <v>390943162656</v>
+        <v>391312480128</v>
       </c>
       <c r="AT47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY47" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="AZ47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA47" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB47" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="BC47" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="BD47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE47" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="BF47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG47" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="BH47">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="BI47" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN47" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="BO47">
         <v>0</v>
       </c>
       <c r="BP47" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ47"/>
       <c r="BR47">
-        <v>339</v>
+        <v>489</v>
       </c>
       <c r="BS47"/>
     </row>
     <row r="48" spans="1:71">
       <c r="A48" t="s">
         <v>66</v>
       </c>
       <c r="B48" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C48">
-        <v>2879851517</v>
+        <v>2896172660</v>
       </c>
       <c r="D48">
-        <v>592016</v>
+        <v>592316</v>
       </c>
       <c r="E48">
         <v>149.74</v>
       </c>
       <c r="F48" t="s">
+        <v>560</v>
+      </c>
+      <c r="G48" t="s">
+        <v>69</v>
+      </c>
+      <c r="H48" t="s">
+        <v>561</v>
+      </c>
+      <c r="I48">
+        <v>168</v>
+      </c>
+      <c r="J48" t="s">
         <v>562</v>
       </c>
-      <c r="G48" t="s">
-[...2 lines deleted...]
-      <c r="H48" t="s">
+      <c r="K48" t="s">
+        <v>82</v>
+      </c>
+      <c r="L48" t="s">
         <v>563</v>
       </c>
-      <c r="I48">
-[...10 lines deleted...]
-      </c>
       <c r="M48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N48" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O48"/>
       <c r="P48">
-        <v>47466207</v>
+        <v>40922941</v>
       </c>
       <c r="Q48" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="R48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T48" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U48">
-        <v>2879851517</v>
+        <v>2896172660</v>
       </c>
       <c r="V48">
-        <v>592016</v>
+        <v>592316</v>
       </c>
       <c r="W48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X48">
         <v>149.74</v>
       </c>
       <c r="Y48">
         <v>3.8</v>
       </c>
       <c r="Z48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA48" t="s">
         <v>66</v>
       </c>
       <c r="AB48" t="s">
         <v>69</v>
       </c>
       <c r="AC48" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="AD48">
-        <v>47466207</v>
+        <v>40922941</v>
       </c>
       <c r="AE48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG48"/>
       <c r="AH48" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="AI48"/>
       <c r="AJ48" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="AK48" t="s">
         <v>69</v>
       </c>
       <c r="AL48" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="AM48" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN48" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="AO48">
-        <v>95.99</v>
+        <v>168</v>
       </c>
       <c r="AP48" t="s">
-        <v>568</v>
-[...9 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="AQ48"/>
+      <c r="AR48"/>
+      <c r="AS48"/>
       <c r="AT48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY48" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="AZ48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA48" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB48" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="BC48" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="BD48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE48" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="BF48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG48" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="BH48">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="BI48" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN48" t="s">
-        <v>571</v>
+        <v>76</v>
       </c>
       <c r="BO48">
         <v>0</v>
       </c>
-      <c r="BP48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48">
         <v>569</v>
       </c>
       <c r="BS48"/>
     </row>
     <row r="49" spans="1:71">
       <c r="A49" t="s">
         <v>66</v>
       </c>
       <c r="B49" t="s">
+        <v>569</v>
+      </c>
+      <c r="C49">
+        <v>2895980625</v>
+      </c>
+      <c r="D49">
+        <v>592314</v>
+      </c>
+      <c r="E49">
+        <v>91.84</v>
+      </c>
+      <c r="F49" t="s">
+        <v>570</v>
+      </c>
+      <c r="G49" t="s">
+        <v>69</v>
+      </c>
+      <c r="H49" t="s">
+        <v>571</v>
+      </c>
+      <c r="I49">
+        <v>45.9</v>
+      </c>
+      <c r="J49" t="s">
+        <v>562</v>
+      </c>
+      <c r="K49" t="s">
+        <v>82</v>
+      </c>
+      <c r="L49" t="s">
         <v>572</v>
       </c>
-      <c r="C49">
-[...28 lines deleted...]
-      </c>
       <c r="M49" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N49" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O49"/>
       <c r="P49">
-        <v>47466207</v>
+        <v>40685972</v>
       </c>
       <c r="Q49" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="R49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T49" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U49">
-        <v>2878353312</v>
+        <v>2895980625</v>
       </c>
       <c r="V49">
-        <v>591987</v>
+        <v>592314</v>
       </c>
       <c r="W49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X49">
-        <v>139.21</v>
+        <v>91.84</v>
       </c>
       <c r="Y49">
         <v>3.8</v>
       </c>
       <c r="Z49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA49" t="s">
         <v>66</v>
       </c>
       <c r="AB49" t="s">
         <v>69</v>
       </c>
       <c r="AC49" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="AD49">
-        <v>47466207</v>
+        <v>40685972</v>
       </c>
       <c r="AE49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG49"/>
       <c r="AH49" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="AI49"/>
       <c r="AJ49" t="s">
-        <v>567</v>
+        <v>79</v>
       </c>
       <c r="AK49" t="s">
         <v>69</v>
       </c>
       <c r="AL49" t="s">
+        <v>562</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>571</v>
+      </c>
+      <c r="AO49">
+        <v>45.9</v>
+      </c>
+      <c r="AP49" t="s">
         <v>574</v>
       </c>
-      <c r="AM49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AQ49" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR49" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS49"/>
+        <v>83</v>
+      </c>
+      <c r="AS49">
+        <v>391182742722</v>
+      </c>
       <c r="AT49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY49" t="s">
+        <v>572</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB49" t="s">
+        <v>569</v>
+      </c>
+      <c r="BC49" t="s">
+        <v>562</v>
+      </c>
+      <c r="BD49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE49" t="s">
         <v>575</v>
       </c>
-      <c r="AZ49" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="BF49" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG49" t="s">
+        <v>576</v>
+      </c>
+      <c r="BH49">
+        <v>16</v>
+      </c>
+      <c r="BI49" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ49"/>
+      <c r="BK49"/>
+      <c r="BL49"/>
+      <c r="BM49" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN49" t="s">
         <v>577</v>
       </c>
-      <c r="BH49">
+      <c r="BO49">
         <v>0</v>
       </c>
-      <c r="BI49" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP49" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ49"/>
       <c r="BR49">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="BS49"/>
     </row>
     <row r="50" spans="1:71">
       <c r="A50" t="s">
         <v>66</v>
       </c>
       <c r="B50" t="s">
+        <v>578</v>
+      </c>
+      <c r="C50">
+        <v>2891377838</v>
+      </c>
+      <c r="D50">
+        <v>592239</v>
+      </c>
+      <c r="E50">
+        <v>128.68</v>
+      </c>
+      <c r="F50" t="s">
+        <v>579</v>
+      </c>
+      <c r="G50" t="s">
+        <v>69</v>
+      </c>
+      <c r="H50" t="s">
+        <v>580</v>
+      </c>
+      <c r="I50">
+        <v>68</v>
+      </c>
+      <c r="J50" t="s">
         <v>581</v>
       </c>
-      <c r="C50">
-[...8 lines deleted...]
-      <c r="F50" t="s">
+      <c r="K50" t="s">
+        <v>82</v>
+      </c>
+      <c r="L50" t="s">
         <v>582</v>
       </c>
-      <c r="G50" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M50" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N50" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O50"/>
       <c r="P50">
-        <v>76729314</v>
+        <v>46852841</v>
       </c>
       <c r="Q50" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="R50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T50" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U50">
-        <v>2878160082</v>
+        <v>2891377838</v>
       </c>
       <c r="V50">
-        <v>591981</v>
+        <v>592239</v>
       </c>
       <c r="W50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X50">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="Y50">
         <v>3.8</v>
       </c>
       <c r="Z50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA50" t="s">
         <v>66</v>
       </c>
       <c r="AB50" t="s">
         <v>69</v>
       </c>
       <c r="AC50" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="AD50">
-        <v>76729314</v>
+        <v>46852841</v>
       </c>
       <c r="AE50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG50"/>
       <c r="AH50" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="AI50"/>
       <c r="AJ50" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="AK50" t="s">
         <v>69</v>
       </c>
       <c r="AL50" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="AM50" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN50" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="AO50">
-        <v>52.99</v>
+        <v>68</v>
       </c>
       <c r="AP50" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="AQ50" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR50" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS50">
-        <v>390761210703</v>
+        <v>391095960562</v>
       </c>
       <c r="AT50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY50" t="s">
+        <v>582</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA50" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB50" t="s">
+        <v>578</v>
+      </c>
+      <c r="BC50" t="s">
+        <v>581</v>
+      </c>
+      <c r="BD50" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE50" t="s">
         <v>584</v>
       </c>
-      <c r="AZ50" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BF50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG50" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="BH50">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="BI50" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN50" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="BO50">
         <v>0</v>
       </c>
       <c r="BP50" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ50"/>
       <c r="BR50">
-        <v>339</v>
+        <v>489</v>
       </c>
       <c r="BS50"/>
     </row>
     <row r="51" spans="1:71">
       <c r="A51" t="s">
         <v>66</v>
       </c>
       <c r="B51" t="s">
+        <v>587</v>
+      </c>
+      <c r="C51">
+        <v>2889002247</v>
+      </c>
+      <c r="D51">
+        <v>592216</v>
+      </c>
+      <c r="E51">
+        <v>139.21</v>
+      </c>
+      <c r="F51" t="s">
         <v>588</v>
       </c>
-      <c r="C51">
-[...8 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G51" t="s">
+        <v>69</v>
+      </c>
+      <c r="H51" t="s">
         <v>589</v>
       </c>
-      <c r="G51" t="s">
-[...2 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51">
+        <v>74.8</v>
+      </c>
+      <c r="J51" t="s">
         <v>590</v>
       </c>
-      <c r="I51">
-[...4 lines deleted...]
-      </c>
       <c r="K51" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L51" t="s">
         <v>591</v>
       </c>
       <c r="M51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N51" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O51"/>
       <c r="P51">
-        <v>70454300</v>
+        <v>29480625</v>
       </c>
       <c r="Q51" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="R51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T51" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U51">
-        <v>2877665454</v>
+        <v>2889002247</v>
       </c>
       <c r="V51">
-        <v>591967</v>
+        <v>592216</v>
       </c>
       <c r="W51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X51">
-        <v>323.42</v>
+        <v>139.21</v>
       </c>
       <c r="Y51">
         <v>3.8</v>
       </c>
       <c r="Z51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA51" t="s">
         <v>66</v>
       </c>
       <c r="AB51" t="s">
         <v>69</v>
       </c>
       <c r="AC51" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="AD51">
-        <v>70454300</v>
+        <v>29480625</v>
       </c>
       <c r="AE51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG51"/>
       <c r="AH51" t="s">
         <v>592</v>
       </c>
       <c r="AI51"/>
       <c r="AJ51" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="AK51" t="s">
         <v>69</v>
       </c>
       <c r="AL51" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="AM51" t="s">
-        <v>177</v>
+        <v>80</v>
       </c>
       <c r="AN51" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="AO51">
-        <v>155.99</v>
+        <v>74.8</v>
       </c>
       <c r="AP51" t="s">
-        <v>178</v>
+        <v>236</v>
       </c>
       <c r="AQ51" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR51" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>83</v>
+      </c>
+      <c r="AS51">
+        <v>391055837031</v>
       </c>
       <c r="AT51" t="s">
-        <v>595</v>
+        <v>76</v>
       </c>
       <c r="AU51"/>
       <c r="AV51"/>
-      <c r="AW51"/>
+      <c r="AW51">
+        <v>0</v>
+      </c>
       <c r="AX51" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY51" t="s">
         <v>591</v>
       </c>
       <c r="AZ51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA51" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB51" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="BC51" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="BD51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE51" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="BF51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG51" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="BH51">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="BI51" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN51" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="BO51">
         <v>0</v>
       </c>
       <c r="BP51" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ51"/>
       <c r="BR51">
-        <v>1229</v>
+        <v>529</v>
       </c>
       <c r="BS51"/>
     </row>
     <row r="52" spans="1:71">
       <c r="A52" t="s">
         <v>66</v>
       </c>
       <c r="B52" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="C52">
-        <v>2876614549</v>
+        <v>2883153269</v>
       </c>
       <c r="D52">
-        <v>591935</v>
+        <v>592102</v>
       </c>
       <c r="E52">
         <v>89.21</v>
       </c>
       <c r="F52" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="G52" t="s">
         <v>69</v>
       </c>
       <c r="H52" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="I52">
         <v>52.8</v>
       </c>
       <c r="J52" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="K52" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L52" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="M52" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N52" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O52"/>
       <c r="P52">
-        <v>41444911</v>
+        <v>48369654</v>
       </c>
       <c r="Q52" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="R52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T52" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U52">
-        <v>2876614549</v>
+        <v>2883153269</v>
       </c>
       <c r="V52">
-        <v>591935</v>
+        <v>592102</v>
       </c>
       <c r="W52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X52">
         <v>89.21</v>
       </c>
       <c r="Y52">
         <v>3.8</v>
       </c>
       <c r="Z52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA52" t="s">
         <v>66</v>
       </c>
       <c r="AB52" t="s">
         <v>69</v>
       </c>
       <c r="AC52" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="AD52">
-        <v>41444911</v>
+        <v>48369654</v>
       </c>
       <c r="AE52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG52"/>
       <c r="AH52" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="AI52"/>
       <c r="AJ52" t="s">
-        <v>302</v>
+        <v>602</v>
       </c>
       <c r="AK52" t="s">
         <v>69</v>
       </c>
       <c r="AL52" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="AM52" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN52" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="AO52">
         <v>52.8</v>
       </c>
       <c r="AP52" t="s">
-        <v>95</v>
+        <v>603</v>
       </c>
       <c r="AQ52" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR52" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS52">
-        <v>390741586288</v>
+        <v>390943162656</v>
       </c>
       <c r="AT52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY52" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="AZ52" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA52" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB52" t="s">
+        <v>596</v>
+      </c>
+      <c r="BC52" t="s">
         <v>599</v>
       </c>
-      <c r="BC52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BD52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE52" t="s">
         <v>604</v>
       </c>
       <c r="BF52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG52" t="s">
         <v>605</v>
       </c>
       <c r="BH52">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="BI52" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN52" t="s">
         <v>606</v>
       </c>
       <c r="BO52">
         <v>0</v>
       </c>
       <c r="BP52" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ52"/>
       <c r="BR52">
         <v>339</v>
       </c>
       <c r="BS52"/>
     </row>
     <row r="53" spans="1:71">
       <c r="A53" t="s">
         <v>66</v>
       </c>
       <c r="B53" t="s">
         <v>607</v>
       </c>
       <c r="C53">
-        <v>2876613179</v>
+        <v>2879851517</v>
       </c>
       <c r="D53">
-        <v>591936</v>
+        <v>592016</v>
       </c>
       <c r="E53">
-        <v>86.58</v>
+        <v>149.74</v>
       </c>
       <c r="F53" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="G53" t="s">
         <v>69</v>
       </c>
       <c r="H53" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="I53">
-        <v>50.99</v>
+        <v>95.99</v>
       </c>
       <c r="J53" t="s">
-        <v>574</v>
+        <v>610</v>
       </c>
       <c r="K53" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L53" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M53" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N53" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O53"/>
       <c r="P53">
-        <v>41444911</v>
+        <v>47466207</v>
       </c>
       <c r="Q53" t="s">
         <v>607</v>
       </c>
       <c r="R53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T53" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U53">
-        <v>2876613179</v>
+        <v>2879851517</v>
       </c>
       <c r="V53">
-        <v>591936</v>
+        <v>592016</v>
       </c>
       <c r="W53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X53">
-        <v>86.58</v>
+        <v>149.74</v>
       </c>
       <c r="Y53">
         <v>3.8</v>
       </c>
       <c r="Z53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA53" t="s">
         <v>66</v>
       </c>
       <c r="AB53" t="s">
         <v>69</v>
       </c>
       <c r="AC53" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="AD53">
-        <v>41444911</v>
+        <v>47466207</v>
       </c>
       <c r="AE53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG53"/>
       <c r="AH53" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="AI53"/>
       <c r="AJ53" t="s">
-        <v>302</v>
+        <v>613</v>
       </c>
       <c r="AK53" t="s">
         <v>69</v>
       </c>
       <c r="AL53" t="s">
-        <v>574</v>
+        <v>610</v>
       </c>
       <c r="AM53" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN53" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="AO53">
-        <v>50.99</v>
+        <v>95.99</v>
       </c>
       <c r="AP53" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="AQ53" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR53" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS53">
-        <v>390738095970</v>
+        <v>390856114630</v>
       </c>
       <c r="AT53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY53" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="AZ53" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA53" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB53" t="s">
         <v>607</v>
       </c>
       <c r="BC53" t="s">
-        <v>574</v>
+        <v>610</v>
       </c>
       <c r="BD53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE53" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="BF53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG53" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="BH53">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="BI53" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN53" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="BO53">
         <v>0</v>
       </c>
       <c r="BP53" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ53"/>
       <c r="BR53">
-        <v>329</v>
+        <v>569</v>
       </c>
       <c r="BS53"/>
     </row>
     <row r="54" spans="1:71">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C54">
-        <v>2870292727</v>
+        <v>2878353312</v>
       </c>
       <c r="D54">
-        <v>591718</v>
+        <v>591987</v>
       </c>
       <c r="E54">
-        <v>97.11</v>
+        <v>139.21</v>
       </c>
       <c r="F54" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="G54" t="s">
         <v>69</v>
       </c>
       <c r="H54" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="I54">
-        <v>58.99</v>
+        <v>87.99</v>
       </c>
       <c r="J54" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="K54" t="s">
-        <v>80</v>
+        <v>526</v>
       </c>
       <c r="L54" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="M54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N54" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O54"/>
       <c r="P54">
-        <v>74219410</v>
+        <v>47466207</v>
       </c>
       <c r="Q54" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="R54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T54" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U54">
-        <v>2870292727</v>
+        <v>2878353312</v>
       </c>
       <c r="V54">
-        <v>591718</v>
+        <v>591987</v>
       </c>
       <c r="W54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X54">
-        <v>97.11</v>
+        <v>139.21</v>
       </c>
       <c r="Y54">
         <v>3.8</v>
       </c>
       <c r="Z54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA54" t="s">
         <v>66</v>
       </c>
       <c r="AB54" t="s">
         <v>69</v>
       </c>
       <c r="AC54" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="AD54">
-        <v>74219410</v>
+        <v>47466207</v>
       </c>
       <c r="AE54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG54"/>
       <c r="AH54" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="AI54"/>
       <c r="AJ54" t="s">
+        <v>613</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL54" t="s">
         <v>620</v>
       </c>
-      <c r="AK54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AM54" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN54" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="AO54">
-        <v>58.99</v>
+        <v>87.99</v>
       </c>
       <c r="AP54" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="AQ54" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR54" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS54"/>
       <c r="AT54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY54" t="s">
+        <v>621</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA54"/>
+      <c r="BB54" t="s">
         <v>618</v>
       </c>
-      <c r="AZ54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC54" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="BD54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE54" t="s">
-        <v>622</v>
+        <v>76</v>
       </c>
       <c r="BF54" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG54" t="s">
         <v>623</v>
       </c>
       <c r="BH54">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="BI54" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ54"/>
-      <c r="BK54"/>
-      <c r="BL54"/>
+      <c r="BK54" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL54" t="s">
+        <v>624</v>
+      </c>
       <c r="BM54" t="s">
-        <v>70</v>
+        <v>625</v>
       </c>
       <c r="BN54" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="BO54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP54" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ54"/>
       <c r="BR54">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="BS54"/>
+        <v>529</v>
+      </c>
+      <c r="BS54" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="55" spans="1:71">
       <c r="A55" t="s">
         <v>66</v>
       </c>
       <c r="B55" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C55">
-        <v>2866384939</v>
+        <v>2878160082</v>
       </c>
       <c r="D55">
-        <v>591578</v>
+        <v>591981</v>
       </c>
       <c r="E55">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="F55" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="G55" t="s">
         <v>69</v>
       </c>
       <c r="H55" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I55">
-        <v>79.99</v>
+        <v>52.99</v>
       </c>
       <c r="J55" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="K55" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="L55" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N55" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O55"/>
       <c r="P55">
-        <v>40876056</v>
+        <v>76729314</v>
       </c>
       <c r="Q55" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="R55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T55" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U55">
-        <v>2866384939</v>
+        <v>2878160082</v>
       </c>
       <c r="V55">
-        <v>591578</v>
+        <v>591981</v>
       </c>
       <c r="W55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X55">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y55">
         <v>3.8</v>
       </c>
       <c r="Z55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA55" t="s">
         <v>66</v>
       </c>
       <c r="AB55" t="s">
         <v>69</v>
       </c>
       <c r="AC55" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="AD55">
-        <v>40876056</v>
+        <v>76729314</v>
       </c>
       <c r="AE55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG55"/>
       <c r="AH55" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="AI55"/>
       <c r="AJ55" t="s">
-        <v>249</v>
+        <v>79</v>
       </c>
       <c r="AK55" t="s">
         <v>69</v>
       </c>
       <c r="AL55" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="AM55" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN55" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="AO55">
-        <v>79.99</v>
+        <v>52.99</v>
       </c>
       <c r="AP55" t="s">
-        <v>261</v>
+        <v>359</v>
       </c>
       <c r="AQ55" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR55" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS55">
-        <v>390511250523</v>
+        <v>390761210703</v>
       </c>
       <c r="AT55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY55" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="AZ55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA55" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB55" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="BC55" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="BD55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE55" t="s">
-        <v>631</v>
+        <v>76</v>
       </c>
       <c r="BF55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG55" t="s">
         <v>632</v>
       </c>
       <c r="BH55">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="BI55" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN55" t="s">
         <v>633</v>
       </c>
       <c r="BO55">
         <v>0</v>
       </c>
       <c r="BP55" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ55"/>
       <c r="BR55">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS55"/>
     </row>
     <row r="56" spans="1:71">
       <c r="A56" t="s">
         <v>66</v>
       </c>
       <c r="B56" t="s">
         <v>634</v>
       </c>
       <c r="C56">
-        <v>2862941317</v>
+        <v>2877665454</v>
       </c>
       <c r="D56">
-        <v>591472</v>
+        <v>591967</v>
       </c>
       <c r="E56">
-        <v>183.95</v>
+        <v>323.42</v>
       </c>
       <c r="F56" t="s">
         <v>635</v>
       </c>
       <c r="G56" t="s">
         <v>69</v>
       </c>
       <c r="H56" t="s">
         <v>636</v>
       </c>
       <c r="I56">
-        <v>119.99</v>
+        <v>155.99</v>
       </c>
       <c r="J56" t="s">
+        <v>620</v>
+      </c>
+      <c r="K56" t="s">
+        <v>82</v>
+      </c>
+      <c r="L56" t="s">
         <v>637</v>
       </c>
-      <c r="K56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M56" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N56" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O56"/>
       <c r="P56">
-        <v>73502324</v>
+        <v>70454300</v>
       </c>
       <c r="Q56" t="s">
         <v>634</v>
       </c>
       <c r="R56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T56" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U56">
-        <v>2862941317</v>
+        <v>2877665454</v>
       </c>
       <c r="V56">
-        <v>591472</v>
+        <v>591967</v>
       </c>
       <c r="W56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X56">
-        <v>183.95</v>
+        <v>323.42</v>
       </c>
       <c r="Y56">
         <v>3.8</v>
       </c>
       <c r="Z56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA56" t="s">
         <v>66</v>
       </c>
       <c r="AB56" t="s">
         <v>69</v>
       </c>
       <c r="AC56" t="s">
         <v>635</v>
       </c>
       <c r="AD56">
-        <v>73502324</v>
+        <v>70454300</v>
       </c>
       <c r="AE56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG56"/>
       <c r="AH56" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="AI56"/>
       <c r="AJ56" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL56" t="s">
         <v>620</v>
       </c>
-      <c r="AK56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AM56" t="s">
-        <v>78</v>
+        <v>223</v>
       </c>
       <c r="AN56" t="s">
         <v>636</v>
       </c>
       <c r="AO56">
-        <v>119.99</v>
+        <v>155.99</v>
       </c>
       <c r="AP56" t="s">
+        <v>224</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>639</v>
+      </c>
+      <c r="AS56" t="s">
         <v>640</v>
       </c>
-      <c r="AQ56" t="s">
-[...5 lines deleted...]
-      <c r="AS56"/>
       <c r="AT56" t="s">
-        <v>70</v>
+        <v>641</v>
       </c>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY56" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="AZ56" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA56"/>
+        <v>74</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>85</v>
+      </c>
       <c r="BB56" t="s">
         <v>634</v>
       </c>
       <c r="BC56" t="s">
-        <v>637</v>
+        <v>620</v>
       </c>
       <c r="BD56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE56" t="s">
-        <v>70</v>
+        <v>642</v>
       </c>
       <c r="BF56" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG56" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="BH56">
+        <v>19</v>
+      </c>
+      <c r="BI56" t="s">
+        <v>228</v>
+      </c>
+      <c r="BJ56"/>
+      <c r="BK56"/>
+      <c r="BL56"/>
+      <c r="BM56" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN56" t="s">
+        <v>644</v>
+      </c>
+      <c r="BO56">
         <v>0</v>
       </c>
-      <c r="BI56" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP56" t="s">
-        <v>485</v>
+        <v>530</v>
       </c>
       <c r="BQ56"/>
       <c r="BR56">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="BS56"/>
     </row>
     <row r="57" spans="1:71">
       <c r="A57" t="s">
         <v>66</v>
       </c>
       <c r="B57" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C57">
-        <v>2860946322</v>
+        <v>2876614549</v>
       </c>
       <c r="D57">
-        <v>591465</v>
+        <v>591935</v>
       </c>
       <c r="E57">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="F57" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G57" t="s">
         <v>69</v>
       </c>
       <c r="H57" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="I57">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="J57" t="s">
-        <v>647</v>
+        <v>620</v>
       </c>
       <c r="K57" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L57" t="s">
         <v>648</v>
       </c>
       <c r="M57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N57" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O57"/>
       <c r="P57">
-        <v>73259514</v>
+        <v>41444911</v>
       </c>
       <c r="Q57" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="R57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T57" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U57">
-        <v>2860946322</v>
+        <v>2876614549</v>
       </c>
       <c r="V57">
-        <v>591465</v>
+        <v>591935</v>
       </c>
       <c r="W57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X57">
-        <v>128.68</v>
+        <v>89.21</v>
       </c>
       <c r="Y57">
         <v>3.8</v>
       </c>
       <c r="Z57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA57" t="s">
         <v>66</v>
       </c>
       <c r="AB57" t="s">
         <v>69</v>
       </c>
       <c r="AC57" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="AD57">
-        <v>73259514</v>
+        <v>41444911</v>
       </c>
       <c r="AE57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG57"/>
       <c r="AH57" t="s">
         <v>649</v>
       </c>
       <c r="AI57"/>
       <c r="AJ57" t="s">
-        <v>156</v>
+        <v>348</v>
       </c>
       <c r="AK57" t="s">
         <v>69</v>
       </c>
       <c r="AL57" t="s">
+        <v>620</v>
+      </c>
+      <c r="AM57" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN57" t="s">
         <v>647</v>
       </c>
-      <c r="AM57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO57">
-        <v>79.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP57" t="s">
-        <v>261</v>
+        <v>152</v>
       </c>
       <c r="AQ57" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR57" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS57">
-        <v>390343587194</v>
+        <v>390741586288</v>
       </c>
       <c r="AT57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY57" t="s">
         <v>648</v>
       </c>
       <c r="AZ57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA57" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB57" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="BC57" t="s">
-        <v>647</v>
+        <v>620</v>
       </c>
       <c r="BD57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE57" t="s">
         <v>650</v>
       </c>
       <c r="BF57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG57" t="s">
         <v>651</v>
       </c>
       <c r="BH57">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="BI57" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN57" t="s">
         <v>652</v>
       </c>
       <c r="BO57">
         <v>0</v>
       </c>
       <c r="BP57" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ57"/>
       <c r="BR57">
-        <v>489</v>
+        <v>339</v>
       </c>
       <c r="BS57"/>
     </row>
     <row r="58" spans="1:71">
       <c r="A58" t="s">
         <v>66</v>
       </c>
       <c r="B58" t="s">
         <v>653</v>
       </c>
       <c r="C58">
-        <v>2860680156</v>
+        <v>2876613179</v>
       </c>
       <c r="D58">
-        <v>591467</v>
+        <v>591936</v>
       </c>
       <c r="E58">
-        <v>133.95</v>
+        <v>86.58</v>
       </c>
       <c r="F58" t="s">
+        <v>646</v>
+      </c>
+      <c r="G58" t="s">
+        <v>69</v>
+      </c>
+      <c r="H58" t="s">
         <v>654</v>
       </c>
-      <c r="G58" t="s">
-[...2 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58">
+        <v>50.99</v>
+      </c>
+      <c r="J58" t="s">
+        <v>620</v>
+      </c>
+      <c r="K58" t="s">
+        <v>82</v>
+      </c>
+      <c r="L58" t="s">
         <v>655</v>
       </c>
-      <c r="I58">
-[...10 lines deleted...]
-      </c>
       <c r="M58" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N58" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O58"/>
       <c r="P58">
-        <v>42349381</v>
+        <v>41444911</v>
       </c>
       <c r="Q58" t="s">
         <v>653</v>
       </c>
       <c r="R58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T58" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U58">
-        <v>2860680156</v>
+        <v>2876613179</v>
       </c>
       <c r="V58">
-        <v>591467</v>
+        <v>591936</v>
       </c>
       <c r="W58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X58">
-        <v>133.95</v>
+        <v>86.58</v>
       </c>
       <c r="Y58">
         <v>3.8</v>
       </c>
       <c r="Z58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA58" t="s">
         <v>66</v>
       </c>
       <c r="AB58" t="s">
         <v>69</v>
       </c>
       <c r="AC58" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="AD58">
-        <v>42349381</v>
+        <v>41444911</v>
       </c>
       <c r="AE58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG58"/>
       <c r="AH58" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="AI58"/>
       <c r="AJ58" t="s">
-        <v>302</v>
+        <v>348</v>
       </c>
       <c r="AK58" t="s">
         <v>69</v>
       </c>
       <c r="AL58" t="s">
-        <v>647</v>
+        <v>620</v>
       </c>
       <c r="AM58" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN58" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="AO58">
-        <v>82.99</v>
+        <v>50.99</v>
       </c>
       <c r="AP58" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="AQ58" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR58" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS58"/>
+        <v>83</v>
+      </c>
+      <c r="AS58">
+        <v>390738095970</v>
+      </c>
       <c r="AT58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY58" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="AZ58" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA58"/>
+        <v>74</v>
+      </c>
+      <c r="BA58" t="s">
+        <v>85</v>
+      </c>
       <c r="BB58" t="s">
         <v>653</v>
       </c>
       <c r="BC58" t="s">
-        <v>647</v>
+        <v>620</v>
       </c>
       <c r="BD58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE58" t="s">
-        <v>70</v>
+        <v>657</v>
       </c>
       <c r="BF58" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG58" t="s">
+        <v>658</v>
+      </c>
+      <c r="BH58">
+        <v>29</v>
+      </c>
+      <c r="BI58" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ58"/>
+      <c r="BK58"/>
+      <c r="BL58"/>
+      <c r="BM58" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN58" t="s">
         <v>659</v>
       </c>
-      <c r="BH58">
+      <c r="BO58">
         <v>0</v>
       </c>
-      <c r="BI58" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="BP58" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ58"/>
       <c r="BR58">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="BS58"/>
     </row>
     <row r="59" spans="1:71">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
+        <v>660</v>
+      </c>
+      <c r="C59">
+        <v>2870292727</v>
+      </c>
+      <c r="D59">
+        <v>591718</v>
+      </c>
+      <c r="E59">
+        <v>97.11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>661</v>
+      </c>
+      <c r="G59" t="s">
+        <v>69</v>
+      </c>
+      <c r="H59" t="s">
         <v>662</v>
       </c>
-      <c r="C59">
-[...14 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59">
+        <v>58.99</v>
+      </c>
+      <c r="J59" t="s">
         <v>663</v>
       </c>
-      <c r="I59">
-[...2 lines deleted...]
-      <c r="J59" t="s">
+      <c r="K59" t="s">
+        <v>82</v>
+      </c>
+      <c r="L59" t="s">
         <v>664</v>
       </c>
-      <c r="K59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M59" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N59" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O59"/>
       <c r="P59">
-        <v>29736982</v>
+        <v>74219410</v>
       </c>
       <c r="Q59" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="R59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T59" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U59">
-        <v>2858970664</v>
+        <v>2870292727</v>
       </c>
       <c r="V59">
-        <v>591353</v>
+        <v>591718</v>
       </c>
       <c r="W59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X59">
-        <v>128.68</v>
+        <v>97.11</v>
       </c>
       <c r="Y59">
         <v>3.8</v>
       </c>
       <c r="Z59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA59" t="s">
         <v>66</v>
       </c>
       <c r="AB59" t="s">
         <v>69</v>
       </c>
       <c r="AC59" t="s">
-        <v>406</v>
+        <v>661</v>
       </c>
       <c r="AD59">
-        <v>29736982</v>
+        <v>74219410</v>
       </c>
       <c r="AE59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG59"/>
       <c r="AH59" t="s">
-        <v>410</v>
+        <v>665</v>
       </c>
       <c r="AI59"/>
       <c r="AJ59" t="s">
-        <v>130</v>
+        <v>666</v>
       </c>
       <c r="AK59" t="s">
         <v>69</v>
       </c>
       <c r="AL59" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="AM59" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN59" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="AO59">
-        <v>79.99</v>
+        <v>58.99</v>
       </c>
       <c r="AP59" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="AQ59" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR59" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS59">
-        <v>390270601928</v>
+        <v>390843108976</v>
       </c>
       <c r="AT59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59"/>
       <c r="AX59" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY59" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="AZ59" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA59" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB59" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="BC59" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="BD59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE59" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="BF59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG59" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="BH59">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="BI59" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN59" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="BO59">
         <v>0</v>
       </c>
       <c r="BP59" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ59"/>
       <c r="BR59">
-        <v>489</v>
+        <v>369</v>
       </c>
       <c r="BS59"/>
     </row>
     <row r="60" spans="1:71">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C60">
-        <v>2853272715</v>
+        <v>2866384939</v>
       </c>
       <c r="D60">
-        <v>591202</v>
+        <v>591578</v>
       </c>
       <c r="E60">
         <v>128.68</v>
       </c>
       <c r="F60" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G60" t="s">
         <v>69</v>
       </c>
       <c r="H60" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="I60">
         <v>79.99</v>
       </c>
       <c r="J60" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="K60" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L60" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="M60" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N60" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O60"/>
       <c r="P60">
-        <v>18213043</v>
+        <v>40876056</v>
       </c>
       <c r="Q60" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="R60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T60" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U60">
-        <v>2853272715</v>
+        <v>2866384939</v>
       </c>
       <c r="V60">
-        <v>591202</v>
+        <v>591578</v>
       </c>
       <c r="W60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X60">
         <v>128.68</v>
       </c>
       <c r="Y60">
         <v>3.8</v>
       </c>
       <c r="Z60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA60" t="s">
         <v>66</v>
       </c>
       <c r="AB60" t="s">
         <v>69</v>
       </c>
       <c r="AC60" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="AD60">
-        <v>18213043</v>
+        <v>40876056</v>
       </c>
       <c r="AE60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG60"/>
       <c r="AH60" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="AI60"/>
       <c r="AJ60" t="s">
-        <v>130</v>
+        <v>295</v>
       </c>
       <c r="AK60" t="s">
         <v>69</v>
       </c>
       <c r="AL60" t="s">
+        <v>674</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN60" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>672</v>
       </c>
       <c r="AO60">
         <v>79.99</v>
       </c>
       <c r="AP60" t="s">
-        <v>261</v>
+        <v>307</v>
       </c>
       <c r="AQ60" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR60" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS60">
-        <v>390038713411</v>
+        <v>390511250523</v>
       </c>
       <c r="AT60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY60" t="s">
+        <v>675</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB60" t="s">
+        <v>671</v>
+      </c>
+      <c r="BC60" t="s">
         <v>674</v>
       </c>
-      <c r="AZ60" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BD60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE60" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="BF60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG60" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="BH60">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="BI60" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN60" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="BO60">
         <v>0</v>
       </c>
       <c r="BP60" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ60"/>
       <c r="BR60">
         <v>489</v>
       </c>
       <c r="BS60"/>
     </row>
     <row r="61" spans="1:71">
       <c r="A61" t="s">
         <v>66</v>
       </c>
       <c r="B61" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C61">
-        <v>2852845513</v>
+        <v>2862941317</v>
       </c>
       <c r="D61">
-        <v>591192</v>
+        <v>591472</v>
       </c>
       <c r="E61">
-        <v>89.21</v>
+        <v>183.95</v>
       </c>
       <c r="F61" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G61" t="s">
         <v>69</v>
       </c>
       <c r="H61" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="I61">
-        <v>52.8</v>
+        <v>119.99</v>
       </c>
       <c r="J61" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="K61" t="s">
-        <v>80</v>
+        <v>526</v>
       </c>
       <c r="L61" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M61" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N61" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O61"/>
       <c r="P61">
-        <v>73518777</v>
+        <v>73502324</v>
       </c>
       <c r="Q61" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="R61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T61" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U61">
-        <v>2852845513</v>
+        <v>2862941317</v>
       </c>
       <c r="V61">
-        <v>591192</v>
+        <v>591472</v>
       </c>
       <c r="W61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X61">
-        <v>89.21</v>
+        <v>183.95</v>
       </c>
       <c r="Y61">
         <v>3.8</v>
       </c>
       <c r="Z61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA61" t="s">
         <v>66</v>
       </c>
       <c r="AB61" t="s">
         <v>69</v>
       </c>
       <c r="AC61" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="AD61">
-        <v>73518777</v>
+        <v>73502324</v>
       </c>
       <c r="AE61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG61"/>
       <c r="AH61" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="AI61"/>
       <c r="AJ61" t="s">
-        <v>401</v>
+        <v>666</v>
       </c>
       <c r="AK61" t="s">
         <v>69</v>
       </c>
       <c r="AL61" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="AM61" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN61" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="AO61">
-        <v>52.8</v>
+        <v>119.99</v>
       </c>
       <c r="AP61" t="s">
-        <v>557</v>
+        <v>686</v>
       </c>
       <c r="AQ61" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR61" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS61"/>
       <c r="AT61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY61" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="AZ61" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="BA61"/>
       <c r="BB61" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="BC61" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="BD61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE61" t="s">
-        <v>684</v>
+        <v>76</v>
       </c>
       <c r="BF61" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG61" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="BH61">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BI61" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ61"/>
-      <c r="BK61"/>
-      <c r="BL61"/>
+      <c r="BK61" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL61" t="s">
+        <v>533</v>
+      </c>
       <c r="BM61" t="s">
-        <v>70</v>
+        <v>688</v>
       </c>
       <c r="BN61" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="BO61">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BP61" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ61"/>
       <c r="BR61">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS61"/>
+        <v>699</v>
+      </c>
+      <c r="BS61" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="62" spans="1:71">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C62">
-        <v>2852663382</v>
+        <v>2860946322</v>
       </c>
       <c r="D62">
-        <v>591182</v>
+        <v>591465</v>
       </c>
       <c r="E62">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="F62" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="I62">
-        <v>52.99</v>
+        <v>79.99</v>
       </c>
       <c r="J62" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
       <c r="K62" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L62" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="M62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N62" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O62"/>
       <c r="P62">
-        <v>72945315</v>
+        <v>73259514</v>
       </c>
       <c r="Q62" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="R62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T62" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U62">
-        <v>2852663382</v>
+        <v>2860946322</v>
       </c>
       <c r="V62">
-        <v>591182</v>
+        <v>591465</v>
       </c>
       <c r="W62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X62">
-        <v>89.21</v>
+        <v>128.68</v>
       </c>
       <c r="Y62">
         <v>3.8</v>
       </c>
       <c r="Z62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA62" t="s">
         <v>66</v>
       </c>
       <c r="AB62" t="s">
         <v>69</v>
       </c>
       <c r="AC62" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="AD62">
-        <v>72945315</v>
+        <v>73259514</v>
       </c>
       <c r="AE62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG62"/>
       <c r="AH62" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="AI62"/>
       <c r="AJ62" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="AK62" t="s">
         <v>69</v>
       </c>
       <c r="AL62" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
       <c r="AM62" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN62" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="AO62">
-        <v>52.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP62" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="AQ62" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR62" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS62">
-        <v>390038881094</v>
+        <v>390343587194</v>
       </c>
       <c r="AT62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62"/>
       <c r="AX62" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY62" t="s">
+        <v>694</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB62" t="s">
         <v>690</v>
       </c>
-      <c r="AZ62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC62" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
       <c r="BD62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE62" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="BF62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG62" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="BH62">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="BI62" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN62" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="BO62">
         <v>0</v>
       </c>
       <c r="BP62" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ62"/>
       <c r="BR62">
-        <v>339</v>
+        <v>489</v>
       </c>
       <c r="BS62"/>
     </row>
     <row r="63" spans="1:71">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C63">
-        <v>2848997589</v>
+        <v>2860680156</v>
       </c>
       <c r="D63">
-        <v>591039</v>
+        <v>591467</v>
       </c>
       <c r="E63">
-        <v>89.21</v>
+        <v>133.95</v>
       </c>
       <c r="F63" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="G63" t="s">
         <v>69</v>
       </c>
       <c r="H63" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="I63">
-        <v>52.99</v>
+        <v>82.99</v>
       </c>
       <c r="J63" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="K63" t="s">
-        <v>80</v>
+        <v>526</v>
       </c>
       <c r="L63" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="M63" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N63" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O63"/>
       <c r="P63">
-        <v>46121566</v>
+        <v>42349381</v>
       </c>
       <c r="Q63" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="R63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T63" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U63">
-        <v>2848997589</v>
+        <v>2860680156</v>
       </c>
       <c r="V63">
-        <v>591039</v>
+        <v>591467</v>
       </c>
       <c r="W63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X63">
-        <v>89.21</v>
+        <v>133.95</v>
       </c>
       <c r="Y63">
         <v>3.8</v>
       </c>
       <c r="Z63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA63" t="s">
         <v>66</v>
       </c>
       <c r="AB63" t="s">
         <v>69</v>
       </c>
       <c r="AC63" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="AD63">
-        <v>46121566</v>
+        <v>42349381</v>
       </c>
       <c r="AE63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG63"/>
       <c r="AH63" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="AI63"/>
       <c r="AJ63" t="s">
-        <v>142</v>
+        <v>348</v>
       </c>
       <c r="AK63" t="s">
         <v>69</v>
       </c>
       <c r="AL63" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="AM63" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN63" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="AO63">
-        <v>52.99</v>
+        <v>82.99</v>
       </c>
       <c r="AP63" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="AQ63" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR63" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS63"/>
       <c r="AT63" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU63"/>
       <c r="AV63"/>
-      <c r="AW63">
+      <c r="AW63"/>
+      <c r="AX63" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY63" t="s">
+        <v>702</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA63"/>
+      <c r="BB63" t="s">
+        <v>699</v>
+      </c>
+      <c r="BC63" t="s">
+        <v>693</v>
+      </c>
+      <c r="BD63" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE63" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF63" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG63" t="s">
+        <v>705</v>
+      </c>
+      <c r="BH63">
         <v>0</v>
       </c>
-      <c r="AX63" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BI63" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ63"/>
-      <c r="BK63"/>
-      <c r="BL63"/>
+      <c r="BK63" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL63" t="s">
+        <v>546</v>
+      </c>
       <c r="BM63" t="s">
-        <v>70</v>
+        <v>706</v>
       </c>
       <c r="BN63" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="BO63">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BP63" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ63"/>
       <c r="BR63">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="BS63"/>
+        <v>509</v>
+      </c>
+      <c r="BS63" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="64" spans="1:71">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C64">
-        <v>2848628252</v>
+        <v>2858970664</v>
       </c>
       <c r="D64">
-        <v>591030</v>
+        <v>591353</v>
       </c>
       <c r="E64">
-        <v>536.58</v>
+        <v>128.68</v>
       </c>
       <c r="F64" t="s">
-        <v>706</v>
+        <v>452</v>
       </c>
       <c r="G64" t="s">
         <v>69</v>
       </c>
       <c r="H64" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="I64">
-        <v>279</v>
+        <v>79.99</v>
       </c>
       <c r="J64" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="K64" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L64" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="M64" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N64" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O64"/>
       <c r="P64">
-        <v>41429994</v>
+        <v>29736982</v>
       </c>
       <c r="Q64" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="R64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T64" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U64">
-        <v>2848628252</v>
+        <v>2858970664</v>
       </c>
       <c r="V64">
-        <v>591030</v>
+        <v>591353</v>
       </c>
       <c r="W64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X64">
-        <v>536.58</v>
+        <v>128.68</v>
       </c>
       <c r="Y64">
         <v>3.8</v>
       </c>
       <c r="Z64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA64" t="s">
         <v>66</v>
       </c>
       <c r="AB64" t="s">
         <v>69</v>
       </c>
       <c r="AC64" t="s">
-        <v>706</v>
+        <v>452</v>
       </c>
       <c r="AD64">
-        <v>41429994</v>
+        <v>29736982</v>
       </c>
       <c r="AE64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG64"/>
       <c r="AH64" t="s">
-        <v>709</v>
+        <v>456</v>
       </c>
       <c r="AI64"/>
       <c r="AJ64" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK64" t="s">
         <v>69</v>
       </c>
       <c r="AL64" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="AM64" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN64" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="AO64">
-        <v>279</v>
+        <v>79.99</v>
       </c>
       <c r="AP64" t="s">
-        <v>450</v>
+        <v>712</v>
       </c>
       <c r="AQ64" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR64" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>83</v>
+      </c>
+      <c r="AS64">
+        <v>390270601928</v>
       </c>
       <c r="AT64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU64"/>
       <c r="AV64"/>
-      <c r="AW64">
-[...1 lines deleted...]
-      </c>
+      <c r="AW64"/>
       <c r="AX64" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY64" t="s">
+        <v>711</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB64" t="s">
         <v>708</v>
       </c>
-      <c r="AZ64" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BC64" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="BD64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE64" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="BF64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG64" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="BH64">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="BI64" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ64"/>
       <c r="BK64"/>
       <c r="BL64"/>
       <c r="BM64" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN64" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="BO64">
         <v>0</v>
       </c>
       <c r="BP64" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ64"/>
       <c r="BR64">
-        <v>2039</v>
+        <v>489</v>
       </c>
       <c r="BS64"/>
     </row>
     <row r="65" spans="1:71">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C65">
-        <v>2847720443</v>
+        <v>2853272715</v>
       </c>
       <c r="D65">
-        <v>591008</v>
+        <v>591202</v>
       </c>
       <c r="E65">
-        <v>160.26</v>
+        <v>128.68</v>
       </c>
       <c r="F65" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="G65" t="s">
         <v>69</v>
       </c>
       <c r="H65" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="I65">
-        <v>95.99</v>
+        <v>79.99</v>
       </c>
       <c r="J65" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="K65" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="L65" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M65" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N65" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O65"/>
       <c r="P65">
-        <v>46070619</v>
+        <v>18213043</v>
       </c>
       <c r="Q65" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="R65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T65" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U65">
-        <v>2847720443</v>
+        <v>2853272715</v>
       </c>
       <c r="V65">
-        <v>591008</v>
+        <v>591202</v>
       </c>
       <c r="W65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X65">
-        <v>160.26</v>
+        <v>128.68</v>
       </c>
       <c r="Y65">
         <v>3.8</v>
       </c>
       <c r="Z65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA65" t="s">
         <v>66</v>
       </c>
       <c r="AB65" t="s">
         <v>69</v>
       </c>
       <c r="AC65" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="AD65">
-        <v>46070619</v>
+        <v>18213043</v>
       </c>
       <c r="AE65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG65"/>
       <c r="AH65" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65" t="s">
-        <v>720</v>
+        <v>79</v>
       </c>
       <c r="AK65" t="s">
         <v>69</v>
       </c>
       <c r="AL65" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="AM65" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN65" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="AO65">
-        <v>95.99</v>
+        <v>79.99</v>
       </c>
       <c r="AP65" t="s">
-        <v>721</v>
+        <v>307</v>
       </c>
       <c r="AQ65" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR65" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS65">
-        <v>289613106111</v>
+        <v>390038713411</v>
       </c>
       <c r="AT65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU65"/>
       <c r="AV65"/>
-      <c r="AW65">
-[...1 lines deleted...]
-      </c>
+      <c r="AW65"/>
       <c r="AX65" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY65" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="AZ65" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA65" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB65" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="BC65" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="BD65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE65" t="s">
-        <v>70</v>
+        <v>722</v>
       </c>
       <c r="BF65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG65" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="BH65">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="BI65" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ65"/>
       <c r="BK65"/>
       <c r="BL65"/>
       <c r="BM65" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN65" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="BO65">
         <v>0</v>
       </c>
       <c r="BP65" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ65"/>
       <c r="BR65">
-        <v>609</v>
+        <v>489</v>
       </c>
       <c r="BS65"/>
     </row>
     <row r="66" spans="1:71">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C66">
-        <v>2847131945</v>
+        <v>2852845513</v>
       </c>
       <c r="D66">
-        <v>590982</v>
+        <v>591192</v>
       </c>
       <c r="E66">
         <v>89.21</v>
       </c>
       <c r="F66" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G66" t="s">
         <v>69</v>
       </c>
       <c r="H66" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="I66">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="J66" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="K66" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L66" t="s">
         <v>728</v>
       </c>
       <c r="M66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N66" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O66"/>
       <c r="P66">
-        <v>70975555</v>
+        <v>73518777</v>
       </c>
       <c r="Q66" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="R66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T66" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U66">
-        <v>2847131945</v>
+        <v>2852845513</v>
       </c>
       <c r="V66">
-        <v>590982</v>
+        <v>591192</v>
       </c>
       <c r="W66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X66">
         <v>89.21</v>
       </c>
       <c r="Y66">
         <v>3.8</v>
       </c>
       <c r="Z66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA66" t="s">
         <v>66</v>
       </c>
       <c r="AB66" t="s">
         <v>69</v>
       </c>
       <c r="AC66" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="AD66">
-        <v>70975555</v>
+        <v>73518777</v>
       </c>
       <c r="AE66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG66"/>
       <c r="AH66" t="s">
         <v>729</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66" t="s">
-        <v>130</v>
+        <v>447</v>
       </c>
       <c r="AK66" t="s">
         <v>69</v>
       </c>
       <c r="AL66" t="s">
+        <v>719</v>
+      </c>
+      <c r="AM66" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN66" t="s">
         <v>727</v>
       </c>
-      <c r="AM66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO66">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP66" t="s">
-        <v>701</v>
+        <v>603</v>
       </c>
       <c r="AQ66" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR66" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS66">
-        <v>881959957110</v>
+        <v>390038672462</v>
       </c>
       <c r="AT66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU66"/>
       <c r="AV66"/>
       <c r="AW66"/>
       <c r="AX66" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY66" t="s">
         <v>728</v>
       </c>
       <c r="AZ66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA66" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB66" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="BC66" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="BD66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE66" t="s">
         <v>730</v>
       </c>
       <c r="BF66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG66" t="s">
         <v>731</v>
       </c>
       <c r="BH66">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="BI66" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ66"/>
       <c r="BK66"/>
       <c r="BL66"/>
       <c r="BM66" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN66" t="s">
         <v>732</v>
       </c>
       <c r="BO66">
         <v>0</v>
       </c>
       <c r="BP66" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ66"/>
       <c r="BR66">
         <v>339</v>
       </c>
       <c r="BS66"/>
     </row>
     <row r="67" spans="1:71">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>733</v>
       </c>
       <c r="C67">
-        <v>2844865283</v>
+        <v>2852663382</v>
       </c>
       <c r="D67">
-        <v>590960</v>
+        <v>591182</v>
       </c>
       <c r="E67">
-        <v>97.11</v>
+        <v>89.21</v>
       </c>
       <c r="F67" t="s">
-        <v>688</v>
+        <v>734</v>
       </c>
       <c r="G67" t="s">
         <v>69</v>
       </c>
       <c r="H67" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="I67">
-        <v>57.6</v>
+        <v>52.99</v>
       </c>
       <c r="J67" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="K67" t="s">
-        <v>481</v>
+        <v>82</v>
       </c>
       <c r="L67" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="M67" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N67" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O67"/>
       <c r="P67">
         <v>72945315</v>
       </c>
       <c r="Q67" t="s">
         <v>733</v>
       </c>
       <c r="R67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T67" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U67">
-        <v>2844865283</v>
+        <v>2852663382</v>
       </c>
       <c r="V67">
-        <v>590960</v>
+        <v>591182</v>
       </c>
       <c r="W67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X67">
-        <v>97.11</v>
+        <v>89.21</v>
       </c>
       <c r="Y67">
         <v>3.8</v>
       </c>
       <c r="Z67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA67" t="s">
         <v>66</v>
       </c>
       <c r="AB67" t="s">
         <v>69</v>
       </c>
       <c r="AC67" t="s">
-        <v>688</v>
+        <v>734</v>
       </c>
       <c r="AD67">
         <v>72945315</v>
       </c>
       <c r="AE67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG67"/>
       <c r="AH67" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67" t="s">
-        <v>249</v>
+        <v>79</v>
       </c>
       <c r="AK67" t="s">
         <v>69</v>
       </c>
       <c r="AL67" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="AM67" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN67" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="AO67">
-        <v>57.6</v>
+        <v>52.99</v>
       </c>
       <c r="AP67" t="s">
-        <v>737</v>
+        <v>359</v>
       </c>
       <c r="AQ67" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR67" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS67"/>
+        <v>83</v>
+      </c>
+      <c r="AS67">
+        <v>390038881094</v>
+      </c>
       <c r="AT67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU67"/>
       <c r="AV67"/>
       <c r="AW67"/>
       <c r="AX67" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY67" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="AZ67" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA67"/>
+        <v>74</v>
+      </c>
+      <c r="BA67" t="s">
+        <v>85</v>
+      </c>
       <c r="BB67" t="s">
         <v>733</v>
       </c>
       <c r="BC67" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="BD67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE67" t="s">
-        <v>70</v>
+        <v>738</v>
       </c>
       <c r="BF67" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG67" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="BH67">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="BI67" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ67"/>
-      <c r="BK67" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BK67"/>
+      <c r="BL67"/>
       <c r="BM67" t="s">
-        <v>739</v>
+        <v>76</v>
       </c>
       <c r="BN67" t="s">
         <v>740</v>
       </c>
       <c r="BO67">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BP67" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ67"/>
       <c r="BR67">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="BS67"/>
     </row>
     <row r="68" spans="1:71">
       <c r="A68" t="s">
         <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>741</v>
       </c>
       <c r="C68">
-        <v>2839748619</v>
+        <v>2848997589</v>
       </c>
       <c r="D68">
-        <v>590830</v>
+        <v>591039</v>
       </c>
       <c r="E68">
         <v>89.21</v>
       </c>
       <c r="F68" t="s">
         <v>742</v>
       </c>
       <c r="G68" t="s">
         <v>69</v>
       </c>
       <c r="H68" t="s">
         <v>743</v>
       </c>
       <c r="I68">
-        <v>52.8</v>
+        <v>52.99</v>
       </c>
       <c r="J68" t="s">
         <v>744</v>
       </c>
       <c r="K68" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L68" t="s">
         <v>745</v>
       </c>
       <c r="M68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N68" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O68"/>
       <c r="P68">
-        <v>73966626</v>
+        <v>46121566</v>
       </c>
       <c r="Q68" t="s">
         <v>741</v>
       </c>
       <c r="R68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T68" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U68">
-        <v>2839748619</v>
+        <v>2848997589</v>
       </c>
       <c r="V68">
-        <v>590830</v>
+        <v>591039</v>
       </c>
       <c r="W68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X68">
         <v>89.21</v>
       </c>
       <c r="Y68">
         <v>3.8</v>
       </c>
       <c r="Z68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA68" t="s">
         <v>66</v>
       </c>
       <c r="AB68" t="s">
         <v>69</v>
       </c>
       <c r="AC68" t="s">
         <v>742</v>
       </c>
       <c r="AD68">
-        <v>73966626</v>
+        <v>46121566</v>
       </c>
       <c r="AE68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG68"/>
       <c r="AH68" t="s">
         <v>746</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="AK68" t="s">
         <v>69</v>
       </c>
       <c r="AL68" t="s">
         <v>744</v>
       </c>
       <c r="AM68" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN68" t="s">
         <v>743</v>
       </c>
       <c r="AO68">
-        <v>52.8</v>
+        <v>52.99</v>
       </c>
       <c r="AP68" t="s">
-        <v>95</v>
+        <v>747</v>
       </c>
       <c r="AQ68" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR68" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS68">
-        <v>289458478976</v>
+        <v>289701976612</v>
       </c>
       <c r="AT68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU68"/>
       <c r="AV68"/>
-      <c r="AW68"/>
+      <c r="AW68">
+        <v>0</v>
+      </c>
       <c r="AX68" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY68" t="s">
         <v>745</v>
       </c>
       <c r="AZ68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA68" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB68" t="s">
         <v>741</v>
       </c>
       <c r="BC68" t="s">
         <v>744</v>
       </c>
       <c r="BD68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE68" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="BF68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG68" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="BH68">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="BI68" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ68"/>
       <c r="BK68"/>
       <c r="BL68"/>
       <c r="BM68" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN68" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="BO68">
         <v>0</v>
       </c>
       <c r="BP68" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ68"/>
       <c r="BR68">
         <v>339</v>
       </c>
       <c r="BS68"/>
     </row>
     <row r="69" spans="1:71">
       <c r="A69" t="s">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C69">
-        <v>2835325329</v>
+        <v>2848628252</v>
       </c>
       <c r="D69">
-        <v>590784</v>
+        <v>591030</v>
       </c>
       <c r="E69">
-        <v>89.21</v>
+        <v>536.58</v>
       </c>
       <c r="F69" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="G69" t="s">
         <v>69</v>
       </c>
       <c r="H69" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="I69">
-        <v>52.8</v>
+        <v>279</v>
       </c>
       <c r="J69" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="K69" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="L69" t="s">
         <v>754</v>
       </c>
       <c r="M69" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N69" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O69"/>
-      <c r="P69" t="s">
-        <v>755</v>
+      <c r="P69">
+        <v>41429994</v>
       </c>
       <c r="Q69" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="R69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T69" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U69">
-        <v>2835325329</v>
+        <v>2848628252</v>
       </c>
       <c r="V69">
-        <v>590784</v>
+        <v>591030</v>
       </c>
       <c r="W69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X69">
-        <v>89.21</v>
+        <v>536.58</v>
       </c>
       <c r="Y69">
         <v>3.8</v>
       </c>
       <c r="Z69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA69" t="s">
         <v>66</v>
       </c>
       <c r="AB69" t="s">
         <v>69</v>
       </c>
       <c r="AC69" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>752</v>
+      </c>
+      <c r="AD69">
+        <v>41429994</v>
       </c>
       <c r="AE69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG69"/>
       <c r="AH69" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK69" t="s">
         <v>69</v>
       </c>
       <c r="AL69" t="s">
+        <v>744</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN69" t="s">
         <v>753</v>
       </c>
-      <c r="AM69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AO69">
-        <v>52.8</v>
+        <v>279</v>
       </c>
       <c r="AP69" t="s">
-        <v>557</v>
+        <v>495</v>
       </c>
       <c r="AQ69" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR69" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>289409738869</v>
+        <v>83</v>
+      </c>
+      <c r="AS69" t="s">
+        <v>756</v>
       </c>
       <c r="AT69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU69"/>
       <c r="AV69"/>
-      <c r="AW69"/>
+      <c r="AW69">
+        <v>0</v>
+      </c>
       <c r="AX69" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY69" t="s">
         <v>754</v>
       </c>
       <c r="AZ69" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA69" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB69" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="BC69" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="BD69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE69" t="s">
         <v>757</v>
       </c>
       <c r="BF69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG69" t="s">
         <v>758</v>
       </c>
       <c r="BH69">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="BI69" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ69"/>
       <c r="BK69"/>
       <c r="BL69"/>
       <c r="BM69" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN69" t="s">
         <v>759</v>
       </c>
       <c r="BO69">
         <v>0</v>
       </c>
       <c r="BP69" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ69"/>
       <c r="BR69">
-        <v>339</v>
+        <v>2039</v>
       </c>
       <c r="BS69"/>
     </row>
     <row r="70" spans="1:71">
       <c r="A70" t="s">
         <v>66</v>
       </c>
       <c r="B70" t="s">
         <v>760</v>
       </c>
       <c r="C70">
-        <v>2829440219</v>
+        <v>2847720443</v>
       </c>
       <c r="D70">
-        <v>590732</v>
+        <v>591008</v>
       </c>
       <c r="E70">
-        <v>128.68</v>
+        <v>160.26</v>
       </c>
       <c r="F70" t="s">
         <v>761</v>
       </c>
       <c r="G70" t="s">
         <v>69</v>
       </c>
       <c r="H70" t="s">
         <v>762</v>
       </c>
       <c r="I70">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="J70" t="s">
         <v>763</v>
       </c>
       <c r="K70" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="L70" t="s">
         <v>764</v>
       </c>
       <c r="M70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N70" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="O70"/>
       <c r="P70">
-        <v>40942691</v>
+        <v>46070619</v>
       </c>
       <c r="Q70" t="s">
         <v>760</v>
       </c>
       <c r="R70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T70" t="s">
-        <v>154</v>
+        <v>105</v>
       </c>
       <c r="U70">
-        <v>2829440219</v>
+        <v>2847720443</v>
       </c>
       <c r="V70">
-        <v>590732</v>
+        <v>591008</v>
       </c>
       <c r="W70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X70">
-        <v>128.68</v>
+        <v>160.26</v>
       </c>
       <c r="Y70">
         <v>3.8</v>
       </c>
       <c r="Z70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA70" t="s">
         <v>66</v>
       </c>
       <c r="AB70" t="s">
         <v>69</v>
       </c>
       <c r="AC70" t="s">
         <v>761</v>
       </c>
       <c r="AD70">
-        <v>40942691</v>
+        <v>46070619</v>
       </c>
       <c r="AE70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG70"/>
       <c r="AH70" t="s">
         <v>765</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70" t="s">
-        <v>401</v>
+        <v>766</v>
       </c>
       <c r="AK70" t="s">
         <v>69</v>
       </c>
       <c r="AL70" t="s">
         <v>763</v>
       </c>
       <c r="AM70" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN70" t="s">
         <v>762</v>
       </c>
       <c r="AO70">
-        <v>79.99</v>
+        <v>95.99</v>
       </c>
       <c r="AP70" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="AQ70" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="AR70" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="AS70">
-        <v>289332009229</v>
+        <v>289613106111</v>
       </c>
       <c r="AT70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU70"/>
       <c r="AV70"/>
-      <c r="AW70"/>
+      <c r="AW70">
+        <v>0</v>
+      </c>
       <c r="AX70" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY70" t="s">
         <v>764</v>
       </c>
       <c r="AZ70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="BA70" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="BB70" t="s">
         <v>760</v>
       </c>
       <c r="BC70" t="s">
         <v>763</v>
       </c>
       <c r="BD70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE70" t="s">
-        <v>767</v>
+        <v>76</v>
       </c>
       <c r="BF70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG70" t="s">
         <v>768</v>
       </c>
       <c r="BH70">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="BI70" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ70"/>
       <c r="BK70"/>
       <c r="BL70"/>
       <c r="BM70" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BN70" t="s">
         <v>769</v>
       </c>
       <c r="BO70">
         <v>0</v>
       </c>
       <c r="BP70" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="BQ70"/>
       <c r="BR70">
-        <v>489</v>
+        <v>609</v>
       </c>
       <c r="BS70"/>
     </row>
     <row r="71" spans="1:71">
       <c r="A71" t="s">
         <v>66</v>
       </c>
       <c r="B71" t="s">
         <v>770</v>
       </c>
       <c r="C71">
-        <v>2824467579</v>
+        <v>2847131945</v>
       </c>
       <c r="D71">
-        <v>590637</v>
+        <v>590982</v>
       </c>
       <c r="E71">
-        <v>126.05</v>
+        <v>89.21</v>
       </c>
       <c r="F71" t="s">
         <v>771</v>
       </c>
       <c r="G71" t="s">
         <v>69</v>
       </c>
       <c r="H71" t="s">
         <v>772</v>
       </c>
       <c r="I71">
-        <v>79.2</v>
+        <v>52.99</v>
       </c>
       <c r="J71" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="K71" t="s">
-        <v>481</v>
+        <v>82</v>
       </c>
       <c r="L71" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="M71" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N71" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="O71"/>
       <c r="P71">
-        <v>29329204</v>
+        <v>70975555</v>
       </c>
       <c r="Q71" t="s">
         <v>770</v>
       </c>
       <c r="R71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T71" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="U71">
-        <v>2824467579</v>
+        <v>2847131945</v>
       </c>
       <c r="V71">
-        <v>590637</v>
+        <v>590982</v>
       </c>
       <c r="W71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X71">
-        <v>126.05</v>
+        <v>89.21</v>
       </c>
       <c r="Y71">
         <v>3.8</v>
       </c>
       <c r="Z71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA71" t="s">
         <v>66</v>
       </c>
       <c r="AB71" t="s">
         <v>69</v>
       </c>
       <c r="AC71" t="s">
         <v>771</v>
       </c>
       <c r="AD71">
-        <v>29329204</v>
+        <v>70975555</v>
       </c>
       <c r="AE71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG71"/>
       <c r="AH71" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="AK71" t="s">
         <v>69</v>
       </c>
       <c r="AL71" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="AM71" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN71" t="s">
         <v>772</v>
       </c>
       <c r="AO71">
-        <v>79.2</v>
+        <v>52.99</v>
       </c>
       <c r="AP71" t="s">
-        <v>775</v>
+        <v>747</v>
       </c>
       <c r="AQ71" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="AR71" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="AS71"/>
+        <v>83</v>
+      </c>
+      <c r="AS71">
+        <v>881959957110</v>
+      </c>
       <c r="AT71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU71"/>
       <c r="AV71"/>
       <c r="AW71"/>
       <c r="AX71" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY71" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="AZ71" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="BA71"/>
+        <v>74</v>
+      </c>
+      <c r="BA71" t="s">
+        <v>85</v>
+      </c>
       <c r="BB71" t="s">
         <v>770</v>
       </c>
       <c r="BC71" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="BD71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE71" t="s">
-        <v>70</v>
+        <v>776</v>
       </c>
       <c r="BF71" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BG71" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="BH71">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="BI71" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="BJ71"/>
-      <c r="BK71" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="BK71"/>
+      <c r="BL71"/>
       <c r="BM71" t="s">
-        <v>777</v>
+        <v>76</v>
       </c>
       <c r="BN71" t="s">
         <v>778</v>
       </c>
       <c r="BO71">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BP71" t="s">
-        <v>485</v>
+        <v>82</v>
       </c>
       <c r="BQ71"/>
       <c r="BR71">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="BS71"/>
     </row>
     <row r="72" spans="1:71">
       <c r="A72" t="s">
         <v>66</v>
       </c>
       <c r="B72" t="s">
         <v>779</v>
       </c>
       <c r="C72">
-        <v>2820199334</v>
+        <v>2844865283</v>
       </c>
       <c r="D72">
-        <v>590516</v>
+        <v>590960</v>
       </c>
       <c r="E72">
-        <v>141.84</v>
+        <v>97.11</v>
       </c>
       <c r="F72" t="s">
+        <v>734</v>
+      </c>
+      <c r="G72" t="s">
+        <v>69</v>
+      </c>
+      <c r="H72" t="s">
         <v>780</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72">
+        <v>57.6</v>
+      </c>
+      <c r="J72" t="s">
+        <v>773</v>
+      </c>
+      <c r="K72" t="s">
+        <v>526</v>
+      </c>
+      <c r="L72" t="s">
         <v>781</v>
       </c>
-      <c r="I72">
-[...10 lines deleted...]
-      </c>
       <c r="M72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N72" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="O72"/>
       <c r="P72">
-        <v>71357327</v>
+        <v>72945315</v>
       </c>
       <c r="Q72" t="s">
         <v>779</v>
       </c>
       <c r="R72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="S72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="T72" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="U72">
-        <v>2820199334</v>
+        <v>2844865283</v>
       </c>
       <c r="V72">
-        <v>590516</v>
+        <v>590960</v>
       </c>
       <c r="W72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X72">
-        <v>141.84</v>
+        <v>97.11</v>
       </c>
       <c r="Y72">
         <v>3.8</v>
       </c>
       <c r="Z72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AA72" t="s">
         <v>66</v>
       </c>
       <c r="AB72" t="s">
         <v>69</v>
       </c>
       <c r="AC72" t="s">
-        <v>780</v>
+        <v>734</v>
       </c>
       <c r="AD72">
-        <v>71357327</v>
+        <v>72945315</v>
       </c>
       <c r="AE72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AF72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AG72"/>
       <c r="AH72" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72" t="s">
-        <v>130</v>
+        <v>295</v>
       </c>
       <c r="AK72" t="s">
         <v>69</v>
       </c>
       <c r="AL72" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="AM72" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AN72" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="AO72">
-        <v>88.99</v>
+        <v>57.6</v>
       </c>
       <c r="AP72" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="AQ72" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="AR72" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="AS72"/>
       <c r="AT72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="AU72"/>
       <c r="AV72"/>
       <c r="AW72"/>
       <c r="AX72" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="AY72" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="AZ72" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="BA72"/>
       <c r="BB72" t="s">
         <v>779</v>
       </c>
       <c r="BC72" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="BD72" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="BE72" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF72" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG72" t="s">
+        <v>784</v>
+      </c>
+      <c r="BH72">
+        <v>0</v>
+      </c>
+      <c r="BI72" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ72"/>
+      <c r="BK72" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL72" t="s">
+        <v>546</v>
+      </c>
+      <c r="BM72" t="s">
+        <v>785</v>
+      </c>
+      <c r="BN72" t="s">
         <v>786</v>
       </c>
-      <c r="BF72" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BO72">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BP72" t="s">
-        <v>80</v>
+        <v>530</v>
       </c>
       <c r="BQ72"/>
       <c r="BR72">
+        <v>369</v>
+      </c>
+      <c r="BS72" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="73" spans="1:71">
+      <c r="A73" t="s">
+        <v>66</v>
+      </c>
+      <c r="B73" t="s">
+        <v>787</v>
+      </c>
+      <c r="C73">
+        <v>2839748619</v>
+      </c>
+      <c r="D73">
+        <v>590830</v>
+      </c>
+      <c r="E73">
+        <v>89.21</v>
+      </c>
+      <c r="F73" t="s">
+        <v>788</v>
+      </c>
+      <c r="G73" t="s">
+        <v>69</v>
+      </c>
+      <c r="H73" t="s">
+        <v>789</v>
+      </c>
+      <c r="I73">
+        <v>52.8</v>
+      </c>
+      <c r="J73" t="s">
+        <v>790</v>
+      </c>
+      <c r="K73" t="s">
+        <v>82</v>
+      </c>
+      <c r="L73" t="s">
+        <v>791</v>
+      </c>
+      <c r="M73" t="s">
+        <v>74</v>
+      </c>
+      <c r="N73" t="s">
+        <v>104</v>
+      </c>
+      <c r="O73"/>
+      <c r="P73">
+        <v>73966626</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>787</v>
+      </c>
+      <c r="R73" t="s">
+        <v>76</v>
+      </c>
+      <c r="S73" t="s">
+        <v>76</v>
+      </c>
+      <c r="T73" t="s">
+        <v>105</v>
+      </c>
+      <c r="U73">
+        <v>2839748619</v>
+      </c>
+      <c r="V73">
+        <v>590830</v>
+      </c>
+      <c r="W73" t="s">
+        <v>76</v>
+      </c>
+      <c r="X73">
+        <v>89.21</v>
+      </c>
+      <c r="Y73">
+        <v>3.8</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>788</v>
+      </c>
+      <c r="AD73">
+        <v>73966626</v>
+      </c>
+      <c r="AE73" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG73"/>
+      <c r="AH73" t="s">
+        <v>792</v>
+      </c>
+      <c r="AI73"/>
+      <c r="AJ73" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK73" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL73" t="s">
+        <v>790</v>
+      </c>
+      <c r="AM73" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN73" t="s">
+        <v>789</v>
+      </c>
+      <c r="AO73">
+        <v>52.8</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>152</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS73">
+        <v>289458478976</v>
+      </c>
+      <c r="AT73" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU73"/>
+      <c r="AV73"/>
+      <c r="AW73"/>
+      <c r="AX73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY73" t="s">
+        <v>791</v>
+      </c>
+      <c r="AZ73" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA73" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB73" t="s">
+        <v>787</v>
+      </c>
+      <c r="BC73" t="s">
+        <v>790</v>
+      </c>
+      <c r="BD73" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE73" t="s">
+        <v>793</v>
+      </c>
+      <c r="BF73" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG73" t="s">
+        <v>794</v>
+      </c>
+      <c r="BH73">
+        <v>14</v>
+      </c>
+      <c r="BI73" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ73"/>
+      <c r="BK73"/>
+      <c r="BL73"/>
+      <c r="BM73" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN73" t="s">
+        <v>795</v>
+      </c>
+      <c r="BO73">
+        <v>0</v>
+      </c>
+      <c r="BP73" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ73"/>
+      <c r="BR73">
+        <v>339</v>
+      </c>
+      <c r="BS73"/>
+    </row>
+    <row r="74" spans="1:71">
+      <c r="A74" t="s">
+        <v>66</v>
+      </c>
+      <c r="B74" t="s">
+        <v>796</v>
+      </c>
+      <c r="C74">
+        <v>2835325329</v>
+      </c>
+      <c r="D74">
+        <v>590784</v>
+      </c>
+      <c r="E74">
+        <v>89.21</v>
+      </c>
+      <c r="F74" t="s">
+        <v>797</v>
+      </c>
+      <c r="G74" t="s">
+        <v>69</v>
+      </c>
+      <c r="H74" t="s">
+        <v>798</v>
+      </c>
+      <c r="I74">
+        <v>52.8</v>
+      </c>
+      <c r="J74" t="s">
+        <v>799</v>
+      </c>
+      <c r="K74" t="s">
+        <v>82</v>
+      </c>
+      <c r="L74" t="s">
+        <v>800</v>
+      </c>
+      <c r="M74" t="s">
+        <v>74</v>
+      </c>
+      <c r="N74" t="s">
+        <v>104</v>
+      </c>
+      <c r="O74"/>
+      <c r="P74" t="s">
+        <v>801</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>796</v>
+      </c>
+      <c r="R74" t="s">
+        <v>76</v>
+      </c>
+      <c r="S74" t="s">
+        <v>76</v>
+      </c>
+      <c r="T74" t="s">
+        <v>105</v>
+      </c>
+      <c r="U74">
+        <v>2835325329</v>
+      </c>
+      <c r="V74">
+        <v>590784</v>
+      </c>
+      <c r="W74" t="s">
+        <v>76</v>
+      </c>
+      <c r="X74">
+        <v>89.21</v>
+      </c>
+      <c r="Y74">
+        <v>3.8</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>797</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>801</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG74"/>
+      <c r="AH74" t="s">
+        <v>802</v>
+      </c>
+      <c r="AI74"/>
+      <c r="AJ74" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>799</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>798</v>
+      </c>
+      <c r="AO74">
+        <v>52.8</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>603</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS74">
+        <v>289409738869</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU74"/>
+      <c r="AV74"/>
+      <c r="AW74"/>
+      <c r="AX74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY74" t="s">
+        <v>800</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB74" t="s">
+        <v>796</v>
+      </c>
+      <c r="BC74" t="s">
+        <v>799</v>
+      </c>
+      <c r="BD74" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE74" t="s">
+        <v>803</v>
+      </c>
+      <c r="BF74" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG74" t="s">
+        <v>804</v>
+      </c>
+      <c r="BH74">
+        <v>14</v>
+      </c>
+      <c r="BI74" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ74"/>
+      <c r="BK74"/>
+      <c r="BL74"/>
+      <c r="BM74" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN74" t="s">
+        <v>805</v>
+      </c>
+      <c r="BO74">
+        <v>0</v>
+      </c>
+      <c r="BP74" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ74"/>
+      <c r="BR74">
+        <v>339</v>
+      </c>
+      <c r="BS74"/>
+    </row>
+    <row r="75" spans="1:71">
+      <c r="A75" t="s">
+        <v>66</v>
+      </c>
+      <c r="B75" t="s">
+        <v>806</v>
+      </c>
+      <c r="C75">
+        <v>2829440219</v>
+      </c>
+      <c r="D75">
+        <v>590732</v>
+      </c>
+      <c r="E75">
+        <v>128.68</v>
+      </c>
+      <c r="F75" t="s">
+        <v>807</v>
+      </c>
+      <c r="G75" t="s">
+        <v>69</v>
+      </c>
+      <c r="H75" t="s">
+        <v>808</v>
+      </c>
+      <c r="I75">
+        <v>79.99</v>
+      </c>
+      <c r="J75" t="s">
+        <v>809</v>
+      </c>
+      <c r="K75" t="s">
+        <v>82</v>
+      </c>
+      <c r="L75" t="s">
+        <v>810</v>
+      </c>
+      <c r="M75" t="s">
+        <v>74</v>
+      </c>
+      <c r="N75" t="s">
+        <v>104</v>
+      </c>
+      <c r="O75"/>
+      <c r="P75">
+        <v>40942691</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>806</v>
+      </c>
+      <c r="R75" t="s">
+        <v>76</v>
+      </c>
+      <c r="S75" t="s">
+        <v>76</v>
+      </c>
+      <c r="T75" t="s">
+        <v>105</v>
+      </c>
+      <c r="U75">
+        <v>2829440219</v>
+      </c>
+      <c r="V75">
+        <v>590732</v>
+      </c>
+      <c r="W75" t="s">
+        <v>76</v>
+      </c>
+      <c r="X75">
+        <v>128.68</v>
+      </c>
+      <c r="Y75">
+        <v>3.8</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>807</v>
+      </c>
+      <c r="AD75">
+        <v>40942691</v>
+      </c>
+      <c r="AE75" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF75" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG75"/>
+      <c r="AH75" t="s">
+        <v>811</v>
+      </c>
+      <c r="AI75"/>
+      <c r="AJ75" t="s">
+        <v>447</v>
+      </c>
+      <c r="AK75" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL75" t="s">
+        <v>809</v>
+      </c>
+      <c r="AM75" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN75" t="s">
+        <v>808</v>
+      </c>
+      <c r="AO75">
+        <v>79.99</v>
+      </c>
+      <c r="AP75" t="s">
+        <v>812</v>
+      </c>
+      <c r="AQ75" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS75">
+        <v>289332009229</v>
+      </c>
+      <c r="AT75" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU75"/>
+      <c r="AV75"/>
+      <c r="AW75"/>
+      <c r="AX75" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY75" t="s">
+        <v>810</v>
+      </c>
+      <c r="AZ75" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA75" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB75" t="s">
+        <v>806</v>
+      </c>
+      <c r="BC75" t="s">
+        <v>809</v>
+      </c>
+      <c r="BD75" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE75" t="s">
+        <v>813</v>
+      </c>
+      <c r="BF75" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG75" t="s">
+        <v>814</v>
+      </c>
+      <c r="BH75">
+        <v>15</v>
+      </c>
+      <c r="BI75" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ75"/>
+      <c r="BK75"/>
+      <c r="BL75"/>
+      <c r="BM75" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN75" t="s">
+        <v>815</v>
+      </c>
+      <c r="BO75">
+        <v>0</v>
+      </c>
+      <c r="BP75" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ75"/>
+      <c r="BR75">
+        <v>489</v>
+      </c>
+      <c r="BS75"/>
+    </row>
+    <row r="76" spans="1:71">
+      <c r="A76" t="s">
+        <v>66</v>
+      </c>
+      <c r="B76" t="s">
+        <v>816</v>
+      </c>
+      <c r="C76">
+        <v>2824467579</v>
+      </c>
+      <c r="D76">
+        <v>590637</v>
+      </c>
+      <c r="E76">
+        <v>126.05</v>
+      </c>
+      <c r="F76" t="s">
+        <v>817</v>
+      </c>
+      <c r="G76" t="s">
+        <v>69</v>
+      </c>
+      <c r="H76" t="s">
+        <v>818</v>
+      </c>
+      <c r="I76">
+        <v>79.2</v>
+      </c>
+      <c r="J76" t="s">
+        <v>809</v>
+      </c>
+      <c r="K76" t="s">
+        <v>526</v>
+      </c>
+      <c r="L76" t="s">
+        <v>819</v>
+      </c>
+      <c r="M76" t="s">
+        <v>74</v>
+      </c>
+      <c r="N76" t="s">
+        <v>210</v>
+      </c>
+      <c r="O76"/>
+      <c r="P76">
+        <v>29329204</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>816</v>
+      </c>
+      <c r="R76" t="s">
+        <v>76</v>
+      </c>
+      <c r="S76" t="s">
+        <v>76</v>
+      </c>
+      <c r="T76" t="s">
+        <v>211</v>
+      </c>
+      <c r="U76">
+        <v>2824467579</v>
+      </c>
+      <c r="V76">
+        <v>590637</v>
+      </c>
+      <c r="W76" t="s">
+        <v>76</v>
+      </c>
+      <c r="X76">
+        <v>126.05</v>
+      </c>
+      <c r="Y76">
+        <v>3.8</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>817</v>
+      </c>
+      <c r="AD76">
+        <v>29329204</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG76"/>
+      <c r="AH76" t="s">
+        <v>820</v>
+      </c>
+      <c r="AI76"/>
+      <c r="AJ76" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>809</v>
+      </c>
+      <c r="AM76" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN76" t="s">
+        <v>818</v>
+      </c>
+      <c r="AO76">
+        <v>79.2</v>
+      </c>
+      <c r="AP76" t="s">
+        <v>821</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>530</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS76"/>
+      <c r="AT76" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU76"/>
+      <c r="AV76"/>
+      <c r="AW76"/>
+      <c r="AX76" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY76" t="s">
+        <v>819</v>
+      </c>
+      <c r="AZ76" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA76"/>
+      <c r="BB76" t="s">
+        <v>816</v>
+      </c>
+      <c r="BC76" t="s">
+        <v>809</v>
+      </c>
+      <c r="BD76" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE76" t="s">
+        <v>76</v>
+      </c>
+      <c r="BF76" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG76" t="s">
+        <v>822</v>
+      </c>
+      <c r="BH76">
+        <v>0</v>
+      </c>
+      <c r="BI76" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ76"/>
+      <c r="BK76" t="s">
+        <v>532</v>
+      </c>
+      <c r="BL76" t="s">
+        <v>546</v>
+      </c>
+      <c r="BM76" t="s">
+        <v>823</v>
+      </c>
+      <c r="BN76" t="s">
+        <v>824</v>
+      </c>
+      <c r="BO76">
+        <v>3</v>
+      </c>
+      <c r="BP76" t="s">
+        <v>530</v>
+      </c>
+      <c r="BQ76"/>
+      <c r="BR76">
+        <v>479</v>
+      </c>
+      <c r="BS76" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="77" spans="1:71">
+      <c r="A77" t="s">
+        <v>66</v>
+      </c>
+      <c r="B77" t="s">
+        <v>825</v>
+      </c>
+      <c r="C77">
+        <v>2820199334</v>
+      </c>
+      <c r="D77">
+        <v>590516</v>
+      </c>
+      <c r="E77">
+        <v>141.84</v>
+      </c>
+      <c r="F77" t="s">
+        <v>826</v>
+      </c>
+      <c r="G77" t="s">
+        <v>69</v>
+      </c>
+      <c r="H77" t="s">
+        <v>827</v>
+      </c>
+      <c r="I77">
+        <v>88.99</v>
+      </c>
+      <c r="J77" t="s">
+        <v>828</v>
+      </c>
+      <c r="K77" t="s">
+        <v>82</v>
+      </c>
+      <c r="L77" t="s">
+        <v>829</v>
+      </c>
+      <c r="M77" t="s">
+        <v>74</v>
+      </c>
+      <c r="N77" t="s">
+        <v>104</v>
+      </c>
+      <c r="O77"/>
+      <c r="P77">
+        <v>71357327</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>825</v>
+      </c>
+      <c r="R77" t="s">
+        <v>76</v>
+      </c>
+      <c r="S77" t="s">
+        <v>76</v>
+      </c>
+      <c r="T77" t="s">
+        <v>105</v>
+      </c>
+      <c r="U77">
+        <v>2820199334</v>
+      </c>
+      <c r="V77">
+        <v>590516</v>
+      </c>
+      <c r="W77" t="s">
+        <v>76</v>
+      </c>
+      <c r="X77">
+        <v>141.84</v>
+      </c>
+      <c r="Y77">
+        <v>3.8</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>826</v>
+      </c>
+      <c r="AD77">
+        <v>71357327</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>76</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG77"/>
+      <c r="AH77" t="s">
+        <v>830</v>
+      </c>
+      <c r="AI77"/>
+      <c r="AJ77" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK77" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>828</v>
+      </c>
+      <c r="AM77" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN77" t="s">
+        <v>827</v>
+      </c>
+      <c r="AO77">
+        <v>88.99</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>831</v>
+      </c>
+      <c r="AQ77" t="s">
+        <v>82</v>
+      </c>
+      <c r="AR77" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS77">
+        <v>289147262976</v>
+      </c>
+      <c r="AT77" t="s">
+        <v>76</v>
+      </c>
+      <c r="AU77"/>
+      <c r="AV77"/>
+      <c r="AW77"/>
+      <c r="AX77" t="s">
+        <v>84</v>
+      </c>
+      <c r="AY77" t="s">
+        <v>829</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>74</v>
+      </c>
+      <c r="BA77" t="s">
+        <v>85</v>
+      </c>
+      <c r="BB77" t="s">
+        <v>825</v>
+      </c>
+      <c r="BC77" t="s">
+        <v>828</v>
+      </c>
+      <c r="BD77" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE77" t="s">
+        <v>832</v>
+      </c>
+      <c r="BF77" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG77" t="s">
+        <v>833</v>
+      </c>
+      <c r="BH77">
+        <v>10</v>
+      </c>
+      <c r="BI77" t="s">
+        <v>87</v>
+      </c>
+      <c r="BJ77"/>
+      <c r="BK77"/>
+      <c r="BL77"/>
+      <c r="BM77" t="s">
+        <v>76</v>
+      </c>
+      <c r="BN77" t="s">
+        <v>834</v>
+      </c>
+      <c r="BO77">
+        <v>0</v>
+      </c>
+      <c r="BP77" t="s">
+        <v>82</v>
+      </c>
+      <c r="BQ77"/>
+      <c r="BR77">
         <v>539</v>
       </c>
-      <c r="BS72"/>
+      <c r="BS77"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>