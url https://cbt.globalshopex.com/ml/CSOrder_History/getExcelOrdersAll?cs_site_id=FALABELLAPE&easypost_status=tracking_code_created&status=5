--- v0 (2025-10-10)
+++ v1 (2025-12-11)
@@ -359,51 +359,51 @@
   <si>
     <t>/11357733</t>
   </si>
   <si>
     <t>2025-07-25 00:00:00</t>
   </si>
   <si>
     <t>UN037617649MU</t>
   </si>
   <si>
     <t>mailamericas - ready_to_ship</t>
   </si>
   <si>
     <t>07238685</t>
   </si>
   <si>
     <t>San Fernando</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-07-28 11:46:24</t>
   </si>
   <si>
-    <t>Merchant info  - Waiting local Tracking Number</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden no despachada por Merchant"				</t>
   </si>
   <si>
     <t>2025-08-01 17:10:01</t>
   </si>
   <si>
     <t>2025-07-25 02:26:47</t>
   </si>
   <si>
     <t>2025-07-07 15:16:29</t>
   </si>
   <si>
     <t>Mirian Sh Rios</t>
   </si>
   <si>
     <t>/11348808</t>
   </si>
   <si>
     <t>2025-07-07 00:00:00</t>
   </si>
   <si>
     <t>UN037407631MU</t>
   </si>