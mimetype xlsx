--- v1 (2025-12-09)
+++ v2 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,168 +215,171 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>FALABELLAPE</t>
   </si>
   <si>
-    <t>2025-11-13 15:19:07</t>
-[...2 lines deleted...]
-    <t>Fabiano Casarino tapia</t>
+    <t>2026-01-14 17:28:34</t>
+  </si>
+  <si>
+    <t>Deivy Hanz Niquen</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
-    <t>/11435407</t>
-[...2 lines deleted...]
-    <t>2025-11-13 00:00:00</t>
+    <t>/11463705</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:00:00</t>
   </si>
   <si>
     <t>In Transit to Hub</t>
   </si>
   <si>
-    <t>UN038398176MU</t>
+    <t>UN038760862MU</t>
   </si>
   <si>
     <t>tracking_code_created</t>
   </si>
   <si>
-    <t>mailamericas - pending</t>
+    <t>mailamericas - shipped</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>canceled</t>
-[...2 lines deleted...]
-    <t>calle Alcatraces</t>
+    <t>shipped</t>
+  </si>
+  <si>
+    <t>Av Arenales</t>
   </si>
   <si>
     <t>LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
+    <t>/VSP1R1321</t>
+  </si>
+  <si>
+    <t>Shipped</t>
+  </si>
+  <si>
+    <t>Fedex</t>
+  </si>
+  <si>
+    <t>dhl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2026-01-20 18:19:38</t>
+  </si>
+  <si>
+    <t>automatic</t>
+  </si>
+  <si>
+    <t>2026-01-14 22:45:49</t>
+  </si>
+  <si>
+    <t>2025-09-04 22:40:25</t>
+  </si>
+  <si>
+    <t>Francesca Alessandra Huaman Hernandez</t>
+  </si>
+  <si>
+    <t>/11399389</t>
+  </si>
+  <si>
+    <t>2025-09-05 00:00:00</t>
+  </si>
+  <si>
+    <t>UN037885509MU</t>
+  </si>
+  <si>
+    <t>mailamericas - delivered</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>Calle Fermín del Castillo</t>
+  </si>
+  <si>
+    <t>NAZCA</t>
+  </si>
+  <si>
     <t>/VSPOY7421</t>
   </si>
   <si>
-    <t>Shipped</t>
-[...43 lines deleted...]
-  <si>
     <t>2025-09-14 19:00:42</t>
   </si>
   <si>
     <t>2025-09-05 14:11:20</t>
   </si>
   <si>
     <t>2025-08-13 08:36:05</t>
   </si>
   <si>
     <t>patricia tello</t>
   </si>
   <si>
     <t>/11374324</t>
   </si>
   <si>
     <t>2025-08-13 00:00:00</t>
   </si>
   <si>
     <t>UN037772935MU</t>
   </si>
   <si>
     <t>Avenida Salaverry</t>
   </si>
   <si>
     <t>/GG0470O-30006525-003</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-08-23 18:02:39</t>
   </si>
   <si>
     <t>2025-08-13 16:15:11</t>
   </si>
   <si>
     <t>2025-08-05 20:19:14</t>
   </si>
   <si>
     <t>Simón Hugo Plácido Fabián</t>
   </si>
   <si>
     <t>/11367251</t>
   </si>
   <si>
     <t>2025-08-06 00:00:00</t>
   </si>
   <si>
     <t>UN037704484MU</t>
   </si>
   <si>
     <t>Manuel Jaramillo</t>
   </si>
@@ -1000,1185 +1003,1189 @@
       </c>
       <c r="BO1" t="s">
         <v>61</v>
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
-        <v>3212699000</v>
+        <v>3221712532</v>
       </c>
       <c r="D2">
-        <v>596299</v>
+        <v>599699</v>
       </c>
       <c r="E2">
         <v>89.21</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
       <c r="H2" t="s">
         <v>70</v>
       </c>
       <c r="I2">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="J2" t="s">
         <v>71</v>
       </c>
       <c r="K2" t="s">
         <v>72</v>
       </c>
       <c r="L2" t="s">
         <v>73</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2">
-        <v>76356974</v>
+        <v>42559307</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>76</v>
       </c>
       <c r="S2" t="s">
         <v>76</v>
       </c>
       <c r="T2" t="s">
         <v>77</v>
       </c>
       <c r="U2">
-        <v>3212699000</v>
+        <v>3221712532</v>
       </c>
       <c r="V2">
-        <v>596299</v>
+        <v>599699</v>
       </c>
       <c r="W2" t="s">
         <v>76</v>
       </c>
       <c r="X2">
         <v>89.21</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
         <v>76</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2">
-        <v>76356974</v>
+        <v>42559307</v>
       </c>
       <c r="AE2" t="s">
         <v>76</v>
       </c>
       <c r="AF2" t="s">
         <v>76</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
         <v>78</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>79</v>
       </c>
       <c r="AK2" t="s">
         <v>69</v>
       </c>
       <c r="AL2" t="s">
         <v>71</v>
       </c>
       <c r="AM2" t="s">
         <v>80</v>
       </c>
       <c r="AN2" t="s">
         <v>70</v>
       </c>
       <c r="AO2">
-        <v>52.99</v>
+        <v>52.8</v>
       </c>
       <c r="AP2" t="s">
         <v>81</v>
       </c>
       <c r="AQ2" t="s">
         <v>82</v>
       </c>
       <c r="AR2" t="s">
         <v>83</v>
       </c>
       <c r="AS2">
-        <v>395324846339</v>
+        <v>397791295905</v>
       </c>
       <c r="AT2" t="s">
         <v>76</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
-      <c r="AW2"/>
+      <c r="AW2">
+        <v>0</v>
+      </c>
       <c r="AX2" t="s">
         <v>84</v>
       </c>
       <c r="AY2" t="s">
         <v>73</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
-      <c r="BA2"/>
+      <c r="BA2" t="s">
+        <v>85</v>
+      </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>76</v>
       </c>
       <c r="BE2" t="s">
         <v>76</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="BH2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="BI2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>82</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>339</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C3">
         <v>2952002709</v>
       </c>
       <c r="D3">
         <v>593817</v>
       </c>
       <c r="E3">
         <v>89.21</v>
       </c>
       <c r="F3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I3">
         <v>52.99</v>
       </c>
       <c r="J3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O3"/>
       <c r="P3">
         <v>70560713</v>
       </c>
       <c r="Q3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="R3" t="s">
         <v>76</v>
       </c>
       <c r="S3" t="s">
         <v>76</v>
       </c>
       <c r="T3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U3">
         <v>2952002709</v>
       </c>
       <c r="V3">
         <v>593817</v>
       </c>
       <c r="W3" t="s">
         <v>76</v>
       </c>
       <c r="X3">
         <v>89.21</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
         <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AD3">
         <v>70560713</v>
       </c>
       <c r="AE3" t="s">
         <v>76</v>
       </c>
       <c r="AF3" t="s">
         <v>76</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AK3" t="s">
         <v>69</v>
       </c>
       <c r="AL3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AM3" t="s">
         <v>80</v>
       </c>
       <c r="AN3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AO3">
         <v>52.99</v>
       </c>
       <c r="AP3" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="AQ3" t="s">
         <v>82</v>
       </c>
       <c r="AR3" t="s">
         <v>83</v>
       </c>
       <c r="AS3">
         <v>392897327167</v>
       </c>
       <c r="AT3" t="s">
         <v>76</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3" t="s">
         <v>84</v>
       </c>
       <c r="AY3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BC3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="BD3" t="s">
         <v>76</v>
       </c>
       <c r="BE3" t="s">
         <v>76</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="BH3">
         <v>9</v>
       </c>
       <c r="BI3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>82</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>339</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C4">
         <v>2925943262</v>
       </c>
       <c r="D4">
         <v>593146</v>
       </c>
       <c r="E4">
         <v>136.58</v>
       </c>
       <c r="F4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I4">
         <v>75.99</v>
       </c>
       <c r="J4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K4" t="s">
         <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O4"/>
       <c r="P4">
         <v>45430118</v>
       </c>
       <c r="Q4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R4" t="s">
         <v>76</v>
       </c>
       <c r="S4" t="s">
         <v>76</v>
       </c>
       <c r="T4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U4">
         <v>2925943262</v>
       </c>
       <c r="V4">
         <v>593146</v>
       </c>
       <c r="W4" t="s">
         <v>76</v>
       </c>
       <c r="X4">
         <v>136.58</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
         <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="AD4">
         <v>45430118</v>
       </c>
       <c r="AE4" t="s">
         <v>76</v>
       </c>
       <c r="AF4" t="s">
         <v>76</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
         <v>79</v>
       </c>
       <c r="AK4" t="s">
         <v>69</v>
       </c>
       <c r="AL4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="AM4" t="s">
         <v>80</v>
       </c>
       <c r="AN4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="AO4">
         <v>75.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="AQ4" t="s">
         <v>82</v>
       </c>
       <c r="AR4" t="s">
         <v>83</v>
       </c>
       <c r="AS4">
         <v>392082993332</v>
       </c>
       <c r="AT4" t="s">
         <v>76</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
         <v>84</v>
       </c>
       <c r="AY4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="BB4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="BC4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="BD4" t="s">
         <v>76</v>
       </c>
       <c r="BE4" t="s">
         <v>76</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="BH4">
         <v>10</v>
       </c>
       <c r="BI4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>82</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>519</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C5">
         <v>2918449099</v>
       </c>
       <c r="D5">
         <v>592906</v>
       </c>
       <c r="E5">
         <v>536.58</v>
       </c>
       <c r="F5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I5">
         <v>279</v>
       </c>
       <c r="J5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K5" t="s">
         <v>72</v>
       </c>
       <c r="L5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O5"/>
       <c r="P5">
         <v>10008229</v>
       </c>
       <c r="Q5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="R5" t="s">
         <v>76</v>
       </c>
       <c r="S5" t="s">
         <v>76</v>
       </c>
       <c r="T5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U5">
         <v>2918449099</v>
       </c>
       <c r="V5">
         <v>592906</v>
       </c>
       <c r="W5" t="s">
         <v>76</v>
       </c>
       <c r="X5">
         <v>536.58</v>
       </c>
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
         <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AD5">
         <v>10008229</v>
       </c>
       <c r="AE5" t="s">
         <v>76</v>
       </c>
       <c r="AF5" t="s">
         <v>76</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
         <v>79</v>
       </c>
       <c r="AK5" t="s">
         <v>69</v>
       </c>
       <c r="AL5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AM5" t="s">
         <v>80</v>
       </c>
       <c r="AN5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AO5">
         <v>279</v>
       </c>
       <c r="AP5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AQ5" t="s">
         <v>82</v>
       </c>
       <c r="AR5" t="s">
         <v>83</v>
       </c>
       <c r="AS5">
         <v>883577618803</v>
       </c>
       <c r="AT5" t="s">
         <v>76</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5" t="s">
         <v>84</v>
       </c>
       <c r="AY5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="BB5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="BC5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="BD5" t="s">
         <v>76</v>
       </c>
       <c r="BE5" t="s">
         <v>76</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="BH5">
         <v>28</v>
       </c>
       <c r="BI5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>82</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>2039</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C6">
         <v>2878160082</v>
       </c>
       <c r="D6">
         <v>591981</v>
       </c>
       <c r="E6">
         <v>89.21</v>
       </c>
       <c r="F6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I6">
         <v>52.99</v>
       </c>
       <c r="J6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K6" t="s">
         <v>72</v>
       </c>
       <c r="L6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O6"/>
       <c r="P6">
         <v>76729314</v>
       </c>
       <c r="Q6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>76</v>
       </c>
       <c r="T6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U6">
         <v>2878160082</v>
       </c>
       <c r="V6">
         <v>591981</v>
       </c>
       <c r="W6" t="s">
         <v>76</v>
       </c>
       <c r="X6">
         <v>89.21</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
         <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AD6">
         <v>76729314</v>
       </c>
       <c r="AE6" t="s">
         <v>76</v>
       </c>
       <c r="AF6" t="s">
         <v>76</v>
       </c>
       <c r="AG6"/>
       <c r="AH6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>79</v>
       </c>
       <c r="AK6" t="s">
         <v>69</v>
       </c>
       <c r="AL6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AM6" t="s">
         <v>80</v>
       </c>
       <c r="AN6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AO6">
         <v>52.99</v>
       </c>
       <c r="AP6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AQ6" t="s">
         <v>82</v>
       </c>
       <c r="AR6" t="s">
         <v>83</v>
       </c>
       <c r="AS6">
         <v>390761210703</v>
       </c>
       <c r="AT6" t="s">
         <v>76</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6" t="s">
         <v>84</v>
       </c>
       <c r="AY6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="BB6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="BC6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="BD6" t="s">
         <v>76</v>
       </c>
       <c r="BE6" t="s">
         <v>76</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="BH6">
         <v>26</v>
       </c>
       <c r="BI6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>82</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>339</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C7">
         <v>2847720443</v>
       </c>
       <c r="D7">
         <v>591008</v>
       </c>
       <c r="E7">
         <v>160.26</v>
       </c>
       <c r="F7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G7" t="s">
         <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I7">
         <v>95.99</v>
       </c>
       <c r="J7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K7" t="s">
         <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O7"/>
       <c r="P7">
         <v>46070619</v>
       </c>
       <c r="Q7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="R7" t="s">
         <v>76</v>
       </c>
       <c r="S7" t="s">
         <v>76</v>
       </c>
       <c r="T7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="U7">
         <v>2847720443</v>
       </c>
       <c r="V7">
         <v>591008</v>
       </c>
       <c r="W7" t="s">
         <v>76</v>
       </c>
       <c r="X7">
         <v>160.26</v>
       </c>
       <c r="Y7">
         <v>3.8</v>
       </c>
       <c r="Z7" t="s">
         <v>76</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>69</v>
       </c>
       <c r="AC7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AD7">
         <v>46070619</v>
       </c>
       <c r="AE7" t="s">
         <v>76</v>
       </c>
       <c r="AF7" t="s">
         <v>76</v>
       </c>
       <c r="AG7"/>
       <c r="AH7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AK7" t="s">
         <v>69</v>
       </c>
       <c r="AL7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AM7" t="s">
         <v>80</v>
       </c>
       <c r="AN7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AO7">
         <v>95.99</v>
       </c>
       <c r="AP7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AQ7" t="s">
         <v>82</v>
       </c>
       <c r="AR7" t="s">
         <v>83</v>
       </c>
       <c r="AS7">
         <v>289613106111</v>
       </c>
       <c r="AT7" t="s">
         <v>76</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7" t="s">
         <v>84</v>
       </c>
       <c r="AY7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AZ7" t="s">
         <v>74</v>
       </c>
       <c r="BA7" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="BB7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BC7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="BD7" t="s">
         <v>76</v>
       </c>
       <c r="BE7" t="s">
         <v>76</v>
       </c>
       <c r="BF7" t="s">
         <v>76</v>
       </c>
       <c r="BG7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BH7">
         <v>13</v>
       </c>
       <c r="BI7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>76</v>
       </c>
       <c r="BN7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7" t="s">
         <v>82</v>
       </c>
       <c r="BQ7"/>
       <c r="BR7">
         <v>609</v>
       </c>
       <c r="BS7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>