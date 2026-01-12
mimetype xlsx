--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -305,75 +305,72 @@
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2025-03-19 10:29:14</t>
   </si>
   <si>
     <t>2025-03-24 12:52:07</t>
   </si>
   <si>
     <t>manual</t>
   </si>
   <si>
     <t>2025-03-08 15:22:37</t>
   </si>
   <si>
     <t>Closed</t>
   </si>
   <si>
     <t>2024-12-26 14:10:23</t>
   </si>
   <si>
     <t>Flores Sandra Noelia Araceli .</t>
   </si>
   <si>
-    <t>/BBY01-807009476140</t>
-[...4 lines deleted...]
-  <si>
     <t>MLAR001062430EX</t>
   </si>
   <si>
     <t>Av Belgrano Sn SN</t>
   </si>
   <si>
     <t>El Alcazar</t>
   </si>
   <si>
     <t xml:space="preserve">BESTBUY, </t>
   </si>
   <si>
     <t>/6577860</t>
   </si>
   <si>
     <t>2025-01-14 16:57:22</t>
   </si>
   <si>
     <t>2025-01-14 17:06:33</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
   <si>
     <t>2024-12-31 15:49:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1071,112 +1068,110 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>89</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>90</v>
       </c>
       <c r="BE2" t="s">
         <v>91</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>263</v>
+        <v>310</v>
       </c>
       <c r="BI2" t="s">
         <v>92</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>93</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>94</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>66</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
         <v>95</v>
       </c>
       <c r="C3">
         <v>2.0000102941863E+15</v>
       </c>
       <c r="D3">
         <v>584761</v>
       </c>
       <c r="E3">
         <v>101.89</v>
       </c>
       <c r="F3" t="s">
         <v>96</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>47.24</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
         <v>75</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
         <v>76</v>
       </c>
       <c r="Q3" t="s">
         <v>95</v>
       </c>
       <c r="R3" t="s">
         <v>76</v>
       </c>
       <c r="S3" t="s">
         <v>76</v>
       </c>
       <c r="T3" t="s">
         <v>77</v>
       </c>
       <c r="U3">
         <v>2.0000102941863E+15</v>
@@ -1194,129 +1189,127 @@
         <v>1</v>
       </c>
       <c r="Z3" t="s">
         <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
         <v>96</v>
       </c>
       <c r="AD3" t="s">
         <v>76</v>
       </c>
       <c r="AE3">
         <v>3751379953</v>
       </c>
       <c r="AF3" t="s">
         <v>79</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AK3" t="s">
         <v>82</v>
       </c>
       <c r="AL3" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="AM3" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="AN3"/>
       <c r="AO3">
-        <v>47.24</v>
+        <v>0</v>
       </c>
       <c r="AP3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>76</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
         <v>88</v>
       </c>
       <c r="AY3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>89</v>
       </c>
       <c r="BB3" t="s">
         <v>95</v>
       </c>
       <c r="BC3" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="BD3" t="s">
+        <v>102</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>103</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>76</v>
+      </c>
+      <c r="BH3">
+        <v>381</v>
+      </c>
+      <c r="BI3" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>101.89</v>
       </c>
       <c r="BS3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>