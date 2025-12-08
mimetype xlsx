--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1156,51 +1156,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>87</v>
       </c>
       <c r="BE2" t="s">
         <v>88</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>783</v>
+        <v>842</v>
       </c>
       <c r="BI2" t="s">
         <v>89</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>90</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>72</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>508.99</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1349,51 +1349,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>91</v>
       </c>
       <c r="BC3" t="s">
         <v>94</v>
       </c>
       <c r="BD3" t="s">
         <v>100</v>
       </c>
       <c r="BE3" t="s">
         <v>101</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>787</v>
+        <v>846</v>
       </c>
       <c r="BI3" t="s">
         <v>89</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>102</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>72</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>226.72</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1542,51 +1542,51 @@
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>103</v>
       </c>
       <c r="BC4" t="s">
         <v>94</v>
       </c>
       <c r="BD4" t="s">
         <v>110</v>
       </c>
       <c r="BE4" t="s">
         <v>111</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>790</v>
+        <v>849</v>
       </c>
       <c r="BI4" t="s">
         <v>89</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
         <v>112</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>135.88</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -1735,51 +1735,51 @@
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>113</v>
       </c>
       <c r="BC5" t="s">
         <v>116</v>
       </c>
       <c r="BD5" t="s">
         <v>122</v>
       </c>
       <c r="BE5" t="s">
         <v>123</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>964</v>
+        <v>1023</v>
       </c>
       <c r="BI5" t="s">
         <v>89</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>124</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>72</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>80</v>
       </c>
       <c r="BS5"/>
     </row>
@@ -1928,51 +1928,51 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>125</v>
       </c>
       <c r="BC6" t="s">
         <v>128</v>
       </c>
       <c r="BD6" t="s">
         <v>133</v>
       </c>
       <c r="BE6" t="s">
         <v>134</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>974</v>
+        <v>1033</v>
       </c>
       <c r="BI6" t="s">
         <v>89</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
         <v>135</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>72</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>680</v>
       </c>
       <c r="BS6"/>
     </row>