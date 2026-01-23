--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1156,51 +1156,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>86</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>87</v>
       </c>
       <c r="BE2" t="s">
         <v>88</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>842</v>
+        <v>888</v>
       </c>
       <c r="BI2" t="s">
         <v>89</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>90</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
         <v>72</v>
       </c>
       <c r="BQ2"/>
       <c r="BR2">
         <v>508.99</v>
       </c>
       <c r="BS2"/>
     </row>
@@ -1349,51 +1349,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>91</v>
       </c>
       <c r="BC3" t="s">
         <v>94</v>
       </c>
       <c r="BD3" t="s">
         <v>100</v>
       </c>
       <c r="BE3" t="s">
         <v>101</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>846</v>
+        <v>892</v>
       </c>
       <c r="BI3" t="s">
         <v>89</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>102</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3" t="s">
         <v>72</v>
       </c>
       <c r="BQ3"/>
       <c r="BR3">
         <v>226.72</v>
       </c>
       <c r="BS3"/>
     </row>
@@ -1542,51 +1542,51 @@
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>86</v>
       </c>
       <c r="BB4" t="s">
         <v>103</v>
       </c>
       <c r="BC4" t="s">
         <v>94</v>
       </c>
       <c r="BD4" t="s">
         <v>110</v>
       </c>
       <c r="BE4" t="s">
         <v>111</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
         <v>76</v>
       </c>
       <c r="BH4">
-        <v>849</v>
+        <v>895</v>
       </c>
       <c r="BI4" t="s">
         <v>89</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
         <v>112</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4" t="s">
         <v>72</v>
       </c>
       <c r="BQ4"/>
       <c r="BR4">
         <v>135.88</v>
       </c>
       <c r="BS4"/>
     </row>
@@ -1735,51 +1735,51 @@
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>113</v>
       </c>
       <c r="BC5" t="s">
         <v>116</v>
       </c>
       <c r="BD5" t="s">
         <v>122</v>
       </c>
       <c r="BE5" t="s">
         <v>123</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
         <v>76</v>
       </c>
       <c r="BH5">
-        <v>1023</v>
+        <v>1069</v>
       </c>
       <c r="BI5" t="s">
         <v>89</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>76</v>
       </c>
       <c r="BN5" t="s">
         <v>124</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5" t="s">
         <v>72</v>
       </c>
       <c r="BQ5"/>
       <c r="BR5">
         <v>80</v>
       </c>
       <c r="BS5"/>
     </row>
@@ -1928,51 +1928,51 @@
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>125</v>
       </c>
       <c r="BC6" t="s">
         <v>128</v>
       </c>
       <c r="BD6" t="s">
         <v>133</v>
       </c>
       <c r="BE6" t="s">
         <v>134</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
         <v>76</v>
       </c>
       <c r="BH6">
-        <v>1033</v>
+        <v>1079</v>
       </c>
       <c r="BI6" t="s">
         <v>89</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>76</v>
       </c>
       <c r="BN6" t="s">
         <v>135</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6" t="s">
         <v>72</v>
       </c>
       <c r="BQ6"/>
       <c r="BR6">
         <v>680</v>
       </c>
       <c r="BS6"/>
     </row>