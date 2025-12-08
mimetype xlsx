--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -224,150 +224,141 @@
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>IMELICBTCO</t>
   </si>
   <si>
     <t>2024-12-18 08:54:48</t>
   </si>
   <si>
     <t>Carolina Fabria .</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
-    <t>/BBY01-807005713238</t>
-[...2 lines deleted...]
-    <t>2024-12-19 00:00:00</t>
+    <t>--</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>MLAR001000599EX</t>
   </si>
   <si>
     <t>pre_transit</t>
   </si>
   <si>
     <t>MailAmericasExpress - cancelled</t>
   </si>
   <si>
-    <t>--</t>
-[...1 lines deleted...]
-  <si>
     <t>cancelled</t>
   </si>
   <si>
     <t>XXXXXXX</t>
   </si>
   <si>
     <t>Avenida Raúl Scalabrini Ortiz 2949</t>
   </si>
   <si>
     <t>Palermo</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t xml:space="preserve">BESTBUY, </t>
   </si>
   <si>
     <t>/6577860</t>
   </si>
   <si>
     <t>dhl</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>manual</t>
+    <t>unknown</t>
   </si>
   <si>
     <t>Cancelled</t>
   </si>
   <si>
     <t>cancelled_by_customer</t>
   </si>
   <si>
     <t xml:space="preserve">			COMENTARIO: "Orden en Miami para devolución a Merchant"				</t>
   </si>
   <si>
     <t>2025-04-10 16:27:56</t>
   </si>
   <si>
     <t>2024-12-18 20:28:33</t>
   </si>
   <si>
     <t>Finance Pending</t>
   </si>
   <si>
     <t>2023-09-21 17:39:27</t>
   </si>
   <si>
     <t>Jason Barbosa .</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
     <t>BPSGC9MTA8N8UPCO</t>
   </si>
   <si>
     <t>Bringer - cancelled</t>
   </si>
   <si>
     <t>Calle 4F #39B-20</t>
   </si>
   <si>
     <t>Puente Aranda</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/MB0012OA-30006997-006</t>
-  </si>
-[...1 lines deleted...]
-    <t>unknown</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">							</t>
   </si>
   <si>
     <t>2023-09-27 17:32:08</t>
   </si>
   <si>
     <t>2023-09-25 18:57:37</t>
   </si>
   <si>
     <t>Finished</t>
   </si>
   <si>
     <t>2023-01-24 02:46:52</t>
   </si>
   <si>
     <t>Jeanpierre Garzon Varela .</t>
   </si>
   <si>
     <t>BPS0U13V440SOPCO</t>
   </si>
@@ -975,773 +966,769 @@
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2">
         <v>2.0000102201899E+15</v>
       </c>
       <c r="D2">
         <v>583917</v>
       </c>
       <c r="E2">
         <v>101.89</v>
       </c>
       <c r="F2" t="s">
         <v>68</v>
       </c>
       <c r="G2" t="s">
         <v>69</v>
       </c>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2">
-        <v>34.99</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
         <v>71</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>72</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>73</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="O2"/>
       <c r="P2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U2">
         <v>2.0000102201899E+15</v>
       </c>
       <c r="V2">
         <v>583917</v>
       </c>
       <c r="W2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X2">
         <v>101.89</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>69</v>
       </c>
       <c r="AC2" t="s">
         <v>68</v>
       </c>
       <c r="AD2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AE2">
         <v>1556156289</v>
       </c>
       <c r="AF2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AG2"/>
       <c r="AH2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM2" t="s">
         <v>80</v>
       </c>
-      <c r="AK2" t="s">
+      <c r="AN2"/>
+      <c r="AO2">
+        <v>0</v>
+      </c>
+      <c r="AP2" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2">
         <v>0</v>
       </c>
       <c r="AX2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY2" t="s">
+        <v>72</v>
+      </c>
+      <c r="AZ2" t="s">
         <v>73</v>
       </c>
-      <c r="AZ2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BA2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BD2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BE2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BF2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BG2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BH2">
-        <v>295</v>
+        <v>354</v>
       </c>
       <c r="BI2" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ2" t="s">
+        <v>85</v>
+      </c>
+      <c r="BK2" t="s">
         <v>86</v>
       </c>
-      <c r="BJ2" t="s">
+      <c r="BL2" t="s">
         <v>87</v>
       </c>
-      <c r="BK2" t="s">
+      <c r="BM2" t="s">
         <v>88</v>
       </c>
-      <c r="BL2" t="s">
+      <c r="BN2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="BO2">
         <v>113</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>101.89</v>
       </c>
       <c r="BS2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C3">
         <v>2.0000065145172E+15</v>
       </c>
       <c r="D3">
         <v>559957</v>
       </c>
       <c r="E3">
         <v>92.3</v>
       </c>
       <c r="F3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3"/>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="K3" t="s">
+        <v>93</v>
+      </c>
+      <c r="L3" t="s">
+        <v>94</v>
+      </c>
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="O3"/>
       <c r="P3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="R3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U3">
         <v>2.0000065145172E+15</v>
       </c>
       <c r="V3">
         <v>559957</v>
       </c>
       <c r="W3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X3">
         <v>92.3</v>
       </c>
       <c r="Y3">
         <v>1</v>
       </c>
       <c r="Z3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>69</v>
       </c>
       <c r="AC3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="AD3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AE3">
         <v>3123131380</v>
       </c>
       <c r="AF3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AG3"/>
       <c r="AH3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>98</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>70</v>
+      </c>
+      <c r="AM3" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
       <c r="AN3"/>
       <c r="AO3">
         <v>0</v>
       </c>
       <c r="AP3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3">
         <v>0</v>
       </c>
       <c r="AX3" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>94</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>91</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH3">
+        <v>808</v>
+      </c>
+      <c r="BI3" t="s">
         <v>84</v>
       </c>
-      <c r="AY3" t="s">
-[...5 lines deleted...]
-      <c r="BA3" t="s">
+      <c r="BJ3" t="s">
         <v>85</v>
       </c>
-      <c r="BB3" t="s">
-[...20 lines deleted...]
-      <c r="BI3" t="s">
+      <c r="BK3" t="s">
+        <v>101</v>
+      </c>
+      <c r="BL3" t="s">
+        <v>102</v>
+      </c>
+      <c r="BM3" t="s">
         <v>103</v>
       </c>
-      <c r="BJ3" t="s">
-[...2 lines deleted...]
-      <c r="BK3" t="s">
+      <c r="BN3" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="BO3">
         <v>5</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>92.3</v>
       </c>
       <c r="BS3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C4">
         <v>2.0000049871556E+15</v>
       </c>
       <c r="D4">
         <v>547438</v>
       </c>
       <c r="E4">
         <v>149</v>
       </c>
       <c r="F4" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4"/>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="K4" t="s">
+        <v>93</v>
+      </c>
+      <c r="L4" t="s">
+        <v>108</v>
+      </c>
+      <c r="M4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N4" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="R4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U4">
         <v>2.0000049871556E+15</v>
       </c>
       <c r="V4">
         <v>547438</v>
       </c>
       <c r="W4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X4">
         <v>149</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="AD4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AE4">
         <v>3115903420</v>
       </c>
       <c r="AF4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="AK4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="AL4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AM4" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AN4"/>
       <c r="AO4">
         <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4">
         <v>0</v>
       </c>
       <c r="AX4" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>108</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>106</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH4">
+        <v>1048</v>
+      </c>
+      <c r="BI4" t="s">
         <v>84</v>
       </c>
-      <c r="AY4" t="s">
-[...5 lines deleted...]
-      <c r="BA4" t="s">
+      <c r="BJ4" t="s">
         <v>85</v>
       </c>
-      <c r="BB4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="BK4" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="BL4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="BM4" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="BN4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="BO4">
         <v>31</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>149</v>
       </c>
       <c r="BS4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C5">
         <v>2.0000044385241E+15</v>
       </c>
       <c r="D5">
         <v>540739</v>
       </c>
       <c r="E5">
         <v>100</v>
       </c>
       <c r="F5" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G5" t="s">
         <v>69</v>
       </c>
       <c r="H5"/>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="K5" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="Q5" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="R5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="S5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="T5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="U5">
         <v>2.0000044385241E+15</v>
       </c>
       <c r="V5">
         <v>540739</v>
       </c>
       <c r="W5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="X5">
         <v>100</v>
       </c>
       <c r="Y5">
         <v>1</v>
       </c>
       <c r="Z5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>69</v>
       </c>
       <c r="AC5" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="AD5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AE5">
         <v>3117531593</v>
       </c>
       <c r="AF5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AG5"/>
       <c r="AH5" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="AK5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="AL5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AM5"/>
       <c r="AN5"/>
       <c r="AO5">
         <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="AY5"/>
       <c r="AZ5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="BA5" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>114</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>70</v>
+      </c>
+      <c r="BH5">
+        <v>1138</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>84</v>
+      </c>
+      <c r="BJ5" t="s">
         <v>85</v>
-      </c>
-[...25 lines deleted...]
-        <v>87</v>
       </c>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BN5" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>100</v>
       </c>
       <c r="BS5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>