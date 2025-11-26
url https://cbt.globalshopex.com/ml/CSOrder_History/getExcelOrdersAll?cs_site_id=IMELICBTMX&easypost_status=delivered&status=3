--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1005,51 +1005,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>274</v>
+        <v>320</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>97</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>