--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1005,51 +1005,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>97</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>