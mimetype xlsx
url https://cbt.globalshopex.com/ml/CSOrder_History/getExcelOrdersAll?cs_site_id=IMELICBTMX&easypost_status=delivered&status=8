--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1044,51 +1044,51 @@
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>86</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
         <v>76</v>
       </c>
       <c r="BH2">
-        <v>337</v>
+        <v>383</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
         <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>69.05</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1231,51 +1231,51 @@
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>84</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>92</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
         <v>76</v>
       </c>
       <c r="BH3">
-        <v>353</v>
+        <v>399</v>
       </c>
       <c r="BI3" t="s">
         <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>76</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>63</v>
       </c>
       <c r="BS3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>