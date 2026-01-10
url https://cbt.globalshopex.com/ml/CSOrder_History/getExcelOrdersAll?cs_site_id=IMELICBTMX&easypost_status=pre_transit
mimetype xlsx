--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -474,56 +474,50 @@
     <t>2024-12-31 13:48:31</t>
   </si>
   <si>
     <t>2024-12-24 14:42:34</t>
   </si>
   <si>
     <t>Salvador Bolaños .</t>
   </si>
   <si>
     <t xml:space="preserve">Cancelled </t>
   </si>
   <si>
     <t>Calle Mayorazgo Solís 17</t>
   </si>
   <si>
     <t>Benito juárez</t>
   </si>
   <si>
     <t>/6568805</t>
   </si>
   <si>
     <t>2024-12-12 19:07:59</t>
   </si>
   <si>
     <t>Adriana Mariela .</t>
-  </si>
-[...4 lines deleted...]
-    <t>2024-12-16 00:00:00</t>
   </si>
   <si>
     <t>Calle 12 de Octubre 34</t>
   </si>
   <si>
     <t>Compostela</t>
   </si>
   <si>
     <t>/6577910</t>
   </si>
   <si>
     <t>2024-12-16 15:17:19</t>
   </si>
   <si>
     <t>2024-12-16 17:11:41</t>
   </si>
   <si>
     <t>2024-12-13 18:32:21</t>
   </si>
   <si>
     <t>2024-11-01 17:36:35</t>
   </si>
   <si>
     <t>GERARDO SANCHEZ SANTILLAN .</t>
   </si>
@@ -1251,51 +1245,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>86</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>77</v>
+        <v>169</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>71</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1430,51 +1424,51 @@
         <v>45215547788</v>
       </c>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>75</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>79</v>
+        <v>171</v>
       </c>
       <c r="BI3" t="s">
         <v>96</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3" t="s">
         <v>97</v>
       </c>
       <c r="BL3" t="s">
         <v>98</v>
       </c>
       <c r="BM3" t="s">
         <v>99</v>
       </c>
       <c r="BN3" t="s">
         <v>100</v>
       </c>
       <c r="BO3">
         <v>2</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>97</v>
       </c>
@@ -1623,51 +1617,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>84</v>
       </c>
       <c r="BB4" t="s">
         <v>102</v>
       </c>
       <c r="BC4" t="s">
         <v>105</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>200</v>
+        <v>292</v>
       </c>
       <c r="BI4" t="s">
         <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>111</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>88</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -1806,51 +1800,51 @@
         <v>44371485725</v>
       </c>
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5"/>
       <c r="BB5" t="s">
         <v>112</v>
       </c>
       <c r="BC5" t="s">
         <v>115</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>265</v>
+        <v>357</v>
       </c>
       <c r="BI5" t="s">
         <v>87</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>119</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>88</v>
       </c>
       <c r="BS5"/>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
@@ -1991,51 +1985,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>84</v>
       </c>
       <c r="BB6" t="s">
         <v>120</v>
       </c>
       <c r="BC6" t="s">
         <v>123</v>
       </c>
       <c r="BD6" t="s">
         <v>128</v>
       </c>
       <c r="BE6" t="s">
         <v>129</v>
       </c>
       <c r="BF6" t="s">
         <v>75</v>
       </c>
       <c r="BG6" t="s">
         <v>75</v>
       </c>
       <c r="BH6">
-        <v>272</v>
+        <v>364</v>
       </c>
       <c r="BI6" t="s">
         <v>87</v>
       </c>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6" t="s">
         <v>75</v>
       </c>
       <c r="BN6" t="s">
         <v>130</v>
       </c>
       <c r="BO6">
         <v>0</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6"/>
       <c r="BR6">
         <v>55</v>
       </c>
       <c r="BS6"/>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
@@ -2174,51 +2168,51 @@
         <v>44326470885</v>
       </c>
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7"/>
       <c r="BB7" t="s">
         <v>131</v>
       </c>
       <c r="BC7" t="s">
         <v>134</v>
       </c>
       <c r="BD7" t="s">
         <v>75</v>
       </c>
       <c r="BE7" t="s">
         <v>75</v>
       </c>
       <c r="BF7" t="s">
         <v>75</v>
       </c>
       <c r="BG7" t="s">
         <v>75</v>
       </c>
       <c r="BH7">
-        <v>275</v>
+        <v>367</v>
       </c>
       <c r="BI7" t="s">
         <v>87</v>
       </c>
       <c r="BJ7"/>
       <c r="BK7"/>
       <c r="BL7"/>
       <c r="BM7" t="s">
         <v>75</v>
       </c>
       <c r="BN7" t="s">
         <v>137</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7"/>
       <c r="BR7">
         <v>71</v>
       </c>
       <c r="BS7"/>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
@@ -2361,51 +2355,51 @@
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8" t="s">
         <v>84</v>
       </c>
       <c r="BB8" t="s">
         <v>138</v>
       </c>
       <c r="BC8" t="s">
         <v>141</v>
       </c>
       <c r="BD8" t="s">
         <v>75</v>
       </c>
       <c r="BE8" t="s">
         <v>75</v>
       </c>
       <c r="BF8" t="s">
         <v>75</v>
       </c>
       <c r="BG8" t="s">
         <v>75</v>
       </c>
       <c r="BH8">
-        <v>283</v>
+        <v>375</v>
       </c>
       <c r="BI8" t="s">
         <v>87</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8"/>
       <c r="BL8"/>
       <c r="BM8" t="s">
         <v>75</v>
       </c>
       <c r="BN8" t="s">
         <v>145</v>
       </c>
       <c r="BO8">
         <v>0</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8"/>
       <c r="BR8">
         <v>97</v>
       </c>
       <c r="BS8"/>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
@@ -2540,104 +2534,102 @@
         <v>44278149297</v>
       </c>
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9"/>
       <c r="BB9" t="s">
         <v>146</v>
       </c>
       <c r="BC9" t="s">
         <v>75</v>
       </c>
       <c r="BD9" t="s">
         <v>75</v>
       </c>
       <c r="BE9" t="s">
         <v>75</v>
       </c>
       <c r="BF9" t="s">
         <v>75</v>
       </c>
       <c r="BG9" t="s">
         <v>75</v>
       </c>
       <c r="BH9">
-        <v>289</v>
+        <v>381</v>
       </c>
       <c r="BI9" t="s">
         <v>96</v>
       </c>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9" t="s">
         <v>75</v>
       </c>
       <c r="BN9" t="s">
         <v>75</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9">
         <v>450</v>
       </c>
       <c r="BS9"/>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
         <v>152</v>
       </c>
       <c r="C10">
         <v>2.0000101547534E+15</v>
       </c>
       <c r="D10">
         <v>583494</v>
       </c>
       <c r="E10">
         <v>71</v>
       </c>
       <c r="F10" t="s">
         <v>153</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>29.99</v>
+        <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="K10" t="s">
         <v>72</v>
       </c>
       <c r="L10">
         <v>44222968631</v>
       </c>
       <c r="M10" t="s">
         <v>73</v>
       </c>
       <c r="N10" t="s">
         <v>74</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
         <v>75</v>
       </c>
       <c r="Q10" t="s">
         <v>152</v>
       </c>
       <c r="R10" t="s">
         <v>75</v>
       </c>
       <c r="S10" t="s">
         <v>75</v>
@@ -2661,304 +2653,302 @@
         <v>1</v>
       </c>
       <c r="Z10" t="s">
         <v>75</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>69</v>
       </c>
       <c r="AC10" t="s">
         <v>153</v>
       </c>
       <c r="AD10" t="s">
         <v>75</v>
       </c>
       <c r="AE10">
         <v>3113427255</v>
       </c>
       <c r="AF10" t="s">
         <v>77</v>
       </c>
       <c r="AG10"/>
       <c r="AH10" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="AK10" t="s">
         <v>80</v>
       </c>
       <c r="AL10" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="AM10" t="s">
         <v>81</v>
       </c>
-      <c r="AN10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN10"/>
       <c r="AO10">
-        <v>29.99</v>
+        <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>75</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10" t="s">
         <v>83</v>
       </c>
       <c r="AY10">
         <v>44222968631</v>
       </c>
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>84</v>
       </c>
       <c r="BB10" t="s">
         <v>152</v>
       </c>
       <c r="BC10" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="BD10" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="BE10" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="BF10" t="s">
         <v>75</v>
       </c>
       <c r="BG10" t="s">
         <v>75</v>
       </c>
       <c r="BH10">
-        <v>301</v>
+        <v>393</v>
       </c>
       <c r="BI10" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10" t="s">
         <v>75</v>
       </c>
       <c r="BN10" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="BO10">
         <v>0</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10">
         <v>71</v>
       </c>
       <c r="BS10"/>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C11">
         <v>2.0000097174343E+15</v>
       </c>
       <c r="D11">
         <v>579936</v>
       </c>
       <c r="E11">
         <v>635</v>
       </c>
       <c r="F11" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G11" t="s">
         <v>69</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11" t="s">
         <v>75</v>
       </c>
       <c r="K11" t="s">
         <v>148</v>
       </c>
       <c r="L11">
         <v>44030463917</v>
       </c>
       <c r="M11" t="s">
         <v>73</v>
       </c>
       <c r="N11" t="s">
         <v>74</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
         <v>75</v>
       </c>
       <c r="Q11" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="R11" t="s">
         <v>75</v>
       </c>
       <c r="S11" t="s">
         <v>75</v>
       </c>
       <c r="T11" t="s">
         <v>76</v>
       </c>
       <c r="U11">
         <v>2.0000097174343E+15</v>
       </c>
       <c r="V11">
         <v>579936</v>
       </c>
       <c r="W11" t="s">
         <v>75</v>
       </c>
       <c r="X11">
         <v>635</v>
       </c>
       <c r="Y11">
         <v>1</v>
       </c>
       <c r="Z11" t="s">
         <v>75</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>69</v>
       </c>
       <c r="AC11" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="AD11" t="s">
         <v>75</v>
       </c>
       <c r="AE11" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="AF11" t="s">
         <v>77</v>
       </c>
       <c r="AG11"/>
       <c r="AH11" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="AK11" t="s">
         <v>80</v>
       </c>
       <c r="AL11" t="s">
         <v>75</v>
       </c>
       <c r="AM11" t="s">
         <v>81</v>
       </c>
       <c r="AN11"/>
       <c r="AO11">
         <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>75</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11">
         <v>0</v>
       </c>
       <c r="AX11" t="s">
         <v>83</v>
       </c>
       <c r="AY11">
         <v>44030463917</v>
       </c>
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11" t="s">
         <v>84</v>
       </c>
       <c r="BB11" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="BC11" t="s">
         <v>75</v>
       </c>
       <c r="BD11" t="s">
         <v>75</v>
       </c>
       <c r="BE11" t="s">
         <v>75</v>
       </c>
       <c r="BF11" t="s">
         <v>75</v>
       </c>
       <c r="BG11" t="s">
         <v>75</v>
       </c>
       <c r="BH11">
-        <v>342</v>
+        <v>434</v>
       </c>
       <c r="BI11" t="s">
         <v>96</v>
       </c>
       <c r="BJ11" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11" t="s">
         <v>75</v>
       </c>
       <c r="BN11" t="s">
         <v>75</v>
       </c>
       <c r="BO11">
         <v>0</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11">
         <v>635</v>
       </c>
       <c r="BS11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">