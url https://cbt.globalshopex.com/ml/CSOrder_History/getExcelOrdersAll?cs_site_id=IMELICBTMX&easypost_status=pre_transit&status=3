--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -1080,51 +1080,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>75</v>
       </c>
       <c r="BE2" t="s">
         <v>75</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>201</v>
+        <v>292</v>
       </c>
       <c r="BI2" t="s">
         <v>85</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>86</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>88</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1263,51 +1263,51 @@
         <v>44371485725</v>
       </c>
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>87</v>
       </c>
       <c r="BC3" t="s">
         <v>90</v>
       </c>
       <c r="BD3" t="s">
         <v>75</v>
       </c>
       <c r="BE3" t="s">
         <v>75</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>266</v>
+        <v>357</v>
       </c>
       <c r="BI3" t="s">
         <v>85</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>95</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>88</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -1446,51 +1446,51 @@
         <v>44326470885</v>
       </c>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4"/>
       <c r="BB4" t="s">
         <v>96</v>
       </c>
       <c r="BC4" t="s">
         <v>99</v>
       </c>
       <c r="BD4" t="s">
         <v>75</v>
       </c>
       <c r="BE4" t="s">
         <v>75</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>276</v>
+        <v>367</v>
       </c>
       <c r="BI4" t="s">
         <v>85</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>103</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>71</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
@@ -1633,51 +1633,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>84</v>
       </c>
       <c r="BB5" t="s">
         <v>104</v>
       </c>
       <c r="BC5" t="s">
         <v>107</v>
       </c>
       <c r="BD5" t="s">
         <v>75</v>
       </c>
       <c r="BE5" t="s">
         <v>75</v>
       </c>
       <c r="BF5" t="s">
         <v>75</v>
       </c>
       <c r="BG5" t="s">
         <v>75</v>
       </c>
       <c r="BH5">
-        <v>284</v>
+        <v>375</v>
       </c>
       <c r="BI5" t="s">
         <v>85</v>
       </c>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5" t="s">
         <v>75</v>
       </c>
       <c r="BN5" t="s">
         <v>111</v>
       </c>
       <c r="BO5">
         <v>0</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5"/>
       <c r="BR5">
         <v>97</v>
       </c>
       <c r="BS5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>