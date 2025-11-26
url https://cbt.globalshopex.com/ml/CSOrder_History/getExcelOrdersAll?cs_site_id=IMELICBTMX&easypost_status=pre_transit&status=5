--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1045,51 +1045,51 @@
         <v>45215547788</v>
       </c>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>80</v>
+        <v>126</v>
       </c>
       <c r="BI2" t="s">
         <v>82</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>83</v>
       </c>
       <c r="BL2" t="s">
         <v>84</v>
       </c>
       <c r="BM2" t="s">
         <v>85</v>
       </c>
       <c r="BN2" t="s">
         <v>86</v>
       </c>
       <c r="BO2">
         <v>2</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>97</v>
       </c>
@@ -1230,51 +1230,51 @@
         <v>44278149297</v>
       </c>
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>290</v>
+        <v>336</v>
       </c>
       <c r="BI3" t="s">
         <v>82</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>70</v>
       </c>
       <c r="BN3" t="s">
         <v>70</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>450</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -1413,51 +1413,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>101</v>
       </c>
       <c r="BB4" t="s">
         <v>95</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>343</v>
+        <v>389</v>
       </c>
       <c r="BI4" t="s">
         <v>82</v>
       </c>
       <c r="BJ4" t="s">
         <v>102</v>
       </c>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>70</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>635</v>
       </c>
       <c r="BS4"/>
     </row>