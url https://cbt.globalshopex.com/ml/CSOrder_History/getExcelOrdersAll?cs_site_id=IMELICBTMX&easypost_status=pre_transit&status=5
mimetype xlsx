--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1045,51 +1045,51 @@
         <v>45215547788</v>
       </c>
       <c r="AZ2" t="s">
         <v>72</v>
       </c>
       <c r="BA2"/>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>70</v>
       </c>
       <c r="BD2" t="s">
         <v>70</v>
       </c>
       <c r="BE2" t="s">
         <v>70</v>
       </c>
       <c r="BF2" t="s">
         <v>70</v>
       </c>
       <c r="BG2" t="s">
         <v>70</v>
       </c>
       <c r="BH2">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="BI2" t="s">
         <v>82</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2" t="s">
         <v>83</v>
       </c>
       <c r="BL2" t="s">
         <v>84</v>
       </c>
       <c r="BM2" t="s">
         <v>85</v>
       </c>
       <c r="BN2" t="s">
         <v>86</v>
       </c>
       <c r="BO2">
         <v>2</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>97</v>
       </c>
@@ -1230,51 +1230,51 @@
         <v>44278149297</v>
       </c>
       <c r="AZ3" t="s">
         <v>72</v>
       </c>
       <c r="BA3"/>
       <c r="BB3" t="s">
         <v>88</v>
       </c>
       <c r="BC3" t="s">
         <v>70</v>
       </c>
       <c r="BD3" t="s">
         <v>70</v>
       </c>
       <c r="BE3" t="s">
         <v>70</v>
       </c>
       <c r="BF3" t="s">
         <v>70</v>
       </c>
       <c r="BG3" t="s">
         <v>70</v>
       </c>
       <c r="BH3">
-        <v>336</v>
+        <v>382</v>
       </c>
       <c r="BI3" t="s">
         <v>82</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>70</v>
       </c>
       <c r="BN3" t="s">
         <v>70</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>450</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -1413,51 +1413,51 @@
       <c r="AZ4" t="s">
         <v>72</v>
       </c>
       <c r="BA4" t="s">
         <v>101</v>
       </c>
       <c r="BB4" t="s">
         <v>95</v>
       </c>
       <c r="BC4" t="s">
         <v>70</v>
       </c>
       <c r="BD4" t="s">
         <v>70</v>
       </c>
       <c r="BE4" t="s">
         <v>70</v>
       </c>
       <c r="BF4" t="s">
         <v>70</v>
       </c>
       <c r="BG4" t="s">
         <v>70</v>
       </c>
       <c r="BH4">
-        <v>389</v>
+        <v>435</v>
       </c>
       <c r="BI4" t="s">
         <v>82</v>
       </c>
       <c r="BJ4" t="s">
         <v>102</v>
       </c>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>70</v>
       </c>
       <c r="BN4" t="s">
         <v>70</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>635</v>
       </c>
       <c r="BS4"/>
     </row>