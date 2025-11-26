--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1074,51 +1074,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>86</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>71</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1259,51 +1259,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>84</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>92</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>273</v>
+        <v>319</v>
       </c>
       <c r="BI3" t="s">
         <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>55</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
@@ -1444,51 +1444,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>84</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
         <v>103</v>
       </c>
       <c r="BD4" t="s">
         <v>107</v>
       </c>
       <c r="BE4" t="s">
         <v>108</v>
       </c>
       <c r="BF4" t="s">
         <v>75</v>
       </c>
       <c r="BG4" t="s">
         <v>75</v>
       </c>
       <c r="BH4">
-        <v>302</v>
+        <v>348</v>
       </c>
       <c r="BI4" t="s">
         <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
         <v>109</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>71</v>
       </c>
       <c r="BS4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>