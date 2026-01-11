--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -320,69 +320,66 @@
   <si>
     <t>Tepotzotlan</t>
   </si>
   <si>
     <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
     <t>/B086SJHCGN</t>
   </si>
   <si>
     <t>2025-01-15 15:05:04</t>
   </si>
   <si>
     <t>2025-01-17 10:09:47</t>
   </si>
   <si>
     <t>2025-01-11 01:05:30</t>
   </si>
   <si>
     <t>2024-12-12 19:07:59</t>
   </si>
   <si>
     <t>Adriana Mariela .</t>
   </si>
   <si>
-    <t>/200012533116052</t>
-[...4 lines deleted...]
-  <si>
     <t>Calle 12 de Octubre 34</t>
   </si>
   <si>
     <t>Compostela</t>
   </si>
   <si>
     <t>/6577910</t>
   </si>
   <si>
     <t>2024-12-16 15:17:19</t>
   </si>
   <si>
     <t>2024-12-16 17:11:41</t>
+  </si>
+  <si>
+    <t>unknown</t>
   </si>
   <si>
     <t>2024-12-13 18:32:21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1074,51 +1071,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>84</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>85</v>
       </c>
       <c r="BE2" t="s">
         <v>86</v>
       </c>
       <c r="BF2" t="s">
         <v>75</v>
       </c>
       <c r="BG2" t="s">
         <v>75</v>
       </c>
       <c r="BH2">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="BI2" t="s">
         <v>87</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>75</v>
       </c>
       <c r="BN2" t="s">
         <v>88</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2"/>
       <c r="BR2">
         <v>71</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
@@ -1259,104 +1256,102 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>84</v>
       </c>
       <c r="BB3" t="s">
         <v>89</v>
       </c>
       <c r="BC3" t="s">
         <v>92</v>
       </c>
       <c r="BD3" t="s">
         <v>97</v>
       </c>
       <c r="BE3" t="s">
         <v>98</v>
       </c>
       <c r="BF3" t="s">
         <v>75</v>
       </c>
       <c r="BG3" t="s">
         <v>75</v>
       </c>
       <c r="BH3">
-        <v>319</v>
+        <v>365</v>
       </c>
       <c r="BI3" t="s">
         <v>87</v>
       </c>
       <c r="BJ3"/>
       <c r="BK3"/>
       <c r="BL3"/>
       <c r="BM3" t="s">
         <v>75</v>
       </c>
       <c r="BN3" t="s">
         <v>99</v>
       </c>
       <c r="BO3">
         <v>0</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3"/>
       <c r="BR3">
         <v>55</v>
       </c>
       <c r="BS3"/>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
         <v>100</v>
       </c>
       <c r="C4">
         <v>2.0000101547534E+15</v>
       </c>
       <c r="D4">
         <v>583494</v>
       </c>
       <c r="E4">
         <v>71</v>
       </c>
       <c r="F4" t="s">
         <v>101</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H4"/>
       <c r="I4">
-        <v>29.99</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="K4" t="s">
         <v>72</v>
       </c>
       <c r="L4">
         <v>44222968631</v>
       </c>
       <c r="M4" t="s">
         <v>73</v>
       </c>
       <c r="N4" t="s">
         <v>74</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
         <v>75</v>
       </c>
       <c r="Q4" t="s">
         <v>100</v>
       </c>
       <c r="R4" t="s">
         <v>75</v>
       </c>
       <c r="S4" t="s">
         <v>75</v>
@@ -1380,127 +1375,125 @@
         <v>1</v>
       </c>
       <c r="Z4" t="s">
         <v>75</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>69</v>
       </c>
       <c r="AC4" t="s">
         <v>101</v>
       </c>
       <c r="AD4" t="s">
         <v>75</v>
       </c>
       <c r="AE4">
         <v>3113427255</v>
       </c>
       <c r="AF4" t="s">
         <v>77</v>
       </c>
       <c r="AG4"/>
       <c r="AH4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AK4" t="s">
         <v>80</v>
       </c>
       <c r="AL4" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="AM4" t="s">
         <v>81</v>
       </c>
-      <c r="AN4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN4"/>
       <c r="AO4">
-        <v>29.99</v>
+        <v>0</v>
       </c>
       <c r="AP4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>75</v>
       </c>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4" t="s">
         <v>83</v>
       </c>
       <c r="AY4">
         <v>44222968631</v>
       </c>
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>84</v>
       </c>
       <c r="BB4" t="s">
         <v>100</v>
       </c>
       <c r="BC4" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="BD4" t="s">
+        <v>105</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>75</v>
+      </c>
+      <c r="BH4">
+        <v>394</v>
+      </c>
+      <c r="BI4" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>75</v>
       </c>
       <c r="BN4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4"/>
       <c r="BR4">
         <v>71</v>
       </c>
       <c r="BS4"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>