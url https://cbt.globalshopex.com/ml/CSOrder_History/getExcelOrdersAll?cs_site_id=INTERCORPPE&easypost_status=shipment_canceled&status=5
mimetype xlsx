--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -404,51 +404,51 @@
   <si>
     <t>2024-06-14 10:52:48</t>
   </si>
   <si>
     <t>1439889964777-01</t>
   </si>
   <si>
     <t>Clayri Vela .</t>
   </si>
   <si>
     <t>Cancelled (The customer on checkout is different, please review)</t>
   </si>
   <si>
     <t>clayrvela@gmail.com</t>
   </si>
   <si>
     <t>Av. Cajamarca Sur 480, Nueva Cajamarca, Perú 480 Nueva Cajamarca Contact Clayri Vela</t>
   </si>
   <si>
     <t>Rioja</t>
   </si>
   <si>
     <t>/B003DZ7VVK</t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">							COMENTARIO: "Orden no comprada"</t>
   </si>
   <si>
     <t>2024-06-17 21:33:42</t>
   </si>
   <si>
     <t>2024-06-15 04:05:32</t>
   </si>
   <si>
     <t>2024-05-14 09:27:49</t>
   </si>
   <si>
     <t>1432309859164-01</t>
   </si>
   <si>
     <t>MIG EIRL .</t>
   </si>
   <si>
     <t>gelr@hotmail.com</t>
   </si>
   <si>
     <t>Jirón Pietro Marchand 627 San Borja, Perú 627 Lima Contact Gaudi Ela Lozano Rojas</t>
   </si>
@@ -546,53 +546,50 @@
     <t>2023-10-27 00:00:00</t>
   </si>
   <si>
     <t>supfelixmotta21@hotmail.com</t>
   </si>
   <si>
     <t>calle cruz del sur 286 Ate Contact Felix MOTTA</t>
   </si>
   <si>
     <t>/B01EF5DBZ6</t>
   </si>
   <si>
     <t>Enviado</t>
   </si>
   <si>
     <t>Amazon Logistics</t>
   </si>
   <si>
     <t>TBAMIA526522623</t>
   </si>
   <si>
     <t>2023-10-30 13:56:25</t>
   </si>
   <si>
     <t>manual</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cancelled</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA </t>
   </si>
   <si>
     <t>2023-10-30 15:49:30</t>
   </si>
   <si>
     <t>2023-10-27 21:18:02</t>
   </si>
   <si>
     <t>Cerrado</t>
   </si>
   <si>
     <t>2023-08-25 04:33:56</t>
   </si>
   <si>
     <t>1356866254198-01</t>
   </si>
   <si>
     <t>SIMA GLASS E.I.R.L. .</t>
   </si>
@@ -1568,51 +1565,51 @@
       <c r="AZ2" t="s">
         <v>73</v>
       </c>
       <c r="BA2" t="s">
         <v>81</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>71</v>
       </c>
       <c r="BD2" t="s">
         <v>71</v>
       </c>
       <c r="BE2" t="s">
         <v>71</v>
       </c>
       <c r="BF2" t="s">
         <v>71</v>
       </c>
       <c r="BG2" t="s">
         <v>71</v>
       </c>
       <c r="BH2">
-        <v>183</v>
+        <v>229</v>
       </c>
       <c r="BI2" t="s">
         <v>82</v>
       </c>
       <c r="BJ2" t="s">
         <v>83</v>
       </c>
       <c r="BK2" t="s">
         <v>84</v>
       </c>
       <c r="BL2" t="s">
         <v>85</v>
       </c>
       <c r="BM2" t="s">
         <v>86</v>
       </c>
       <c r="BN2" t="s">
         <v>87</v>
       </c>
       <c r="BO2">
         <v>5</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
         <v>88</v>
@@ -1765,51 +1762,51 @@
       <c r="AZ3" t="s">
         <v>73</v>
       </c>
       <c r="BA3" t="s">
         <v>81</v>
       </c>
       <c r="BB3" t="s">
         <v>90</v>
       </c>
       <c r="BC3" t="s">
         <v>94</v>
       </c>
       <c r="BD3" t="s">
         <v>71</v>
       </c>
       <c r="BE3" t="s">
         <v>71</v>
       </c>
       <c r="BF3" t="s">
         <v>71</v>
       </c>
       <c r="BG3" t="s">
         <v>71</v>
       </c>
       <c r="BH3">
-        <v>284</v>
+        <v>330</v>
       </c>
       <c r="BI3" t="s">
         <v>103</v>
       </c>
       <c r="BJ3" t="s">
         <v>83</v>
       </c>
       <c r="BK3" t="s">
         <v>104</v>
       </c>
       <c r="BL3" t="s">
         <v>105</v>
       </c>
       <c r="BM3" t="s">
         <v>106</v>
       </c>
       <c r="BN3" t="s">
         <v>107</v>
       </c>
       <c r="BO3">
         <v>7</v>
       </c>
       <c r="BP3" t="s">
         <v>101</v>
       </c>
@@ -1954,51 +1951,51 @@
       <c r="AZ4" t="s">
         <v>73</v>
       </c>
       <c r="BA4" t="s">
         <v>81</v>
       </c>
       <c r="BB4" t="s">
         <v>110</v>
       </c>
       <c r="BC4" t="s">
         <v>71</v>
       </c>
       <c r="BD4" t="s">
         <v>71</v>
       </c>
       <c r="BE4" t="s">
         <v>71</v>
       </c>
       <c r="BF4" t="s">
         <v>71</v>
       </c>
       <c r="BG4" t="s">
         <v>71</v>
       </c>
       <c r="BH4">
-        <v>292</v>
+        <v>338</v>
       </c>
       <c r="BI4" t="s">
         <v>82</v>
       </c>
       <c r="BJ4" t="s">
         <v>83</v>
       </c>
       <c r="BK4" t="s">
         <v>104</v>
       </c>
       <c r="BL4" t="s">
         <v>118</v>
       </c>
       <c r="BM4" t="s">
         <v>119</v>
       </c>
       <c r="BN4" t="s">
         <v>120</v>
       </c>
       <c r="BO4">
         <v>4</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
         <v>121</v>
@@ -2141,51 +2138,51 @@
       <c r="AZ5" t="s">
         <v>73</v>
       </c>
       <c r="BA5" t="s">
         <v>81</v>
       </c>
       <c r="BB5" t="s">
         <v>122</v>
       </c>
       <c r="BC5" t="s">
         <v>71</v>
       </c>
       <c r="BD5" t="s">
         <v>71</v>
       </c>
       <c r="BE5" t="s">
         <v>71</v>
       </c>
       <c r="BF5" t="s">
         <v>71</v>
       </c>
       <c r="BG5" t="s">
         <v>71</v>
       </c>
       <c r="BH5">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="BI5" t="s">
         <v>82</v>
       </c>
       <c r="BJ5" t="s">
         <v>130</v>
       </c>
       <c r="BK5" t="s">
         <v>104</v>
       </c>
       <c r="BL5" t="s">
         <v>131</v>
       </c>
       <c r="BM5" t="s">
         <v>132</v>
       </c>
       <c r="BN5" t="s">
         <v>133</v>
       </c>
       <c r="BO5">
         <v>3</v>
       </c>
       <c r="BP5"/>
       <c r="BQ5" t="s">
         <v>108</v>
@@ -2328,51 +2325,51 @@
       <c r="AZ6" t="s">
         <v>73</v>
       </c>
       <c r="BA6" t="s">
         <v>81</v>
       </c>
       <c r="BB6" t="s">
         <v>134</v>
       </c>
       <c r="BC6" t="s">
         <v>71</v>
       </c>
       <c r="BD6" t="s">
         <v>71</v>
       </c>
       <c r="BE6" t="s">
         <v>71</v>
       </c>
       <c r="BF6" t="s">
         <v>71</v>
       </c>
       <c r="BG6" t="s">
         <v>71</v>
       </c>
       <c r="BH6">
-        <v>514</v>
+        <v>560</v>
       </c>
       <c r="BI6" t="s">
         <v>82</v>
       </c>
       <c r="BJ6" t="s">
         <v>83</v>
       </c>
       <c r="BK6" t="s">
         <v>104</v>
       </c>
       <c r="BL6" t="s">
         <v>140</v>
       </c>
       <c r="BM6" t="s">
         <v>141</v>
       </c>
       <c r="BN6" t="s">
         <v>142</v>
       </c>
       <c r="BO6">
         <v>6</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>108</v>
@@ -2515,51 +2512,51 @@
       <c r="AZ7" t="s">
         <v>73</v>
       </c>
       <c r="BA7" t="s">
         <v>81</v>
       </c>
       <c r="BB7" t="s">
         <v>143</v>
       </c>
       <c r="BC7" t="s">
         <v>71</v>
       </c>
       <c r="BD7" t="s">
         <v>71</v>
       </c>
       <c r="BE7" t="s">
         <v>71</v>
       </c>
       <c r="BF7" t="s">
         <v>71</v>
       </c>
       <c r="BG7" t="s">
         <v>71</v>
       </c>
       <c r="BH7">
-        <v>520</v>
+        <v>566</v>
       </c>
       <c r="BI7" t="s">
         <v>82</v>
       </c>
       <c r="BJ7" t="s">
         <v>83</v>
       </c>
       <c r="BK7" t="s">
         <v>104</v>
       </c>
       <c r="BL7" t="s">
         <v>149</v>
       </c>
       <c r="BM7" t="s">
         <v>150</v>
       </c>
       <c r="BN7" t="s">
         <v>151</v>
       </c>
       <c r="BO7">
         <v>0</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>88</v>
@@ -2700,51 +2697,51 @@
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>73</v>
       </c>
       <c r="BA8"/>
       <c r="BB8" t="s">
         <v>152</v>
       </c>
       <c r="BC8" t="s">
         <v>156</v>
       </c>
       <c r="BD8" t="s">
         <v>71</v>
       </c>
       <c r="BE8" t="s">
         <v>71</v>
       </c>
       <c r="BF8" t="s">
         <v>71</v>
       </c>
       <c r="BG8" t="s">
         <v>71</v>
       </c>
       <c r="BH8">
-        <v>605</v>
+        <v>651</v>
       </c>
       <c r="BI8" t="s">
         <v>103</v>
       </c>
       <c r="BJ8"/>
       <c r="BK8" t="s">
         <v>104</v>
       </c>
       <c r="BL8" t="s">
         <v>161</v>
       </c>
       <c r="BM8" t="s">
         <v>162</v>
       </c>
       <c r="BN8" t="s">
         <v>163</v>
       </c>
       <c r="BO8">
         <v>2</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>164</v>
       </c>
       <c r="BR8">
@@ -2895,1742 +2892,1742 @@
       <c r="AZ9" t="s">
         <v>73</v>
       </c>
       <c r="BA9" t="s">
         <v>81</v>
       </c>
       <c r="BB9" t="s">
         <v>165</v>
       </c>
       <c r="BC9" t="s">
         <v>169</v>
       </c>
       <c r="BD9" t="s">
         <v>176</v>
       </c>
       <c r="BE9" t="s">
         <v>71</v>
       </c>
       <c r="BF9" t="s">
         <v>71</v>
       </c>
       <c r="BG9" t="s">
         <v>71</v>
       </c>
       <c r="BH9">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="BI9" t="s">
         <v>177</v>
       </c>
       <c r="BJ9" t="s">
+        <v>130</v>
+      </c>
+      <c r="BK9" t="s">
         <v>178</v>
       </c>
-      <c r="BK9" t="s">
+      <c r="BL9" t="s">
         <v>179</v>
       </c>
-      <c r="BL9" t="s">
+      <c r="BM9" t="s">
         <v>180</v>
       </c>
-      <c r="BM9" t="s">
+      <c r="BN9" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="BO9">
         <v>3</v>
       </c>
       <c r="BP9" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="BQ9" t="s">
         <v>108</v>
       </c>
       <c r="BR9">
         <v>189</v>
       </c>
       <c r="BS9" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
+        <v>183</v>
+      </c>
+      <c r="C10" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D10">
         <v>558543</v>
       </c>
       <c r="E10">
         <v>194.99</v>
       </c>
       <c r="F10" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>95</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>73</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10">
         <v>20521339986</v>
       </c>
       <c r="Q10" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="R10" t="s">
         <v>71</v>
       </c>
       <c r="S10" t="s">
         <v>71</v>
       </c>
       <c r="T10" t="s">
         <v>74</v>
       </c>
       <c r="U10" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="V10">
         <v>558543</v>
       </c>
       <c r="W10" t="s">
         <v>71</v>
       </c>
       <c r="X10">
         <v>194.99</v>
       </c>
       <c r="Y10">
         <v>3.79</v>
       </c>
       <c r="Z10" t="s">
         <v>71</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>75</v>
       </c>
       <c r="AC10" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="AD10">
         <v>20521339986</v>
       </c>
       <c r="AE10">
         <v>51975527713</v>
       </c>
       <c r="AF10">
         <v>51975527713</v>
       </c>
       <c r="AG10" t="s">
+        <v>186</v>
+      </c>
+      <c r="AH10" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
         <v>98</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
         <v>71</v>
       </c>
       <c r="AM10" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="AN10"/>
       <c r="AO10">
         <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10" t="s">
         <v>71</v>
       </c>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10">
         <v>0</v>
       </c>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10" t="s">
         <v>73</v>
       </c>
       <c r="BA10" t="s">
         <v>81</v>
       </c>
       <c r="BB10" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="BC10" t="s">
         <v>71</v>
       </c>
       <c r="BD10" t="s">
         <v>71</v>
       </c>
       <c r="BE10" t="s">
         <v>71</v>
       </c>
       <c r="BF10" t="s">
         <v>71</v>
       </c>
       <c r="BG10" t="s">
         <v>71</v>
       </c>
       <c r="BH10">
-        <v>777</v>
+        <v>823</v>
       </c>
       <c r="BI10" t="s">
         <v>82</v>
       </c>
       <c r="BJ10" t="s">
         <v>83</v>
       </c>
       <c r="BK10" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL10" t="s">
+        <v>190</v>
+      </c>
+      <c r="BM10" t="s">
         <v>191</v>
       </c>
-      <c r="BM10" t="s">
+      <c r="BN10" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="BO10">
         <v>11</v>
       </c>
       <c r="BP10"/>
       <c r="BQ10" t="s">
         <v>164</v>
       </c>
       <c r="BR10">
         <v>739</v>
       </c>
       <c r="BS10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
+        <v>193</v>
+      </c>
+      <c r="C11" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D11">
         <v>557600</v>
       </c>
       <c r="E11">
         <v>146.4</v>
       </c>
       <c r="F11" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I11">
         <v>87.08</v>
       </c>
       <c r="J11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="K11" t="s">
         <v>113</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>73</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
         <v>72652901</v>
       </c>
       <c r="Q11" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="R11" t="s">
         <v>71</v>
       </c>
       <c r="S11" t="s">
         <v>71</v>
       </c>
       <c r="T11" t="s">
         <v>74</v>
       </c>
       <c r="U11" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="V11">
         <v>557600</v>
       </c>
       <c r="W11" t="s">
         <v>71</v>
       </c>
       <c r="X11">
         <v>146.4</v>
       </c>
       <c r="Y11">
         <v>3.75</v>
       </c>
       <c r="Z11" t="s">
         <v>71</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>75</v>
       </c>
       <c r="AC11" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="AD11">
         <v>72652901</v>
       </c>
       <c r="AE11">
         <v>51981045892</v>
       </c>
       <c r="AF11">
         <v>51981045892</v>
       </c>
       <c r="AG11" t="s">
+        <v>198</v>
+      </c>
+      <c r="AH11" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
         <v>98</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="AM11" t="s">
         <v>79</v>
       </c>
       <c r="AN11" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="AO11">
         <v>87.08</v>
       </c>
       <c r="AP11" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>71</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>73</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="BC11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="BD11" t="s">
         <v>71</v>
       </c>
       <c r="BE11" t="s">
         <v>71</v>
       </c>
       <c r="BF11" t="s">
         <v>71</v>
       </c>
       <c r="BG11" t="s">
         <v>71</v>
       </c>
       <c r="BH11">
-        <v>795</v>
+        <v>841</v>
       </c>
       <c r="BI11" t="s">
         <v>177</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL11" t="s">
+        <v>201</v>
+      </c>
+      <c r="BM11" t="s">
         <v>202</v>
       </c>
-      <c r="BM11" t="s">
+      <c r="BN11" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="BO11">
         <v>1</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11" t="s">
         <v>108</v>
       </c>
       <c r="BR11">
         <v>549</v>
       </c>
       <c r="BS11" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
+        <v>204</v>
+      </c>
+      <c r="C12" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D12">
         <v>557194</v>
       </c>
       <c r="E12">
         <v>39.73</v>
       </c>
       <c r="F12" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="I12">
         <v>13.68</v>
       </c>
       <c r="J12" t="s">
+        <v>208</v>
+      </c>
+      <c r="K12" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>73</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12">
         <v>40116524</v>
       </c>
       <c r="Q12" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="R12" t="s">
         <v>71</v>
       </c>
       <c r="S12" t="s">
         <v>71</v>
       </c>
       <c r="T12" t="s">
         <v>74</v>
       </c>
       <c r="U12" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="V12">
         <v>557194</v>
       </c>
       <c r="W12" t="s">
         <v>71</v>
       </c>
       <c r="X12">
         <v>39.73</v>
       </c>
       <c r="Y12">
         <v>3.75</v>
       </c>
       <c r="Z12" t="s">
         <v>71</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>75</v>
       </c>
       <c r="AC12" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AD12">
         <v>40116524</v>
       </c>
       <c r="AE12">
         <v>51986725096</v>
       </c>
       <c r="AF12">
         <v>51986725096</v>
       </c>
       <c r="AG12" t="s">
+        <v>210</v>
+      </c>
+      <c r="AH12" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>98</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="AM12" t="s">
         <v>79</v>
       </c>
       <c r="AN12" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="AO12">
         <v>13.68</v>
       </c>
       <c r="AP12" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="AQ12" t="s">
         <v>101</v>
       </c>
       <c r="AR12" t="s">
         <v>174</v>
       </c>
       <c r="AS12" t="s">
+        <v>213</v>
+      </c>
+      <c r="AT12" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12">
         <v>0</v>
       </c>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12" t="s">
         <v>73</v>
       </c>
       <c r="BA12" t="s">
         <v>81</v>
       </c>
       <c r="BB12" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="BC12" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="BD12" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="BE12" t="s">
         <v>71</v>
       </c>
       <c r="BF12" t="s">
         <v>71</v>
       </c>
       <c r="BG12" t="s">
         <v>71</v>
       </c>
       <c r="BH12">
-        <v>803</v>
+        <v>849</v>
       </c>
       <c r="BI12" t="s">
         <v>177</v>
       </c>
       <c r="BJ12" t="s">
+        <v>130</v>
+      </c>
+      <c r="BK12" t="s">
         <v>178</v>
       </c>
-      <c r="BK12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL12" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="BM12" t="s">
+        <v>216</v>
+      </c>
+      <c r="BN12" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="BO12">
         <v>4</v>
       </c>
       <c r="BP12" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="BQ12" t="s">
         <v>108</v>
       </c>
       <c r="BR12">
         <v>149</v>
       </c>
       <c r="BS12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
+        <v>219</v>
+      </c>
+      <c r="C13" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D13">
         <v>554205</v>
       </c>
       <c r="E13">
         <v>53.07</v>
       </c>
       <c r="F13" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13" t="s">
         <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>113</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>73</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
         <v>42284307</v>
       </c>
       <c r="Q13" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="R13" t="s">
         <v>71</v>
       </c>
       <c r="S13" t="s">
         <v>71</v>
       </c>
       <c r="T13" t="s">
         <v>74</v>
       </c>
       <c r="U13" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="V13">
         <v>554205</v>
       </c>
       <c r="W13" t="s">
         <v>71</v>
       </c>
       <c r="X13">
         <v>53.07</v>
       </c>
       <c r="Y13">
         <v>3.75</v>
       </c>
       <c r="Z13" t="s">
         <v>71</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>75</v>
       </c>
       <c r="AC13" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="AD13">
         <v>42284307</v>
       </c>
       <c r="AE13">
         <v>51997946393</v>
       </c>
       <c r="AF13">
         <v>51997946393</v>
       </c>
       <c r="AG13" t="s">
+        <v>222</v>
+      </c>
+      <c r="AH13" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
         <v>98</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
         <v>71</v>
       </c>
       <c r="AM13" t="s">
         <v>79</v>
       </c>
       <c r="AN13"/>
       <c r="AO13">
         <v>0</v>
       </c>
       <c r="AP13" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13" t="s">
         <v>71</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>73</v>
       </c>
       <c r="BA13"/>
       <c r="BB13" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="BC13" t="s">
         <v>71</v>
       </c>
       <c r="BD13" t="s">
         <v>71</v>
       </c>
       <c r="BE13" t="s">
         <v>71</v>
       </c>
       <c r="BF13" t="s">
         <v>71</v>
       </c>
       <c r="BG13" t="s">
         <v>71</v>
       </c>
       <c r="BH13">
-        <v>862</v>
+        <v>908</v>
       </c>
       <c r="BI13" t="s">
         <v>82</v>
       </c>
       <c r="BJ13"/>
       <c r="BK13" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL13" t="s">
         <v>161</v>
       </c>
       <c r="BM13" t="s">
+        <v>225</v>
+      </c>
+      <c r="BN13" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="BO13">
         <v>4</v>
       </c>
       <c r="BP13"/>
       <c r="BQ13" t="s">
         <v>121</v>
       </c>
       <c r="BR13">
         <v>199</v>
       </c>
       <c r="BS13" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
+        <v>227</v>
+      </c>
+      <c r="C14" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D14">
         <v>554021</v>
       </c>
       <c r="E14">
         <v>186.4</v>
       </c>
       <c r="F14" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>71</v>
       </c>
       <c r="K14" t="s">
         <v>95</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>73</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
         <v>70083294</v>
       </c>
       <c r="Q14" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="R14" t="s">
         <v>71</v>
       </c>
       <c r="S14" t="s">
         <v>71</v>
       </c>
       <c r="T14" t="s">
         <v>74</v>
       </c>
       <c r="U14" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="V14">
         <v>554021</v>
       </c>
       <c r="W14" t="s">
         <v>71</v>
       </c>
       <c r="X14">
         <v>186.4</v>
       </c>
       <c r="Y14">
         <v>3.75</v>
       </c>
       <c r="Z14" t="s">
         <v>71</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>75</v>
       </c>
       <c r="AC14" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="AD14">
         <v>70083294</v>
       </c>
       <c r="AE14">
         <v>51978939577</v>
       </c>
       <c r="AF14">
         <v>51978939577</v>
       </c>
       <c r="AG14" t="s">
+        <v>230</v>
+      </c>
+      <c r="AH14" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>98</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
         <v>71</v>
       </c>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14">
         <v>0</v>
       </c>
       <c r="AP14" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>71</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>73</v>
       </c>
       <c r="BA14"/>
       <c r="BB14" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="BC14" t="s">
         <v>71</v>
       </c>
       <c r="BD14" t="s">
         <v>71</v>
       </c>
       <c r="BE14" t="s">
         <v>71</v>
       </c>
       <c r="BF14" t="s">
         <v>71</v>
       </c>
       <c r="BG14" t="s">
         <v>71</v>
       </c>
       <c r="BH14">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="BI14" t="s">
         <v>82</v>
       </c>
       <c r="BJ14"/>
       <c r="BK14" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL14" t="s">
         <v>161</v>
       </c>
       <c r="BM14" t="s">
+        <v>233</v>
+      </c>
+      <c r="BN14" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="BO14">
         <v>0</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14" t="s">
         <v>88</v>
       </c>
       <c r="BR14">
         <v>699</v>
       </c>
       <c r="BS14" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
+        <v>235</v>
+      </c>
+      <c r="C15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D15">
         <v>550280</v>
       </c>
       <c r="E15">
         <v>277.25</v>
       </c>
       <c r="F15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15"/>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15" t="s">
         <v>71</v>
       </c>
       <c r="K15" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>73</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
         <v>20533231111</v>
       </c>
       <c r="Q15" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="R15" t="s">
         <v>71</v>
       </c>
       <c r="S15" t="s">
         <v>71</v>
       </c>
       <c r="T15" t="s">
         <v>74</v>
       </c>
       <c r="U15" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="V15">
         <v>550280</v>
       </c>
       <c r="W15" t="s">
         <v>71</v>
       </c>
       <c r="X15">
         <v>277.25</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15" t="s">
         <v>71</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>75</v>
       </c>
       <c r="AC15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="AD15">
         <v>20533231111</v>
       </c>
       <c r="AE15">
         <v>51959909189</v>
       </c>
       <c r="AF15">
         <v>51959909189</v>
       </c>
       <c r="AG15" t="s">
+        <v>239</v>
+      </c>
+      <c r="AH15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
         <v>71</v>
       </c>
       <c r="AM15" t="s">
         <v>79</v>
       </c>
       <c r="AN15"/>
       <c r="AO15">
         <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>71</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>73</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="BC15" t="s">
         <v>71</v>
       </c>
       <c r="BD15" t="s">
         <v>71</v>
       </c>
       <c r="BE15" t="s">
         <v>71</v>
       </c>
       <c r="BF15" t="s">
         <v>71</v>
       </c>
       <c r="BG15" t="s">
         <v>71</v>
       </c>
       <c r="BH15">
-        <v>935</v>
+        <v>981</v>
       </c>
       <c r="BI15" t="s">
         <v>82</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL15" t="s">
         <v>161</v>
       </c>
       <c r="BM15" t="s">
+        <v>243</v>
+      </c>
+      <c r="BN15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="BO15">
         <v>1</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>121</v>
       </c>
       <c r="BR15">
         <v>1109</v>
       </c>
       <c r="BS15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>245</v>
+      </c>
+      <c r="C16" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="D16">
         <v>546253</v>
       </c>
       <c r="E16">
         <v>114.75</v>
       </c>
       <c r="F16" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16"/>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16" t="s">
         <v>71</v>
       </c>
       <c r="K16" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>73</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
         <v>72508323</v>
       </c>
       <c r="Q16" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="R16" t="s">
         <v>71</v>
       </c>
       <c r="S16" t="s">
         <v>71</v>
       </c>
       <c r="T16" t="s">
         <v>74</v>
       </c>
       <c r="U16" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="V16">
         <v>546253</v>
       </c>
       <c r="W16" t="s">
         <v>71</v>
       </c>
       <c r="X16">
         <v>114.75</v>
       </c>
       <c r="Y16">
         <v>4</v>
       </c>
       <c r="Z16" t="s">
         <v>71</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>75</v>
       </c>
       <c r="AC16" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="AD16">
         <v>72508323</v>
       </c>
       <c r="AE16">
         <v>51964035813</v>
       </c>
       <c r="AF16">
         <v>51964035813</v>
       </c>
       <c r="AG16" t="s">
+        <v>249</v>
+      </c>
+      <c r="AH16" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
         <v>71</v>
       </c>
       <c r="AM16" t="s">
         <v>99</v>
       </c>
       <c r="AN16"/>
       <c r="AO16">
         <v>0</v>
       </c>
       <c r="AP16" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16" t="s">
         <v>71</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>73</v>
       </c>
       <c r="BA16"/>
       <c r="BB16" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="BC16" t="s">
         <v>71</v>
       </c>
       <c r="BD16" t="s">
         <v>71</v>
       </c>
       <c r="BE16" t="s">
         <v>71</v>
       </c>
       <c r="BF16" t="s">
         <v>71</v>
       </c>
       <c r="BG16" t="s">
         <v>71</v>
       </c>
       <c r="BH16">
-        <v>1047</v>
+        <v>1093</v>
       </c>
       <c r="BI16" t="s">
         <v>82</v>
       </c>
       <c r="BJ16"/>
       <c r="BK16" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BL16" t="s">
         <v>161</v>
       </c>
       <c r="BM16" t="s">
+        <v>253</v>
+      </c>
+      <c r="BN16" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="BO16">
         <v>73</v>
       </c>
       <c r="BP16"/>
       <c r="BQ16" t="s">
         <v>108</v>
       </c>
       <c r="BR16">
         <v>459</v>
       </c>
       <c r="BS16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>255</v>
+      </c>
+      <c r="C17" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D17">
         <v>542190</v>
       </c>
       <c r="E17">
         <v>72.25</v>
       </c>
       <c r="F17" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="I17">
         <v>35.43</v>
       </c>
       <c r="J17" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="K17" t="s">
         <v>72</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>73</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
         <v>33963035</v>
       </c>
       <c r="Q17" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="R17" t="s">
         <v>71</v>
       </c>
       <c r="S17" t="s">
         <v>71</v>
       </c>
       <c r="T17" t="s">
         <v>74</v>
       </c>
       <c r="U17" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="V17">
         <v>542190</v>
       </c>
       <c r="W17" t="s">
         <v>71</v>
       </c>
       <c r="X17">
         <v>72.25</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17" t="s">
         <v>71</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>75</v>
       </c>
       <c r="AC17" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="AD17">
         <v>33963035</v>
       </c>
       <c r="AE17">
         <v>51979901515</v>
       </c>
       <c r="AF17">
         <v>51979901515</v>
       </c>
       <c r="AG17" t="s">
+        <v>260</v>
+      </c>
+      <c r="AH17" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="AM17" t="s">
         <v>79</v>
       </c>
       <c r="AN17" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="AO17">
         <v>35.43</v>
       </c>
       <c r="AP17" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
         <v>71</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17">
         <v>0</v>
       </c>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>73</v>
       </c>
       <c r="BA17" t="s">
         <v>81</v>
       </c>
       <c r="BB17" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="BC17" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="BD17" t="s">
         <v>71</v>
       </c>
       <c r="BE17" t="s">
         <v>71</v>
       </c>
       <c r="BF17" t="s">
         <v>71</v>
       </c>
       <c r="BG17" t="s">
         <v>71</v>
       </c>
       <c r="BH17">
-        <v>1055</v>
+        <v>1101</v>
       </c>
       <c r="BI17" t="s">
         <v>177</v>
       </c>
       <c r="BJ17" t="s">
+        <v>130</v>
+      </c>
+      <c r="BK17" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="BL17" t="s">
         <v>161</v>
       </c>
       <c r="BM17" t="s">
+        <v>264</v>
+      </c>
+      <c r="BN17" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="BO17">
         <v>17</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17" t="s">
         <v>164</v>
       </c>
       <c r="BR17">
         <v>289</v>
       </c>
       <c r="BS17" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>267</v>
+      </c>
+      <c r="C18" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D18">
         <v>535721</v>
       </c>
       <c r="E18">
         <v>139.75</v>
       </c>
       <c r="F18" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>71</v>
       </c>
       <c r="K18" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>73</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
         <v>72908802</v>
       </c>
       <c r="Q18" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="R18" t="s">
         <v>71</v>
       </c>
       <c r="S18" t="s">
         <v>71</v>
       </c>
       <c r="T18" t="s">
         <v>74</v>
       </c>
       <c r="U18" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="V18">
         <v>535721</v>
       </c>
       <c r="W18" t="s">
         <v>71</v>
       </c>
       <c r="X18">
         <v>139.75</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18" t="s">
         <v>71</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>75</v>
       </c>
       <c r="AC18" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AD18">
         <v>72908802</v>
       </c>
       <c r="AE18">
         <v>51991610534</v>
       </c>
       <c r="AF18">
         <v>51991610534</v>
       </c>
       <c r="AG18" t="s">
+        <v>271</v>
+      </c>
+      <c r="AH18" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
         <v>98</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
         <v>71</v>
       </c>
       <c r="AM18" t="s">
         <v>99</v>
       </c>
       <c r="AN18"/>
       <c r="AO18">
         <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>71</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18">
         <v>0</v>
       </c>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>73</v>
       </c>
       <c r="BA18" t="s">
         <v>81</v>
       </c>
       <c r="BB18" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="BC18" t="s">
         <v>71</v>
       </c>
       <c r="BD18" t="s">
         <v>71</v>
       </c>
       <c r="BE18" t="s">
         <v>71</v>
       </c>
       <c r="BF18" t="s">
         <v>71</v>
       </c>
       <c r="BG18" t="s">
         <v>71</v>
       </c>
       <c r="BH18">
-        <v>1179</v>
+        <v>1225</v>
       </c>
       <c r="BI18" t="s">
         <v>82</v>
       </c>
       <c r="BJ18" t="s">
+        <v>130</v>
+      </c>
+      <c r="BK18" t="s">
         <v>178</v>
       </c>
-      <c r="BK18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL18" t="s">
+        <v>274</v>
+      </c>
+      <c r="BM18" t="s">
         <v>275</v>
       </c>
-      <c r="BM18" t="s">
+      <c r="BN18" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="BO18">
         <v>2</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>121</v>
       </c>
       <c r="BR18">
         <v>559</v>
       </c>
       <c r="BS18" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>