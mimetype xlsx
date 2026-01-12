--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -261,50 +261,53 @@
     <t>WYB280883417</t>
   </si>
   <si>
     <t>shipment_cancelled</t>
   </si>
   <si>
     <t>eshopex - GE CANCELADA - SC</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>delivered</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>osmarohc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Micaela Bastidas 849, Amarilis, Perú 849 Amarilis Contact Osmar  Hidalgo Cruz </t>
   </si>
   <si>
     <t>Huanuco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
   </si>
   <si>
     <t>/B0B9T6792K</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>1Z099Y8V0394492886</t>
   </si>
   <si>
     <t>2024-08-21</t>
   </si>
   <si>
     <t>urbano</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>2024-08-22 13:38:02</t>
   </si>
   <si>
     <t>2024-09-08 17:00:00</t>
   </si>
@@ -982,134 +985,136 @@
       <c r="AD2">
         <v>43448957</v>
       </c>
       <c r="AE2">
         <v>51947421819</v>
       </c>
       <c r="AF2">
         <v>51947421819</v>
       </c>
       <c r="AG2" t="s">
         <v>80</v>
       </c>
       <c r="AH2" t="s">
         <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>82</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
-      <c r="AM2"/>
+      <c r="AM2" t="s">
+        <v>83</v>
+      </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
         <v>122.5</v>
       </c>
       <c r="AP2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AQ2" t="s">
         <v>73</v>
       </c>
       <c r="AR2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AS2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AT2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AU2">
         <v>523500019927</v>
       </c>
       <c r="AV2" t="s">
         <v>75</v>
       </c>
       <c r="AW2">
         <v>1011123</v>
       </c>
       <c r="AX2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AY2" t="s">
         <v>74</v>
       </c>
       <c r="AZ2" t="s">
         <v>75</v>
       </c>
       <c r="BA2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BE2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BF2" t="s">
         <v>77</v>
       </c>
       <c r="BG2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="BH2">
         <v>43</v>
       </c>
       <c r="BI2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>77</v>
       </c>
       <c r="BN2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="BQ2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BR2">
         <v>779</v>
       </c>
       <c r="BS2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>