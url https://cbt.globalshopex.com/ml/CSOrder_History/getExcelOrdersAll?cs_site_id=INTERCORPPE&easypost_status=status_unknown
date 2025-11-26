--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,318 +215,315 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>INTERCORPPE</t>
   </si>
   <si>
-    <t>2025-09-29 11:47:50</t>
-[...5 lines deleted...]
-    <t>William Romero .</t>
+    <t>2025-11-06 04:20:33</t>
+  </si>
+  <si>
+    <t>1574372674086-01</t>
+  </si>
+  <si>
+    <t>Omar Infante .</t>
   </si>
   <si>
     <t>PERU</t>
   </si>
   <si>
-    <t>/113-0538175-2227439</t>
-[...2 lines deleted...]
-    <t>2025-09-30 00:00:00</t>
+    <t>/114-9611302-9819400</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
+    <t>eshopex - CUSTOMS - CUSTOMS</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>handling</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>omar_2387@hotmail.com</t>
+  </si>
+  <si>
+    <t>Lima con real 320 hu 320 Huancayo Contact Omar Infante</t>
+  </si>
+  <si>
+    <t>Huancayo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B0C8D8728D</t>
+  </si>
+  <si>
+    <t>eshopex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2025-11-23 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 18:06:00</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-11-06 22:50:08</t>
+  </si>
+  <si>
+    <t>oechsle</t>
+  </si>
+  <si>
+    <t>2025-04-29 03:31:00</t>
+  </si>
+  <si>
+    <t>1528531656030-01</t>
+  </si>
+  <si>
+    <t>JEAN CARLO RODRIGUEZ samaniego .</t>
+  </si>
+  <si>
+    <t>/ 114-7443792-7256226</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (The customer on checkout is different, please review)</t>
+  </si>
+  <si>
+    <t>WYB331456586</t>
+  </si>
+  <si>
+    <t>eshopex - DEVOLUCION AL SHIPPER - DV</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>asapselfmei@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida Cerro Alegre, Imperial, Perú N/A Imperial Contact maria fernanda izurraga samaniego</t>
+  </si>
+  <si>
+    <t>Cañete</t>
+  </si>
+  <si>
+    <t>/B09S3X6WB7</t>
+  </si>
+  <si>
+    <t>urbano</t>
+  </si>
+  <si>
+    <t>2025-05-05 16:46:02</t>
+  </si>
+  <si>
+    <t>2025-05-11 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-05-29 15:33:00</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-05-06 16:32:59</t>
+  </si>
+  <si>
+    <t>2025-04-29 20:48:29</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2024-12-06 03:48:05</t>
+  </si>
+  <si>
+    <t>1481818348437-01</t>
+  </si>
+  <si>
+    <t>Jesús Romero  .</t>
+  </si>
+  <si>
+    <t>/ 114-9916205-1358609</t>
+  </si>
+  <si>
+    <t>2024-12-07 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB307191814</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>jesusromero9609@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle Chiclayo  530 Miraflores Contact Jesús Romero </t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>/B09H23M384</t>
+  </si>
+  <si>
+    <t>2024-12-12 11:27:31</t>
+  </si>
+  <si>
+    <t>2024-12-18 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-01-07 12:28:00</t>
+  </si>
+  <si>
+    <t>2024-12-07 15:15:34</t>
+  </si>
+  <si>
+    <t>promart</t>
+  </si>
+  <si>
+    <t>2023-12-05 09:18:20</t>
+  </si>
+  <si>
+    <t>1381269023136-01</t>
+  </si>
+  <si>
+    <t>Wendy Hernandez .</t>
+  </si>
+  <si>
+    <t>/114-7812788-1280210</t>
+  </si>
+  <si>
+    <t>2023-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (Is not posible logon by captcha, please Review)</t>
+  </si>
+  <si>
+    <t>wendyhf3@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida javier prado 1266 1266 San Isidro Contact Wendy Hernandez fernandez</t>
+  </si>
+  <si>
+    <t>/B0B39QZWV5</t>
+  </si>
+  <si>
+    <t>Enviado</t>
+  </si>
+  <si>
+    <t>Direct Delivery</t>
+  </si>
+  <si>
+    <t>TBADD0001664865</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>2023-12-18 11:15:00</t>
+  </si>
+  <si>
+    <t>2023-12-19 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-01-21 11:27:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA </t>
+  </si>
+  <si>
+    <t>2023-12-15 18:01:37</t>
+  </si>
+  <si>
+    <t>2023-12-05 15:26:24</t>
+  </si>
+  <si>
+    <t>Cerrado</t>
+  </si>
+  <si>
+    <t>2022-07-14 07:19:10</t>
+  </si>
+  <si>
+    <t>1246801152377-01</t>
+  </si>
+  <si>
+    <t>Brenda  Mallqui Toledo  .</t>
+  </si>
+  <si>
+    <t>/10843452</t>
+  </si>
+  <si>
+    <t>2022-07-16 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, total different, )</t>
+  </si>
+  <si>
     <t>eshopex - shipped - shipped</t>
-  </si>
-[...241 lines deleted...]
-    <t>Cancelled (has no amazon products, total different, )</t>
   </si>
   <si>
     <t>brendita.liset29@gmail.com</t>
   </si>
   <si>
     <t>Calle Garcilaso 483 Huarmey</t>
   </si>
   <si>
     <t>Huarmey</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>2022-07-21 10:23:31</t>
   </si>
   <si>
     <t>2022-09-12 17:00:00</t>
   </si>
@@ -1108,1062 +1105,1062 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>594486</v>
+        <v>595899</v>
       </c>
       <c r="E2">
-        <v>81.32</v>
+        <v>83.95</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>34.36</v>
+        <v>42.77</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2">
-        <v>523500022265</v>
+        <v>523500022561</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2">
-        <v>523500022265</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>523500022561</v>
+      </c>
+      <c r="P2">
+        <v>44723556</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
+        <v>76</v>
+      </c>
+      <c r="S2" t="s">
+        <v>76</v>
+      </c>
+      <c r="T2" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>594486</v>
+        <v>595899</v>
       </c>
       <c r="W2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X2">
-        <v>81.32</v>
+        <v>83.95</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
-      <c r="AD2" t="s">
-        <v>76</v>
+      <c r="AD2">
+        <v>44723556</v>
       </c>
       <c r="AE2">
-        <v>51983265392</v>
+        <v>51990442938</v>
       </c>
       <c r="AF2">
-        <v>51983265392</v>
+        <v>51990442938</v>
       </c>
       <c r="AG2" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>34.36</v>
+        <v>42.77</v>
       </c>
       <c r="AP2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AU2">
-        <v>523500022265</v>
+        <v>523500022561</v>
       </c>
       <c r="AV2" t="s">
         <v>74</v>
       </c>
       <c r="AW2">
-        <v>1011760</v>
+        <v>1011834</v>
       </c>
       <c r="AX2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AY2">
-        <v>523500022265</v>
+        <v>523500022561</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
+        <v>76</v>
+      </c>
+      <c r="BE2" t="s">
+        <v>86</v>
+      </c>
+      <c r="BF2" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG2" t="s">
         <v>87</v>
       </c>
-      <c r="BE2" t="s">
+      <c r="BH2">
+        <v>17</v>
+      </c>
+      <c r="BI2" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="BN2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BR2">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D3">
         <v>589595</v>
       </c>
       <c r="E3">
         <v>176.05</v>
       </c>
       <c r="F3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I3">
         <v>112.82</v>
       </c>
       <c r="J3" t="s">
+        <v>95</v>
+      </c>
+      <c r="K3" t="s">
+        <v>96</v>
+      </c>
+      <c r="L3" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="O3">
         <v>523500021529</v>
       </c>
       <c r="P3">
         <v>73944460</v>
       </c>
       <c r="Q3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="R3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="U3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="V3">
         <v>589595</v>
       </c>
       <c r="W3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X3">
         <v>176.05</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="AD3">
         <v>73944460</v>
       </c>
       <c r="AE3">
         <v>51925961721</v>
       </c>
       <c r="AF3">
         <v>51925961721</v>
       </c>
       <c r="AG3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="AH3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="AM3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="AO3">
         <v>112.82</v>
       </c>
       <c r="AP3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AU3">
         <v>523500021529</v>
       </c>
       <c r="AV3" t="s">
         <v>74</v>
       </c>
       <c r="AW3">
         <v>1011502</v>
       </c>
       <c r="AX3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AY3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="BC3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="BD3" t="s">
+        <v>105</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG3" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
       <c r="BH3">
         <v>30</v>
       </c>
       <c r="BI3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BJ3" t="s">
         <v>73</v>
       </c>
       <c r="BK3" t="s">
+        <v>108</v>
+      </c>
+      <c r="BL3" t="s">
+        <v>109</v>
+      </c>
+      <c r="BM3" t="s">
         <v>110</v>
       </c>
-      <c r="BL3" t="s">
+      <c r="BN3" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="BO3">
         <v>7</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BR3">
         <v>669</v>
       </c>
       <c r="BS3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D4">
         <v>582981</v>
       </c>
       <c r="E4">
         <v>62.89</v>
       </c>
       <c r="F4" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="I4">
         <v>29.99</v>
       </c>
       <c r="J4" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="O4">
         <v>523500020774</v>
       </c>
       <c r="P4">
         <v>71269609</v>
       </c>
       <c r="Q4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="R4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T4" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="U4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="V4">
         <v>582981</v>
       </c>
       <c r="W4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X4">
         <v>62.89</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC4" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="AD4">
         <v>71269609</v>
       </c>
       <c r="AE4">
         <v>51902955015</v>
       </c>
       <c r="AF4">
         <v>51902955015</v>
       </c>
       <c r="AG4" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="AH4" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="AM4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN4" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="AO4">
         <v>29.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AU4">
         <v>523500020774</v>
       </c>
       <c r="AV4" t="s">
         <v>74</v>
       </c>
       <c r="AW4">
         <v>1011298</v>
       </c>
       <c r="AX4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="AY4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="BC4" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="BD4" t="s">
+        <v>124</v>
+      </c>
+      <c r="BE4" t="s">
         <v>125</v>
       </c>
-      <c r="BE4" t="s">
+      <c r="BF4" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG4" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="BH4">
         <v>32</v>
       </c>
       <c r="BI4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="BR4">
         <v>239</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D5">
         <v>564758</v>
       </c>
       <c r="E5">
         <v>256.88</v>
       </c>
       <c r="F5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I5">
         <v>161.25</v>
       </c>
       <c r="J5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K5" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="L5">
         <v>523500017604</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>136</v>
+        <v>75</v>
       </c>
       <c r="O5">
         <v>523500017604</v>
       </c>
       <c r="P5">
         <v>10738784681</v>
       </c>
       <c r="Q5" t="s">
+        <v>129</v>
+      </c>
+      <c r="R5" t="s">
+        <v>76</v>
+      </c>
+      <c r="S5" t="s">
+        <v>76</v>
+      </c>
+      <c r="T5" t="s">
+        <v>99</v>
+      </c>
+      <c r="U5" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="V5">
         <v>564758</v>
       </c>
       <c r="W5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X5">
         <v>256.88</v>
       </c>
       <c r="Y5">
         <v>3.85</v>
       </c>
       <c r="Z5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AD5">
         <v>10738784681</v>
       </c>
       <c r="AE5">
         <v>51969451758</v>
       </c>
       <c r="AF5">
         <v>51969451758</v>
       </c>
       <c r="AG5" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="AH5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AM5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AO5">
         <v>161.25</v>
       </c>
       <c r="AP5" t="s">
+        <v>137</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>138</v>
+      </c>
+      <c r="AR5" t="s">
         <v>139</v>
       </c>
-      <c r="AQ5" t="s">
+      <c r="AS5" t="s">
         <v>140</v>
       </c>
-      <c r="AR5" t="s">
+      <c r="AT5" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="AU5">
         <v>523500017604</v>
       </c>
       <c r="AV5" t="s">
         <v>74</v>
       </c>
       <c r="AW5">
         <v>1010668</v>
       </c>
       <c r="AX5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AY5">
         <v>523500017604</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB5" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="BC5" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="BD5" t="s">
+        <v>142</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>143</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG5" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
       <c r="BH5">
         <v>47</v>
       </c>
       <c r="BI5" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="BJ5" t="s">
         <v>73</v>
       </c>
       <c r="BK5" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="BL5" t="s">
+        <v>145</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>146</v>
+      </c>
+      <c r="BN5" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="BO5">
         <v>10</v>
       </c>
       <c r="BP5" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="BQ5" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BR5">
         <v>989</v>
       </c>
       <c r="BS5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D6">
         <v>535456</v>
       </c>
       <c r="E6">
         <v>154.75</v>
       </c>
       <c r="F6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="I6">
         <v>99</v>
       </c>
       <c r="J6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="K6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="L6">
         <v>523500012209</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>155</v>
       </c>
       <c r="O6">
         <v>523500012209</v>
       </c>
       <c r="P6">
         <v>44344553</v>
       </c>
       <c r="Q6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="R6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="U6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="V6">
         <v>535456</v>
       </c>
       <c r="W6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X6">
         <v>154.75</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="AD6">
         <v>44344553</v>
       </c>
       <c r="AE6">
         <v>51953453907</v>
       </c>
       <c r="AF6">
         <v>51953453907</v>
       </c>
       <c r="AG6" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH6" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AM6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="AN6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="AO6">
         <v>99</v>
       </c>
       <c r="AP6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="AQ6" t="s">
         <v>73</v>
       </c>
       <c r="AR6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AS6">
         <v>275668442872</v>
       </c>
       <c r="AT6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AU6">
         <v>523500012209</v>
       </c>
       <c r="AV6" t="s">
         <v>74</v>
       </c>
       <c r="AW6">
         <v>1009785</v>
       </c>
       <c r="AX6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AY6">
         <v>523500012209</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="BB6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="BC6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="BD6" t="s">
+        <v>162</v>
+      </c>
+      <c r="BE6" t="s">
         <v>163</v>
       </c>
-      <c r="BE6" t="s">
+      <c r="BF6" t="s">
+        <v>76</v>
+      </c>
+      <c r="BG6" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="BH6">
         <v>60</v>
       </c>
       <c r="BI6" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="BJ6" t="s">
         <v>73</v>
       </c>
       <c r="BK6" t="s">
+        <v>166</v>
+      </c>
+      <c r="BL6" t="s">
         <v>167</v>
       </c>
-      <c r="BL6" t="s">
+      <c r="BM6" t="s">
         <v>168</v>
       </c>
-      <c r="BM6" t="s">
+      <c r="BN6" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="BO6">
         <v>61</v>
       </c>
       <c r="BP6" t="s">
         <v>73</v>
       </c>
       <c r="BQ6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="BR6">
         <v>619</v>
       </c>
       <c r="BS6" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">