--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -215,254 +215,260 @@
   <si>
     <t>Cancellation Date</t>
   </si>
   <si>
     <t>Robot Date</t>
   </si>
   <si>
     <t>if(cancellation_date&gt;date_cbt,datediff(cancellation_date,date_cbt),0)</t>
   </si>
   <si>
     <t>Merchant Order Status</t>
   </si>
   <si>
     <t>SITE ID 2</t>
   </si>
   <si>
     <t>Marketplace Invoice Amount</t>
   </si>
   <si>
     <t>Status Cancellation</t>
   </si>
   <si>
     <t>INTERCORPPE</t>
   </si>
   <si>
-    <t>2025-11-06 04:20:33</t>
-[...5 lines deleted...]
-    <t>Omar Infante .</t>
+    <t>2025-12-26 12:15:46</t>
+  </si>
+  <si>
+    <t>v16283642plzv-01</t>
+  </si>
+  <si>
+    <t>Walter leonel Leiva chamorro .</t>
   </si>
   <si>
     <t>PERU</t>
   </si>
   <si>
-    <t>/114-9611302-9819400</t>
-[...2 lines deleted...]
-    <t>2025-11-07 00:00:00</t>
+    <t>/113-0781281-1787468</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
   </si>
   <si>
     <t>Shipped</t>
   </si>
   <si>
     <t>status_unknown</t>
   </si>
   <si>
+    <t>eshopex - shipped - shipped</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>handling</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
+  <si>
+    <t>leoneleiva.4891@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Maya 527 Santa Anita Contact Walter leonel Leiva chamorro</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amazon, </t>
+  </si>
+  <si>
+    <t>/B0722JGR8X</t>
+  </si>
+  <si>
+    <t>eshopex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>2026-01-05 16:02:59</t>
+  </si>
+  <si>
+    <t>2026-01-07 17:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-07 06:36:00</t>
+  </si>
+  <si>
+    <t>manual</t>
+  </si>
+  <si>
+    <t>2025-12-26 17:53:52</t>
+  </si>
+  <si>
+    <t>plazavea</t>
+  </si>
+  <si>
+    <t>2025-04-29 03:31:00</t>
+  </si>
+  <si>
+    <t>1528531656030-01</t>
+  </si>
+  <si>
+    <t>JEAN CARLO RODRIGUEZ samaniego .</t>
+  </si>
+  <si>
+    <t>/ 114-7443792-7256226</t>
+  </si>
+  <si>
+    <t>2025-04-30 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (The customer on checkout is different, please review)</t>
+  </si>
+  <si>
+    <t>WYB331456586</t>
+  </si>
+  <si>
+    <t>eshopex - DEVOLUCION AL SHIPPER - DV</t>
+  </si>
+  <si>
+    <t>canceled</t>
+  </si>
+  <si>
+    <t>asapselfmei@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida Cerro Alegre, Imperial, Perú N/A Imperial Contact maria fernanda izurraga samaniego</t>
+  </si>
+  <si>
+    <t>Cañete</t>
+  </si>
+  <si>
+    <t>/B09S3X6WB7</t>
+  </si>
+  <si>
+    <t>urbano</t>
+  </si>
+  <si>
+    <t>2025-05-05 16:46:02</t>
+  </si>
+  <si>
+    <t>2025-05-11 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-05-29 15:33:00</t>
+  </si>
+  <si>
+    <t>cancelled_by_customer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">		COMENTARIO: "Orden en Miami para devolución a Merchant"					</t>
+  </si>
+  <si>
+    <t>2025-05-06 16:32:59</t>
+  </si>
+  <si>
+    <t>2025-04-29 20:48:29</t>
+  </si>
+  <si>
+    <t>oechsle</t>
+  </si>
+  <si>
+    <t>Finance Pending</t>
+  </si>
+  <si>
+    <t>2024-12-06 03:48:05</t>
+  </si>
+  <si>
+    <t>1481818348437-01</t>
+  </si>
+  <si>
+    <t>Jesús Romero  .</t>
+  </si>
+  <si>
+    <t>/ 114-9916205-1358609</t>
+  </si>
+  <si>
+    <t>2024-12-07 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB307191814</t>
+  </si>
+  <si>
+    <t>delivered</t>
+  </si>
+  <si>
+    <t>jesusromero9609@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calle Chiclayo  530 Miraflores Contact Jesús Romero </t>
+  </si>
+  <si>
+    <t>/B09H23M384</t>
+  </si>
+  <si>
+    <t>2024-12-12 11:27:31</t>
+  </si>
+  <si>
+    <t>2024-12-18 17:00:00</t>
+  </si>
+  <si>
+    <t>2025-01-07 12:28:00</t>
+  </si>
+  <si>
+    <t>2024-12-07 15:15:34</t>
+  </si>
+  <si>
+    <t>promart</t>
+  </si>
+  <si>
+    <t>2023-12-05 09:18:20</t>
+  </si>
+  <si>
+    <t>1381269023136-01</t>
+  </si>
+  <si>
+    <t>Wendy Hernandez .</t>
+  </si>
+  <si>
+    <t>/114-7812788-1280210</t>
+  </si>
+  <si>
+    <t>2023-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>Cancelled (Is not posible logon by captcha, please Review)</t>
+  </si>
+  <si>
     <t>eshopex - CUSTOMS - CUSTOMS</t>
   </si>
   <si>
-    <t>--</t>
-[...175 lines deleted...]
-  <si>
     <t>wendyhf3@gmail.com</t>
   </si>
   <si>
     <t>Avenida javier prado 1266 1266 San Isidro Contact Wendy Hernandez fernandez</t>
   </si>
   <si>
     <t>/B0B39QZWV5</t>
   </si>
   <si>
     <t>Enviado</t>
   </si>
   <si>
     <t>Direct Delivery</t>
   </si>
   <si>
     <t>TBADD0001664865</t>
   </si>
   <si>
     <t>2023-06-12</t>
   </si>
   <si>
     <t>2023-12-18 11:15:00</t>
   </si>
   <si>
     <t>2023-12-19 17:00:00</t>
@@ -477,53 +483,50 @@
     <t>2023-12-15 18:01:37</t>
   </si>
   <si>
     <t>2023-12-05 15:26:24</t>
   </si>
   <si>
     <t>Cerrado</t>
   </si>
   <si>
     <t>2022-07-14 07:19:10</t>
   </si>
   <si>
     <t>1246801152377-01</t>
   </si>
   <si>
     <t>Brenda  Mallqui Toledo  .</t>
   </si>
   <si>
     <t>/10843452</t>
   </si>
   <si>
     <t>2022-07-16 00:00:00</t>
   </si>
   <si>
     <t>Cancelled (has no amazon products, total different, )</t>
-  </si>
-[...1 lines deleted...]
-    <t>eshopex - shipped - shipped</t>
   </si>
   <si>
     <t>brendita.liset29@gmail.com</t>
   </si>
   <si>
     <t>Calle Garcilaso 483 Huarmey</t>
   </si>
   <si>
     <t>Huarmey</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPBH1C21</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
     <t>2022-07-21 10:23:31</t>
   </si>
   <si>
     <t>2022-09-12 17:00:00</t>
   </si>
@@ -1105,1062 +1108,1062 @@
       </c>
       <c r="BP1" t="s">
         <v>62</v>
       </c>
       <c r="BQ1" t="s">
         <v>63</v>
       </c>
       <c r="BR1" t="s">
         <v>64</v>
       </c>
       <c r="BS1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="2" spans="1:71">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
         <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>68</v>
       </c>
       <c r="D2">
-        <v>595899</v>
+        <v>599030</v>
       </c>
       <c r="E2">
-        <v>83.95</v>
+        <v>210.26</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2">
-        <v>42.77</v>
+        <v>129.95</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2">
-        <v>523500022561</v>
+        <v>523500023216</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>75</v>
       </c>
       <c r="O2">
-        <v>523500022561</v>
+        <v>523500023216</v>
       </c>
       <c r="P2">
-        <v>44723556</v>
+        <v>47824787</v>
       </c>
       <c r="Q2" t="s">
         <v>67</v>
       </c>
       <c r="R2" t="s">
         <v>76</v>
       </c>
       <c r="S2" t="s">
         <v>76</v>
       </c>
       <c r="T2" t="s">
         <v>77</v>
       </c>
       <c r="U2" t="s">
         <v>68</v>
       </c>
       <c r="V2">
-        <v>595899</v>
+        <v>599030</v>
       </c>
       <c r="W2" t="s">
         <v>76</v>
       </c>
       <c r="X2">
-        <v>83.95</v>
+        <v>210.26</v>
       </c>
       <c r="Y2">
         <v>3.8</v>
       </c>
       <c r="Z2" t="s">
         <v>76</v>
       </c>
       <c r="AA2" t="s">
         <v>66</v>
       </c>
       <c r="AB2" t="s">
         <v>78</v>
       </c>
       <c r="AC2" t="s">
         <v>69</v>
       </c>
       <c r="AD2">
-        <v>44723556</v>
+        <v>47824787</v>
       </c>
       <c r="AE2">
-        <v>51990442938</v>
+        <v>51939219602</v>
       </c>
       <c r="AF2">
-        <v>51990442938</v>
+        <v>51939219602</v>
       </c>
       <c r="AG2" t="s">
         <v>79</v>
       </c>
       <c r="AH2" t="s">
         <v>80</v>
       </c>
       <c r="AI2"/>
       <c r="AJ2" t="s">
         <v>81</v>
       </c>
       <c r="AK2" t="s">
         <v>70</v>
       </c>
       <c r="AL2" t="s">
         <v>72</v>
       </c>
       <c r="AM2" t="s">
         <v>82</v>
       </c>
       <c r="AN2" t="s">
         <v>71</v>
       </c>
       <c r="AO2">
-        <v>42.77</v>
+        <v>129.95</v>
       </c>
       <c r="AP2" t="s">
         <v>83</v>
       </c>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2" t="s">
         <v>76</v>
       </c>
       <c r="AU2">
-        <v>523500022561</v>
+        <v>523500023216</v>
       </c>
       <c r="AV2" t="s">
         <v>74</v>
       </c>
       <c r="AW2">
-        <v>1011834</v>
+        <v>1011902</v>
       </c>
       <c r="AX2" t="s">
         <v>84</v>
       </c>
       <c r="AY2">
-        <v>523500022561</v>
+        <v>523500023216</v>
       </c>
       <c r="AZ2" t="s">
         <v>74</v>
       </c>
       <c r="BA2" t="s">
         <v>85</v>
       </c>
       <c r="BB2" t="s">
         <v>67</v>
       </c>
       <c r="BC2" t="s">
         <v>72</v>
       </c>
       <c r="BD2" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="BE2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="BF2" t="s">
         <v>76</v>
       </c>
       <c r="BG2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="BH2">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="BI2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ2"/>
       <c r="BK2"/>
       <c r="BL2"/>
       <c r="BM2" t="s">
         <v>76</v>
       </c>
       <c r="BN2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="BO2">
         <v>0</v>
       </c>
       <c r="BP2"/>
       <c r="BQ2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="BR2">
-        <v>319</v>
+        <v>799</v>
       </c>
       <c r="BS2"/>
     </row>
     <row r="3" spans="1:71">
       <c r="A3" t="s">
         <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D3">
         <v>589595</v>
       </c>
       <c r="E3">
         <v>176.05</v>
       </c>
       <c r="F3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I3">
         <v>112.82</v>
       </c>
       <c r="J3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O3">
         <v>523500021529</v>
       </c>
       <c r="P3">
         <v>73944460</v>
       </c>
       <c r="Q3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="R3" t="s">
         <v>76</v>
       </c>
       <c r="S3" t="s">
         <v>76</v>
       </c>
       <c r="T3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="U3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="V3">
         <v>589595</v>
       </c>
       <c r="W3" t="s">
         <v>76</v>
       </c>
       <c r="X3">
         <v>176.05</v>
       </c>
       <c r="Y3">
         <v>3.8</v>
       </c>
       <c r="Z3" t="s">
         <v>76</v>
       </c>
       <c r="AA3" t="s">
         <v>66</v>
       </c>
       <c r="AB3" t="s">
         <v>78</v>
       </c>
       <c r="AC3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AD3">
         <v>73944460</v>
       </c>
       <c r="AE3">
         <v>51925961721</v>
       </c>
       <c r="AF3">
         <v>51925961721</v>
       </c>
       <c r="AG3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AH3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AI3"/>
       <c r="AJ3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AK3" t="s">
         <v>70</v>
       </c>
       <c r="AL3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AM3" t="s">
         <v>82</v>
       </c>
       <c r="AN3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AO3">
         <v>112.82</v>
       </c>
       <c r="AP3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3" t="s">
         <v>76</v>
       </c>
       <c r="AU3">
         <v>523500021529</v>
       </c>
       <c r="AV3" t="s">
         <v>74</v>
       </c>
       <c r="AW3">
         <v>1011502</v>
       </c>
       <c r="AX3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AY3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AZ3" t="s">
         <v>74</v>
       </c>
       <c r="BA3" t="s">
         <v>85</v>
       </c>
       <c r="BB3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="BC3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="BD3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="BE3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="BF3" t="s">
         <v>76</v>
       </c>
       <c r="BG3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="BH3">
         <v>30</v>
       </c>
       <c r="BI3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ3" t="s">
         <v>73</v>
       </c>
       <c r="BK3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BL3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="BM3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="BN3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="BO3">
         <v>7</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="BR3">
         <v>669</v>
       </c>
       <c r="BS3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:71">
       <c r="A4" t="s">
         <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D4">
         <v>582981</v>
       </c>
       <c r="E4">
         <v>62.89</v>
       </c>
       <c r="F4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I4">
         <v>29.99</v>
       </c>
       <c r="J4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="K4" t="s">
         <v>73</v>
       </c>
       <c r="L4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M4" t="s">
         <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O4">
         <v>523500020774</v>
       </c>
       <c r="P4">
         <v>71269609</v>
       </c>
       <c r="Q4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="R4" t="s">
         <v>76</v>
       </c>
       <c r="S4" t="s">
         <v>76</v>
       </c>
       <c r="T4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="U4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="V4">
         <v>582981</v>
       </c>
       <c r="W4" t="s">
         <v>76</v>
       </c>
       <c r="X4">
         <v>62.89</v>
       </c>
       <c r="Y4">
         <v>3.8</v>
       </c>
       <c r="Z4" t="s">
         <v>76</v>
       </c>
       <c r="AA4" t="s">
         <v>66</v>
       </c>
       <c r="AB4" t="s">
         <v>78</v>
       </c>
       <c r="AC4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AD4">
         <v>71269609</v>
       </c>
       <c r="AE4">
         <v>51902955015</v>
       </c>
       <c r="AF4">
         <v>51902955015</v>
       </c>
       <c r="AG4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AH4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AI4"/>
       <c r="AJ4" t="s">
-        <v>122</v>
+        <v>81</v>
       </c>
       <c r="AK4" t="s">
         <v>70</v>
       </c>
       <c r="AL4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AM4" t="s">
         <v>82</v>
       </c>
       <c r="AN4" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AO4">
         <v>29.99</v>
       </c>
       <c r="AP4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4" t="s">
         <v>76</v>
       </c>
       <c r="AU4">
         <v>523500020774</v>
       </c>
       <c r="AV4" t="s">
         <v>74</v>
       </c>
       <c r="AW4">
         <v>1011298</v>
       </c>
       <c r="AX4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AY4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AZ4" t="s">
         <v>74</v>
       </c>
       <c r="BA4" t="s">
         <v>85</v>
       </c>
       <c r="BB4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="BC4" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="BD4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="BE4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="BF4" t="s">
         <v>76</v>
       </c>
       <c r="BG4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="BH4">
         <v>32</v>
       </c>
       <c r="BI4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ4"/>
       <c r="BK4"/>
       <c r="BL4"/>
       <c r="BM4" t="s">
         <v>76</v>
       </c>
       <c r="BN4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="BO4">
         <v>0</v>
       </c>
       <c r="BP4"/>
       <c r="BQ4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="BR4">
         <v>239</v>
       </c>
       <c r="BS4"/>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D5">
         <v>564758</v>
       </c>
       <c r="E5">
         <v>256.88</v>
       </c>
       <c r="F5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I5">
         <v>161.25</v>
       </c>
       <c r="J5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L5">
         <v>523500017604</v>
       </c>
       <c r="M5" t="s">
         <v>74</v>
       </c>
       <c r="N5" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="O5">
         <v>523500017604</v>
       </c>
       <c r="P5">
         <v>10738784681</v>
       </c>
       <c r="Q5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="R5" t="s">
         <v>76</v>
       </c>
       <c r="S5" t="s">
         <v>76</v>
       </c>
       <c r="T5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="U5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="V5">
         <v>564758</v>
       </c>
       <c r="W5" t="s">
         <v>76</v>
       </c>
       <c r="X5">
         <v>256.88</v>
       </c>
       <c r="Y5">
         <v>3.85</v>
       </c>
       <c r="Z5" t="s">
         <v>76</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>78</v>
       </c>
       <c r="AC5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AD5">
         <v>10738784681</v>
       </c>
       <c r="AE5">
         <v>51969451758</v>
       </c>
       <c r="AF5">
         <v>51969451758</v>
       </c>
       <c r="AG5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="AH5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
-        <v>122</v>
+        <v>81</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AM5" t="s">
         <v>82</v>
       </c>
       <c r="AN5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AO5">
         <v>161.25</v>
       </c>
       <c r="AP5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="AQ5" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="AR5" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="AS5" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="AT5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="AU5">
         <v>523500017604</v>
       </c>
       <c r="AV5" t="s">
         <v>74</v>
       </c>
       <c r="AW5">
         <v>1010668</v>
       </c>
       <c r="AX5" t="s">
         <v>84</v>
       </c>
       <c r="AY5">
         <v>523500017604</v>
       </c>
       <c r="AZ5" t="s">
         <v>74</v>
       </c>
       <c r="BA5" t="s">
         <v>85</v>
       </c>
       <c r="BB5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="BC5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BD5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="BE5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="BF5" t="s">
         <v>76</v>
       </c>
       <c r="BG5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="BH5">
         <v>47</v>
       </c>
       <c r="BI5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="BJ5" t="s">
         <v>73</v>
       </c>
       <c r="BK5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BL5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="BM5" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="BN5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="BO5">
         <v>10</v>
       </c>
       <c r="BP5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="BQ5" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="BR5">
         <v>989</v>
       </c>
       <c r="BS5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D6">
         <v>535456</v>
       </c>
       <c r="E6">
         <v>154.75</v>
       </c>
       <c r="F6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="I6">
         <v>99</v>
       </c>
       <c r="J6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="K6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="L6">
         <v>523500012209</v>
       </c>
       <c r="M6" t="s">
         <v>74</v>
       </c>
       <c r="N6" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="O6">
         <v>523500012209</v>
       </c>
       <c r="P6">
         <v>44344553</v>
       </c>
       <c r="Q6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="R6" t="s">
         <v>76</v>
       </c>
       <c r="S6" t="s">
         <v>76</v>
       </c>
       <c r="T6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="U6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="V6">
         <v>535456</v>
       </c>
       <c r="W6" t="s">
         <v>76</v>
       </c>
       <c r="X6">
         <v>154.75</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6" t="s">
         <v>76</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>78</v>
       </c>
       <c r="AC6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="AD6">
         <v>44344553</v>
       </c>
       <c r="AE6">
         <v>51953453907</v>
       </c>
       <c r="AF6">
         <v>51953453907</v>
       </c>
       <c r="AG6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="AH6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="AM6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AN6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="AO6">
         <v>99</v>
       </c>
       <c r="AP6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AQ6" t="s">
         <v>73</v>
       </c>
       <c r="AR6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AS6">
         <v>275668442872</v>
       </c>
       <c r="AT6" t="s">
         <v>76</v>
       </c>
       <c r="AU6">
         <v>523500012209</v>
       </c>
       <c r="AV6" t="s">
         <v>74</v>
       </c>
       <c r="AW6">
         <v>1009785</v>
       </c>
       <c r="AX6" t="s">
         <v>84</v>
       </c>
       <c r="AY6">
         <v>523500012209</v>
       </c>
       <c r="AZ6" t="s">
         <v>74</v>
       </c>
       <c r="BA6" t="s">
         <v>85</v>
       </c>
       <c r="BB6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="BC6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="BD6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="BE6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="BF6" t="s">
         <v>76</v>
       </c>
       <c r="BG6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="BH6">
         <v>60</v>
       </c>
       <c r="BI6" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="BJ6" t="s">
         <v>73</v>
       </c>
       <c r="BK6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="BL6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="BM6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="BN6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="BO6">
         <v>61</v>
       </c>
       <c r="BP6" t="s">
         <v>73</v>
       </c>
       <c r="BQ6" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="BR6">
         <v>619</v>
       </c>
       <c r="BS6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">