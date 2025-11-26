--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -521,51 +521,51 @@
   <si>
     <t>2024-12-23 14:18:41</t>
   </si>
   <si>
     <t>2024-06-14 10:52:48</t>
   </si>
   <si>
     <t>1439889964777-01</t>
   </si>
   <si>
     <t>Clayri Vela .</t>
   </si>
   <si>
     <t>clayrvela@gmail.com</t>
   </si>
   <si>
     <t>Av. Cajamarca Sur 480, Nueva Cajamarca, Perú 480 Nueva Cajamarca Contact Clayri Vela</t>
   </si>
   <si>
     <t>Rioja</t>
   </si>
   <si>
     <t>/B003DZ7VVK</t>
   </si>
   <si>
-    <t>New</t>
+    <t>Cancelled</t>
   </si>
   <si>
     <t xml:space="preserve">							COMENTARIO: "Orden no comprada"</t>
   </si>
   <si>
     <t>2024-06-17 21:33:42</t>
   </si>
   <si>
     <t>2024-06-15 04:05:32</t>
   </si>
   <si>
     <t>2024-05-14 09:27:49</t>
   </si>
   <si>
     <t>1432309859164-01</t>
   </si>
   <si>
     <t>MIG EIRL .</t>
   </si>
   <si>
     <t>gelr@hotmail.com</t>
   </si>
   <si>
     <t>Jirón Pietro Marchand 627 San Borja, Perú 627 Lima Contact Gaudi Ela Lozano Rojas</t>
   </si>
@@ -780,53 +780,50 @@
     <t>Felix MOTTA .</t>
   </si>
   <si>
     <t>/114-9600456-7899445</t>
   </si>
   <si>
     <t>2023-10-27 00:00:00</t>
   </si>
   <si>
     <t>supfelixmotta21@hotmail.com</t>
   </si>
   <si>
     <t>calle cruz del sur 286 Ate Contact Felix MOTTA</t>
   </si>
   <si>
     <t>/B01EF5DBZ6</t>
   </si>
   <si>
     <t>Amazon Logistics</t>
   </si>
   <si>
     <t>TBAMIA526522623</t>
   </si>
   <si>
     <t>2023-10-30 13:56:25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cancelled</t>
   </si>
   <si>
     <t>out_of_stock</t>
   </si>
   <si>
     <t>2023-10-30 15:49:30</t>
   </si>
   <si>
     <t>2023-10-27 21:18:02</t>
   </si>
   <si>
     <t>2023-08-25 04:33:56</t>
   </si>
   <si>
     <t>1356866254198-01</t>
   </si>
   <si>
     <t>SIMA GLASS E.I.R.L. .</t>
   </si>
   <si>
     <t>robertovegapaquillo@gmail.com</t>
   </si>
   <si>
     <t>CALLE ANTA 154 Ate Contact ROBERTO VEGA PAQUILLO</t>
   </si>
@@ -2130,51 +2127,51 @@
       <c r="AZ3" t="s">
         <v>102</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>98</v>
       </c>
       <c r="BC3" t="s">
         <v>77</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
         <v>77</v>
       </c>
       <c r="BH3">
-        <v>183</v>
+        <v>229</v>
       </c>
       <c r="BI3" t="s">
         <v>107</v>
       </c>
       <c r="BJ3" t="s">
         <v>108</v>
       </c>
       <c r="BK3" t="s">
         <v>109</v>
       </c>
       <c r="BL3" t="s">
         <v>110</v>
       </c>
       <c r="BM3" t="s">
         <v>111</v>
       </c>
       <c r="BN3" t="s">
         <v>112</v>
       </c>
       <c r="BO3">
         <v>5</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>113</v>
@@ -2532,51 +2529,51 @@
       <c r="AZ5" t="s">
         <v>102</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>136</v>
       </c>
       <c r="BC5" t="s">
         <v>140</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
         <v>77</v>
       </c>
       <c r="BH5">
-        <v>284</v>
+        <v>330</v>
       </c>
       <c r="BI5" t="s">
         <v>147</v>
       </c>
       <c r="BJ5" t="s">
         <v>108</v>
       </c>
       <c r="BK5" t="s">
         <v>92</v>
       </c>
       <c r="BL5" t="s">
         <v>148</v>
       </c>
       <c r="BM5" t="s">
         <v>149</v>
       </c>
       <c r="BN5" t="s">
         <v>150</v>
       </c>
       <c r="BO5">
         <v>7</v>
       </c>
       <c r="BP5" t="s">
         <v>91</v>
       </c>
@@ -2721,51 +2718,51 @@
       <c r="AZ6" t="s">
         <v>102</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>151</v>
       </c>
       <c r="BC6" t="s">
         <v>77</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
         <v>77</v>
       </c>
       <c r="BH6">
-        <v>292</v>
+        <v>338</v>
       </c>
       <c r="BI6" t="s">
         <v>107</v>
       </c>
       <c r="BJ6" t="s">
         <v>108</v>
       </c>
       <c r="BK6" t="s">
         <v>92</v>
       </c>
       <c r="BL6" t="s">
         <v>159</v>
       </c>
       <c r="BM6" t="s">
         <v>160</v>
       </c>
       <c r="BN6" t="s">
         <v>161</v>
       </c>
       <c r="BO6">
         <v>4</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>135</v>
@@ -2908,51 +2905,51 @@
       <c r="AZ7" t="s">
         <v>102</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
         <v>162</v>
       </c>
       <c r="BC7" t="s">
         <v>77</v>
       </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
         <v>77</v>
       </c>
       <c r="BH7">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="BI7" t="s">
         <v>107</v>
       </c>
       <c r="BJ7" t="s">
         <v>169</v>
       </c>
       <c r="BK7" t="s">
         <v>92</v>
       </c>
       <c r="BL7" t="s">
         <v>170</v>
       </c>
       <c r="BM7" t="s">
         <v>171</v>
       </c>
       <c r="BN7" t="s">
         <v>172</v>
       </c>
       <c r="BO7">
         <v>3</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>96</v>
@@ -3095,51 +3092,51 @@
       <c r="AZ8" t="s">
         <v>102</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
         <v>173</v>
       </c>
       <c r="BC8" t="s">
         <v>77</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
         <v>77</v>
       </c>
       <c r="BH8">
-        <v>514</v>
+        <v>560</v>
       </c>
       <c r="BI8" t="s">
         <v>107</v>
       </c>
       <c r="BJ8" t="s">
         <v>108</v>
       </c>
       <c r="BK8" t="s">
         <v>92</v>
       </c>
       <c r="BL8" t="s">
         <v>179</v>
       </c>
       <c r="BM8" t="s">
         <v>180</v>
       </c>
       <c r="BN8" t="s">
         <v>181</v>
       </c>
       <c r="BO8">
         <v>6</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>96</v>
@@ -3282,51 +3279,51 @@
       <c r="AZ9" t="s">
         <v>102</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
         <v>182</v>
       </c>
       <c r="BC9" t="s">
         <v>77</v>
       </c>
       <c r="BD9" t="s">
         <v>77</v>
       </c>
       <c r="BE9" t="s">
         <v>77</v>
       </c>
       <c r="BF9" t="s">
         <v>77</v>
       </c>
       <c r="BG9" t="s">
         <v>77</v>
       </c>
       <c r="BH9">
-        <v>520</v>
+        <v>566</v>
       </c>
       <c r="BI9" t="s">
         <v>107</v>
       </c>
       <c r="BJ9" t="s">
         <v>108</v>
       </c>
       <c r="BK9" t="s">
         <v>92</v>
       </c>
       <c r="BL9" t="s">
         <v>188</v>
       </c>
       <c r="BM9" t="s">
         <v>189</v>
       </c>
       <c r="BN9" t="s">
         <v>190</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9" t="s">
         <v>113</v>
@@ -3678,51 +3675,51 @@
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>102</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>212</v>
       </c>
       <c r="BC11" t="s">
         <v>216</v>
       </c>
       <c r="BD11" t="s">
         <v>77</v>
       </c>
       <c r="BE11" t="s">
         <v>77</v>
       </c>
       <c r="BF11" t="s">
         <v>77</v>
       </c>
       <c r="BG11" t="s">
         <v>77</v>
       </c>
       <c r="BH11">
-        <v>605</v>
+        <v>651</v>
       </c>
       <c r="BI11" t="s">
         <v>147</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11" t="s">
         <v>92</v>
       </c>
       <c r="BL11" t="s">
         <v>220</v>
       </c>
       <c r="BM11" t="s">
         <v>221</v>
       </c>
       <c r="BN11" t="s">
         <v>222</v>
       </c>
       <c r="BO11">
         <v>2</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11" t="s">
         <v>223</v>
       </c>
       <c r="BR11">
@@ -4086,2378 +4083,2378 @@
       <c r="AZ13" t="s">
         <v>102</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
         <v>245</v>
       </c>
       <c r="BC13" t="s">
         <v>249</v>
       </c>
       <c r="BD13" t="s">
         <v>255</v>
       </c>
       <c r="BE13" t="s">
         <v>77</v>
       </c>
       <c r="BF13" t="s">
         <v>77</v>
       </c>
       <c r="BG13" t="s">
         <v>77</v>
       </c>
       <c r="BH13">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="BI13" t="s">
         <v>90</v>
       </c>
       <c r="BJ13" t="s">
+        <v>169</v>
+      </c>
+      <c r="BK13" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="BL13" t="s">
         <v>241</v>
       </c>
       <c r="BM13" t="s">
+        <v>257</v>
+      </c>
+      <c r="BN13" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="BO13">
         <v>3</v>
       </c>
       <c r="BP13" t="s">
         <v>244</v>
       </c>
       <c r="BQ13" t="s">
         <v>96</v>
       </c>
       <c r="BR13">
         <v>189</v>
       </c>
       <c r="BS13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
+        <v>259</v>
+      </c>
+      <c r="C14" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="D14">
         <v>558543</v>
       </c>
       <c r="E14">
         <v>194.99</v>
       </c>
       <c r="F14" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>77</v>
       </c>
       <c r="K14" t="s">
         <v>141</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>102</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
         <v>20521339986</v>
       </c>
       <c r="Q14" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="R14" t="s">
         <v>77</v>
       </c>
       <c r="S14" t="s">
         <v>77</v>
       </c>
       <c r="T14" t="s">
         <v>78</v>
       </c>
       <c r="U14" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="V14">
         <v>558543</v>
       </c>
       <c r="W14" t="s">
         <v>77</v>
       </c>
       <c r="X14">
         <v>194.99</v>
       </c>
       <c r="Y14">
         <v>3.79</v>
       </c>
       <c r="Z14" t="s">
         <v>77</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>79</v>
       </c>
       <c r="AC14" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="AD14">
         <v>20521339986</v>
       </c>
       <c r="AE14">
         <v>51975527713</v>
       </c>
       <c r="AF14">
         <v>51975527713</v>
       </c>
       <c r="AG14" t="s">
+        <v>262</v>
+      </c>
+      <c r="AH14" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>127</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
         <v>77</v>
       </c>
       <c r="AM14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="AN14"/>
       <c r="AO14">
         <v>0</v>
       </c>
       <c r="AP14" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>77</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>102</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="BC14" t="s">
         <v>77</v>
       </c>
       <c r="BD14" t="s">
         <v>77</v>
       </c>
       <c r="BE14" t="s">
         <v>77</v>
       </c>
       <c r="BF14" t="s">
         <v>77</v>
       </c>
       <c r="BG14" t="s">
         <v>77</v>
       </c>
       <c r="BH14">
-        <v>777</v>
+        <v>823</v>
       </c>
       <c r="BI14" t="s">
         <v>107</v>
       </c>
       <c r="BJ14" t="s">
         <v>108</v>
       </c>
       <c r="BK14" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL14" t="s">
+        <v>266</v>
+      </c>
+      <c r="BM14" t="s">
         <v>267</v>
       </c>
-      <c r="BM14" t="s">
+      <c r="BN14" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="BO14">
         <v>11</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14" t="s">
         <v>223</v>
       </c>
       <c r="BR14">
         <v>739</v>
       </c>
       <c r="BS14" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
+        <v>269</v>
+      </c>
+      <c r="C15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D15">
         <v>557600</v>
       </c>
       <c r="E15">
         <v>146.4</v>
       </c>
       <c r="F15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="I15">
         <v>87.08</v>
       </c>
       <c r="J15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="K15" t="s">
         <v>154</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>102</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
         <v>72652901</v>
       </c>
       <c r="Q15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="R15" t="s">
         <v>77</v>
       </c>
       <c r="S15" t="s">
         <v>77</v>
       </c>
       <c r="T15" t="s">
         <v>78</v>
       </c>
       <c r="U15" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="V15">
         <v>557600</v>
       </c>
       <c r="W15" t="s">
         <v>77</v>
       </c>
       <c r="X15">
         <v>146.4</v>
       </c>
       <c r="Y15">
         <v>3.75</v>
       </c>
       <c r="Z15" t="s">
         <v>77</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>79</v>
       </c>
       <c r="AC15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AD15">
         <v>72652901</v>
       </c>
       <c r="AE15">
         <v>51981045892</v>
       </c>
       <c r="AF15">
         <v>51981045892</v>
       </c>
       <c r="AG15" t="s">
+        <v>274</v>
+      </c>
+      <c r="AH15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
         <v>127</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AM15" t="s">
         <v>83</v>
       </c>
       <c r="AN15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AO15">
         <v>87.08</v>
       </c>
       <c r="AP15" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>77</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>102</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="BC15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="BD15" t="s">
         <v>77</v>
       </c>
       <c r="BE15" t="s">
         <v>77</v>
       </c>
       <c r="BF15" t="s">
         <v>77</v>
       </c>
       <c r="BG15" t="s">
         <v>77</v>
       </c>
       <c r="BH15">
-        <v>795</v>
+        <v>841</v>
       </c>
       <c r="BI15" t="s">
         <v>90</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL15" t="s">
+        <v>277</v>
+      </c>
+      <c r="BM15" t="s">
         <v>278</v>
       </c>
-      <c r="BM15" t="s">
+      <c r="BN15" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="BO15">
         <v>1</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>96</v>
       </c>
       <c r="BR15">
         <v>549</v>
       </c>
       <c r="BS15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
+        <v>280</v>
+      </c>
+      <c r="C16" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D16">
         <v>557194</v>
       </c>
       <c r="E16">
         <v>39.73</v>
       </c>
       <c r="F16" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="I16">
         <v>13.68</v>
       </c>
       <c r="J16" t="s">
+        <v>284</v>
+      </c>
+      <c r="K16" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>102</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
         <v>40116524</v>
       </c>
       <c r="Q16" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="R16" t="s">
         <v>77</v>
       </c>
       <c r="S16" t="s">
         <v>77</v>
       </c>
       <c r="T16" t="s">
         <v>78</v>
       </c>
       <c r="U16" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="V16">
         <v>557194</v>
       </c>
       <c r="W16" t="s">
         <v>77</v>
       </c>
       <c r="X16">
         <v>39.73</v>
       </c>
       <c r="Y16">
         <v>3.75</v>
       </c>
       <c r="Z16" t="s">
         <v>77</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>79</v>
       </c>
       <c r="AC16" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="AD16">
         <v>40116524</v>
       </c>
       <c r="AE16">
         <v>51986725096</v>
       </c>
       <c r="AF16">
         <v>51986725096</v>
       </c>
       <c r="AG16" t="s">
+        <v>286</v>
+      </c>
+      <c r="AH16" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
         <v>127</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="AM16" t="s">
         <v>83</v>
       </c>
       <c r="AN16" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="AO16">
         <v>13.68</v>
       </c>
       <c r="AP16" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="AQ16" t="s">
         <v>91</v>
       </c>
       <c r="AR16" t="s">
         <v>253</v>
       </c>
       <c r="AS16" t="s">
+        <v>289</v>
+      </c>
+      <c r="AT16" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>102</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="BC16" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="BD16" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="BE16" t="s">
         <v>77</v>
       </c>
       <c r="BF16" t="s">
         <v>77</v>
       </c>
       <c r="BG16" t="s">
         <v>77</v>
       </c>
       <c r="BH16">
-        <v>803</v>
+        <v>849</v>
       </c>
       <c r="BI16" t="s">
         <v>90</v>
       </c>
       <c r="BJ16" t="s">
+        <v>169</v>
+      </c>
+      <c r="BK16" t="s">
         <v>256</v>
       </c>
-      <c r="BK16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL16" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="BM16" t="s">
+        <v>292</v>
+      </c>
+      <c r="BN16" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="BO16">
         <v>4</v>
       </c>
       <c r="BP16" t="s">
         <v>211</v>
       </c>
       <c r="BQ16" t="s">
         <v>96</v>
       </c>
       <c r="BR16">
         <v>149</v>
       </c>
       <c r="BS16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
+        <v>294</v>
+      </c>
+      <c r="C17" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D17">
         <v>554205</v>
       </c>
       <c r="E17">
         <v>53.07</v>
       </c>
       <c r="F17" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
         <v>77</v>
       </c>
       <c r="K17" t="s">
         <v>154</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>102</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
         <v>42284307</v>
       </c>
       <c r="Q17" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="R17" t="s">
         <v>77</v>
       </c>
       <c r="S17" t="s">
         <v>77</v>
       </c>
       <c r="T17" t="s">
         <v>78</v>
       </c>
       <c r="U17" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="V17">
         <v>554205</v>
       </c>
       <c r="W17" t="s">
         <v>77</v>
       </c>
       <c r="X17">
         <v>53.07</v>
       </c>
       <c r="Y17">
         <v>3.75</v>
       </c>
       <c r="Z17" t="s">
         <v>77</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>79</v>
       </c>
       <c r="AC17" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="AD17">
         <v>42284307</v>
       </c>
       <c r="AE17">
         <v>51997946393</v>
       </c>
       <c r="AF17">
         <v>51997946393</v>
       </c>
       <c r="AG17" t="s">
+        <v>297</v>
+      </c>
+      <c r="AH17" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
         <v>127</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
         <v>77</v>
       </c>
       <c r="AM17" t="s">
         <v>83</v>
       </c>
       <c r="AN17"/>
       <c r="AO17">
         <v>0</v>
       </c>
       <c r="AP17" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
         <v>77</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>102</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="BC17" t="s">
         <v>77</v>
       </c>
       <c r="BD17" t="s">
         <v>77</v>
       </c>
       <c r="BE17" t="s">
         <v>77</v>
       </c>
       <c r="BF17" t="s">
         <v>77</v>
       </c>
       <c r="BG17" t="s">
         <v>77</v>
       </c>
       <c r="BH17">
-        <v>862</v>
+        <v>908</v>
       </c>
       <c r="BI17" t="s">
         <v>107</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL17" t="s">
         <v>220</v>
       </c>
       <c r="BM17" t="s">
+        <v>300</v>
+      </c>
+      <c r="BN17" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="BO17">
         <v>4</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17" t="s">
         <v>135</v>
       </c>
       <c r="BR17">
         <v>199</v>
       </c>
       <c r="BS17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
+        <v>302</v>
+      </c>
+      <c r="C18" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D18">
         <v>554021</v>
       </c>
       <c r="E18">
         <v>186.4</v>
       </c>
       <c r="F18" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>77</v>
       </c>
       <c r="K18" t="s">
         <v>141</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>102</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
         <v>70083294</v>
       </c>
       <c r="Q18" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="R18" t="s">
         <v>77</v>
       </c>
       <c r="S18" t="s">
         <v>77</v>
       </c>
       <c r="T18" t="s">
         <v>78</v>
       </c>
       <c r="U18" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="V18">
         <v>554021</v>
       </c>
       <c r="W18" t="s">
         <v>77</v>
       </c>
       <c r="X18">
         <v>186.4</v>
       </c>
       <c r="Y18">
         <v>3.75</v>
       </c>
       <c r="Z18" t="s">
         <v>77</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>79</v>
       </c>
       <c r="AC18" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="AD18">
         <v>70083294</v>
       </c>
       <c r="AE18">
         <v>51978939577</v>
       </c>
       <c r="AF18">
         <v>51978939577</v>
       </c>
       <c r="AG18" t="s">
+        <v>305</v>
+      </c>
+      <c r="AH18" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
         <v>127</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
         <v>77</v>
       </c>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18">
         <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>77</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>102</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="BC18" t="s">
         <v>77</v>
       </c>
       <c r="BD18" t="s">
         <v>77</v>
       </c>
       <c r="BE18" t="s">
         <v>77</v>
       </c>
       <c r="BF18" t="s">
         <v>77</v>
       </c>
       <c r="BG18" t="s">
         <v>77</v>
       </c>
       <c r="BH18">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="BI18" t="s">
         <v>107</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL18" t="s">
         <v>220</v>
       </c>
       <c r="BM18" t="s">
+        <v>308</v>
+      </c>
+      <c r="BN18" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>113</v>
       </c>
       <c r="BR18">
         <v>699</v>
       </c>
       <c r="BS18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
+        <v>310</v>
+      </c>
+      <c r="C19" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D19">
         <v>553652</v>
       </c>
       <c r="E19">
         <v>334.75</v>
       </c>
       <c r="F19" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="I19">
         <v>205</v>
       </c>
       <c r="J19" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="K19" t="s">
         <v>141</v>
       </c>
       <c r="L19" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="M19" t="s">
         <v>122</v>
       </c>
       <c r="N19" t="s">
         <v>198</v>
       </c>
       <c r="O19">
         <v>523500015193</v>
       </c>
       <c r="P19">
         <v>15751228</v>
       </c>
       <c r="Q19" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="R19" t="s">
         <v>77</v>
       </c>
       <c r="S19" t="s">
         <v>77</v>
       </c>
       <c r="T19" t="s">
         <v>124</v>
       </c>
       <c r="U19" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="V19">
         <v>553652</v>
       </c>
       <c r="W19" t="s">
         <v>77</v>
       </c>
       <c r="X19">
         <v>334.75</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19" t="s">
         <v>77</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>79</v>
       </c>
       <c r="AC19" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AD19">
         <v>15751228</v>
       </c>
       <c r="AE19">
         <v>51944976718</v>
       </c>
       <c r="AF19">
         <v>51944976718</v>
       </c>
       <c r="AG19" t="s">
+        <v>316</v>
+      </c>
+      <c r="AH19" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
         <v>127</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AM19" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="AN19" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="AO19">
         <v>205</v>
       </c>
       <c r="AP19" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
         <v>77</v>
       </c>
       <c r="AU19">
         <v>523500015193</v>
       </c>
       <c r="AV19" t="s">
         <v>122</v>
       </c>
       <c r="AW19">
         <v>1010296</v>
       </c>
       <c r="AX19" t="s">
         <v>85</v>
       </c>
       <c r="AY19" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AZ19" t="s">
         <v>122</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="BC19" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="BD19" t="s">
+        <v>320</v>
+      </c>
+      <c r="BE19" t="s">
         <v>321</v>
       </c>
-      <c r="BE19" t="s">
+      <c r="BF19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG19" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="BH19">
         <v>143</v>
       </c>
       <c r="BI19" t="s">
         <v>90</v>
       </c>
       <c r="BJ19" t="s">
         <v>91</v>
       </c>
       <c r="BK19" t="s">
         <v>92</v>
       </c>
       <c r="BL19" t="s">
+        <v>323</v>
+      </c>
+      <c r="BM19" t="s">
         <v>324</v>
       </c>
-      <c r="BM19" t="s">
+      <c r="BN19" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="BO19">
         <v>198</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
         <v>223</v>
       </c>
       <c r="BR19">
         <v>1339</v>
       </c>
       <c r="BS19" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
+        <v>326</v>
+      </c>
+      <c r="C20" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="D20">
         <v>550280</v>
       </c>
       <c r="E20">
         <v>277.25</v>
       </c>
       <c r="F20" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20" t="s">
         <v>77</v>
       </c>
       <c r="K20" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>102</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
         <v>20533231111</v>
       </c>
       <c r="Q20" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="R20" t="s">
         <v>77</v>
       </c>
       <c r="S20" t="s">
         <v>77</v>
       </c>
       <c r="T20" t="s">
         <v>78</v>
       </c>
       <c r="U20" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="V20">
         <v>550280</v>
       </c>
       <c r="W20" t="s">
         <v>77</v>
       </c>
       <c r="X20">
         <v>277.25</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20" t="s">
         <v>77</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>79</v>
       </c>
       <c r="AC20" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="AD20">
         <v>20533231111</v>
       </c>
       <c r="AE20">
         <v>51959909189</v>
       </c>
       <c r="AF20">
         <v>51959909189</v>
       </c>
       <c r="AG20" t="s">
+        <v>330</v>
+      </c>
+      <c r="AH20" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
         <v>77</v>
       </c>
       <c r="AM20" t="s">
         <v>83</v>
       </c>
       <c r="AN20"/>
       <c r="AO20">
         <v>0</v>
       </c>
       <c r="AP20" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
         <v>77</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20" t="s">
         <v>102</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="BC20" t="s">
         <v>77</v>
       </c>
       <c r="BD20" t="s">
         <v>77</v>
       </c>
       <c r="BE20" t="s">
         <v>77</v>
       </c>
       <c r="BF20" t="s">
         <v>77</v>
       </c>
       <c r="BG20" t="s">
         <v>77</v>
       </c>
       <c r="BH20">
-        <v>935</v>
+        <v>981</v>
       </c>
       <c r="BI20" t="s">
         <v>107</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL20" t="s">
         <v>220</v>
       </c>
       <c r="BM20" t="s">
+        <v>334</v>
+      </c>
+      <c r="BN20" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="BO20">
         <v>1</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20" t="s">
         <v>135</v>
       </c>
       <c r="BR20">
         <v>1109</v>
       </c>
       <c r="BS20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
+        <v>336</v>
+      </c>
+      <c r="C21" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D21">
         <v>549408</v>
       </c>
       <c r="E21">
         <v>182.25</v>
       </c>
       <c r="F21" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="I21">
         <v>106.06</v>
       </c>
       <c r="J21" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K21" t="s">
         <v>141</v>
       </c>
       <c r="L21" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="M21" t="s">
         <v>122</v>
       </c>
       <c r="N21" t="s">
         <v>198</v>
       </c>
       <c r="O21">
         <v>523500014482</v>
       </c>
       <c r="P21">
         <v>10403021836</v>
       </c>
       <c r="Q21" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="R21" t="s">
         <v>77</v>
       </c>
       <c r="S21" t="s">
         <v>77</v>
       </c>
       <c r="T21" t="s">
         <v>78</v>
       </c>
       <c r="U21" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="V21">
         <v>549408</v>
       </c>
       <c r="W21" t="s">
         <v>77</v>
       </c>
       <c r="X21">
         <v>182.25</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21" t="s">
         <v>77</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>79</v>
       </c>
       <c r="AC21" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="AD21">
         <v>10403021836</v>
       </c>
       <c r="AE21">
         <v>51904844015</v>
       </c>
       <c r="AF21">
         <v>51904844015</v>
       </c>
       <c r="AG21" t="s">
+        <v>342</v>
+      </c>
+      <c r="AH21" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
         <v>127</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="AM21" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="AN21" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="AO21">
         <v>106.06</v>
       </c>
       <c r="AP21" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
         <v>77</v>
       </c>
       <c r="AU21">
         <v>523500014482</v>
       </c>
       <c r="AV21" t="s">
         <v>122</v>
       </c>
       <c r="AW21">
         <v>1010138</v>
       </c>
       <c r="AX21" t="s">
         <v>85</v>
       </c>
       <c r="AY21" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="AZ21" t="s">
         <v>122</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="BC21" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="BD21" t="s">
+        <v>345</v>
+      </c>
+      <c r="BE21" t="s">
         <v>346</v>
       </c>
-      <c r="BE21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BF21" t="s">
         <v>77</v>
       </c>
       <c r="BG21" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="BH21">
         <v>223</v>
       </c>
       <c r="BI21" t="s">
         <v>90</v>
       </c>
       <c r="BJ21" t="s">
         <v>91</v>
       </c>
       <c r="BK21" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL21" t="s">
         <v>220</v>
       </c>
       <c r="BM21" t="s">
+        <v>347</v>
+      </c>
+      <c r="BN21" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21" t="s">
         <v>135</v>
       </c>
       <c r="BR21">
         <v>729</v>
       </c>
       <c r="BS21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
+        <v>349</v>
+      </c>
+      <c r="C22" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="D22">
         <v>546253</v>
       </c>
       <c r="E22">
         <v>114.75</v>
       </c>
       <c r="F22" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22" t="s">
         <v>77</v>
       </c>
       <c r="K22" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>102</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
         <v>72508323</v>
       </c>
       <c r="Q22" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="R22" t="s">
         <v>77</v>
       </c>
       <c r="S22" t="s">
         <v>77</v>
       </c>
       <c r="T22" t="s">
         <v>78</v>
       </c>
       <c r="U22" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="V22">
         <v>546253</v>
       </c>
       <c r="W22" t="s">
         <v>77</v>
       </c>
       <c r="X22">
         <v>114.75</v>
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22" t="s">
         <v>77</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>79</v>
       </c>
       <c r="AC22" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="AD22">
         <v>72508323</v>
       </c>
       <c r="AE22">
         <v>51964035813</v>
       </c>
       <c r="AF22">
         <v>51964035813</v>
       </c>
       <c r="AG22" t="s">
+        <v>353</v>
+      </c>
+      <c r="AH22" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
         <v>77</v>
       </c>
       <c r="AM22" t="s">
         <v>144</v>
       </c>
       <c r="AN22"/>
       <c r="AO22">
         <v>0</v>
       </c>
       <c r="AP22" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
         <v>77</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>102</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="BC22" t="s">
         <v>77</v>
       </c>
       <c r="BD22" t="s">
         <v>77</v>
       </c>
       <c r="BE22" t="s">
         <v>77</v>
       </c>
       <c r="BF22" t="s">
         <v>77</v>
       </c>
       <c r="BG22" t="s">
         <v>77</v>
       </c>
       <c r="BH22">
-        <v>1047</v>
+        <v>1093</v>
       </c>
       <c r="BI22" t="s">
         <v>107</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL22" t="s">
         <v>220</v>
       </c>
       <c r="BM22" t="s">
+        <v>357</v>
+      </c>
+      <c r="BN22" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="BO22">
         <v>73</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22" t="s">
         <v>96</v>
       </c>
       <c r="BR22">
         <v>459</v>
       </c>
       <c r="BS22" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
+        <v>359</v>
+      </c>
+      <c r="C23" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="D23">
         <v>542190</v>
       </c>
       <c r="E23">
         <v>72.25</v>
       </c>
       <c r="F23" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="I23">
         <v>35.43</v>
       </c>
       <c r="J23" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="K23" t="s">
         <v>101</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>102</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
         <v>33963035</v>
       </c>
       <c r="Q23" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="R23" t="s">
         <v>77</v>
       </c>
       <c r="S23" t="s">
         <v>77</v>
       </c>
       <c r="T23" t="s">
         <v>78</v>
       </c>
       <c r="U23" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="V23">
         <v>542190</v>
       </c>
       <c r="W23" t="s">
         <v>77</v>
       </c>
       <c r="X23">
         <v>72.25</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23" t="s">
         <v>77</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>79</v>
       </c>
       <c r="AC23" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="AD23">
         <v>33963035</v>
       </c>
       <c r="AE23">
         <v>51979901515</v>
       </c>
       <c r="AF23">
         <v>51979901515</v>
       </c>
       <c r="AG23" t="s">
+        <v>364</v>
+      </c>
+      <c r="AH23" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="AM23" t="s">
         <v>83</v>
       </c>
       <c r="AN23" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="AO23">
         <v>35.43</v>
       </c>
       <c r="AP23" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23" t="s">
         <v>77</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23" t="s">
         <v>102</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="BC23" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="BD23" t="s">
         <v>77</v>
       </c>
       <c r="BE23" t="s">
         <v>77</v>
       </c>
       <c r="BF23" t="s">
         <v>77</v>
       </c>
       <c r="BG23" t="s">
         <v>77</v>
       </c>
       <c r="BH23">
-        <v>1055</v>
+        <v>1101</v>
       </c>
       <c r="BI23" t="s">
         <v>90</v>
       </c>
       <c r="BJ23" t="s">
+        <v>169</v>
+      </c>
+      <c r="BK23" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="BL23" t="s">
         <v>220</v>
       </c>
       <c r="BM23" t="s">
+        <v>368</v>
+      </c>
+      <c r="BN23" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="BO23">
         <v>17</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23" t="s">
         <v>223</v>
       </c>
       <c r="BR23">
         <v>289</v>
       </c>
       <c r="BS23" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
+        <v>371</v>
+      </c>
+      <c r="C24" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="D24">
         <v>535721</v>
       </c>
       <c r="E24">
         <v>139.75</v>
       </c>
       <c r="F24" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>77</v>
       </c>
       <c r="K24" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>102</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
         <v>72908802</v>
       </c>
       <c r="Q24" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="R24" t="s">
         <v>77</v>
       </c>
       <c r="S24" t="s">
         <v>77</v>
       </c>
       <c r="T24" t="s">
         <v>78</v>
       </c>
       <c r="U24" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="V24">
         <v>535721</v>
       </c>
       <c r="W24" t="s">
         <v>77</v>
       </c>
       <c r="X24">
         <v>139.75</v>
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24" t="s">
         <v>77</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>79</v>
       </c>
       <c r="AC24" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="AD24">
         <v>72908802</v>
       </c>
       <c r="AE24">
         <v>51991610534</v>
       </c>
       <c r="AF24">
         <v>51991610534</v>
       </c>
       <c r="AG24" t="s">
+        <v>375</v>
+      </c>
+      <c r="AH24" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
         <v>127</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
         <v>77</v>
       </c>
       <c r="AM24" t="s">
         <v>144</v>
       </c>
       <c r="AN24"/>
       <c r="AO24">
         <v>0</v>
       </c>
       <c r="AP24" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
         <v>77</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24" t="s">
         <v>102</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="BC24" t="s">
         <v>77</v>
       </c>
       <c r="BD24" t="s">
         <v>77</v>
       </c>
       <c r="BE24" t="s">
         <v>77</v>
       </c>
       <c r="BF24" t="s">
         <v>77</v>
       </c>
       <c r="BG24" t="s">
         <v>77</v>
       </c>
       <c r="BH24">
-        <v>1179</v>
+        <v>1225</v>
       </c>
       <c r="BI24" t="s">
         <v>107</v>
       </c>
       <c r="BJ24" t="s">
+        <v>169</v>
+      </c>
+      <c r="BK24" t="s">
         <v>256</v>
       </c>
-      <c r="BK24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BL24" t="s">
+        <v>378</v>
+      </c>
+      <c r="BM24" t="s">
         <v>379</v>
       </c>
-      <c r="BM24" t="s">
+      <c r="BN24" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="BO24">
         <v>2</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24" t="s">
         <v>135</v>
       </c>
       <c r="BR24">
         <v>559</v>
       </c>
       <c r="BS24" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
+        <v>381</v>
+      </c>
+      <c r="C25" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="D25">
         <v>535456</v>
       </c>
       <c r="E25">
         <v>154.75</v>
       </c>
       <c r="F25" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="I25">
         <v>99</v>
       </c>
       <c r="J25" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="K25" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="L25">
         <v>523500012209</v>
       </c>
       <c r="M25" t="s">
         <v>75</v>
       </c>
       <c r="N25" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="O25">
         <v>523500012209</v>
       </c>
       <c r="P25">
         <v>44344553</v>
       </c>
       <c r="Q25" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="R25" t="s">
         <v>77</v>
       </c>
       <c r="S25" t="s">
         <v>77</v>
       </c>
       <c r="T25" t="s">
         <v>78</v>
       </c>
       <c r="U25" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="V25">
         <v>535456</v>
       </c>
       <c r="W25" t="s">
         <v>77</v>
       </c>
       <c r="X25">
         <v>154.75</v>
       </c>
       <c r="Y25">
         <v>4</v>
       </c>
       <c r="Z25" t="s">
         <v>77</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>79</v>
       </c>
       <c r="AC25" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="AD25">
         <v>44344553</v>
       </c>
       <c r="AE25">
         <v>51953453907</v>
       </c>
       <c r="AF25">
         <v>51953453907</v>
       </c>
       <c r="AG25" t="s">
+        <v>387</v>
+      </c>
+      <c r="AH25" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="AM25" t="s">
         <v>144</v>
       </c>
       <c r="AN25" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="AO25">
         <v>99</v>
       </c>
       <c r="AP25" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="AQ25" t="s">
         <v>91</v>
       </c>
       <c r="AR25" t="s">
         <v>146</v>
       </c>
       <c r="AS25">
         <v>275668442872</v>
       </c>
       <c r="AT25" t="s">
         <v>77</v>
       </c>
       <c r="AU25">
         <v>523500012209</v>
       </c>
       <c r="AV25" t="s">
         <v>75</v>
       </c>
       <c r="AW25">
         <v>1009785</v>
       </c>
       <c r="AX25" t="s">
         <v>237</v>
       </c>
       <c r="AY25">
         <v>523500012209</v>
       </c>
       <c r="AZ25" t="s">
         <v>75</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="BC25" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="BD25" t="s">
+        <v>391</v>
+      </c>
+      <c r="BE25" t="s">
         <v>392</v>
       </c>
-      <c r="BE25" t="s">
+      <c r="BF25" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG25" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="BH25">
         <v>60</v>
       </c>
       <c r="BI25" t="s">
         <v>147</v>
       </c>
       <c r="BJ25" t="s">
         <v>91</v>
       </c>
       <c r="BK25" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="BL25" t="s">
         <v>220</v>
       </c>
       <c r="BM25" t="s">
+        <v>394</v>
+      </c>
+      <c r="BN25" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="BO25">
         <v>61</v>
       </c>
       <c r="BP25" t="s">
         <v>91</v>
       </c>
       <c r="BQ25" t="s">
         <v>96</v>
       </c>
       <c r="BR25">
         <v>619</v>
       </c>
       <c r="BS25" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">