--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>SITE ID</t>
   </si>
   <si>
     <t>Date CBT</t>
   </si>
   <si>
     <t>CBT</t>
   </si>
   <si>
     <t>GSX</t>
   </si>
   <si>
     <t>Invoice Amount</t>
   </si>
   <si>
     <t>Customer</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Amazon Order</t>
   </si>
   <si>
@@ -431,813 +431,768 @@
   <si>
     <t>2025-04-19 12:08:00</t>
   </si>
   <si>
     <t xml:space="preserve">	COMENTARIO: "ORDEN SE ENVIARÁ A OFICINA"						</t>
   </si>
   <si>
     <t>2025-05-26 14:58:35</t>
   </si>
   <si>
     <t>2025-04-05 12:44:12</t>
   </si>
   <si>
     <t>plazavea</t>
   </si>
   <si>
     <t>2024-12-30 08:46:52</t>
   </si>
   <si>
     <t>1487621037855-01</t>
   </si>
   <si>
     <t>Patrik Enrique  Jamanca Rojas .</t>
   </si>
   <si>
-    <t>/11245176</t>
-[...4 lines deleted...]
-  <si>
     <t>Cancelled (has no amazon products, )</t>
   </si>
   <si>
     <t>enrike_vil@hotmail.com</t>
   </si>
   <si>
     <t>Calle Manuel Pérez de Tudela 278, San Isidro, Perú 278 San Isidro Contact Patrik Enrique  Jamanca Rojas</t>
   </si>
   <si>
     <t xml:space="preserve">MADALUXE, </t>
   </si>
   <si>
     <t>/VSPBH9021</t>
   </si>
   <si>
     <t>Fedex</t>
   </si>
   <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden en Miami para devolución a Merchant"			</t>
+  </si>
+  <si>
+    <t>2025-01-06 17:24:20</t>
+  </si>
+  <si>
+    <t>2024-12-31 03:03:33</t>
+  </si>
+  <si>
+    <t>2024-12-22 09:20:30</t>
+  </si>
+  <si>
+    <t>v14096074plzv-01</t>
+  </si>
+  <si>
+    <t>Rosa Aquino Velazco .</t>
+  </si>
+  <si>
+    <t>Cancelled (Products qty on page is not equal with the --&amp;gt; Qty on order 1 --&amp;gt;Qty on page = 0)</t>
+  </si>
+  <si>
+    <t>09801817</t>
+  </si>
+  <si>
+    <t>rosiaquino2011@hotmail.com</t>
+  </si>
+  <si>
+    <t>Calle Los Negocios 280 Surquillo Contact Rosa Aquino Velazco</t>
+  </si>
+  <si>
+    <t>/B07MZGN612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				COMENTARIO: "Orden no comprada"			</t>
+  </si>
+  <si>
+    <t>2024-12-26 16:45:49</t>
+  </si>
+  <si>
+    <t>2024-12-23 14:18:41</t>
+  </si>
+  <si>
+    <t>2024-06-14 10:52:48</t>
+  </si>
+  <si>
+    <t>1439889964777-01</t>
+  </si>
+  <si>
+    <t>Clayri Vela .</t>
+  </si>
+  <si>
+    <t>clayrvela@gmail.com</t>
+  </si>
+  <si>
+    <t>Av. Cajamarca Sur 480, Nueva Cajamarca, Perú 480 Nueva Cajamarca Contact Clayri Vela</t>
+  </si>
+  <si>
+    <t>Rioja</t>
+  </si>
+  <si>
+    <t>/B003DZ7VVK</t>
+  </si>
+  <si>
+    <t>Cancelled</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							COMENTARIO: "Orden no comprada"</t>
+  </si>
+  <si>
+    <t>2024-06-17 21:33:42</t>
+  </si>
+  <si>
+    <t>2024-06-15 04:05:32</t>
+  </si>
+  <si>
+    <t>2024-05-14 09:27:49</t>
+  </si>
+  <si>
+    <t>1432309859164-01</t>
+  </si>
+  <si>
+    <t>MIG EIRL .</t>
+  </si>
+  <si>
+    <t>gelr@hotmail.com</t>
+  </si>
+  <si>
+    <t>Jirón Pietro Marchand 627 San Borja, Perú 627 Lima Contact Gaudi Ela Lozano Rojas</t>
+  </si>
+  <si>
+    <t>/B0C1RFD8LX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							DESISTIMIENTO DE COMPRA</t>
+  </si>
+  <si>
+    <t>2024-05-20 19:39:18</t>
+  </si>
+  <si>
+    <t>2024-05-15 10:56:53</t>
+  </si>
+  <si>
+    <t>2024-05-08 01:11:12</t>
+  </si>
+  <si>
+    <t>1430901413941-01</t>
+  </si>
+  <si>
+    <t>Angie Ninaquispe  .</t>
+  </si>
+  <si>
+    <t>angiedanielita93@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mz D1 Lt6 DAC Sector A pasaje 28 San Martin De Porres Contact Angie Ninaquispe </t>
+  </si>
+  <si>
+    <t>/B07W4MN985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OUT OF STOCK				</t>
+  </si>
+  <si>
+    <t>2024-05-08 22:04:55</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:56:46</t>
+  </si>
+  <si>
+    <t>2024-04-23 08:04:28</t>
+  </si>
+  <si>
+    <t>v12534983plzv-01</t>
+  </si>
+  <si>
+    <t>Kae Navarro .</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cancelled </t>
+  </si>
+  <si>
+    <t>WYB248516070</t>
+  </si>
+  <si>
+    <t>eshopex - ENTREGADO - ENTREGADO</t>
+  </si>
+  <si>
+    <t>kae.naval@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida Paso de los Andes 685 Pueblo Libre Contact Kae Navarro</t>
+  </si>
+  <si>
+    <t>/B0BVWNK619</t>
+  </si>
+  <si>
+    <t>UPS</t>
+  </si>
+  <si>
+    <t>1ZX341F40317320948</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>2024-04-25 13:44:46</t>
+  </si>
+  <si>
+    <t>2024-04-27 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-09-16 10:08:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							CONTROVERSIA DESISTIMIENTO DE COMPRA</t>
+  </si>
+  <si>
+    <t>2024-04-24 15:49:24</t>
+  </si>
+  <si>
+    <t>2024-04-24 01:56:27</t>
+  </si>
+  <si>
+    <t>Closed</t>
+  </si>
+  <si>
+    <t>2024-02-13 01:09:02</t>
+  </si>
+  <si>
+    <t>1410507018829-01</t>
+  </si>
+  <si>
+    <t>Alonso Manrique .</t>
+  </si>
+  <si>
+    <t>amanripal@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Los agricolas 131 La Molina Contact Alonso Manrique</t>
+  </si>
+  <si>
+    <t>/B09TYQFXLF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							</t>
+  </si>
+  <si>
+    <t>2024-02-15 15:11:15</t>
+  </si>
+  <si>
+    <t>2024-02-13 19:10:00</t>
+  </si>
+  <si>
+    <t>promart</t>
+  </si>
+  <si>
+    <t>2023-12-05 09:18:20</t>
+  </si>
+  <si>
+    <t>1381269023136-01</t>
+  </si>
+  <si>
+    <t>Wendy Hernandez .</t>
+  </si>
+  <si>
+    <t>/114-7812788-1280210</t>
+  </si>
+  <si>
+    <t>2023-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - CUSTOMS - CUSTOMS</t>
+  </si>
+  <si>
+    <t>wendyhf3@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida javier prado 1266 1266 San Isidro Contact Wendy Hernandez fernandez</t>
+  </si>
+  <si>
+    <t>/B0B39QZWV5</t>
+  </si>
+  <si>
+    <t>Enviado</t>
+  </si>
+  <si>
+    <t>Direct Delivery</t>
+  </si>
+  <si>
+    <t>TBADD0001664865</t>
+  </si>
+  <si>
+    <t>2023-06-12</t>
+  </si>
+  <si>
+    <t>eshopex</t>
+  </si>
+  <si>
+    <t>2023-12-18 11:15:00</t>
+  </si>
+  <si>
+    <t>2023-12-19 17:00:00</t>
+  </si>
+  <si>
+    <t>2024-01-21 11:27:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA </t>
+  </si>
+  <si>
+    <t>2023-12-15 18:01:37</t>
+  </si>
+  <si>
+    <t>2023-12-05 15:26:24</t>
+  </si>
+  <si>
+    <t>Cerrado</t>
+  </si>
+  <si>
+    <t>2023-10-27 03:41:47</t>
+  </si>
+  <si>
+    <t>1371978761879-01</t>
+  </si>
+  <si>
+    <t>Felix MOTTA .</t>
+  </si>
+  <si>
+    <t>/114-9600456-7899445</t>
+  </si>
+  <si>
+    <t>2023-10-27 00:00:00</t>
+  </si>
+  <si>
+    <t>supfelixmotta21@hotmail.com</t>
+  </si>
+  <si>
+    <t>calle cruz del sur 286 Ate Contact Felix MOTTA</t>
+  </si>
+  <si>
+    <t>/B01EF5DBZ6</t>
+  </si>
+  <si>
+    <t>Amazon Logistics</t>
+  </si>
+  <si>
+    <t>TBAMIA526522623</t>
+  </si>
+  <si>
+    <t>2023-10-30 13:56:25</t>
+  </si>
+  <si>
+    <t>out_of_stock</t>
+  </si>
+  <si>
+    <t>2023-10-30 15:49:30</t>
+  </si>
+  <si>
+    <t>2023-10-27 21:18:02</t>
+  </si>
+  <si>
+    <t>2023-08-25 04:33:56</t>
+  </si>
+  <si>
+    <t>1356866254198-01</t>
+  </si>
+  <si>
+    <t>SIMA GLASS E.I.R.L. .</t>
+  </si>
+  <si>
+    <t>robertovegapaquillo@gmail.com</t>
+  </si>
+  <si>
+    <t>CALLE ANTA 154 Ate Contact ROBERTO VEGA PAQUILLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAINGER, </t>
+  </si>
+  <si>
+    <t>/34E359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							OUT OF STOCK</t>
+  </si>
+  <si>
+    <t>2023-09-05 17:20:24</t>
+  </si>
+  <si>
+    <t>2023-08-25 22:49:13</t>
+  </si>
+  <si>
+    <t>2023-08-07 03:17:42</t>
+  </si>
+  <si>
+    <t>1352528314487-01</t>
+  </si>
+  <si>
+    <t>Belen Coraima Ricra Pablo .</t>
+  </si>
+  <si>
+    <t>belenricrapablo@gmail.com</t>
+  </si>
+  <si>
+    <t>Jr. Combate de Iquique 841, Surco. 841 Santiago De Surco Contact Belen Coraima Ricra Pablo</t>
+  </si>
+  <si>
+    <t>/B09H76PVFK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">							ARREPENTIMIENTO DE COMPRA DEL CLIENTE </t>
+  </si>
+  <si>
+    <t>2023-08-08 14:17:26</t>
+  </si>
+  <si>
+    <t>2023-08-07 21:35:20</t>
+  </si>
+  <si>
+    <t>2023-07-30 12:42:07</t>
+  </si>
+  <si>
+    <t>1350588281281-01</t>
+  </si>
+  <si>
+    <t>Danny Guadalupe .</t>
+  </si>
+  <si>
+    <t>Cancelled (Has finish the proccess, but the order has no get)</t>
+  </si>
+  <si>
+    <t>dmguadalupei@gmail.com</t>
+  </si>
+  <si>
+    <t>José Piazzi 3148 San Martin De Porres Contact Danny Guadalupe</t>
+  </si>
+  <si>
+    <t>/B002GAXWF2</t>
+  </si>
+  <si>
+    <t>TBAMIA525064398</t>
+  </si>
+  <si>
+    <t>2023-07-30</t>
+  </si>
+  <si>
+    <t>2023-07-31 12:26:53</t>
+  </si>
+  <si>
+    <t>2023-08-03 15:27:59</t>
+  </si>
+  <si>
+    <t>2023-07-30 18:59:55</t>
+  </si>
+  <si>
+    <t>2023-06-01 01:31:51</t>
+  </si>
+  <si>
+    <t>v10126145plzv-01</t>
+  </si>
+  <si>
+    <t>Rita Escalante Moran  .</t>
+  </si>
+  <si>
+    <t>ritaem2082713@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prolongación Los Angeles 260 Comas Contact Rita Escalante Moran </t>
+  </si>
+  <si>
+    <t>/B01BDK1O64</t>
+  </si>
+  <si>
+    <t>2023-06-05 16:15:14</t>
+  </si>
+  <si>
+    <t>2023-06-01 18:54:38</t>
+  </si>
+  <si>
+    <t>2023-05-29 05:23:21</t>
+  </si>
+  <si>
+    <t>1335741139069-01</t>
+  </si>
+  <si>
+    <t>Vavefi Jackeline  Abad ÑAHUINCCOPA  .</t>
+  </si>
+  <si>
+    <t>vavefi@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Av del rio 103 Pueblo Libre Contact Vavefi Jackeline  Abad ÑAHUINCCOPA </t>
+  </si>
+  <si>
+    <t>/VSPOS6621</t>
+  </si>
+  <si>
+    <t>2023-05-29 22:50:59</t>
+  </si>
+  <si>
+    <t>2023-05-29 22:44:35</t>
+  </si>
+  <si>
+    <t>2023-05-21 02:38:45</t>
+  </si>
+  <si>
+    <t>1333805897868-01</t>
+  </si>
+  <si>
+    <t>Rufino Rondón  fabian .</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/WEB2432624970 </t>
+  </si>
+  <si>
+    <t>2023-05-21 00:00:00</t>
+  </si>
+  <si>
+    <t>WYB182857671</t>
+  </si>
+  <si>
+    <t>rondon661107@gmail.com</t>
+  </si>
+  <si>
+    <t>MZ A LT 17 Asoc . Miraflores  1 ETAP Copacabana  1 Puente Piedra Contact Rufino Rondón  fabian</t>
+  </si>
+  <si>
+    <t>/48Z886</t>
+  </si>
+  <si>
+    <t>2023-05-25 11:10:47</t>
+  </si>
+  <si>
+    <t>2023-05-31 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-10-11 13:36:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">						FALLA DEL PRODUCTO 	</t>
+  </si>
+  <si>
+    <t>2023-12-05 20:10:57</t>
+  </si>
+  <si>
+    <t>2023-05-21 20:44:23</t>
+  </si>
+  <si>
+    <t>2023-03-20 09:25:29</t>
+  </si>
+  <si>
+    <t>v9663446plzv-01</t>
+  </si>
+  <si>
+    <t>Inversiones jjccori EIRL  .</t>
+  </si>
+  <si>
+    <t>Cancelled (Products qty on page is not equal with the --&amp;gt; Qty on order 1 --&amp;gt;Qty on page = 2)</t>
+  </si>
+  <si>
+    <t>jhulios1988@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Calamazo 331 Moquegua</t>
+  </si>
+  <si>
+    <t>Moquegua</t>
+  </si>
+  <si>
+    <t>/B0822WDQJV</t>
+  </si>
+  <si>
+    <t>2023-03-21 18:09:12</t>
+  </si>
+  <si>
+    <t>2023-03-20 15:28:41</t>
+  </si>
+  <si>
+    <t>2023-03-02 09:17:55</t>
+  </si>
+  <si>
+    <t>v9556845plzv-01</t>
+  </si>
+  <si>
+    <t>Fernando Raúl Wiesse Milla .</t>
+  </si>
+  <si>
+    <t>WYB170588789</t>
+  </si>
+  <si>
+    <t>parrilla.entu.evento@gmail.com</t>
+  </si>
+  <si>
+    <t>Jose Santos Chocano 381 Ate</t>
+  </si>
+  <si>
+    <t>/38ZD51</t>
+  </si>
+  <si>
+    <t>2023-03-03 12:23:54</t>
+  </si>
+  <si>
+    <t>2023-03-05 17:00:00</t>
+  </si>
+  <si>
+    <t>2023-03-02 17:22:36</t>
+  </si>
+  <si>
+    <t>2023-03-02 15:11:30</t>
+  </si>
+  <si>
+    <t>2022-11-28 08:21:39</t>
+  </si>
+  <si>
+    <t>1279576855808-02</t>
+  </si>
+  <si>
+    <t>Christian Hugo David Quispe Huamán--Cel--91235989 .</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, total different, )</t>
+  </si>
+  <si>
+    <t>neilpazc@gmail.com</t>
+  </si>
+  <si>
+    <t>Jr. La Libertad #1545 El Tambo</t>
+  </si>
+  <si>
+    <t>Huancayo</t>
+  </si>
+  <si>
+    <t>/VSPOS4521</t>
+  </si>
+  <si>
+    <t>2023-02-09 20:32:52</t>
+  </si>
+  <si>
+    <t>2023-01-03 15:35:45</t>
+  </si>
+  <si>
+    <t>2022-11-20 08:11:17</t>
+  </si>
+  <si>
+    <t>1277655189964-01</t>
+  </si>
+  <si>
+    <t>Luis Antonio Jiménez Mera  .</t>
+  </si>
+  <si>
+    <t>luisantoniojimenezmera@hotmail.com</t>
+  </si>
+  <si>
+    <t>Condominio jockey club MZ I lote 11 11 Chiclayo</t>
+  </si>
+  <si>
+    <t>Chiclayo</t>
+  </si>
+  <si>
+    <t>/B08DL9513J</t>
+  </si>
+  <si>
+    <t>2022-12-07 17:27:36</t>
+  </si>
+  <si>
+    <t>2022-11-21 12:55:57</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>2022-07-19 11:10:49</t>
+  </si>
+  <si>
+    <t>v8020371plzv-01</t>
+  </si>
+  <si>
+    <t>Willy Valverde .</t>
+  </si>
+  <si>
+    <t>Cancelled (has no amazon products, has status disabled to buy, )</t>
+  </si>
+  <si>
+    <t>willy.v.g2109@gmail.com</t>
+  </si>
+  <si>
+    <t>Cactus 125 Santa Anita</t>
+  </si>
+  <si>
+    <t>/BB0015S-30006588-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">				Out of stock			</t>
+  </si>
+  <si>
+    <t>2022-07-21 16:13:34</t>
+  </si>
+  <si>
+    <t>2022-07-20 04:41:52</t>
+  </si>
+  <si>
+    <t>2022-07-14 07:19:10</t>
+  </si>
+  <si>
+    <t>1246801152377-01</t>
+  </si>
+  <si>
+    <t>Brenda  Mallqui Toledo  .</t>
+  </si>
+  <si>
+    <t>/10843452</t>
+  </si>
+  <si>
+    <t>2022-07-16 00:00:00</t>
+  </si>
+  <si>
+    <t>eshopex - shipped - shipped</t>
+  </si>
+  <si>
+    <t>brendita.liset29@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Garcilaso 483 Huarmey</t>
+  </si>
+  <si>
+    <t>Huarmey</t>
+  </si>
+  <si>
+    <t>/VSPBH1C21</t>
+  </si>
+  <si>
+    <t>2022-07-21 10:23:31</t>
+  </si>
+  <si>
+    <t>2022-09-12 17:00:00</t>
+  </si>
+  <si>
+    <t>2022-09-12 08:00:00</t>
+  </si>
+  <si>
     <t>automatic</t>
-  </si>
-[...736 lines deleted...]
-    <t>2022-09-12 08:00:00</t>
   </si>
   <si>
     <t>2022-09-13 23:04:43</t>
   </si>
   <si>
     <t>2022-07-15 00:43:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -2127,51 +2082,51 @@
       <c r="AZ3" t="s">
         <v>102</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>98</v>
       </c>
       <c r="BC3" t="s">
         <v>77</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
         <v>77</v>
       </c>
       <c r="BH3">
-        <v>229</v>
+        <v>275</v>
       </c>
       <c r="BI3" t="s">
         <v>107</v>
       </c>
       <c r="BJ3" t="s">
         <v>108</v>
       </c>
       <c r="BK3" t="s">
         <v>109</v>
       </c>
       <c r="BL3" t="s">
         <v>110</v>
       </c>
       <c r="BM3" t="s">
         <v>111</v>
       </c>
       <c r="BN3" t="s">
         <v>112</v>
       </c>
       <c r="BO3">
         <v>5</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>113</v>
@@ -2388,61 +2343,59 @@
         <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:71">
       <c r="A5" t="s">
         <v>66</v>
       </c>
       <c r="B5" t="s">
         <v>136</v>
       </c>
       <c r="C5" t="s">
         <v>137</v>
       </c>
       <c r="D5">
         <v>584737</v>
       </c>
       <c r="E5">
         <v>170.79</v>
       </c>
       <c r="F5" t="s">
         <v>138</v>
       </c>
       <c r="G5" t="s">
         <v>70</v>
       </c>
-      <c r="H5" t="s">
+      <c r="H5"/>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5" t="s">
+        <v>77</v>
+      </c>
+      <c r="K5" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>102</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5">
         <v>75749749</v>
       </c>
       <c r="Q5" t="s">
         <v>136</v>
       </c>
       <c r="R5" t="s">
         <v>77</v>
       </c>
       <c r="S5" t="s">
         <v>77</v>
       </c>
       <c r="T5" t="s">
         <v>78</v>
       </c>
       <c r="U5" t="s">
         <v>137</v>
       </c>
@@ -2458,4003 +2411,3983 @@
       <c r="Y5">
         <v>3.8</v>
       </c>
       <c r="Z5" t="s">
         <v>77</v>
       </c>
       <c r="AA5" t="s">
         <v>66</v>
       </c>
       <c r="AB5" t="s">
         <v>79</v>
       </c>
       <c r="AC5" t="s">
         <v>138</v>
       </c>
       <c r="AD5">
         <v>75749749</v>
       </c>
       <c r="AE5">
         <v>51933612628</v>
       </c>
       <c r="AF5">
         <v>51933612628</v>
       </c>
       <c r="AG5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="AH5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="AI5"/>
       <c r="AJ5" t="s">
         <v>127</v>
       </c>
       <c r="AK5" t="s">
         <v>70</v>
       </c>
       <c r="AL5" t="s">
-        <v>140</v>
+        <v>77</v>
       </c>
       <c r="AM5" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="AN5"/>
       <c r="AO5">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="AP5" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="AQ5" t="s">
         <v>91</v>
       </c>
       <c r="AR5" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="AS5">
         <v>283925482148</v>
       </c>
       <c r="AT5" t="s">
         <v>77</v>
       </c>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5">
         <v>0</v>
       </c>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5" t="s">
         <v>102</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>136</v>
       </c>
       <c r="BC5" t="s">
-        <v>140</v>
+        <v>77</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
         <v>77</v>
       </c>
       <c r="BH5">
-        <v>330</v>
+        <v>376</v>
       </c>
       <c r="BI5" t="s">
-        <v>147</v>
+        <v>107</v>
       </c>
       <c r="BJ5" t="s">
         <v>108</v>
       </c>
       <c r="BK5" t="s">
         <v>92</v>
       </c>
       <c r="BL5" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="BM5" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="BN5" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="BO5">
         <v>7</v>
       </c>
       <c r="BP5" t="s">
         <v>91</v>
       </c>
       <c r="BQ5" t="s">
         <v>96</v>
       </c>
       <c r="BR5">
         <v>649</v>
       </c>
       <c r="BS5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:71">
       <c r="A6" t="s">
         <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C6" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D6">
         <v>584117</v>
       </c>
       <c r="E6">
         <v>91.84</v>
       </c>
       <c r="F6" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G6" t="s">
         <v>70</v>
       </c>
       <c r="H6"/>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>77</v>
       </c>
       <c r="K6" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>102</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="Q6" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="R6" t="s">
         <v>77</v>
       </c>
       <c r="S6" t="s">
         <v>77</v>
       </c>
       <c r="T6" t="s">
         <v>78</v>
       </c>
       <c r="U6" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="V6">
         <v>584117</v>
       </c>
       <c r="W6" t="s">
         <v>77</v>
       </c>
       <c r="X6">
         <v>91.84</v>
       </c>
       <c r="Y6">
         <v>3.8</v>
       </c>
       <c r="Z6" t="s">
         <v>77</v>
       </c>
       <c r="AA6" t="s">
         <v>66</v>
       </c>
       <c r="AB6" t="s">
         <v>79</v>
       </c>
       <c r="AC6" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="AD6" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="AE6">
         <v>51990360225</v>
       </c>
       <c r="AF6">
         <v>51990360225</v>
       </c>
       <c r="AG6" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="AH6" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="AI6"/>
       <c r="AJ6" t="s">
         <v>127</v>
       </c>
       <c r="AK6" t="s">
         <v>70</v>
       </c>
       <c r="AL6" t="s">
         <v>77</v>
       </c>
       <c r="AM6" t="s">
         <v>83</v>
       </c>
       <c r="AN6"/>
       <c r="AO6">
         <v>0</v>
       </c>
       <c r="AP6" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6" t="s">
         <v>77</v>
       </c>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6">
         <v>0</v>
       </c>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6" t="s">
         <v>102</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="BC6" t="s">
         <v>77</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
         <v>77</v>
       </c>
       <c r="BH6">
-        <v>338</v>
+        <v>384</v>
       </c>
       <c r="BI6" t="s">
         <v>107</v>
       </c>
       <c r="BJ6" t="s">
         <v>108</v>
       </c>
       <c r="BK6" t="s">
         <v>92</v>
       </c>
       <c r="BL6" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="BM6" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="BN6" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="BO6">
         <v>4</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>135</v>
       </c>
       <c r="BR6">
         <v>349</v>
       </c>
       <c r="BS6" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:71">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C7" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D7">
         <v>572198</v>
       </c>
       <c r="E7">
         <v>53.07</v>
       </c>
       <c r="F7" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7"/>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>77</v>
       </c>
       <c r="K7" t="s">
         <v>73</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>102</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7">
         <v>40270593</v>
       </c>
       <c r="Q7" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="R7" t="s">
         <v>77</v>
       </c>
       <c r="S7" t="s">
         <v>77</v>
       </c>
       <c r="T7" t="s">
         <v>78</v>
       </c>
       <c r="U7" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="V7">
         <v>572198</v>
       </c>
       <c r="W7" t="s">
         <v>77</v>
       </c>
       <c r="X7">
         <v>53.07</v>
       </c>
       <c r="Y7">
         <v>3.75</v>
       </c>
       <c r="Z7" t="s">
         <v>77</v>
       </c>
       <c r="AA7" t="s">
         <v>66</v>
       </c>
       <c r="AB7" t="s">
         <v>79</v>
       </c>
       <c r="AC7" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="AD7">
         <v>40270593</v>
       </c>
       <c r="AE7">
         <v>51983386641</v>
       </c>
       <c r="AF7">
         <v>51983386641</v>
       </c>
       <c r="AG7" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="AH7" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="AI7"/>
       <c r="AJ7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="AK7" t="s">
         <v>70</v>
       </c>
       <c r="AL7" t="s">
         <v>77</v>
       </c>
       <c r="AM7" t="s">
         <v>83</v>
       </c>
       <c r="AN7"/>
       <c r="AO7">
         <v>0</v>
       </c>
       <c r="AP7" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7" t="s">
         <v>77</v>
       </c>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7">
         <v>0</v>
       </c>
       <c r="AX7"/>
       <c r="AY7"/>
       <c r="AZ7" t="s">
         <v>102</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="BC7" t="s">
         <v>77</v>
       </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
         <v>77</v>
       </c>
       <c r="BH7">
-        <v>529</v>
+        <v>575</v>
       </c>
       <c r="BI7" t="s">
         <v>107</v>
       </c>
       <c r="BJ7" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BK7" t="s">
         <v>92</v>
       </c>
       <c r="BL7" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="BM7" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="BN7" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="BO7">
         <v>3</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>96</v>
       </c>
       <c r="BR7">
         <v>199</v>
       </c>
       <c r="BS7" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="8" spans="1:71">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C8" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D8">
         <v>571087</v>
       </c>
       <c r="E8">
         <v>157.07</v>
       </c>
       <c r="F8" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8"/>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8" t="s">
         <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>101</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>102</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8">
         <v>20565297211</v>
       </c>
       <c r="Q8" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="R8" t="s">
         <v>77</v>
       </c>
       <c r="S8" t="s">
         <v>77</v>
       </c>
       <c r="T8" t="s">
         <v>78</v>
       </c>
       <c r="U8" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="V8">
         <v>571087</v>
       </c>
       <c r="W8" t="s">
         <v>77</v>
       </c>
       <c r="X8">
         <v>157.07</v>
       </c>
       <c r="Y8">
         <v>3.75</v>
       </c>
       <c r="Z8" t="s">
         <v>77</v>
       </c>
       <c r="AA8" t="s">
         <v>66</v>
       </c>
       <c r="AB8" t="s">
         <v>79</v>
       </c>
       <c r="AC8" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="AD8">
         <v>20565297211</v>
       </c>
       <c r="AE8">
         <v>51943774584</v>
       </c>
       <c r="AF8">
         <v>51943774584</v>
       </c>
       <c r="AG8" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="AH8" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="AI8"/>
       <c r="AJ8" t="s">
         <v>127</v>
       </c>
       <c r="AK8" t="s">
         <v>70</v>
       </c>
       <c r="AL8" t="s">
         <v>77</v>
       </c>
       <c r="AM8" t="s">
         <v>83</v>
       </c>
       <c r="AN8"/>
       <c r="AO8">
         <v>0</v>
       </c>
       <c r="AP8" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8" t="s">
         <v>77</v>
       </c>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8">
         <v>0</v>
       </c>
       <c r="AX8"/>
       <c r="AY8"/>
       <c r="AZ8" t="s">
         <v>102</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="BC8" t="s">
         <v>77</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
         <v>77</v>
       </c>
       <c r="BH8">
-        <v>560</v>
+        <v>606</v>
       </c>
       <c r="BI8" t="s">
         <v>107</v>
       </c>
       <c r="BJ8" t="s">
         <v>108</v>
       </c>
       <c r="BK8" t="s">
         <v>92</v>
       </c>
       <c r="BL8" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="BM8" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="BN8" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="BO8">
         <v>6</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>96</v>
       </c>
       <c r="BR8">
         <v>589</v>
       </c>
       <c r="BS8" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:71">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C9" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D9">
         <v>570823</v>
       </c>
       <c r="E9">
         <v>66.4</v>
       </c>
       <c r="F9" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="G9" t="s">
         <v>70</v>
       </c>
       <c r="H9"/>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>77</v>
       </c>
       <c r="K9" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>102</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9">
         <v>76386897</v>
       </c>
       <c r="Q9" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="R9" t="s">
         <v>77</v>
       </c>
       <c r="S9" t="s">
         <v>77</v>
       </c>
       <c r="T9" t="s">
         <v>78</v>
       </c>
       <c r="U9" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="V9">
         <v>570823</v>
       </c>
       <c r="W9" t="s">
         <v>77</v>
       </c>
       <c r="X9">
         <v>66.4</v>
       </c>
       <c r="Y9">
         <v>3.75</v>
       </c>
       <c r="Z9" t="s">
         <v>77</v>
       </c>
       <c r="AA9" t="s">
         <v>66</v>
       </c>
       <c r="AB9" t="s">
         <v>79</v>
       </c>
       <c r="AC9" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="AD9">
         <v>76386897</v>
       </c>
       <c r="AE9">
         <v>51960592483</v>
       </c>
       <c r="AF9">
         <v>51960592483</v>
       </c>
       <c r="AG9" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="AH9" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="AI9"/>
       <c r="AJ9" t="s">
         <v>127</v>
       </c>
       <c r="AK9" t="s">
         <v>70</v>
       </c>
       <c r="AL9" t="s">
         <v>77</v>
       </c>
       <c r="AM9" t="s">
         <v>83</v>
       </c>
       <c r="AN9"/>
       <c r="AO9">
         <v>0</v>
       </c>
       <c r="AP9" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9" t="s">
         <v>77</v>
       </c>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9">
         <v>0</v>
       </c>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9" t="s">
         <v>102</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="BC9" t="s">
         <v>77</v>
       </c>
       <c r="BD9" t="s">
         <v>77</v>
       </c>
       <c r="BE9" t="s">
         <v>77</v>
       </c>
       <c r="BF9" t="s">
         <v>77</v>
       </c>
       <c r="BG9" t="s">
         <v>77</v>
       </c>
       <c r="BH9">
-        <v>566</v>
+        <v>612</v>
       </c>
       <c r="BI9" t="s">
         <v>107</v>
       </c>
       <c r="BJ9" t="s">
         <v>108</v>
       </c>
       <c r="BK9" t="s">
         <v>92</v>
       </c>
       <c r="BL9" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="BM9" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="BN9" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9" t="s">
         <v>113</v>
       </c>
       <c r="BR9">
         <v>249</v>
       </c>
       <c r="BS9" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:71">
       <c r="A10" t="s">
         <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C10" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D10">
         <v>570345</v>
       </c>
       <c r="E10">
         <v>47.73</v>
       </c>
       <c r="F10" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G10" t="s">
         <v>70</v>
       </c>
-      <c r="H10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>19.65</v>
+        <v>0</v>
       </c>
       <c r="J10" t="s">
-        <v>195</v>
+        <v>77</v>
       </c>
       <c r="K10" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="L10" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="M10" t="s">
         <v>122</v>
       </c>
       <c r="N10" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="O10">
         <v>523500018898</v>
       </c>
       <c r="P10">
         <v>47264149</v>
       </c>
       <c r="Q10" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="R10" t="s">
         <v>77</v>
       </c>
       <c r="S10" t="s">
         <v>77</v>
       </c>
       <c r="T10" t="s">
         <v>78</v>
       </c>
       <c r="U10" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="V10">
         <v>570345</v>
       </c>
       <c r="W10" t="s">
         <v>77</v>
       </c>
       <c r="X10">
         <v>47.73</v>
       </c>
       <c r="Y10">
         <v>3.75</v>
       </c>
       <c r="Z10" t="s">
         <v>77</v>
       </c>
       <c r="AA10" t="s">
         <v>66</v>
       </c>
       <c r="AB10" t="s">
         <v>79</v>
       </c>
       <c r="AC10" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="AD10">
         <v>47264149</v>
       </c>
       <c r="AE10">
         <v>51981712811</v>
       </c>
       <c r="AF10">
         <v>51981712811</v>
       </c>
       <c r="AG10" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="AH10" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="AI10"/>
       <c r="AJ10" t="s">
         <v>127</v>
       </c>
       <c r="AK10" t="s">
         <v>70</v>
       </c>
       <c r="AL10" t="s">
-        <v>195</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN10"/>
       <c r="AO10">
-        <v>19.65</v>
+        <v>0</v>
       </c>
       <c r="AP10" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="AQ10" t="s">
         <v>91</v>
       </c>
       <c r="AR10" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="AS10" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="AT10" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="AU10">
         <v>523500018898</v>
       </c>
       <c r="AV10" t="s">
         <v>122</v>
       </c>
       <c r="AW10">
         <v>1010903</v>
       </c>
       <c r="AX10" t="s">
         <v>85</v>
       </c>
       <c r="AY10" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="AZ10" t="s">
         <v>122</v>
       </c>
       <c r="BA10" t="s">
         <v>86</v>
       </c>
       <c r="BB10" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="BC10" t="s">
-        <v>195</v>
+        <v>77</v>
       </c>
       <c r="BD10" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="BE10" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="BF10" t="s">
         <v>77</v>
       </c>
       <c r="BG10" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="BH10">
         <v>146</v>
       </c>
       <c r="BI10" t="s">
-        <v>147</v>
+        <v>107</v>
       </c>
       <c r="BJ10" t="s">
         <v>91</v>
       </c>
       <c r="BK10" t="s">
         <v>92</v>
       </c>
       <c r="BL10" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="BM10" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="BN10" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="BO10">
         <v>1</v>
       </c>
       <c r="BP10" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="BQ10" t="s">
         <v>135</v>
       </c>
       <c r="BR10">
         <v>179</v>
       </c>
       <c r="BS10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:71">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C11" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D11">
         <v>567728</v>
       </c>
       <c r="E11">
         <v>138.21</v>
       </c>
       <c r="F11" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="G11" t="s">
         <v>70</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
-        <v>216</v>
+        <v>77</v>
       </c>
       <c r="K11" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>102</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11">
         <v>73171863</v>
       </c>
       <c r="Q11" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="R11" t="s">
         <v>77</v>
       </c>
       <c r="S11" t="s">
         <v>77</v>
       </c>
       <c r="T11" t="s">
         <v>78</v>
       </c>
       <c r="U11" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="V11">
         <v>567728</v>
       </c>
       <c r="W11" t="s">
         <v>77</v>
       </c>
       <c r="X11">
         <v>138.21</v>
       </c>
       <c r="Y11">
         <v>3.9</v>
       </c>
       <c r="Z11" t="s">
         <v>77</v>
       </c>
       <c r="AA11" t="s">
         <v>66</v>
       </c>
       <c r="AB11" t="s">
         <v>79</v>
       </c>
       <c r="AC11" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="AD11">
         <v>73171863</v>
       </c>
       <c r="AE11">
         <v>51968372164</v>
       </c>
       <c r="AF11">
         <v>51968372164</v>
       </c>
       <c r="AG11" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="AH11" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="AI11"/>
       <c r="AJ11" t="s">
         <v>127</v>
       </c>
       <c r="AK11" t="s">
         <v>70</v>
       </c>
       <c r="AL11" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN11"/>
       <c r="AO11">
-        <v>79.99</v>
+        <v>0</v>
       </c>
       <c r="AP11" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11" t="s">
         <v>77</v>
       </c>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>102</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="BC11" t="s">
-        <v>216</v>
+        <v>77</v>
       </c>
       <c r="BD11" t="s">
         <v>77</v>
       </c>
       <c r="BE11" t="s">
         <v>77</v>
       </c>
       <c r="BF11" t="s">
         <v>77</v>
       </c>
       <c r="BG11" t="s">
         <v>77</v>
       </c>
       <c r="BH11">
-        <v>651</v>
+        <v>697</v>
       </c>
       <c r="BI11" t="s">
-        <v>147</v>
+        <v>107</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11" t="s">
         <v>92</v>
       </c>
       <c r="BL11" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM11" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="BN11" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="BO11">
         <v>2</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="BR11">
         <v>539</v>
       </c>
       <c r="BS11" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:71">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="C12" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="D12">
         <v>564758</v>
       </c>
       <c r="E12">
         <v>256.88</v>
       </c>
       <c r="F12" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="I12">
         <v>161.25</v>
       </c>
       <c r="J12" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="K12" t="s">
         <v>101</v>
       </c>
       <c r="L12">
         <v>523500017604</v>
       </c>
       <c r="M12" t="s">
         <v>75</v>
       </c>
       <c r="N12" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="O12">
         <v>523500017604</v>
       </c>
       <c r="P12">
         <v>10738784681</v>
       </c>
       <c r="Q12" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="R12" t="s">
         <v>77</v>
       </c>
       <c r="S12" t="s">
         <v>77</v>
       </c>
       <c r="T12" t="s">
         <v>78</v>
       </c>
       <c r="U12" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="V12">
         <v>564758</v>
       </c>
       <c r="W12" t="s">
         <v>77</v>
       </c>
       <c r="X12">
         <v>256.88</v>
       </c>
       <c r="Y12">
         <v>3.85</v>
       </c>
       <c r="Z12" t="s">
         <v>77</v>
       </c>
       <c r="AA12" t="s">
         <v>66</v>
       </c>
       <c r="AB12" t="s">
         <v>79</v>
       </c>
       <c r="AC12" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="AD12">
         <v>10738784681</v>
       </c>
       <c r="AE12">
         <v>51969451758</v>
       </c>
       <c r="AF12">
         <v>51969451758</v>
       </c>
       <c r="AG12" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="AH12" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="AI12"/>
       <c r="AJ12" t="s">
         <v>127</v>
       </c>
       <c r="AK12" t="s">
         <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="AM12" t="s">
         <v>83</v>
       </c>
       <c r="AN12" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="AO12">
         <v>161.25</v>
       </c>
       <c r="AP12" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="AQ12" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="AR12" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="AS12" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="AT12" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="AU12">
         <v>523500017604</v>
       </c>
       <c r="AV12" t="s">
         <v>75</v>
       </c>
       <c r="AW12">
         <v>1010668</v>
       </c>
       <c r="AX12" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="AY12">
         <v>523500017604</v>
       </c>
       <c r="AZ12" t="s">
         <v>75</v>
       </c>
       <c r="BA12" t="s">
         <v>86</v>
       </c>
       <c r="BB12" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="BC12" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="BD12" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="BE12" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="BF12" t="s">
         <v>77</v>
       </c>
       <c r="BG12" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="BH12">
         <v>47</v>
       </c>
       <c r="BI12" t="s">
         <v>90</v>
       </c>
       <c r="BJ12" t="s">
         <v>91</v>
       </c>
       <c r="BK12" t="s">
         <v>92</v>
       </c>
       <c r="BL12" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="BM12" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="BN12" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="BO12">
         <v>10</v>
       </c>
       <c r="BP12" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="BQ12" t="s">
         <v>96</v>
       </c>
       <c r="BR12">
         <v>989</v>
       </c>
       <c r="BS12" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:71">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="C13" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D13">
         <v>561542</v>
       </c>
       <c r="E13">
         <v>48.84</v>
       </c>
       <c r="F13" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="G13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="I13">
         <v>17.98</v>
       </c>
       <c r="J13" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="K13" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>102</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13">
         <v>44086721</v>
       </c>
       <c r="Q13" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="R13" t="s">
         <v>77</v>
       </c>
       <c r="S13" t="s">
         <v>77</v>
       </c>
       <c r="T13" t="s">
         <v>78</v>
       </c>
       <c r="U13" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="V13">
         <v>561542</v>
       </c>
       <c r="W13" t="s">
         <v>77</v>
       </c>
       <c r="X13">
         <v>48.84</v>
       </c>
       <c r="Y13">
         <v>3.87</v>
       </c>
       <c r="Z13" t="s">
         <v>77</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>79</v>
       </c>
       <c r="AC13" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="AD13">
         <v>44086721</v>
       </c>
       <c r="AE13">
         <v>51942860380</v>
       </c>
       <c r="AF13">
         <v>51942860380</v>
       </c>
       <c r="AG13" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="AH13" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="AI13"/>
       <c r="AJ13" t="s">
         <v>127</v>
       </c>
       <c r="AK13" t="s">
         <v>70</v>
       </c>
       <c r="AL13" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="AM13" t="s">
         <v>83</v>
       </c>
       <c r="AN13" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="AO13">
         <v>17.98</v>
       </c>
       <c r="AP13" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="AQ13" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="AR13" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="AS13" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="AT13" t="s">
         <v>77</v>
       </c>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13">
         <v>0</v>
       </c>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13" t="s">
         <v>102</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="BC13" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="BD13" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="BE13" t="s">
         <v>77</v>
       </c>
       <c r="BF13" t="s">
         <v>77</v>
       </c>
       <c r="BG13" t="s">
         <v>77</v>
       </c>
       <c r="BH13">
-        <v>760</v>
+        <v>806</v>
       </c>
       <c r="BI13" t="s">
         <v>90</v>
       </c>
       <c r="BJ13" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BK13" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL13" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="BM13" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="BN13" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="BO13">
         <v>3</v>
       </c>
       <c r="BP13" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="BQ13" t="s">
         <v>96</v>
       </c>
       <c r="BR13">
         <v>189</v>
       </c>
       <c r="BS13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:71">
       <c r="A14" t="s">
         <v>66</v>
       </c>
       <c r="B14" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="C14" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="D14">
         <v>558543</v>
       </c>
       <c r="E14">
         <v>194.99</v>
       </c>
       <c r="F14" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14"/>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>77</v>
       </c>
       <c r="K14" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>102</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14">
         <v>20521339986</v>
       </c>
       <c r="Q14" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="R14" t="s">
         <v>77</v>
       </c>
       <c r="S14" t="s">
         <v>77</v>
       </c>
       <c r="T14" t="s">
         <v>78</v>
       </c>
       <c r="U14" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="V14">
         <v>558543</v>
       </c>
       <c r="W14" t="s">
         <v>77</v>
       </c>
       <c r="X14">
         <v>194.99</v>
       </c>
       <c r="Y14">
         <v>3.79</v>
       </c>
       <c r="Z14" t="s">
         <v>77</v>
       </c>
       <c r="AA14" t="s">
         <v>66</v>
       </c>
       <c r="AB14" t="s">
         <v>79</v>
       </c>
       <c r="AC14" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="AD14">
         <v>20521339986</v>
       </c>
       <c r="AE14">
         <v>51975527713</v>
       </c>
       <c r="AF14">
         <v>51975527713</v>
       </c>
       <c r="AG14" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="AH14" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="AI14"/>
       <c r="AJ14" t="s">
         <v>127</v>
       </c>
       <c r="AK14" t="s">
         <v>70</v>
       </c>
       <c r="AL14" t="s">
         <v>77</v>
       </c>
       <c r="AM14" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="AN14"/>
       <c r="AO14">
         <v>0</v>
       </c>
       <c r="AP14" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14" t="s">
         <v>77</v>
       </c>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14">
         <v>0</v>
       </c>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14" t="s">
         <v>102</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="BC14" t="s">
         <v>77</v>
       </c>
       <c r="BD14" t="s">
         <v>77</v>
       </c>
       <c r="BE14" t="s">
         <v>77</v>
       </c>
       <c r="BF14" t="s">
         <v>77</v>
       </c>
       <c r="BG14" t="s">
         <v>77</v>
       </c>
       <c r="BH14">
-        <v>823</v>
+        <v>869</v>
       </c>
       <c r="BI14" t="s">
         <v>107</v>
       </c>
       <c r="BJ14" t="s">
         <v>108</v>
       </c>
       <c r="BK14" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL14" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="BM14" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="BN14" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="BO14">
         <v>11</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="BR14">
         <v>739</v>
       </c>
       <c r="BS14" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:71">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="C15" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D15">
         <v>557600</v>
       </c>
       <c r="E15">
         <v>146.4</v>
       </c>
       <c r="F15" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="G15" t="s">
         <v>70</v>
       </c>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>87.08</v>
+        <v>0</v>
       </c>
       <c r="J15" t="s">
-        <v>273</v>
+        <v>77</v>
       </c>
       <c r="K15" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>102</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15">
         <v>72652901</v>
       </c>
       <c r="Q15" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="R15" t="s">
         <v>77</v>
       </c>
       <c r="S15" t="s">
         <v>77</v>
       </c>
       <c r="T15" t="s">
         <v>78</v>
       </c>
       <c r="U15" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="V15">
         <v>557600</v>
       </c>
       <c r="W15" t="s">
         <v>77</v>
       </c>
       <c r="X15">
         <v>146.4</v>
       </c>
       <c r="Y15">
         <v>3.75</v>
       </c>
       <c r="Z15" t="s">
         <v>77</v>
       </c>
       <c r="AA15" t="s">
         <v>66</v>
       </c>
       <c r="AB15" t="s">
         <v>79</v>
       </c>
       <c r="AC15" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="AD15">
         <v>72652901</v>
       </c>
       <c r="AE15">
         <v>51981045892</v>
       </c>
       <c r="AF15">
         <v>51981045892</v>
       </c>
       <c r="AG15" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="AH15" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="AI15"/>
       <c r="AJ15" t="s">
         <v>127</v>
       </c>
       <c r="AK15" t="s">
         <v>70</v>
       </c>
       <c r="AL15" t="s">
-        <v>273</v>
+        <v>77</v>
       </c>
       <c r="AM15" t="s">
         <v>83</v>
       </c>
-      <c r="AN15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN15"/>
       <c r="AO15">
-        <v>87.08</v>
+        <v>0</v>
       </c>
       <c r="AP15" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15" t="s">
         <v>77</v>
       </c>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>102</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="BC15" t="s">
-        <v>273</v>
+        <v>77</v>
       </c>
       <c r="BD15" t="s">
         <v>77</v>
       </c>
       <c r="BE15" t="s">
         <v>77</v>
       </c>
       <c r="BF15" t="s">
         <v>77</v>
       </c>
       <c r="BG15" t="s">
         <v>77</v>
       </c>
       <c r="BH15">
-        <v>841</v>
+        <v>887</v>
       </c>
       <c r="BI15" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL15" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="BM15" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="BN15" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="BO15">
         <v>1</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>96</v>
       </c>
       <c r="BR15">
         <v>549</v>
       </c>
       <c r="BS15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:71">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="C16" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="D16">
         <v>557194</v>
       </c>
       <c r="E16">
         <v>39.73</v>
       </c>
       <c r="F16" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="J16" t="s">
-        <v>284</v>
+        <v>77</v>
       </c>
       <c r="K16" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>102</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16">
         <v>40116524</v>
       </c>
       <c r="Q16" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="R16" t="s">
         <v>77</v>
       </c>
       <c r="S16" t="s">
         <v>77</v>
       </c>
       <c r="T16" t="s">
         <v>78</v>
       </c>
       <c r="U16" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="V16">
         <v>557194</v>
       </c>
       <c r="W16" t="s">
         <v>77</v>
       </c>
       <c r="X16">
         <v>39.73</v>
       </c>
       <c r="Y16">
         <v>3.75</v>
       </c>
       <c r="Z16" t="s">
         <v>77</v>
       </c>
       <c r="AA16" t="s">
         <v>66</v>
       </c>
       <c r="AB16" t="s">
         <v>79</v>
       </c>
       <c r="AC16" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="AD16">
         <v>40116524</v>
       </c>
       <c r="AE16">
         <v>51986725096</v>
       </c>
       <c r="AF16">
         <v>51986725096</v>
       </c>
       <c r="AG16" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="AH16" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="AI16"/>
       <c r="AJ16" t="s">
         <v>127</v>
       </c>
       <c r="AK16" t="s">
         <v>70</v>
       </c>
       <c r="AL16" t="s">
-        <v>284</v>
+        <v>77</v>
       </c>
       <c r="AM16" t="s">
         <v>83</v>
       </c>
-      <c r="AN16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN16"/>
       <c r="AO16">
-        <v>13.68</v>
+        <v>0</v>
       </c>
       <c r="AP16" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="AQ16" t="s">
         <v>91</v>
       </c>
       <c r="AR16" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="AS16" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="AT16" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16">
         <v>0</v>
       </c>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16" t="s">
         <v>102</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
+        <v>271</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>77</v>
+      </c>
+      <c r="BD16" t="s">
         <v>280</v>
       </c>
-      <c r="BC16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="BE16" t="s">
         <v>77</v>
       </c>
       <c r="BF16" t="s">
         <v>77</v>
       </c>
       <c r="BG16" t="s">
         <v>77</v>
       </c>
       <c r="BH16">
-        <v>849</v>
+        <v>895</v>
       </c>
       <c r="BI16" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="BJ16" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BK16" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL16" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="BM16" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="BN16" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="BO16">
         <v>4</v>
       </c>
       <c r="BP16" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="BQ16" t="s">
         <v>96</v>
       </c>
       <c r="BR16">
         <v>149</v>
       </c>
       <c r="BS16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:71">
       <c r="A17" t="s">
         <v>66</v>
       </c>
       <c r="B17" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="C17" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="D17">
         <v>554205</v>
       </c>
       <c r="E17">
         <v>53.07</v>
       </c>
       <c r="F17" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
       <c r="H17"/>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17" t="s">
         <v>77</v>
       </c>
       <c r="K17" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>102</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17">
         <v>42284307</v>
       </c>
       <c r="Q17" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="R17" t="s">
         <v>77</v>
       </c>
       <c r="S17" t="s">
         <v>77</v>
       </c>
       <c r="T17" t="s">
         <v>78</v>
       </c>
       <c r="U17" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="V17">
         <v>554205</v>
       </c>
       <c r="W17" t="s">
         <v>77</v>
       </c>
       <c r="X17">
         <v>53.07</v>
       </c>
       <c r="Y17">
         <v>3.75</v>
       </c>
       <c r="Z17" t="s">
         <v>77</v>
       </c>
       <c r="AA17" t="s">
         <v>66</v>
       </c>
       <c r="AB17" t="s">
         <v>79</v>
       </c>
       <c r="AC17" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="AD17">
         <v>42284307</v>
       </c>
       <c r="AE17">
         <v>51997946393</v>
       </c>
       <c r="AF17">
         <v>51997946393</v>
       </c>
       <c r="AG17" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="AH17" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="AI17"/>
       <c r="AJ17" t="s">
         <v>127</v>
       </c>
       <c r="AK17" t="s">
         <v>70</v>
       </c>
       <c r="AL17" t="s">
         <v>77</v>
       </c>
       <c r="AM17" t="s">
         <v>83</v>
       </c>
       <c r="AN17"/>
       <c r="AO17">
         <v>0</v>
       </c>
       <c r="AP17" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17" t="s">
         <v>77</v>
       </c>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>102</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="BC17" t="s">
         <v>77</v>
       </c>
       <c r="BD17" t="s">
         <v>77</v>
       </c>
       <c r="BE17" t="s">
         <v>77</v>
       </c>
       <c r="BF17" t="s">
         <v>77</v>
       </c>
       <c r="BG17" t="s">
         <v>77</v>
       </c>
       <c r="BH17">
-        <v>908</v>
+        <v>954</v>
       </c>
       <c r="BI17" t="s">
         <v>107</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL17" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM17" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="BN17" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="BO17">
         <v>4</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17" t="s">
         <v>135</v>
       </c>
       <c r="BR17">
         <v>199</v>
       </c>
       <c r="BS17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:71">
       <c r="A18" t="s">
         <v>66</v>
       </c>
       <c r="B18" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="C18" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="D18">
         <v>554021</v>
       </c>
       <c r="E18">
         <v>186.4</v>
       </c>
       <c r="F18" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
       <c r="H18"/>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>77</v>
       </c>
       <c r="K18" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>102</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18">
         <v>70083294</v>
       </c>
       <c r="Q18" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="R18" t="s">
         <v>77</v>
       </c>
       <c r="S18" t="s">
         <v>77</v>
       </c>
       <c r="T18" t="s">
         <v>78</v>
       </c>
       <c r="U18" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="V18">
         <v>554021</v>
       </c>
       <c r="W18" t="s">
         <v>77</v>
       </c>
       <c r="X18">
         <v>186.4</v>
       </c>
       <c r="Y18">
         <v>3.75</v>
       </c>
       <c r="Z18" t="s">
         <v>77</v>
       </c>
       <c r="AA18" t="s">
         <v>66</v>
       </c>
       <c r="AB18" t="s">
         <v>79</v>
       </c>
       <c r="AC18" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="AD18">
         <v>70083294</v>
       </c>
       <c r="AE18">
         <v>51978939577</v>
       </c>
       <c r="AF18">
         <v>51978939577</v>
       </c>
       <c r="AG18" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="AH18" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="AI18"/>
       <c r="AJ18" t="s">
         <v>127</v>
       </c>
       <c r="AK18" t="s">
         <v>70</v>
       </c>
       <c r="AL18" t="s">
         <v>77</v>
       </c>
-      <c r="AM18"/>
+      <c r="AM18" t="s">
+        <v>142</v>
+      </c>
       <c r="AN18"/>
       <c r="AO18">
         <v>0</v>
       </c>
       <c r="AP18" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18" t="s">
         <v>77</v>
       </c>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>102</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="BC18" t="s">
         <v>77</v>
       </c>
       <c r="BD18" t="s">
         <v>77</v>
       </c>
       <c r="BE18" t="s">
         <v>77</v>
       </c>
       <c r="BF18" t="s">
         <v>77</v>
       </c>
       <c r="BG18" t="s">
         <v>77</v>
       </c>
       <c r="BH18">
-        <v>911</v>
+        <v>957</v>
       </c>
       <c r="BI18" t="s">
         <v>107</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL18" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM18" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="BN18" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>113</v>
       </c>
       <c r="BR18">
         <v>699</v>
       </c>
       <c r="BS18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:71">
       <c r="A19" t="s">
         <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="C19" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="D19">
         <v>553652</v>
       </c>
       <c r="E19">
         <v>334.75</v>
       </c>
       <c r="F19" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="G19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="I19">
         <v>205</v>
       </c>
       <c r="J19" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="K19" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="L19" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="M19" t="s">
         <v>122</v>
       </c>
       <c r="N19" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="O19">
         <v>523500015193</v>
       </c>
       <c r="P19">
         <v>15751228</v>
       </c>
       <c r="Q19" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="R19" t="s">
         <v>77</v>
       </c>
       <c r="S19" t="s">
         <v>77</v>
       </c>
       <c r="T19" t="s">
         <v>124</v>
       </c>
       <c r="U19" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="V19">
         <v>553652</v>
       </c>
       <c r="W19" t="s">
         <v>77</v>
       </c>
       <c r="X19">
         <v>334.75</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19" t="s">
         <v>77</v>
       </c>
       <c r="AA19" t="s">
         <v>66</v>
       </c>
       <c r="AB19" t="s">
         <v>79</v>
       </c>
       <c r="AC19" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="AD19">
         <v>15751228</v>
       </c>
       <c r="AE19">
         <v>51944976718</v>
       </c>
       <c r="AF19">
         <v>51944976718</v>
       </c>
       <c r="AG19" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="AH19" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="AI19"/>
       <c r="AJ19" t="s">
         <v>127</v>
       </c>
       <c r="AK19" t="s">
         <v>70</v>
       </c>
       <c r="AL19" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="AM19" t="s">
-        <v>318</v>
+        <v>257</v>
       </c>
       <c r="AN19" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="AO19">
         <v>205</v>
       </c>
       <c r="AP19" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19" t="s">
         <v>77</v>
       </c>
       <c r="AU19">
         <v>523500015193</v>
       </c>
       <c r="AV19" t="s">
         <v>122</v>
       </c>
       <c r="AW19">
         <v>1010296</v>
       </c>
       <c r="AX19" t="s">
         <v>85</v>
       </c>
       <c r="AY19" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="AZ19" t="s">
         <v>122</v>
       </c>
       <c r="BA19" t="s">
         <v>86</v>
       </c>
       <c r="BB19" t="s">
+        <v>299</v>
+      </c>
+      <c r="BC19" t="s">
+        <v>303</v>
+      </c>
+      <c r="BD19" t="s">
+        <v>308</v>
+      </c>
+      <c r="BE19" t="s">
+        <v>309</v>
+      </c>
+      <c r="BF19" t="s">
+        <v>77</v>
+      </c>
+      <c r="BG19" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>322</v>
       </c>
       <c r="BH19">
         <v>143</v>
       </c>
       <c r="BI19" t="s">
         <v>90</v>
       </c>
       <c r="BJ19" t="s">
         <v>91</v>
       </c>
       <c r="BK19" t="s">
         <v>92</v>
       </c>
       <c r="BL19" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="BM19" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="BN19" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="BO19">
         <v>198</v>
       </c>
       <c r="BP19"/>
       <c r="BQ19" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="BR19">
         <v>1339</v>
       </c>
       <c r="BS19" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:71">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="C20" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="D20">
         <v>550280</v>
       </c>
       <c r="E20">
         <v>277.25</v>
       </c>
       <c r="F20" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="G20" t="s">
         <v>70</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20" t="s">
         <v>77</v>
       </c>
       <c r="K20" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>102</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20">
         <v>20533231111</v>
       </c>
       <c r="Q20" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="R20" t="s">
         <v>77</v>
       </c>
       <c r="S20" t="s">
         <v>77</v>
       </c>
       <c r="T20" t="s">
         <v>78</v>
       </c>
       <c r="U20" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="V20">
         <v>550280</v>
       </c>
       <c r="W20" t="s">
         <v>77</v>
       </c>
       <c r="X20">
         <v>277.25</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20" t="s">
         <v>77</v>
       </c>
       <c r="AA20" t="s">
         <v>66</v>
       </c>
       <c r="AB20" t="s">
         <v>79</v>
       </c>
       <c r="AC20" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="AD20">
         <v>20533231111</v>
       </c>
       <c r="AE20">
         <v>51959909189</v>
       </c>
       <c r="AF20">
         <v>51959909189</v>
       </c>
       <c r="AG20" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="AH20" t="s">
-        <v>331</v>
+        <v>319</v>
       </c>
       <c r="AI20"/>
       <c r="AJ20" t="s">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="AK20" t="s">
         <v>70</v>
       </c>
       <c r="AL20" t="s">
         <v>77</v>
       </c>
       <c r="AM20" t="s">
         <v>83</v>
       </c>
       <c r="AN20"/>
       <c r="AO20">
         <v>0</v>
       </c>
       <c r="AP20" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20" t="s">
         <v>77</v>
       </c>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20" t="s">
         <v>102</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="BC20" t="s">
         <v>77</v>
       </c>
       <c r="BD20" t="s">
         <v>77</v>
       </c>
       <c r="BE20" t="s">
         <v>77</v>
       </c>
       <c r="BF20" t="s">
         <v>77</v>
       </c>
       <c r="BG20" t="s">
         <v>77</v>
       </c>
       <c r="BH20">
-        <v>981</v>
+        <v>1027</v>
       </c>
       <c r="BI20" t="s">
         <v>107</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL20" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM20" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="BN20" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="BO20">
         <v>1</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20" t="s">
         <v>135</v>
       </c>
       <c r="BR20">
         <v>1109</v>
       </c>
       <c r="BS20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:71">
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="C21" t="s">
-        <v>337</v>
+        <v>325</v>
       </c>
       <c r="D21">
         <v>549408</v>
       </c>
       <c r="E21">
         <v>182.25</v>
       </c>
       <c r="F21" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="G21" t="s">
         <v>70</v>
       </c>
-      <c r="H21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>106.06</v>
+        <v>0</v>
       </c>
       <c r="J21" t="s">
-        <v>340</v>
+        <v>77</v>
       </c>
       <c r="K21" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="L21" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="M21" t="s">
         <v>122</v>
       </c>
       <c r="N21" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="O21">
         <v>523500014482</v>
       </c>
       <c r="P21">
         <v>10403021836</v>
       </c>
       <c r="Q21" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="R21" t="s">
         <v>77</v>
       </c>
       <c r="S21" t="s">
         <v>77</v>
       </c>
       <c r="T21" t="s">
         <v>78</v>
       </c>
       <c r="U21" t="s">
-        <v>337</v>
+        <v>325</v>
       </c>
       <c r="V21">
         <v>549408</v>
       </c>
       <c r="W21" t="s">
         <v>77</v>
       </c>
       <c r="X21">
         <v>182.25</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21" t="s">
         <v>77</v>
       </c>
       <c r="AA21" t="s">
         <v>66</v>
       </c>
       <c r="AB21" t="s">
         <v>79</v>
       </c>
       <c r="AC21" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="AD21">
         <v>10403021836</v>
       </c>
       <c r="AE21">
         <v>51904844015</v>
       </c>
       <c r="AF21">
         <v>51904844015</v>
       </c>
       <c r="AG21" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="AH21" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="AI21"/>
       <c r="AJ21" t="s">
         <v>127</v>
       </c>
       <c r="AK21" t="s">
         <v>70</v>
       </c>
       <c r="AL21" t="s">
-        <v>340</v>
+        <v>77</v>
       </c>
       <c r="AM21" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="AN21"/>
       <c r="AO21">
-        <v>106.06</v>
+        <v>0</v>
       </c>
       <c r="AP21" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21" t="s">
         <v>77</v>
       </c>
       <c r="AU21">
         <v>523500014482</v>
       </c>
       <c r="AV21" t="s">
         <v>122</v>
       </c>
       <c r="AW21">
         <v>1010138</v>
       </c>
       <c r="AX21" t="s">
         <v>85</v>
       </c>
       <c r="AY21" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="AZ21" t="s">
         <v>122</v>
       </c>
       <c r="BA21" t="s">
         <v>86</v>
       </c>
       <c r="BB21" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="BC21" t="s">
-        <v>340</v>
+        <v>77</v>
       </c>
       <c r="BD21" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="BE21" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="BF21" t="s">
         <v>77</v>
       </c>
       <c r="BG21" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="BH21">
         <v>223</v>
       </c>
       <c r="BI21" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="BJ21" t="s">
         <v>91</v>
       </c>
       <c r="BK21" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL21" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM21" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="BN21" t="s">
-        <v>348</v>
+        <v>334</v>
       </c>
       <c r="BO21">
         <v>0</v>
       </c>
       <c r="BP21"/>
       <c r="BQ21" t="s">
         <v>135</v>
       </c>
       <c r="BR21">
         <v>729</v>
       </c>
       <c r="BS21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:71">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
       <c r="C22" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="D22">
         <v>546253</v>
       </c>
       <c r="E22">
         <v>114.75</v>
       </c>
       <c r="F22" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="G22" t="s">
         <v>70</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22" t="s">
         <v>77</v>
       </c>
       <c r="K22" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>102</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22">
         <v>72508323</v>
       </c>
       <c r="Q22" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
       <c r="R22" t="s">
         <v>77</v>
       </c>
       <c r="S22" t="s">
         <v>77</v>
       </c>
       <c r="T22" t="s">
         <v>78</v>
       </c>
       <c r="U22" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="V22">
         <v>546253</v>
       </c>
       <c r="W22" t="s">
         <v>77</v>
       </c>
       <c r="X22">
         <v>114.75</v>
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22" t="s">
         <v>77</v>
       </c>
       <c r="AA22" t="s">
         <v>66</v>
       </c>
       <c r="AB22" t="s">
         <v>79</v>
       </c>
       <c r="AC22" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="AD22">
         <v>72508323</v>
       </c>
       <c r="AE22">
         <v>51964035813</v>
       </c>
       <c r="AF22">
         <v>51964035813</v>
       </c>
       <c r="AG22" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="AH22" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="AI22"/>
       <c r="AJ22" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
       <c r="AK22" t="s">
         <v>70</v>
       </c>
       <c r="AL22" t="s">
         <v>77</v>
       </c>
       <c r="AM22" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="AN22"/>
       <c r="AO22">
         <v>0</v>
       </c>
       <c r="AP22" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22" t="s">
         <v>77</v>
       </c>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>102</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
-        <v>349</v>
+        <v>335</v>
       </c>
       <c r="BC22" t="s">
         <v>77</v>
       </c>
       <c r="BD22" t="s">
         <v>77</v>
       </c>
       <c r="BE22" t="s">
         <v>77</v>
       </c>
       <c r="BF22" t="s">
         <v>77</v>
       </c>
       <c r="BG22" t="s">
         <v>77</v>
       </c>
       <c r="BH22">
-        <v>1093</v>
+        <v>1139</v>
       </c>
       <c r="BI22" t="s">
         <v>107</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL22" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM22" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="BN22" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="BO22">
         <v>73</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22" t="s">
         <v>96</v>
       </c>
       <c r="BR22">
         <v>459</v>
       </c>
       <c r="BS22" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:71">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="C23" t="s">
-        <v>360</v>
+        <v>346</v>
       </c>
       <c r="D23">
         <v>542190</v>
       </c>
       <c r="E23">
         <v>72.25</v>
       </c>
       <c r="F23" t="s">
-        <v>361</v>
+        <v>347</v>
       </c>
       <c r="G23" t="s">
         <v>70</v>
       </c>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23"/>
       <c r="I23">
-        <v>35.43</v>
+        <v>0</v>
       </c>
       <c r="J23" t="s">
-        <v>363</v>
+        <v>77</v>
       </c>
       <c r="K23" t="s">
         <v>101</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>102</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23">
         <v>33963035</v>
       </c>
       <c r="Q23" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="R23" t="s">
         <v>77</v>
       </c>
       <c r="S23" t="s">
         <v>77</v>
       </c>
       <c r="T23" t="s">
         <v>78</v>
       </c>
       <c r="U23" t="s">
-        <v>360</v>
+        <v>346</v>
       </c>
       <c r="V23">
         <v>542190</v>
       </c>
       <c r="W23" t="s">
         <v>77</v>
       </c>
       <c r="X23">
         <v>72.25</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23" t="s">
         <v>77</v>
       </c>
       <c r="AA23" t="s">
         <v>66</v>
       </c>
       <c r="AB23" t="s">
         <v>79</v>
       </c>
       <c r="AC23" t="s">
-        <v>361</v>
+        <v>347</v>
       </c>
       <c r="AD23">
         <v>33963035</v>
       </c>
       <c r="AE23">
         <v>51979901515</v>
       </c>
       <c r="AF23">
         <v>51979901515</v>
       </c>
       <c r="AG23" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="AH23" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="AI23"/>
       <c r="AJ23" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="AK23" t="s">
         <v>70</v>
       </c>
       <c r="AL23" t="s">
-        <v>363</v>
+        <v>77</v>
       </c>
       <c r="AM23" t="s">
         <v>83</v>
       </c>
-      <c r="AN23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN23"/>
       <c r="AO23">
-        <v>35.43</v>
+        <v>0</v>
       </c>
       <c r="AP23" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23" t="s">
         <v>77</v>
       </c>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23">
         <v>0</v>
       </c>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23" t="s">
         <v>102</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="BC23" t="s">
-        <v>363</v>
+        <v>77</v>
       </c>
       <c r="BD23" t="s">
         <v>77</v>
       </c>
       <c r="BE23" t="s">
         <v>77</v>
       </c>
       <c r="BF23" t="s">
         <v>77</v>
       </c>
       <c r="BG23" t="s">
         <v>77</v>
       </c>
       <c r="BH23">
-        <v>1101</v>
+        <v>1147</v>
       </c>
       <c r="BI23" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="BJ23" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BK23" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL23" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM23" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="BN23" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="BO23">
         <v>17</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="BR23">
         <v>289</v>
       </c>
       <c r="BS23" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
     </row>
     <row r="24" spans="1:71">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="C24" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="D24">
         <v>535721</v>
       </c>
       <c r="E24">
         <v>139.75</v>
       </c>
       <c r="F24" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="G24" t="s">
         <v>70</v>
       </c>
       <c r="H24"/>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>77</v>
       </c>
       <c r="K24" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>102</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24">
         <v>72908802</v>
       </c>
       <c r="Q24" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="R24" t="s">
         <v>77</v>
       </c>
       <c r="S24" t="s">
         <v>77</v>
       </c>
       <c r="T24" t="s">
         <v>78</v>
       </c>
       <c r="U24" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="V24">
         <v>535721</v>
       </c>
       <c r="W24" t="s">
         <v>77</v>
       </c>
       <c r="X24">
         <v>139.75</v>
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24" t="s">
         <v>77</v>
       </c>
       <c r="AA24" t="s">
         <v>66</v>
       </c>
       <c r="AB24" t="s">
         <v>79</v>
       </c>
       <c r="AC24" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="AD24">
         <v>72908802</v>
       </c>
       <c r="AE24">
         <v>51991610534</v>
       </c>
       <c r="AF24">
         <v>51991610534</v>
       </c>
       <c r="AG24" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="AH24" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="AI24"/>
       <c r="AJ24" t="s">
         <v>127</v>
       </c>
       <c r="AK24" t="s">
         <v>70</v>
       </c>
       <c r="AL24" t="s">
         <v>77</v>
       </c>
       <c r="AM24" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="AN24"/>
       <c r="AO24">
         <v>0</v>
       </c>
       <c r="AP24" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24" t="s">
         <v>77</v>
       </c>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24">
         <v>0</v>
       </c>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24" t="s">
         <v>102</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="BC24" t="s">
         <v>77</v>
       </c>
       <c r="BD24" t="s">
         <v>77</v>
       </c>
       <c r="BE24" t="s">
         <v>77</v>
       </c>
       <c r="BF24" t="s">
         <v>77</v>
       </c>
       <c r="BG24" t="s">
         <v>77</v>
       </c>
       <c r="BH24">
-        <v>1225</v>
+        <v>1271</v>
       </c>
       <c r="BI24" t="s">
         <v>107</v>
       </c>
       <c r="BJ24" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="BK24" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL24" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="BM24" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="BN24" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="BO24">
         <v>2</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24" t="s">
         <v>135</v>
       </c>
       <c r="BR24">
         <v>559</v>
       </c>
       <c r="BS24" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:71">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="C25" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="D25">
         <v>535456</v>
       </c>
       <c r="E25">
         <v>154.75</v>
       </c>
       <c r="F25" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="G25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="I25">
         <v>99</v>
       </c>
       <c r="J25" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="K25" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="L25">
         <v>523500012209</v>
       </c>
       <c r="M25" t="s">
         <v>75</v>
       </c>
       <c r="N25" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="O25">
         <v>523500012209</v>
       </c>
       <c r="P25">
         <v>44344553</v>
       </c>
       <c r="Q25" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="R25" t="s">
         <v>77</v>
       </c>
       <c r="S25" t="s">
         <v>77</v>
       </c>
       <c r="T25" t="s">
         <v>78</v>
       </c>
       <c r="U25" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="V25">
         <v>535456</v>
       </c>
       <c r="W25" t="s">
         <v>77</v>
       </c>
       <c r="X25">
         <v>154.75</v>
       </c>
       <c r="Y25">
         <v>4</v>
       </c>
       <c r="Z25" t="s">
         <v>77</v>
       </c>
       <c r="AA25" t="s">
         <v>66</v>
       </c>
       <c r="AB25" t="s">
         <v>79</v>
       </c>
       <c r="AC25" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="AD25">
         <v>44344553</v>
       </c>
       <c r="AE25">
         <v>51953453907</v>
       </c>
       <c r="AF25">
         <v>51953453907</v>
       </c>
       <c r="AG25" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="AH25" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="AI25"/>
       <c r="AJ25" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="AK25" t="s">
         <v>70</v>
       </c>
       <c r="AL25" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="AM25" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="AN25" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="AO25">
         <v>99</v>
       </c>
       <c r="AP25" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="AQ25" t="s">
         <v>91</v>
       </c>
       <c r="AR25" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="AS25">
         <v>275668442872</v>
       </c>
       <c r="AT25" t="s">
         <v>77</v>
       </c>
       <c r="AU25">
         <v>523500012209</v>
       </c>
       <c r="AV25" t="s">
         <v>75</v>
       </c>
       <c r="AW25">
         <v>1009785</v>
       </c>
       <c r="AX25" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="AY25">
         <v>523500012209</v>
       </c>
       <c r="AZ25" t="s">
         <v>75</v>
       </c>
       <c r="BA25" t="s">
         <v>86</v>
       </c>
       <c r="BB25" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="BC25" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="BD25" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="BE25" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="BF25" t="s">
         <v>77</v>
       </c>
       <c r="BG25" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="BH25">
         <v>60</v>
       </c>
       <c r="BI25" t="s">
-        <v>147</v>
+        <v>378</v>
       </c>
       <c r="BJ25" t="s">
         <v>91</v>
       </c>
       <c r="BK25" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="BL25" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="BM25" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="BN25" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="BO25">
         <v>61</v>
       </c>
       <c r="BP25" t="s">
         <v>91</v>
       </c>
       <c r="BQ25" t="s">
         <v>96</v>
       </c>
       <c r="BR25">
         <v>619</v>
       </c>
       <c r="BS25" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">