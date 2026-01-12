--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -2082,51 +2082,51 @@
       <c r="AZ3" t="s">
         <v>102</v>
       </c>
       <c r="BA3" t="s">
         <v>86</v>
       </c>
       <c r="BB3" t="s">
         <v>98</v>
       </c>
       <c r="BC3" t="s">
         <v>77</v>
       </c>
       <c r="BD3" t="s">
         <v>77</v>
       </c>
       <c r="BE3" t="s">
         <v>77</v>
       </c>
       <c r="BF3" t="s">
         <v>77</v>
       </c>
       <c r="BG3" t="s">
         <v>77</v>
       </c>
       <c r="BH3">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="BI3" t="s">
         <v>107</v>
       </c>
       <c r="BJ3" t="s">
         <v>108</v>
       </c>
       <c r="BK3" t="s">
         <v>109</v>
       </c>
       <c r="BL3" t="s">
         <v>110</v>
       </c>
       <c r="BM3" t="s">
         <v>111</v>
       </c>
       <c r="BN3" t="s">
         <v>112</v>
       </c>
       <c r="BO3">
         <v>5</v>
       </c>
       <c r="BP3"/>
       <c r="BQ3" t="s">
         <v>113</v>
@@ -2480,51 +2480,51 @@
       <c r="AZ5" t="s">
         <v>102</v>
       </c>
       <c r="BA5" t="s">
         <v>86</v>
       </c>
       <c r="BB5" t="s">
         <v>136</v>
       </c>
       <c r="BC5" t="s">
         <v>77</v>
       </c>
       <c r="BD5" t="s">
         <v>77</v>
       </c>
       <c r="BE5" t="s">
         <v>77</v>
       </c>
       <c r="BF5" t="s">
         <v>77</v>
       </c>
       <c r="BG5" t="s">
         <v>77</v>
       </c>
       <c r="BH5">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="BI5" t="s">
         <v>107</v>
       </c>
       <c r="BJ5" t="s">
         <v>108</v>
       </c>
       <c r="BK5" t="s">
         <v>92</v>
       </c>
       <c r="BL5" t="s">
         <v>145</v>
       </c>
       <c r="BM5" t="s">
         <v>146</v>
       </c>
       <c r="BN5" t="s">
         <v>147</v>
       </c>
       <c r="BO5">
         <v>7</v>
       </c>
       <c r="BP5" t="s">
         <v>91</v>
       </c>
@@ -2669,51 +2669,51 @@
       <c r="AZ6" t="s">
         <v>102</v>
       </c>
       <c r="BA6" t="s">
         <v>86</v>
       </c>
       <c r="BB6" t="s">
         <v>148</v>
       </c>
       <c r="BC6" t="s">
         <v>77</v>
       </c>
       <c r="BD6" t="s">
         <v>77</v>
       </c>
       <c r="BE6" t="s">
         <v>77</v>
       </c>
       <c r="BF6" t="s">
         <v>77</v>
       </c>
       <c r="BG6" t="s">
         <v>77</v>
       </c>
       <c r="BH6">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="BI6" t="s">
         <v>107</v>
       </c>
       <c r="BJ6" t="s">
         <v>108</v>
       </c>
       <c r="BK6" t="s">
         <v>92</v>
       </c>
       <c r="BL6" t="s">
         <v>156</v>
       </c>
       <c r="BM6" t="s">
         <v>157</v>
       </c>
       <c r="BN6" t="s">
         <v>158</v>
       </c>
       <c r="BO6">
         <v>4</v>
       </c>
       <c r="BP6"/>
       <c r="BQ6" t="s">
         <v>135</v>
@@ -2856,51 +2856,51 @@
       <c r="AZ7" t="s">
         <v>102</v>
       </c>
       <c r="BA7" t="s">
         <v>86</v>
       </c>
       <c r="BB7" t="s">
         <v>159</v>
       </c>
       <c r="BC7" t="s">
         <v>77</v>
       </c>
       <c r="BD7" t="s">
         <v>77</v>
       </c>
       <c r="BE7" t="s">
         <v>77</v>
       </c>
       <c r="BF7" t="s">
         <v>77</v>
       </c>
       <c r="BG7" t="s">
         <v>77</v>
       </c>
       <c r="BH7">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="BI7" t="s">
         <v>107</v>
       </c>
       <c r="BJ7" t="s">
         <v>166</v>
       </c>
       <c r="BK7" t="s">
         <v>92</v>
       </c>
       <c r="BL7" t="s">
         <v>167</v>
       </c>
       <c r="BM7" t="s">
         <v>168</v>
       </c>
       <c r="BN7" t="s">
         <v>169</v>
       </c>
       <c r="BO7">
         <v>3</v>
       </c>
       <c r="BP7"/>
       <c r="BQ7" t="s">
         <v>96</v>
@@ -3043,51 +3043,51 @@
       <c r="AZ8" t="s">
         <v>102</v>
       </c>
       <c r="BA8" t="s">
         <v>86</v>
       </c>
       <c r="BB8" t="s">
         <v>170</v>
       </c>
       <c r="BC8" t="s">
         <v>77</v>
       </c>
       <c r="BD8" t="s">
         <v>77</v>
       </c>
       <c r="BE8" t="s">
         <v>77</v>
       </c>
       <c r="BF8" t="s">
         <v>77</v>
       </c>
       <c r="BG8" t="s">
         <v>77</v>
       </c>
       <c r="BH8">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="BI8" t="s">
         <v>107</v>
       </c>
       <c r="BJ8" t="s">
         <v>108</v>
       </c>
       <c r="BK8" t="s">
         <v>92</v>
       </c>
       <c r="BL8" t="s">
         <v>176</v>
       </c>
       <c r="BM8" t="s">
         <v>177</v>
       </c>
       <c r="BN8" t="s">
         <v>178</v>
       </c>
       <c r="BO8">
         <v>6</v>
       </c>
       <c r="BP8"/>
       <c r="BQ8" t="s">
         <v>96</v>
@@ -3230,51 +3230,51 @@
       <c r="AZ9" t="s">
         <v>102</v>
       </c>
       <c r="BA9" t="s">
         <v>86</v>
       </c>
       <c r="BB9" t="s">
         <v>179</v>
       </c>
       <c r="BC9" t="s">
         <v>77</v>
       </c>
       <c r="BD9" t="s">
         <v>77</v>
       </c>
       <c r="BE9" t="s">
         <v>77</v>
       </c>
       <c r="BF9" t="s">
         <v>77</v>
       </c>
       <c r="BG9" t="s">
         <v>77</v>
       </c>
       <c r="BH9">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="BI9" t="s">
         <v>107</v>
       </c>
       <c r="BJ9" t="s">
         <v>108</v>
       </c>
       <c r="BK9" t="s">
         <v>92</v>
       </c>
       <c r="BL9" t="s">
         <v>185</v>
       </c>
       <c r="BM9" t="s">
         <v>186</v>
       </c>
       <c r="BN9" t="s">
         <v>187</v>
       </c>
       <c r="BO9">
         <v>0</v>
       </c>
       <c r="BP9"/>
       <c r="BQ9" t="s">
         <v>113</v>
@@ -3622,51 +3622,51 @@
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11" t="s">
         <v>102</v>
       </c>
       <c r="BA11"/>
       <c r="BB11" t="s">
         <v>207</v>
       </c>
       <c r="BC11" t="s">
         <v>77</v>
       </c>
       <c r="BD11" t="s">
         <v>77</v>
       </c>
       <c r="BE11" t="s">
         <v>77</v>
       </c>
       <c r="BF11" t="s">
         <v>77</v>
       </c>
       <c r="BG11" t="s">
         <v>77</v>
       </c>
       <c r="BH11">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="BI11" t="s">
         <v>107</v>
       </c>
       <c r="BJ11"/>
       <c r="BK11" t="s">
         <v>92</v>
       </c>
       <c r="BL11" t="s">
         <v>213</v>
       </c>
       <c r="BM11" t="s">
         <v>214</v>
       </c>
       <c r="BN11" t="s">
         <v>215</v>
       </c>
       <c r="BO11">
         <v>2</v>
       </c>
       <c r="BP11"/>
       <c r="BQ11" t="s">
         <v>216</v>
       </c>
       <c r="BR11">
@@ -4030,51 +4030,51 @@
       <c r="AZ13" t="s">
         <v>102</v>
       </c>
       <c r="BA13" t="s">
         <v>86</v>
       </c>
       <c r="BB13" t="s">
         <v>238</v>
       </c>
       <c r="BC13" t="s">
         <v>242</v>
       </c>
       <c r="BD13" t="s">
         <v>248</v>
       </c>
       <c r="BE13" t="s">
         <v>77</v>
       </c>
       <c r="BF13" t="s">
         <v>77</v>
       </c>
       <c r="BG13" t="s">
         <v>77</v>
       </c>
       <c r="BH13">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="BI13" t="s">
         <v>90</v>
       </c>
       <c r="BJ13" t="s">
         <v>166</v>
       </c>
       <c r="BK13" t="s">
         <v>249</v>
       </c>
       <c r="BL13" t="s">
         <v>234</v>
       </c>
       <c r="BM13" t="s">
         <v>250</v>
       </c>
       <c r="BN13" t="s">
         <v>251</v>
       </c>
       <c r="BO13">
         <v>3</v>
       </c>
       <c r="BP13" t="s">
         <v>237</v>
       </c>
@@ -4219,51 +4219,51 @@
       <c r="AZ14" t="s">
         <v>102</v>
       </c>
       <c r="BA14" t="s">
         <v>86</v>
       </c>
       <c r="BB14" t="s">
         <v>252</v>
       </c>
       <c r="BC14" t="s">
         <v>77</v>
       </c>
       <c r="BD14" t="s">
         <v>77</v>
       </c>
       <c r="BE14" t="s">
         <v>77</v>
       </c>
       <c r="BF14" t="s">
         <v>77</v>
       </c>
       <c r="BG14" t="s">
         <v>77</v>
       </c>
       <c r="BH14">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="BI14" t="s">
         <v>107</v>
       </c>
       <c r="BJ14" t="s">
         <v>108</v>
       </c>
       <c r="BK14" t="s">
         <v>249</v>
       </c>
       <c r="BL14" t="s">
         <v>259</v>
       </c>
       <c r="BM14" t="s">
         <v>260</v>
       </c>
       <c r="BN14" t="s">
         <v>261</v>
       </c>
       <c r="BO14">
         <v>11</v>
       </c>
       <c r="BP14"/>
       <c r="BQ14" t="s">
         <v>216</v>
@@ -4402,51 +4402,51 @@
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15" t="s">
         <v>102</v>
       </c>
       <c r="BA15"/>
       <c r="BB15" t="s">
         <v>262</v>
       </c>
       <c r="BC15" t="s">
         <v>77</v>
       </c>
       <c r="BD15" t="s">
         <v>77</v>
       </c>
       <c r="BE15" t="s">
         <v>77</v>
       </c>
       <c r="BF15" t="s">
         <v>77</v>
       </c>
       <c r="BG15" t="s">
         <v>77</v>
       </c>
       <c r="BH15">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="BI15" t="s">
         <v>107</v>
       </c>
       <c r="BJ15"/>
       <c r="BK15" t="s">
         <v>249</v>
       </c>
       <c r="BL15" t="s">
         <v>268</v>
       </c>
       <c r="BM15" t="s">
         <v>269</v>
       </c>
       <c r="BN15" t="s">
         <v>270</v>
       </c>
       <c r="BO15">
         <v>1</v>
       </c>
       <c r="BP15"/>
       <c r="BQ15" t="s">
         <v>96</v>
       </c>
       <c r="BR15">
@@ -4593,51 +4593,51 @@
       <c r="AZ16" t="s">
         <v>102</v>
       </c>
       <c r="BA16" t="s">
         <v>86</v>
       </c>
       <c r="BB16" t="s">
         <v>271</v>
       </c>
       <c r="BC16" t="s">
         <v>77</v>
       </c>
       <c r="BD16" t="s">
         <v>280</v>
       </c>
       <c r="BE16" t="s">
         <v>77</v>
       </c>
       <c r="BF16" t="s">
         <v>77</v>
       </c>
       <c r="BG16" t="s">
         <v>77</v>
       </c>
       <c r="BH16">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="BI16" t="s">
         <v>107</v>
       </c>
       <c r="BJ16" t="s">
         <v>166</v>
       </c>
       <c r="BK16" t="s">
         <v>249</v>
       </c>
       <c r="BL16" t="s">
         <v>268</v>
       </c>
       <c r="BM16" t="s">
         <v>281</v>
       </c>
       <c r="BN16" t="s">
         <v>282</v>
       </c>
       <c r="BO16">
         <v>4</v>
       </c>
       <c r="BP16" t="s">
         <v>206</v>
       </c>
@@ -4778,51 +4778,51 @@
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17" t="s">
         <v>102</v>
       </c>
       <c r="BA17"/>
       <c r="BB17" t="s">
         <v>283</v>
       </c>
       <c r="BC17" t="s">
         <v>77</v>
       </c>
       <c r="BD17" t="s">
         <v>77</v>
       </c>
       <c r="BE17" t="s">
         <v>77</v>
       </c>
       <c r="BF17" t="s">
         <v>77</v>
       </c>
       <c r="BG17" t="s">
         <v>77</v>
       </c>
       <c r="BH17">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="BI17" t="s">
         <v>107</v>
       </c>
       <c r="BJ17"/>
       <c r="BK17" t="s">
         <v>249</v>
       </c>
       <c r="BL17" t="s">
         <v>213</v>
       </c>
       <c r="BM17" t="s">
         <v>289</v>
       </c>
       <c r="BN17" t="s">
         <v>290</v>
       </c>
       <c r="BO17">
         <v>4</v>
       </c>
       <c r="BP17"/>
       <c r="BQ17" t="s">
         <v>135</v>
       </c>
       <c r="BR17">
@@ -4959,51 +4959,51 @@
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18" t="s">
         <v>102</v>
       </c>
       <c r="BA18"/>
       <c r="BB18" t="s">
         <v>291</v>
       </c>
       <c r="BC18" t="s">
         <v>77</v>
       </c>
       <c r="BD18" t="s">
         <v>77</v>
       </c>
       <c r="BE18" t="s">
         <v>77</v>
       </c>
       <c r="BF18" t="s">
         <v>77</v>
       </c>
       <c r="BG18" t="s">
         <v>77</v>
       </c>
       <c r="BH18">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="BI18" t="s">
         <v>107</v>
       </c>
       <c r="BJ18"/>
       <c r="BK18" t="s">
         <v>249</v>
       </c>
       <c r="BL18" t="s">
         <v>213</v>
       </c>
       <c r="BM18" t="s">
         <v>297</v>
       </c>
       <c r="BN18" t="s">
         <v>298</v>
       </c>
       <c r="BO18">
         <v>0</v>
       </c>
       <c r="BP18"/>
       <c r="BQ18" t="s">
         <v>113</v>
       </c>
       <c r="BR18">
@@ -5345,51 +5345,51 @@
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20" t="s">
         <v>102</v>
       </c>
       <c r="BA20"/>
       <c r="BB20" t="s">
         <v>314</v>
       </c>
       <c r="BC20" t="s">
         <v>77</v>
       </c>
       <c r="BD20" t="s">
         <v>77</v>
       </c>
       <c r="BE20" t="s">
         <v>77</v>
       </c>
       <c r="BF20" t="s">
         <v>77</v>
       </c>
       <c r="BG20" t="s">
         <v>77</v>
       </c>
       <c r="BH20">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="BI20" t="s">
         <v>107</v>
       </c>
       <c r="BJ20"/>
       <c r="BK20" t="s">
         <v>249</v>
       </c>
       <c r="BL20" t="s">
         <v>213</v>
       </c>
       <c r="BM20" t="s">
         <v>322</v>
       </c>
       <c r="BN20" t="s">
         <v>323</v>
       </c>
       <c r="BO20">
         <v>1</v>
       </c>
       <c r="BP20"/>
       <c r="BQ20" t="s">
         <v>135</v>
       </c>
       <c r="BR20">
@@ -5727,51 +5727,51 @@
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22" t="s">
         <v>102</v>
       </c>
       <c r="BA22"/>
       <c r="BB22" t="s">
         <v>335</v>
       </c>
       <c r="BC22" t="s">
         <v>77</v>
       </c>
       <c r="BD22" t="s">
         <v>77</v>
       </c>
       <c r="BE22" t="s">
         <v>77</v>
       </c>
       <c r="BF22" t="s">
         <v>77</v>
       </c>
       <c r="BG22" t="s">
         <v>77</v>
       </c>
       <c r="BH22">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="BI22" t="s">
         <v>107</v>
       </c>
       <c r="BJ22"/>
       <c r="BK22" t="s">
         <v>249</v>
       </c>
       <c r="BL22" t="s">
         <v>213</v>
       </c>
       <c r="BM22" t="s">
         <v>343</v>
       </c>
       <c r="BN22" t="s">
         <v>344</v>
       </c>
       <c r="BO22">
         <v>73</v>
       </c>
       <c r="BP22"/>
       <c r="BQ22" t="s">
         <v>96</v>
       </c>
       <c r="BR22">
@@ -5912,51 +5912,51 @@
       <c r="AZ23" t="s">
         <v>102</v>
       </c>
       <c r="BA23" t="s">
         <v>86</v>
       </c>
       <c r="BB23" t="s">
         <v>345</v>
       </c>
       <c r="BC23" t="s">
         <v>77</v>
       </c>
       <c r="BD23" t="s">
         <v>77</v>
       </c>
       <c r="BE23" t="s">
         <v>77</v>
       </c>
       <c r="BF23" t="s">
         <v>77</v>
       </c>
       <c r="BG23" t="s">
         <v>77</v>
       </c>
       <c r="BH23">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="BI23" t="s">
         <v>107</v>
       </c>
       <c r="BJ23" t="s">
         <v>166</v>
       </c>
       <c r="BK23" t="s">
         <v>249</v>
       </c>
       <c r="BL23" t="s">
         <v>213</v>
       </c>
       <c r="BM23" t="s">
         <v>352</v>
       </c>
       <c r="BN23" t="s">
         <v>353</v>
       </c>
       <c r="BO23">
         <v>17</v>
       </c>
       <c r="BP23"/>
       <c r="BQ23" t="s">
         <v>216</v>
@@ -6099,51 +6099,51 @@
       <c r="AZ24" t="s">
         <v>102</v>
       </c>
       <c r="BA24" t="s">
         <v>86</v>
       </c>
       <c r="BB24" t="s">
         <v>355</v>
       </c>
       <c r="BC24" t="s">
         <v>77</v>
       </c>
       <c r="BD24" t="s">
         <v>77</v>
       </c>
       <c r="BE24" t="s">
         <v>77</v>
       </c>
       <c r="BF24" t="s">
         <v>77</v>
       </c>
       <c r="BG24" t="s">
         <v>77</v>
       </c>
       <c r="BH24">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="BI24" t="s">
         <v>107</v>
       </c>
       <c r="BJ24" t="s">
         <v>166</v>
       </c>
       <c r="BK24" t="s">
         <v>249</v>
       </c>
       <c r="BL24" t="s">
         <v>362</v>
       </c>
       <c r="BM24" t="s">
         <v>363</v>
       </c>
       <c r="BN24" t="s">
         <v>364</v>
       </c>
       <c r="BO24">
         <v>2</v>
       </c>
       <c r="BP24"/>
       <c r="BQ24" t="s">
         <v>135</v>